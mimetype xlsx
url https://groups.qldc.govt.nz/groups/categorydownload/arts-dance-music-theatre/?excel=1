--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -38,1017 +38,1017 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Piano Lessons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
+  </si>
+  <si>
+    <t>Kana Takahashi</t>
+  </si>
+  <si>
+    <t>kanat.piano@gmail.com</t>
+  </si>
+  <si>
+    <t>0272380555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown &amp; Southern Lakes Pipe Band </t>
+  </si>
+  <si>
+    <t>Pipe lessons at Qpact</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact person - Pipe Major John Teviotdale </t>
+  </si>
+  <si>
+    <t>jennifer.ian@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/696232607241890</t>
+  </si>
+  <si>
+    <t>027 4370831</t>
+  </si>
+  <si>
+    <t>Upper Clutha A&amp;P Society Inc.</t>
+  </si>
+  <si>
+    <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
+  </si>
+  <si>
+    <t>info@wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 9559</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wakatipu Woodcraft Guild</t>
+  </si>
+  <si>
+    <t>Meetings Second Monday of month 7.30pm at a members workshop Please contact for details.</t>
+  </si>
+  <si>
+    <t>President: Geoffrey Walker</t>
+  </si>
+  <si>
+    <t>beckyparisbda@gmail.com</t>
+  </si>
+  <si>
+    <t>http://naw.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (03) 441 2103</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Arrowtown Autumn Festival Committee</t>
+  </si>
+  <si>
+    <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
+  </si>
+  <si>
+    <t>Carole Watts</t>
+  </si>
+  <si>
+    <t>info@arrowtownautumnfestival.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
+  </si>
+  <si>
+    <t>027 256 0426</t>
+  </si>
+  <si>
+    <t>Kate Moetaua Collective</t>
+  </si>
+  <si>
+    <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
+  </si>
+  <si>
+    <t>administrator; Tasman</t>
+  </si>
+  <si>
+    <t>thedramacollective@gmail.com</t>
+  </si>
+  <si>
+    <t>https://thedramacollective.club/</t>
+  </si>
+  <si>
+    <t>0210308157</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art Club</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art club is for people who enjoy floral art and who live within the Central Otago region of New Zealand.We meet at a number of places - Cromwell, Wanaka, Queenstown</t>
+  </si>
+  <si>
+    <t>pmcgeorge@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fasnz.org.nz/</t>
+  </si>
+  <si>
+    <t>0272766461</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown plays a major role in the cultural life of the Wakatipu community. It has a proud history of delivering exciting, nostalgic, traditional and classical musicals to audiences. Showbiz Queenstown is a non-profit incorporated society .Our mission is to assist and encourage members of our community to extend their artistic abilities and provide quality entertainment to the Wakatipu community.</t>
+  </si>
+  <si>
+    <t>showbizqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.facebook.com/showbizqt/</t>
+  </si>
+  <si>
     <t>Kiwi Haka</t>
   </si>
   <si>
     <t>Norm</t>
   </si>
   <si>
     <t>kiwihaka@xtra.co.nz</t>
   </si>
   <si>
     <t>03 441 0101 or 0274 200 165</t>
   </si>
   <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
+  </si>
+  <si>
+    <t>Lake Hayes / Arrowtown Line dancers</t>
+  </si>
+  <si>
+    <t>Cost - $10 per sessionLake Hayes PavilionMonday 10-12pm Beginner / ImproverWednesday 10-12pm Beginner / Improver 12-2pm Easy Intermediate / Intermediate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molly Crawford </t>
+  </si>
+  <si>
+    <t>mollycrawford56@gmail.com</t>
+  </si>
+  <si>
+    <t>020 4111 9081</t>
+  </si>
+  <si>
+    <t>Latin Soul Dance</t>
+  </si>
+  <si>
+    <t>We are a dance school in the Queenstown Lakes and Central Otago area specialising in Latin dances such as Salsa, Bachata, Rueda de Casino and Kizomba.We have classes and social dances in the area most days of the week, so get in touch and come along!There are 2 things we love - dancing and creating community - so join our dance family and see how dancing can change your life!</t>
+  </si>
+  <si>
+    <t>Gina and Nicho</t>
+  </si>
+  <si>
+    <t>info@latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>0222376206</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
     <t>Lakes Theatre Arts</t>
   </si>
   <si>
     <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
   </si>
   <si>
     <t>info@lakestheatrearts.com</t>
   </si>
   <si>
     <t>http://www.lakestheatrearts.com</t>
   </si>
   <si>
     <t>02102267291</t>
   </si>
   <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Wedding Association</t>
+  </si>
+  <si>
+    <t>The Queenstown Wedding Association (QWA) is a non-profit association with the goal of providing Queenstown wedding suppliers with a collective voice to promote Queenstown as a premier wedding destination both locally and internationally. Along with the various marketing initiatives, the QWA will focus bringing together the wide array of wedding suppliers for networking and professional events throughout the year.</t>
+  </si>
+  <si>
+    <t>Tracey Maclaren - President</t>
+  </si>
+  <si>
+    <t>info@queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>http://www.queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>Lakes District Museum &amp; Gallery</t>
+  </si>
+  <si>
+    <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
+  </si>
+  <si>
+    <t>David Clarke (Director)</t>
+  </si>
+  <si>
+    <t>info@museumqueenstown.com</t>
+  </si>
+  <si>
+    <t>http://www.MuseumQueenstown.com</t>
+  </si>
+  <si>
+    <t>442 1824</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
     <t xml:space="preserve">Wills Acting Workshops </t>
   </si>
   <si>
     <t>Wills Acting Workshops - Offering fun and interactive drama workshops, acting training, accent coaching, audition techniques, stage combat and more...   Hi everyone, want to give Acting &amp;amp; Stage Combat a go? With all the filming that goes on across the country and the many talent agencies out there, why not come along and give the New Acting &amp;amp; Stage Combat workshops ago! The workshops and classes are tailored to all ages and abilities, the workshops are all interactive, fun, energetic and great for building confidence.   If interested please contact us.</t>
   </si>
   <si>
     <t xml:space="preserve">Will James </t>
   </si>
   <si>
     <t>Williamjames23@googlemail.com</t>
   </si>
   <si>
     <t>http://www.willsactingworkshops.weebly.com</t>
   </si>
   <si>
     <t>0224189320</t>
   </si>
   <si>
-    <t>Queenstown Art Society &amp; Art Centre</t>
-[...17 lines deleted...]
-    <t>Queenstown</t>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre is run by a committee of volunteers Established in 2009 from Queenstown Shakespeare our community theatre group aims to promote the performing arts in Central Otago and to encourage the development of acting and performance skills of people in the Queenstown Lakes District.Keep an eye out for workshops, play readings and auditions throughout the year.</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>remarkabletheatrenz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.remarkabletheatre.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 185 0648‬ </t>
+  </si>
+  <si>
+    <t>PO BOX 496, Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Arrowtown Mainly Music for Preschoolers</t>
+  </si>
+  <si>
+    <t>Meet during school terms only Tuesday 10am and Wednesday 1:30pm at the St Johns Presbyterian Church in Berkshire StreetYoung children develop skills – co-ordination, fine motor movements, large motor movements, social interaction, appreciation of music and musical styles, and language development. mainly music provides children with a structured learning environment and then a time of free play. mainly music brings adult and child together for a time of safe interaction, and in doing so, teaching adults rhymes and songs that can be used at home to help with cleaning up, colours, counting, and more. There is an opportunity for parents to network with other parents of young children. Some groups stage additional events to encourage family fun.Stay up to date with mainly music Arrowtown on their facebook page.</t>
+  </si>
+  <si>
+    <t>Marion Patton</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/people/MainlyMusic-Arrowtown/100009692776591</t>
+  </si>
+  <si>
+    <t>03 442 1992</t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Kinga Krupa Music</t>
+  </si>
+  <si>
+    <t>We are a piano school based in Shotover Country offering music tuition to people of all ages (from 3 to 93) - piano, keyboard, music theory, early childhood music, exams preparation etc. Please feel invited to our concerts and workshops, we love being an active member of the community!</t>
+  </si>
+  <si>
+    <t>Kinga</t>
+  </si>
+  <si>
+    <t>info@kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>http://www.kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>02108437037</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus provides classes for both Kids and Adults. It focuses on: Tumbling, Adagio, Handstands, Silks, Trapeze, Juggling, Hoops and Act Creation.</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>0220172046</t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>Queenstown Community Choir</t>
+  </si>
+  <si>
+    <t>QCC is an unauditioned choir so if you love singing why not come a join us for an evening? Rehearsals are on Tuesday evenings 6.30 - 8.00 at QPACT (Queenstown Performing Arts Centre Trust), Ballarat Street, Queenstown, NZ. New members very welcome.</t>
+  </si>
+  <si>
+    <t>Faye</t>
+  </si>
+  <si>
+    <t>queenstownchoir@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenst</t>
   </si>
   <si>
     <t>Queenstown Photography Club</t>
   </si>
   <si>
     <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
   </si>
   <si>
     <t>President – Suzy Walker</t>
   </si>
   <si>
     <t>queenstownphotoclub@gmail.com</t>
   </si>
   <si>
     <t>http://queenstownphotographyclub.wordpress.com</t>
   </si>
   <si>
-    <t>Queenstown Quilters and Patchworkers</t>
-[...386 lines deleted...]
-    <t>0272380555</t>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
   </si>
   <si>
     <t>Glenorchy Library</t>
   </si>
   <si>
     <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
   </si>
   <si>
     <t>glenorchy.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>(03) 442 4378</t>
   </si>
   <si>
     <t>Glenorchy</t>
   </si>
   <si>
-    <t>Lake Hayes / Arrowtown Line dancers</t>
-[...125 lines deleted...]
-    <t>http://www.queenstownweddings.org</t>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
   </si>
   <si>
     <t>Lake Wanaka Tourism</t>
   </si>
   <si>
     <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
   </si>
   <si>
     <t>info@lakewanaka.co.nz</t>
   </si>
   <si>
     <t>http://www.lakewanaka.co.nz</t>
   </si>
   <si>
     <t>03 443 1574</t>
   </si>
   <si>
     <t>P O Box 147 Wanaka</t>
-  </si>
-[...334 lines deleted...]
-    <t xml:space="preserve">03 443 1707 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1410,1328 +1410,1328 @@
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
-      <c r="B2"/>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
       <c r="C2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C4"/>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="H4"/>
+        <v>23</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>30</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F6"/>
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>38</v>
+      </c>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C8"/>
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E10" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="G10"/>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="H13"/>
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      <c r="G14" t="s">
         <v>85</v>
       </c>
+      <c r="F14"/>
+      <c r="G14"/>
       <c r="H14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>90</v>
       </c>
       <c r="E15" t="s">
         <v>91</v>
       </c>
       <c r="F15" t="s">
         <v>92</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15"/>
       <c r="H15" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
         <v>95</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>96</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16"/>
+      <c r="F16" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17"/>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17" t="s">
         <v>103</v>
-      </c>
-[...8 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
         <v>106</v>
       </c>
-      <c r="B18" t="s">
+      <c r="E18" t="s">
         <v>107</v>
       </c>
-      <c r="C18" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F18"/>
       <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-      <c r="C19"/>
+        <v>108</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
       <c r="D19" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E19"/>
       <c r="F19" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" t="s">
+        <v>117</v>
+      </c>
+      <c r="G20" t="s">
         <v>118</v>
       </c>
-      <c r="B20" t="s">
+      <c r="H20" t="s">
         <v>119</v>
-      </c>
-[...14 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21"/>
       <c r="E21" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="F21"/>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="F22" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B23" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="E23"/>
       <c r="F23" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D24" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="E24" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="F24" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="C25"/>
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
+        <v>142</v>
+      </c>
       <c r="D25" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="E25"/>
       <c r="F25" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="E26" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="F26" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="C27"/>
       <c r="D27" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="E27"/>
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>154</v>
+      </c>
       <c r="F27" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="B28" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>158</v>
+      </c>
       <c r="D28" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="E28" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="F28" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="C29"/>
       <c r="D29" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="E29" t="s">
+        <v>165</v>
+      </c>
+      <c r="F29"/>
       <c r="G29"/>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="E30" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="F30"/>
-      <c r="G30"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G30" t="s">
+        <v>169</v>
+      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="E31" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="F31" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>86</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
-[...4 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32"/>
       <c r="E32" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F32"/>
+        <v>180</v>
+      </c>
+      <c r="F32" t="s">
+        <v>181</v>
+      </c>
       <c r="G32"/>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="F33"/>
-      <c r="G33" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G33"/>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="D34" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="E34" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="F34"/>
       <c r="G34"/>
-      <c r="H34"/>
+      <c r="H34" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="C35" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="D35" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="E35" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="F35" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>196</v>
+      </c>
+      <c r="G35" t="s">
+        <v>197</v>
+      </c>
       <c r="H35" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="F36"/>
+        <v>203</v>
+      </c>
+      <c r="F36" t="s">
+        <v>204</v>
+      </c>
       <c r="G36" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C37"/>
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>207</v>
+      </c>
       <c r="D37" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="E37" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="F37" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>86</v>
+        <v>211</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="B38" t="s">
-        <v>220</v>
+        <v>94</v>
       </c>
       <c r="C38" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>213</v>
+      </c>
+      <c r="D38" t="s">
+        <v>214</v>
+      </c>
       <c r="E38" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="F38" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="G38"/>
+        <v>216</v>
+      </c>
+      <c r="G38" t="s">
+        <v>217</v>
+      </c>
       <c r="H38" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>218</v>
+      </c>
+      <c r="B39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" t="s">
+        <v>220</v>
+      </c>
+      <c r="D39" t="s">
+        <v>221</v>
+      </c>
+      <c r="E39" t="s">
+        <v>222</v>
+      </c>
+      <c r="F39" t="s">
+        <v>223</v>
+      </c>
+      <c r="G39" t="s">
         <v>224</v>
       </c>
-      <c r="B39" t="s">
-[...12 lines deleted...]
-      <c r="G39"/>
       <c r="H39" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" t="s">
+        <v>227</v>
+      </c>
+      <c r="D40" t="s">
+        <v>228</v>
+      </c>
+      <c r="E40" t="s">
         <v>229</v>
       </c>
-      <c r="B40" t="s">
+      <c r="F40" t="s">
         <v>230</v>
       </c>
-      <c r="C40"/>
-      <c r="D40" t="s">
+      <c r="G40" t="s">
         <v>231</v>
       </c>
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>232</v>
       </c>
-      <c r="F40" t="s">
-[...3 lines deleted...]
-      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>233</v>
       </c>
       <c r="B41" t="s">
         <v>234</v>
       </c>
       <c r="C41" t="s">
         <v>235</v>
       </c>
       <c r="D41" t="s">
         <v>236</v>
       </c>
       <c r="E41" t="s">
         <v>237</v>
       </c>
       <c r="F41" t="s">
         <v>238</v>
       </c>
       <c r="G41"/>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>239</v>
       </c>
       <c r="B42" t="s">
         <v>240</v>
       </c>
-      <c r="C42" t="s">
+      <c r="C42"/>
+      <c r="D42" t="s">
         <v>241</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>242</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>243</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42"/>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>244</v>
+      </c>
+      <c r="B43" t="s">
         <v>245</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>246</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E43" t="s">
         <v>248</v>
       </c>
       <c r="F43" t="s">
         <v>249</v>
       </c>
-      <c r="G43" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G43"/>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" t="s">
         <v>251</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>252</v>
       </c>
-      <c r="C44"/>
       <c r="D44" t="s">
         <v>253</v>
       </c>
       <c r="E44" t="s">
         <v>254</v>
       </c>
-      <c r="F44"/>
+      <c r="F44" t="s">
+        <v>255</v>
+      </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B45" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>257</v>
       </c>
+      <c r="C45"/>
       <c r="D45" t="s">
         <v>258</v>
       </c>
       <c r="E45" t="s">
         <v>259</v>
       </c>
       <c r="F45" t="s">
         <v>260</v>
       </c>
       <c r="G45"/>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>261</v>
       </c>
       <c r="B46" t="s">
         <v>262</v>
       </c>
       <c r="C46" t="s">
         <v>263</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D46"/>
+      <c r="E46" t="s">
         <v>264</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>51</v>
+        <v>266</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>267</v>
       </c>
       <c r="B47" t="s">
         <v>268</v>
       </c>
       <c r="C47" t="s">
         <v>269</v>
       </c>
       <c r="D47" t="s">
         <v>270</v>
       </c>
       <c r="E47" t="s">
         <v>271</v>
       </c>
       <c r="F47" t="s">
         <v>272</v>
       </c>
       <c r="G47"/>
-      <c r="H47"/>
+      <c r="H47" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>273</v>
       </c>
       <c r="B48" t="s">
         <v>274</v>
       </c>
-      <c r="C48"/>
+      <c r="C48" t="s">
+        <v>275</v>
+      </c>
       <c r="D48" t="s">
-        <v>275</v>
+        <v>214</v>
       </c>
       <c r="E48" t="s">
         <v>276</v>
       </c>
-      <c r="F48"/>
+      <c r="F48" t="s">
+        <v>277</v>
+      </c>
       <c r="G48"/>
-      <c r="H48"/>
+      <c r="H48" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B49" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C49" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>280</v>
+      </c>
+      <c r="D49" t="s">
+        <v>281</v>
+      </c>
       <c r="E49" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F49"/>
+        <v>282</v>
+      </c>
+      <c r="F49" t="s">
+        <v>283</v>
+      </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B50" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C50" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D50" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E50" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F50" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B51" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C51" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D51"/>
+        <v>292</v>
+      </c>
+      <c r="D51" t="s">
+        <v>293</v>
+      </c>
       <c r="E51" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F51" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B52" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C52" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D52" t="s">
-        <v>296</v>
+        <v>115</v>
       </c>
       <c r="E52" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="G52"/>
+        <v>299</v>
+      </c>
+      <c r="F52" t="s">
+        <v>300</v>
+      </c>
+      <c r="G52" t="s">
+        <v>301</v>
+      </c>
       <c r="H52" t="s">
-        <v>86</v>
+        <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B53" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="C53" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="D53" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="E53" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B54" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C54" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D54" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E54" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B55" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="C55"/>
       <c r="D55" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="E55" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="F55"/>
+        <v>315</v>
+      </c>
+      <c r="F55" t="s">
+        <v>155</v>
+      </c>
       <c r="G55"/>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B56" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="C56"/>
       <c r="D56" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E56" t="s">
-        <v>317</v>
+        <v>259</v>
       </c>
       <c r="F56" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G56"/>
-      <c r="H56"/>
+      <c r="H56" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B57" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C57" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D57" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E57" t="s">
-        <v>323</v>
-[...6 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57"/>
       <c r="H57" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>325</v>
+      </c>
+      <c r="B58" t="s">
+        <v>326</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
         <v>327</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="E58" t="s">
         <v>328</v>
       </c>
-      <c r="D58" t="s">
+      <c r="F58" t="s">
         <v>329</v>
       </c>
-      <c r="E58"/>
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>330</v>
       </c>
-      <c r="G58"/>
       <c r="H58" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">