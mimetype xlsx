--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -38,1017 +38,1017 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Community Choir</t>
+  </si>
+  <si>
+    <t>QCC is an unauditioned choir so if you love singing why not come a join us for an evening? Rehearsals are on Tuesday evenings 6.30 - 8.00 at QPACT (Queenstown Performing Arts Centre Trust), Ballarat Street, Queenstown, NZ. New members very welcome.</t>
+  </si>
+  <si>
+    <t>Faye</t>
+  </si>
+  <si>
+    <t>queenstownchoir@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenst</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Kinga Krupa Music</t>
+  </si>
+  <si>
+    <t>We are a piano school based in Shotover Country offering music tuition to people of all ages (from 3 to 93) - piano, keyboard, music theory, early childhood music, exams preparation etc. Please feel invited to our concerts and workshops, we love being an active member of the community!</t>
+  </si>
+  <si>
+    <t>Kinga</t>
+  </si>
+  <si>
+    <t>info@kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>http://www.kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>02108437037</t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Upper Clutha A&amp;P Society Inc.</t>
+  </si>
+  <si>
+    <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
+  </si>
+  <si>
+    <t>info@wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 9559</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown plays a major role in the cultural life of the Wakatipu community. It has a proud history of delivering exciting, nostalgic, traditional and classical musicals to audiences. Showbiz Queenstown is a non-profit incorporated society .Our mission is to assist and encourage members of our community to extend their artistic abilities and provide quality entertainment to the Wakatipu community.</t>
+  </si>
+  <si>
+    <t>showbizqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.facebook.com/showbizqt/</t>
+  </si>
+  <si>
+    <t>Lake Hayes / Arrowtown Line dancers</t>
+  </si>
+  <si>
+    <t>Cost - $10 per sessionLake Hayes PavilionMonday 10-12pm Beginner / ImproverWednesday 10-12pm Beginner / Improver 12-2pm Easy Intermediate / Intermediate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molly Crawford </t>
+  </si>
+  <si>
+    <t>mollycrawford56@gmail.com</t>
+  </si>
+  <si>
+    <t>020 4111 9081</t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Queenstown Wedding Association</t>
+  </si>
+  <si>
+    <t>The Queenstown Wedding Association (QWA) is a non-profit association with the goal of providing Queenstown wedding suppliers with a collective voice to promote Queenstown as a premier wedding destination both locally and internationally. Along with the various marketing initiatives, the QWA will focus bringing together the wide array of wedding suppliers for networking and professional events throughout the year.</t>
+  </si>
+  <si>
+    <t>Tracey Maclaren - President</t>
+  </si>
+  <si>
+    <t>info@queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>http://www.queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>Kate Moetaua Collective</t>
+  </si>
+  <si>
+    <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
+  </si>
+  <si>
+    <t>administrator; Tasman</t>
+  </si>
+  <si>
+    <t>thedramacollective@gmail.com</t>
+  </si>
+  <si>
+    <t>https://thedramacollective.club/</t>
+  </si>
+  <si>
+    <t>0210308157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art Club</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art club is for people who enjoy floral art and who live within the Central Otago region of New Zealand.We meet at a number of places - Cromwell, Wanaka, Queenstown</t>
+  </si>
+  <si>
+    <t>pmcgeorge@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fasnz.org.nz/</t>
+  </si>
+  <si>
+    <t>0272766461</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wills Acting Workshops </t>
+  </si>
+  <si>
+    <t>Wills Acting Workshops - Offering fun and interactive drama workshops, acting training, accent coaching, audition techniques, stage combat and more...   Hi everyone, want to give Acting &amp;amp; Stage Combat a go? With all the filming that goes on across the country and the many talent agencies out there, why not come along and give the New Acting &amp;amp; Stage Combat workshops ago! The workshops and classes are tailored to all ages and abilities, the workshops are all interactive, fun, energetic and great for building confidence.   If interested please contact us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Will James </t>
+  </si>
+  <si>
+    <t>Williamjames23@googlemail.com</t>
+  </si>
+  <si>
+    <t>http://www.willsactingworkshops.weebly.com</t>
+  </si>
+  <si>
+    <t>0224189320</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
     <t>Piano Lessons</t>
   </si>
   <si>
     <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
   </si>
   <si>
     <t>Kana Takahashi</t>
   </si>
   <si>
     <t>kanat.piano@gmail.com</t>
   </si>
   <si>
     <t>0272380555</t>
   </si>
   <si>
+    <t>Arrowtown Circus</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus provides classes for both Kids and Adults. It focuses on: Tumbling, Adagio, Handstands, Silks, Trapeze, Juggling, Hoops and Act Creation.</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>0220172046</t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Arrowtown Autumn Festival Committee</t>
+  </si>
+  <si>
+    <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
+  </si>
+  <si>
+    <t>Carole Watts</t>
+  </si>
+  <si>
+    <t>info@arrowtownautumnfestival.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
+  </si>
+  <si>
+    <t>027 256 0426</t>
+  </si>
+  <si>
+    <t>Queenstown Photography Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
+  </si>
+  <si>
+    <t>President – Suzy Walker</t>
+  </si>
+  <si>
+    <t>queenstownphotoclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstownphotographyclub.wordpress.com</t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre is run by a committee of volunteers Established in 2009 from Queenstown Shakespeare our community theatre group aims to promote the performing arts in Central Otago and to encourage the development of acting and performance skills of people in the Queenstown Lakes District.Keep an eye out for workshops, play readings and auditions throughout the year.</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>remarkabletheatrenz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.remarkabletheatre.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 185 0648‬ </t>
+  </si>
+  <si>
+    <t>PO BOX 496, Queenstown</t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t>Arrowtown Mainly Music for Preschoolers</t>
+  </si>
+  <si>
+    <t>Meet during school terms only Tuesday 10am and Wednesday 1:30pm at the St Johns Presbyterian Church in Berkshire StreetYoung children develop skills – co-ordination, fine motor movements, large motor movements, social interaction, appreciation of music and musical styles, and language development. mainly music provides children with a structured learning environment and then a time of free play. mainly music brings adult and child together for a time of safe interaction, and in doing so, teaching adults rhymes and songs that can be used at home to help with cleaning up, colours, counting, and more. There is an opportunity for parents to network with other parents of young children. Some groups stage additional events to encourage family fun.Stay up to date with mainly music Arrowtown on their facebook page.</t>
+  </si>
+  <si>
+    <t>Marion Patton</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/people/MainlyMusic-Arrowtown/100009692776591</t>
+  </si>
+  <si>
+    <t>03 442 1992</t>
+  </si>
+  <si>
+    <t>Wakatipu Woodcraft Guild</t>
+  </si>
+  <si>
+    <t>Meetings Second Monday of month 7.30pm at a members workshop Please contact for details.</t>
+  </si>
+  <si>
+    <t>President: Geoffrey Walker</t>
+  </si>
+  <si>
+    <t>beckyparisbda@gmail.com</t>
+  </si>
+  <si>
+    <t>http://naw.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (03) 441 2103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Lakes District Museum &amp; Gallery</t>
+  </si>
+  <si>
+    <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
+  </si>
+  <si>
+    <t>David Clarke (Director)</t>
+  </si>
+  <si>
+    <t>info@museumqueenstown.com</t>
+  </si>
+  <si>
+    <t>http://www.MuseumQueenstown.com</t>
+  </si>
+  <si>
+    <t>442 1824</t>
+  </si>
+  <si>
+    <t>Latin Soul Dance</t>
+  </si>
+  <si>
+    <t>We are a dance school in the Queenstown Lakes and Central Otago area specialising in Latin dances such as Salsa, Bachata, Rueda de Casino and Kizomba.We have classes and social dances in the area most days of the week, so get in touch and come along!There are 2 things we love - dancing and creating community - so join our dance family and see how dancing can change your life!</t>
+  </si>
+  <si>
+    <t>Gina and Nicho</t>
+  </si>
+  <si>
+    <t>info@latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>0222376206</t>
+  </si>
+  <si>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
+  </si>
+  <si>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>Kiwi Haka</t>
+  </si>
+  <si>
+    <t>Norm</t>
+  </si>
+  <si>
+    <t>kiwihaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 0101 or 0274 200 165</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
     <t xml:space="preserve">Queenstown &amp; Southern Lakes Pipe Band </t>
   </si>
   <si>
     <t>Pipe lessons at Qpact</t>
   </si>
   <si>
     <t xml:space="preserve">Contact person - Pipe Major John Teviotdale </t>
   </si>
   <si>
     <t>jennifer.ian@xtra.co.nz</t>
   </si>
   <si>
     <t>https://www.facebook.com/groups/696232607241890</t>
   </si>
   <si>
     <t>027 4370831</t>
-  </si>
-[...934 lines deleted...]
-    <t>P O Box 147 Wanaka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1419,1320 +1419,1320 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C3"/>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="G5" t="s">
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6"/>
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F7"/>
       <c r="G7"/>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...14 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="C10"/>
-      <c r="D10" t="s">
+      <c r="H10" t="s">
         <v>60</v>
-      </c>
-[...8 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="G11"/>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
       <c r="D13" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G13"/>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F14"/>
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>79</v>
+      </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="C16" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
-[...8 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>90</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17"/>
       <c r="H17" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>100</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19"/>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="B19"/>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
         <v>109</v>
-      </c>
-[...5 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" t="s">
         <v>112</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>115</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>116</v>
       </c>
-      <c r="F20" t="s">
+      <c r="H20" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>122</v>
       </c>
-      <c r="D21"/>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>123</v>
       </c>
-      <c r="F21"/>
-[...3 lines deleted...]
-      </c>
+      <c r="G21" t="s">
+        <v>121</v>
+      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>124</v>
       </c>
       <c r="B22" t="s">
         <v>125</v>
       </c>
-      <c r="C22"/>
-      <c r="D22" t="s">
+      <c r="C22" t="s">
         <v>126</v>
       </c>
+      <c r="D22"/>
       <c r="E22" t="s">
         <v>127</v>
       </c>
       <c r="F22" t="s">
         <v>128</v>
       </c>
       <c r="G22"/>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>129</v>
       </c>
       <c r="B23" t="s">
         <v>130</v>
       </c>
       <c r="C23" t="s">
         <v>131</v>
       </c>
       <c r="D23" t="s">
         <v>132</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>133</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C24"/>
+      <c r="D24" t="s">
         <v>136</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>137</v>
       </c>
-      <c r="E24" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
         <v>140</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>141</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>143</v>
       </c>
-      <c r="E25"/>
-[...2 lines deleted...]
-      </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
         <v>145</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>146</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>147</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26"/>
+      <c r="F26" t="s">
         <v>148</v>
       </c>
-      <c r="E26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>149</v>
+      </c>
+      <c r="B27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
         <v>151</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>152</v>
       </c>
-      <c r="C27"/>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>153</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
         <v>156</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>158</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28"/>
+      <c r="F28" t="s">
         <v>159</v>
       </c>
-      <c r="E28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28"/>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>163</v>
       </c>
-      <c r="C29"/>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>164</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>165</v>
       </c>
-      <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>166</v>
       </c>
       <c r="B30" t="s">
         <v>167</v>
       </c>
       <c r="C30" t="s">
         <v>168</v>
       </c>
-      <c r="D30" t="s">
+      <c r="D30"/>
+      <c r="E30" t="s">
         <v>169</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30"/>
-      <c r="G30" t="s">
-[...2 lines deleted...]
-      <c r="H30"/>
+      <c r="G30"/>
+      <c r="H30" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
         <v>171</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31"/>
+      <c r="D31" t="s">
         <v>172</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>173</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>174</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
         <v>175</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31"/>
       <c r="H31" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
         <v>177</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>179</v>
       </c>
-      <c r="D32"/>
       <c r="E32" t="s">
         <v>180</v>
       </c>
       <c r="F32" t="s">
         <v>181</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>182</v>
       </c>
       <c r="B33" t="s">
         <v>183</v>
       </c>
-      <c r="C33"/>
+      <c r="C33" t="s">
+        <v>184</v>
+      </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="F33"/>
+        <v>186</v>
+      </c>
+      <c r="F33" t="s">
+        <v>187</v>
+      </c>
       <c r="G33"/>
-      <c r="H33"/>
+      <c r="H33" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D34" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="C35"/>
       <c r="D35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F35" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="G35" t="s">
         <v>197</v>
       </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>198</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>198</v>
+      </c>
+      <c r="B36" t="s">
         <v>199</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>200</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>201</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>202</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36"/>
+      <c r="G36"/>
+      <c r="H36" t="s">
         <v>203</v>
       </c>
-      <c r="F36" t="s">
-[...5 lines deleted...]
-      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>204</v>
+      </c>
+      <c r="B37" t="s">
         <v>205</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>206</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>207</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>208</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>209</v>
       </c>
-      <c r="F37" t="s">
+      <c r="G37" t="s">
         <v>210</v>
       </c>
-      <c r="G37"/>
       <c r="H37" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>211</v>
+      </c>
+      <c r="B38" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C38" t="s">
         <v>213</v>
       </c>
       <c r="D38" t="s">
         <v>214</v>
       </c>
       <c r="E38" t="s">
         <v>215</v>
       </c>
       <c r="F38" t="s">
         <v>216</v>
       </c>
-      <c r="G38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G38"/>
       <c r="H38" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" t="s">
         <v>218</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>219</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>220</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>221</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>222</v>
       </c>
-      <c r="F39" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G39"/>
       <c r="H39" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>223</v>
+      </c>
+      <c r="B40" t="s">
+        <v>224</v>
+      </c>
+      <c r="C40" t="s">
         <v>225</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>226</v>
       </c>
-      <c r="C40" t="s">
+      <c r="E40" t="s">
         <v>227</v>
       </c>
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>228</v>
       </c>
-      <c r="E40" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G40"/>
       <c r="H40" t="s">
-        <v>232</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" t="s">
+        <v>230</v>
+      </c>
+      <c r="C41" t="s">
+        <v>231</v>
+      </c>
+      <c r="D41" t="s">
+        <v>232</v>
+      </c>
+      <c r="E41" t="s">
         <v>233</v>
       </c>
-      <c r="B41" t="s">
+      <c r="F41" t="s">
         <v>234</v>
       </c>
-      <c r="C41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>235</v>
+      </c>
+      <c r="B42" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" t="s">
+        <v>237</v>
+      </c>
+      <c r="D42" t="s">
+        <v>238</v>
+      </c>
+      <c r="E42" t="s">
         <v>239</v>
       </c>
-      <c r="B42" t="s">
+      <c r="F42" t="s">
         <v>240</v>
-      </c>
-[...8 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" t="s">
+        <v>242</v>
+      </c>
+      <c r="C43" t="s">
+        <v>243</v>
+      </c>
+      <c r="D43" t="s">
+        <v>100</v>
+      </c>
+      <c r="E43" t="s">
         <v>244</v>
       </c>
-      <c r="B43" t="s">
+      <c r="F43" t="s">
         <v>245</v>
       </c>
-      <c r="C43" t="s">
+      <c r="G43" t="s">
         <v>246</v>
       </c>
-      <c r="D43" t="s">
-[...9 lines deleted...]
-      <c r="H43"/>
+      <c r="H43" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>247</v>
+      </c>
+      <c r="B44" t="s">
+        <v>248</v>
+      </c>
+      <c r="C44"/>
+      <c r="D44" t="s">
+        <v>249</v>
+      </c>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" t="s">
         <v>250</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>57</v>
+        <v>251</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>252</v>
+      </c>
+      <c r="B45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" t="s">
+        <v>254</v>
+      </c>
+      <c r="D45" t="s">
+        <v>255</v>
+      </c>
+      <c r="E45" t="s">
         <v>256</v>
       </c>
-      <c r="B45" t="s">
+      <c r="F45" t="s">
         <v>257</v>
       </c>
-      <c r="C45"/>
-      <c r="D45" t="s">
+      <c r="G45"/>
+      <c r="H45" t="s">
         <v>258</v>
       </c>
-      <c r="E45" t="s">
-[...6 lines deleted...]
-      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" t="s">
+        <v>260</v>
+      </c>
+      <c r="C46" t="s">
         <v>261</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
         <v>262</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46" t="s">
         <v>263</v>
       </c>
-      <c r="D46"/>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>266</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" t="s">
         <v>267</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>268</v>
       </c>
-      <c r="C47" t="s">
+      <c r="E47" t="s">
         <v>269</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47" t="s">
         <v>270</v>
       </c>
-      <c r="E47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48"/>
+      <c r="D48" t="s">
         <v>273</v>
       </c>
-      <c r="B48" t="s">
+      <c r="E48" t="s">
         <v>274</v>
       </c>
-      <c r="C48" t="s">
+      <c r="F48" t="s">
         <v>275</v>
       </c>
-      <c r="D48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>276</v>
+      </c>
+      <c r="B49" t="s">
+        <v>277</v>
+      </c>
+      <c r="C49"/>
+      <c r="D49" t="s">
         <v>278</v>
       </c>
-      <c r="B49" t="s">
+      <c r="E49" t="s">
         <v>279</v>
       </c>
-      <c r="C49" t="s">
+      <c r="F49" t="s">
         <v>280</v>
       </c>
-      <c r="D49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>281</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50"/>
+      <c r="D50" t="s">
+        <v>283</v>
+      </c>
+      <c r="E50" t="s">
         <v>284</v>
       </c>
-      <c r="B50" t="s">
+      <c r="F50" t="s">
         <v>285</v>
       </c>
-      <c r="C50" t="s">
+      <c r="G50" t="s">
         <v>286</v>
       </c>
-      <c r="D50" t="s">
-[...9 lines deleted...]
-      <c r="H50"/>
+      <c r="H50" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>287</v>
+      </c>
+      <c r="B51" t="s">
+        <v>288</v>
+      </c>
+      <c r="C51" t="s">
+        <v>289</v>
+      </c>
+      <c r="D51" t="s">
         <v>290</v>
       </c>
-      <c r="B51" t="s">
+      <c r="E51" t="s">
         <v>291</v>
       </c>
-      <c r="C51" t="s">
+      <c r="F51" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>293</v>
+      </c>
+      <c r="B52" t="s">
+        <v>294</v>
+      </c>
+      <c r="C52" t="s">
+        <v>295</v>
+      </c>
+      <c r="D52" t="s">
         <v>296</v>
       </c>
-      <c r="B52" t="s">
+      <c r="E52" t="s">
         <v>297</v>
       </c>
-      <c r="C52" t="s">
+      <c r="F52" t="s">
         <v>298</v>
       </c>
-      <c r="D52" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G52"/>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>299</v>
+      </c>
+      <c r="B53" t="s">
+        <v>300</v>
+      </c>
+      <c r="C53" t="s">
+        <v>301</v>
+      </c>
+      <c r="D53" t="s">
         <v>302</v>
       </c>
-      <c r="B53" t="s">
+      <c r="E53" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>304</v>
+      </c>
+      <c r="B54" t="s">
+        <v>130</v>
+      </c>
+      <c r="C54" t="s">
+        <v>305</v>
+      </c>
+      <c r="D54" t="s">
+        <v>78</v>
+      </c>
+      <c r="E54" t="s">
+        <v>306</v>
+      </c>
+      <c r="F54" t="s">
         <v>307</v>
       </c>
-      <c r="B54" t="s">
+      <c r="G54" t="s">
         <v>308</v>
       </c>
-      <c r="C54" t="s">
-[...10 lines deleted...]
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B55" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E55" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F55" t="s">
-        <v>155</v>
+        <v>280</v>
       </c>
       <c r="G55"/>
       <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>313</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>314</v>
+      </c>
+      <c r="D56" t="s">
+        <v>315</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56" t="s">
         <v>316</v>
       </c>
-      <c r="B56" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G56"/>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>317</v>
+      </c>
+      <c r="B57" t="s">
+        <v>318</v>
+      </c>
+      <c r="C57" t="s">
+        <v>319</v>
+      </c>
+      <c r="D57" t="s">
+        <v>320</v>
+      </c>
+      <c r="E57" t="s">
         <v>321</v>
       </c>
-      <c r="B57" t="s">
+      <c r="F57" t="s">
         <v>322</v>
       </c>
-      <c r="C57" t="s">
+      <c r="G57" t="s">
         <v>323</v>
       </c>
-      <c r="D57" t="s">
+      <c r="H57" t="s">
         <v>324</v>
-      </c>
-[...6 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>325</v>
       </c>
       <c r="B58" t="s">
         <v>326</v>
       </c>
-      <c r="C58"/>
+      <c r="C58" t="s">
+        <v>327</v>
+      </c>
       <c r="D58" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E58" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F58" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="G58" t="s">
         <v>330</v>
       </c>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G58"/>
+      <c r="H58"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>