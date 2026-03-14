--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -38,657 +38,657 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Mainly Music for Preschoolers</t>
+  </si>
+  <si>
+    <t>Meet during school terms only Tuesday 10am and Wednesday 1:30pm at the St Johns Presbyterian Church in Berkshire StreetYoung children develop skills – co-ordination, fine motor movements, large motor movements, social interaction, appreciation of music and musical styles, and language development. mainly music provides children with a structured learning environment and then a time of free play. mainly music brings adult and child together for a time of safe interaction, and in doing so, teaching adults rhymes and songs that can be used at home to help with cleaning up, colours, counting, and more. There is an opportunity for parents to network with other parents of young children. Some groups stage additional events to encourage family fun.Stay up to date with mainly music Arrowtown on their facebook page.</t>
+  </si>
+  <si>
+    <t>Marion Patton</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/people/MainlyMusic-Arrowtown/100009692776591</t>
+  </si>
+  <si>
+    <t>03 442 1992</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
     <t>Buddy Programme Wakatipu</t>
   </si>
   <si>
     <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
   </si>
   <si>
     <t>Nanette Benington</t>
   </si>
   <si>
     <t>BPW@familyworkssld.nz</t>
   </si>
   <si>
     <t>http://familyworkssld.nz/</t>
   </si>
   <si>
     <t>03 442 4470</t>
   </si>
   <si>
     <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
   </si>
   <si>
-    <t>Queenstown</t>
+    <t>Glenorchy Primary School</t>
+  </si>
+  <si>
+    <t>Glenorchy School is a small, remote school situated at the head of Lake Wakatipu and is central to the community.The families of our children are diverse in their economic status and their occupations. We work to provide our children with a positive, quality learning environment in which they are secure and successful. Glenorchy School values the individual.Everyone working and learning within this environment is important.</t>
+  </si>
+  <si>
+    <t>office@glenorchy.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.glenorchy.school.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9900</t>
+  </si>
+  <si>
+    <t>P O Box 19 Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Montessori Wanaka</t>
+  </si>
+  <si>
+    <t>Montessori Children’s House Wanaka offers pre-schoolers aged between 1 and 6 years the freedom to explore in a fun, nurturing and well-resourced learning environment where they can develop independence and a respect for both the natural world and each other that will stay with them for the rest of their lives. We are open Monday – Friday from 8.30am – 3pm</t>
+  </si>
+  <si>
+    <t>Anne-Marie Love - Managing Teacher</t>
+  </si>
+  <si>
+    <t>info@mchw.co.nz</t>
+  </si>
+  <si>
+    <t>http://mchw.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 8389</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Mountainside Educare</t>
+  </si>
+  <si>
+    <t>Mountainside Educare is a new, purpose built Early Childhood Centre that opened in February 2016. We specialise in providing quality education and care for children until they are ready for primary school. We are open 7.30am - 6.00pm weekdays, including school holidays.</t>
+  </si>
+  <si>
+    <t>mountainside.educare@xnet.co.nz</t>
+  </si>
+  <si>
+    <t>http://mountainsideeducare.vpweb.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 21 0853 7045</t>
+  </si>
+  <si>
+    <t>Babysits</t>
+  </si>
+  <si>
+    <t>Babysits is a website that creates a community of babysitters and parents searching for child care services. There are over 10,000 people actively using the Babysits platform in New Zealand. It is very intuitive to use and is a transparent way to help connect babysitters and parents in need. Babysits' mission is to empower communities around childcare.</t>
+  </si>
+  <si>
+    <t>http://www.babysits.nz</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Wanaka Kids Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Kids Club family continues to grow and we're more passionate than ever about getting kids to experience the full range of activi­ties our natural playground has to offer. From adventures, sports and art &amp;amp; crafts to excursions in the Wanaka community, we ensure that every child will have something available to suit their individual skills and interests, as well as opportunities to try new and exciting things. Why fit in when you were born to stand out!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hello@wanakakidsclub.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakakidsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 28 92 77 1</t>
+  </si>
+  <si>
+    <t>Baby Sleep Consultant</t>
+  </si>
+  <si>
+    <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
+  </si>
+  <si>
+    <t>Oanita</t>
+  </si>
+  <si>
+    <t>oanita@babysleepconsultant.co.nz</t>
+  </si>
+  <si>
+    <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
+  </si>
+  <si>
+    <t>021 884 291</t>
+  </si>
+  <si>
+    <t>Arrowtown Preschool</t>
+  </si>
+  <si>
+    <t>At Arrowtown Preschool the opportunities for learning that children experience are outstanding both within the Preschools and the community. Children are seen as capable learners who bring with them a huge range of knowledge, interests and experiences. Teachers build on these to empower confidence, build resilience and encourage responsibility. Respectful relationships with families, community and our environment are key.Our programmes are inspired by aspects of the Reggio Emilia approach and Nature Based learning with a strong focus on movement and physical challenges.Arrowtown Preschool is a non-profit organisation which guarantees any profit is invested back into learning opportunities for the children.</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>admin@arrowtownpreschool.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownpreschool.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1416</t>
+  </si>
+  <si>
+    <t>sKids Queenstown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Queenstown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children after school then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>Programme Manager – Vicki James</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 251 8688</t>
+  </si>
+  <si>
+    <t>Oanaka EduCare</t>
+  </si>
+  <si>
+    <t>Come and see for yourself what makes Little Wonders Oanaka awesome. Our purpose-built building, with three individual classrooms that enable children to shine by providing carefully chosen resources that encourage children's innate urge to PLAY. Our highly qualified teachers provide a programme that supports the particular age groups within each classroom and adapt the space to meet the needs of the children attending.</t>
+  </si>
+  <si>
+    <t>oanaka.educare@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.littlewonders.nz/locations/oanaka/</t>
+  </si>
+  <si>
+    <t>03 443 4076</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Hawea Kindergarten</t>
+  </si>
+  <si>
+    <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
+  </si>
+  <si>
+    <t>hawea@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/hawea</t>
+  </si>
+  <si>
+    <t>(03) 443 6192</t>
+  </si>
+  <si>
+    <t>Hawea</t>
   </si>
   <si>
     <t>Montessori Arrowtown</t>
   </si>
   <si>
     <t>The team at Montessori Arrowtown understand the importance of Early Childhood Education (ECE) who are all focussed on providing the absolute best quality care and education based on our Montessori Philosophy and Te Whariki, our early childhood curriculum. It is important for us to make families and whanau feel welcome respected and comfortable. We’d love you and your family to join us.</t>
   </si>
   <si>
     <t xml:space="preserve"> mont.arrowtown@best-start.org</t>
   </si>
   <si>
     <t>https://best-start.org/centres/beststart-montessori-arrowtown</t>
   </si>
   <si>
     <t>03 442 0032</t>
   </si>
   <si>
-    <t>Arrowtown</t>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Glenorchy Playgroup</t>
+  </si>
+  <si>
+    <t>Welcome to Glenorchy Playgroup - Haere mai, all parents, caregivers and young children are welcome.We believe in the importance of providing a place where pre-school children and parents can regularly meet, feel welcomed and involved. Our playgroup will use a variety of activities to provide learning opportunities and experiences for young children.We aim to give parents and caregivers the opportunity to learn new ways for encouraging their children’s learning in a friendly and supportive fun group.Mondays: 10am – 12pm Thursdays: 10am – 12pm School term time only.$2/session or $25 for the term.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jenny Huckstep (President) </t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/community/organisations/playgroup/</t>
+  </si>
+  <si>
+    <t>0211672242</t>
+  </si>
+  <si>
+    <t>PO Box 59 Glenorchy</t>
+  </si>
+  <si>
+    <t>The Academy At Kip McGrath</t>
+  </si>
+  <si>
+    <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
+  </si>
+  <si>
+    <t>Remarkables</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Remarkables Park</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children. Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning.</t>
+  </si>
+  <si>
+    <t>info@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/remarkables-park</t>
+  </si>
+  <si>
+    <t>03 409 0404</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre, based in the lakeside town of Wanaka provides for children from 3 months of age. The centre is a small family focused environment for up to 40 children which was established by the community &amp;amp; is still owned by the community. It is a  ‘not for profit’ centre with any profits going back into children’s quality education. We are open from 8.30am until 4.30pm, 47 weeks of the year.</t>
+  </si>
+  <si>
+    <t>Jen Rawson</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1181</t>
+  </si>
+  <si>
+    <t>Arrowtown Plunket</t>
+  </si>
+  <si>
+    <t>Hours: Mon, Wed, Thurs, Friday 10am-12pm under 5's. Wed 1pm - 3pm Babies group</t>
+  </si>
+  <si>
+    <t>Linsey Whitchurch</t>
+  </si>
+  <si>
+    <t>arrowtown.plunket@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz</t>
+  </si>
+  <si>
+    <t>027 636 1112</t>
+  </si>
+  <si>
+    <t>BestStart Queenstown</t>
+  </si>
+  <si>
+    <t>Best Start Queenstown prides itself on providing a safe, loving and challenging environment that nurtures the growth of all children. We believe children learn best when they can build trusting and respectful relationships – within their peer groups, with teachers and within our community. We believe children learn through play and as teacher(s) foster and extend on the individual interest(s) as children develop and adapt to individual learning needs.We offer education and care from 3 months to 5 years, with open hours of 8am till 5.30pm, Monday to Friday. We only close on statutory holidays.</t>
+  </si>
+  <si>
+    <t>Katy</t>
+  </si>
+  <si>
+    <t>queenstown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-queenstown</t>
+  </si>
+  <si>
+    <t>(03) 442 6822</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
   </si>
   <si>
     <t>sKids Arrowtown</t>
   </si>
   <si>
     <t>Welcome to our sKids Centre @ Arrowtown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave. We’ll feed them, help them with their home work, let them play then do a fun activity with them so you can rest assured that they are safe, secure and having the time of their life.</t>
   </si>
   <si>
     <t>Programme Owner – Meryl Stevens</t>
   </si>
   <si>
     <t xml:space="preserve"> arrowtown@skids.co.nz</t>
   </si>
   <si>
     <t>https://www.skids.co.nz/locations/arrowtown/</t>
   </si>
   <si>
     <t>021 143 6813</t>
   </si>
   <si>
-    <t>Hawea Kindergarten</t>
-[...52 lines deleted...]
-  <si>
     <t>Wanaka Community Toy Library</t>
   </si>
   <si>
     <t>The Wanaka Community Toy Library is a not-for-profit registered charity (#CC27776) run by volunteers for the benefit of children and families living in Wanaka, Albert Town, Lake Hawea, Luggate and surrounds. Our library offers a range of toys, puzzles, sport, musical and other play items suitable for members to hire.We have over 800 toys available; catering to children 0-6 years. We also have costumes, novelty cake tins and bouncy castles. We are part of the national Toy Library Federation of NZ and are supported by generous grants, donations and amazing volunteers. We advocate for sustainability by promoting the borrowing of toys appropriate for children at different stages in their development instead of buying.Join us in play!</t>
   </si>
   <si>
     <t xml:space="preserve">info@wanakatoylibrary.org.nz   </t>
   </si>
   <si>
     <t>http://www.wanakatoylibrary.org.nz</t>
   </si>
   <si>
-    <t>Mountainside Educare</t>
-[...65 lines deleted...]
-    <t>03 409 0404</t>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
   </si>
   <si>
     <t>Wanaka Pre School</t>
   </si>
   <si>
     <t>We are the longest established early childhood centre in Wanaka and are dedicated to providing affordable andaccessible quality education and care for children in a family friendly environment.</t>
   </si>
   <si>
     <t>info@wanakapre.school.nz</t>
   </si>
   <si>
     <t>http://www.wanakapre.school.nz</t>
   </si>
   <si>
     <t>03 443 7090</t>
   </si>
   <si>
     <t>PO Box 327 Wanaka</t>
-  </si>
-[...394 lines deleted...]
-    <t xml:space="preserve">03 409 0441 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1079,804 +1079,804 @@
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C5"/>
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G6"/>
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="C8"/>
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F8"/>
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="F10" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G12"/>
-      <c r="H12"/>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="G13"/>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F14" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G14"/>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E18" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F18" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>110</v>
       </c>
       <c r="B19" t="s">
         <v>111</v>
       </c>
-      <c r="C19"/>
-      <c r="D19"/>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>113</v>
+      </c>
       <c r="E19" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="F19"/>
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>115</v>
+      </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E20" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F20" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F21" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E22" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F22" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D24"/>
       <c r="E24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F24" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G24"/>
+        <v>142</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
       <c r="H24" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B25" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B26" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C26" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D26" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E26" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="F26"/>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B27" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>156</v>
       </c>
-      <c r="D27"/>
+      <c r="C27"/>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
       <c r="E27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F27" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="G27" t="s">
         <v>159</v>
       </c>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G27"/>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
         <v>161</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>162</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>163</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>164</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" t="s">
         <v>167</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>168</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>169</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>170</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" t="s">
         <v>173</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>174</v>
       </c>
-      <c r="C30"/>
       <c r="D30" t="s">
         <v>175</v>
       </c>
       <c r="E30" t="s">
         <v>176</v>
       </c>
-      <c r="F30"/>
+      <c r="F30" t="s">
+        <v>177</v>
+      </c>
       <c r="G30"/>
-      <c r="H30"/>
+      <c r="H30" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F31" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="G31"/>
+        <v>183</v>
+      </c>
+      <c r="G31" t="s">
+        <v>184</v>
+      </c>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B32" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>187</v>
+      </c>
       <c r="D32" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F32" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="G32"/>
       <c r="H32" t="s">
-        <v>160</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B33" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>192</v>
+      </c>
+      <c r="C33" t="s">
+        <v>193</v>
+      </c>
       <c r="D33" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E33" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F33" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G33"/>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E34" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="F34" t="s">
         <v>200</v>
       </c>
+      <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
         <v>202</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35"/>
+      <c r="D35" t="s">
         <v>203</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>204</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
+        <v>207</v>
+      </c>
+      <c r="E36" t="s">
         <v>208</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>209</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>210</v>
       </c>
-      <c r="G36"/>
-      <c r="H36"/>
+      <c r="H36" t="s">
+        <v>57</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>