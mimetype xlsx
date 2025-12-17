--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -38,138 +38,138 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Glenorchy Rural Fire Force</t>
+  </si>
+  <si>
+    <t>This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include:WildfiresCivil defenceNatural disastersOf course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages:  https://fireandemergency.nz/stations/show/glenorchy-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>Dick Watson</t>
+  </si>
+  <si>
+    <t>songreenstone@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Glenorchy-Volunteer-Rural-Fire-Force-1636296079961525/</t>
+  </si>
+  <si>
+    <t>0277655125</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Queenstown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>In an Emergency dial 111This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. And of course, we also offer fire safety advice.The Queenstown Volunteer Fire Brigade has a long proud history of serving its community in the Wakatipu basin since 1864.</t>
+  </si>
+  <si>
+    <t>katherine.lamont@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>http://www.fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 442 7666</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
     <t>Aspiring Avalanche Dogs</t>
   </si>
   <si>
     <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
   </si>
   <si>
     <t>info@aspiringdogs.org.nz</t>
   </si>
   <si>
     <t>https://www.aspiringdogs.org.nz/</t>
   </si>
   <si>
     <t>021 319 824 | 03 443 5465</t>
   </si>
   <si>
     <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
   </si>
   <si>
     <t>Wanaka, 9305</t>
   </si>
   <si>
     <t>Arrowtown Volunteer Fire Brigade</t>
   </si>
   <si>
     <t>Phone number at the Station is: 03 442 1740 (unmanned station) Chief - Murray Forward - 0274 376 927 In case of emergency call 111</t>
   </si>
   <si>
     <t>Murray Forward</t>
   </si>
   <si>
     <t>027 437 6927</t>
   </si>
   <si>
     <t>Arrowtown</t>
-  </si>
-[...52 lines deleted...]
-    <t xml:space="preserve">Invercargill </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -534,145 +534,145 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="G2"/>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4"/>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="G5"/>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="C6"/>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
       <c r="D6"/>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E6"/>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>