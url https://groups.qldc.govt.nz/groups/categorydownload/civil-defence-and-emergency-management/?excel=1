--- v1 (2025-12-17)
+++ v2 (2026-02-05)
@@ -38,138 +38,138 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Arrowtown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Phone number at the Station is: 03 442 1740 (unmanned station) Chief - Murray Forward - 0274 376 927 In case of emergency call 111</t>
+  </si>
+  <si>
+    <t>Murray Forward</t>
+  </si>
+  <si>
+    <t>027 437 6927</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
     <t>Glenorchy Rural Fire Force</t>
   </si>
   <si>
     <t>This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include:WildfiresCivil defenceNatural disastersOf course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages:  https://fireandemergency.nz/stations/show/glenorchy-voluntary-rural-fire-force</t>
   </si>
   <si>
     <t>Dick Watson</t>
   </si>
   <si>
     <t>songreenstone@gmail.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/Glenorchy-Volunteer-Rural-Fire-Force-1636296079961525/</t>
   </si>
   <si>
     <t>0277655125</t>
   </si>
   <si>
     <t>Glenorchy</t>
   </si>
   <si>
     <t>Queenstown Volunteer Fire Brigade</t>
   </si>
   <si>
     <t>In an Emergency dial 111This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. And of course, we also offer fire safety advice.The Queenstown Volunteer Fire Brigade has a long proud history of serving its community in the Wakatipu basin since 1864.</t>
   </si>
   <si>
     <t>katherine.lamont@fireandemergency.nz</t>
   </si>
   <si>
     <t>http://www.fireandemergency.nz</t>
   </si>
   <si>
     <t>03 442 7666</t>
   </si>
   <si>
     <t>Queenstown</t>
-  </si>
-[...49 lines deleted...]
-    <t>Arrowtown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -537,142 +537,142 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...2 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5"/>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="G5" t="s">
+      <c r="G5"/>
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6"/>
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6"/>
-      <c r="E6"/>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>