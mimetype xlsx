--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -38,3927 +38,3927 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Arrowtown Returned Services Assn</t>
+  </si>
+  <si>
+    <t>Our mission is to remember and care for all those impacted by service for New Zealand on military operations. The Royal New Zealand Returned and Services’ Association is made up of over 180 local RSAs around the country, each an entity in their own right, with over 100,000 members.</t>
+  </si>
+  <si>
+    <t>Linda Harrison (Secretary)/Lindsay Stirling (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrsa@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.rsa.org.nz/</t>
+  </si>
+  <si>
+    <t>03 409 8857</t>
+  </si>
+  <si>
+    <t>PO Box 28, Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Arrowtown Plunket</t>
+  </si>
+  <si>
+    <t>Hours: Mon, Wed, Thurs, Friday 10am-12pm under 5's. Wed 1pm - 3pm Babies group</t>
+  </si>
+  <si>
+    <t>Linsey Whitchurch</t>
+  </si>
+  <si>
+    <t>arrowtown.plunket@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz</t>
+  </si>
+  <si>
+    <t>027 636 1112</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Presbyterian Support</t>
+  </si>
+  <si>
+    <t>Presbyterian Support Otago works for a fair, just and caring community.Motivated by our Christian heritage, and in partnership with others, we work across the generations for positive change, strong families and healthy communities.In fulfilling our mission, we will endeavour to act with Faith, Compassion, Respect, Integrity, Courage and Independence.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/</t>
+  </si>
+  <si>
+    <t>03 477 7115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Alzheimers Society Otago, Queenstown</t>
+  </si>
+  <si>
+    <t>Affiliated to Alzheimers New Zealand Inc, Alzheimers Otago is an autonomous society operating from three offices across Otago. Our primary role is to support people with dementia and the family, friends, neighbours and communities who care for them.We do this by providing information, support, advice, carer support groups, home visits by qualified staff, education, a shoulder to lean on and a companion on this, at times, long and difficult journey. Queenstown Office days: Tuesday, Wednesday, ThursdayHours: 9am - 4pm</t>
+  </si>
+  <si>
+    <t>queenstown@alzheimersotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/otago</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(03) 441 4955 or 027 441 4960 </t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Southern REAP (Wakatipu)</t>
+  </si>
+  <si>
+    <t>Our professional vision is to enrich our communities through innovative programmes.REAP fills gaps in mainstream education service provision by providing integrated and educational initiatives across Early Childhood, Schools and the Adult Education sectors.</t>
+  </si>
+  <si>
+    <t>enquiries@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz</t>
+  </si>
+  <si>
+    <t>03  236 6008</t>
+  </si>
+  <si>
+    <t>PO Box 9 WINTON 9741</t>
+  </si>
+  <si>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Central Otago Living Options</t>
+  </si>
+  <si>
+    <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
+  </si>
+  <si>
+    <t>Alison Wildey</t>
+  </si>
+  <si>
+    <t>alison@livingoptions.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
+  </si>
+  <si>
+    <t>03 4487748</t>
+  </si>
+  <si>
+    <t>PO Box 446 Alexandra</t>
+  </si>
+  <si>
+    <t>Prime Timers - Upper Clutha Senior Citizens</t>
+  </si>
+  <si>
+    <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
+  </si>
+  <si>
+    <t>Helen Millar</t>
+  </si>
+  <si>
+    <t>ucsc.club@gmail.com</t>
+  </si>
+  <si>
+    <t>http://ucscclub.weebly.com/</t>
+  </si>
+  <si>
+    <t>021 043 1054</t>
+  </si>
+  <si>
+    <t>PO Box 692 Wanaka 9343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Probation Service Queenstown </t>
+  </si>
+  <si>
+    <t>Queenstown Community Corrections - https://www.corrections.govt.nz/about_us/getting_in_touch/our_locations/queenstown_service_centreHours of operation - 8.30am to 5.00pm Monday to Friday. </t>
+  </si>
+  <si>
+    <t>http://www.corrections.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 4830</t>
+  </si>
+  <si>
+    <t>P O Box 2672, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Preschool Nursery</t>
+  </si>
+  <si>
+    <t>The Centre is licensed for 70 children. Nursery 20 to 24 under two year olds Preschool rooms 45 to 50 two to four year olds. We are a not-for-profit organisation. We aim to provide quality education and care in a safe, educational and supportive environment, which is responsive to the needs of the children and their families/whanau.</t>
+  </si>
+  <si>
+    <t>office@qpn.co.nz</t>
+  </si>
+  <si>
+    <t>https://qpn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9217</t>
+  </si>
+  <si>
+    <t>Rural Women of New Zealand</t>
+  </si>
+  <si>
+    <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
+  </si>
+  <si>
+    <t>https://ruralwomennz.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs is a free, easy-to-use Job Search site for New Zealand. With new jobs added daily, our site specialises in bringing employers and jobseekers together in fast and efficient way. Best of all, it&amp;rsquo;s free!  As an NZ employment website, we have set out to achieve these three main goals for our community:  Become New Zealand&amp;rsquo;s easiest, fastest and most effective platform for employers and jobseekers to be connected  Assist those who plan to move to New Zealand with finding their ideal job, such as the ability to post your resume / CV for free  Provide useful and informative employment advice and tips for Employers seeking new staff and Jobseekers searching for how to get a job in New Zealand</t>
+  </si>
+  <si>
+    <t>http://www.queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>0800 QT JOBS</t>
+  </si>
+  <si>
+    <t>admin@queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate</t>
+  </si>
+  <si>
+    <t>Otago Community Trust</t>
+  </si>
+  <si>
+    <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
+  </si>
+  <si>
+    <t>info@oct.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.oct.org.nz/</t>
+  </si>
+  <si>
+    <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
+  </si>
+  <si>
+    <t>PO Box 5751, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>Rotary Club of Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary brings together a global network of volunteer leaders who dedicate their time and talent to tackle the world’s most pressing humanitarian challenges. Rotary connects 1.2 million members from more than 200 countries and geographical areas. Their work impacts lives at both the local and international levels.</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrotary.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 321, Queenstown</t>
+  </si>
+  <si>
+    <t>Parkinsons New Zealand, Otago</t>
+  </si>
+  <si>
+    <t>Founded in 1983, The Parkinson's New Zealand Charitable Trust (Parkinson’s New Zealand) is a community based, non-profit organisation, registered with the Charities Commission and reliant on funding from grants, bequests and donations.We also provide information and educational services to non-members, health professionals and the general public. We work closely with other neurological organisations, and in some less populated areas, Parkinson's Community Educator Services are supplied by the Multiple Sclerosis Society.</t>
+  </si>
+  <si>
+    <t>Paula Ryan</t>
+  </si>
+  <si>
+    <t>paula.ryan@parkinsons.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parkinsons.org.nz/</t>
+  </si>
+  <si>
+    <t>Phone: 03 262 7040 or 027 221 5353</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>Human Rights Commission</t>
+  </si>
+  <si>
+    <t>The Human Rights Commission was set up in 1977 and works under the Human Rights Act 1993. Our purpose is to promote and protect the human rights of all people in Aotearoa New Zealand. We work for a free, fair, safe and just New Zealand, where diversity is valued and human dignity and rights are respected.The Human Rights Commission works across Aotearoa New Zealand to increase human rights standards in law, policy and practice. We provide communities with education and tools to protect and promote their human rights, and deliver human rights programmes to government departments, Crown entities and kiwi organisations. Language Line, an interpreting service, is available. An appointment with a sign language interpreter is available.If you have a hearing or speech impairment, you can contact the Commission using the New Zealand Relay Service. NZ Relay is a telecommunications service and all calls are confidential. www.nzrelay.co.nz</t>
+  </si>
+  <si>
+    <t>infoline@hrc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.hrc.co.nz</t>
+  </si>
+  <si>
+    <t>0800 496 877</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t>Wakatipu Interagency Group</t>
+  </si>
+  <si>
+    <t>Social services interagency group for the Wakatipu.Chair: Niki Mason (Central Lakes Family Services, Strengthening Families Coordinator)</t>
+  </si>
+  <si>
+    <t>Niki Mason</t>
+  </si>
+  <si>
+    <t>qtinteragency@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>0508 440 255</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Oranga Tamariki Ministry for Children</t>
+  </si>
+  <si>
+    <t>We are dedicated to supporting any child in New Zealand whose wellbeing is at significant risk of harm now, or in the future. We also work with young people who may have offended, or are likely to offend.Our belief is that in the right environment, with the right people surrounding and nurturing them, any child can, and should flourish.Lines open 24/7. From 5pm – 8 am Monday to Friday, weekends and public holidays, social workers will only assess emergency situations. But we encourage you to call if you're unsure.</t>
+  </si>
+  <si>
+    <t>enquiry@ot.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.orangatamariki.govt.nz/</t>
+  </si>
+  <si>
+    <t>0508 326 459</t>
+  </si>
+  <si>
+    <t>P O Box 240 Alexandra</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Victim Support</t>
+  </si>
+  <si>
+    <t>Victim Support is an independent incorporated society that provides a free 24 / 7 community response to help victims of serious crime and trauma. Volunteers are at the heart of our service.Our free service provides emotional and practical support, information, referral to other support services and advocacy for the rights of victims. This support helps victims find strength, hope and safety in the face of grief and trauma at what may be the worst time of their life.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>0800 842 846</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust is a Not for Profit organisation that works alongside young people aged 10 - 24yrs old to achieve positive outcomes through both support and advocacy. We provide resources, opportunities, skilled people and safe environments, which help to foster confidence and challenge youth. By resourcing youth in this way, we believe they discover their true identity and develop strengths, attitudes and strong relationships, which enable them to contribute positively in our communities</t>
+  </si>
+  <si>
+    <t>info@wakatipuyouthtrust.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wakatipuyouthtrust.co.nz </t>
+  </si>
+  <si>
+    <t>03 451 1413</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Kidstart (Barnardos)</t>
+  </si>
+  <si>
+    <t>Kidstart is a home-based care and learning service for children aged from birth to five years. It is provided in the homes of trained Educators, all of whom are supported by fully qualified teachers.</t>
+  </si>
+  <si>
+    <t>CromwellELC@Barnardos.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidstart.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 4728</t>
+  </si>
+  <si>
+    <t>PO Box 114 Alexandra</t>
+  </si>
+  <si>
+    <t>Wakatipu Kindergarten</t>
+  </si>
+  <si>
+    <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>wakatipu@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/wakatipu</t>
+  </si>
+  <si>
+    <t>03 442 6236</t>
+  </si>
+  <si>
+    <t>PO Box 633, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Idea (Intellectual Disability Empowerment in Action)</t>
+  </si>
+  <si>
+    <t>Welcome to IHC New Zealand. IHC will advocate for the rights, inclusion and welfare of all people with intellectual disabilities and support them to live satisfying lives in the community.IHC, through IDEA Services, supports adults of all ages with intellectual disabilities to live in their own homes and be part of their local communities.</t>
+  </si>
+  <si>
+    <t>southern@idea.org.nz</t>
+  </si>
+  <si>
+    <t>https://ihc.org.nz/</t>
+  </si>
+  <si>
+    <t>03 341 9299</t>
+  </si>
+  <si>
+    <t>PO Box 27202, Christchurch 8640</t>
+  </si>
+  <si>
+    <t>Cardrona Hall Board</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Cardrona Hall Board maintain and upgrade the Historic Cardrona Hall and Church. Used for concerts, functions and weddings. Please email for bookings.Chairman: Glen Curtis (027 226 6083) Secretary: Jessica Curtis (027 443 0026) </t>
+  </si>
+  <si>
+    <t>Glen Curtis</t>
+  </si>
+  <si>
+    <t>cardronahallboard@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanaka-weddings.co.nz/CardronaHallHistoricDomainWeddingVenue.html</t>
+  </si>
+  <si>
+    <t>027 226 6083</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Te Ao Marama Incorporated (Southern Iwi)</t>
+  </si>
+  <si>
+    <t>Te Aō Marama is an organisation of around 100 members, who provide leadership, representation and support to the Māori oral health workforce including clinicians, specialists, health promoters, support staff, researchers, teachers and students. Our membership remains committed to our vision of ‘Hei oranga niho mo te iwi Māori’ – Good Oral health for Māori, for life.</t>
+  </si>
+  <si>
+    <t>nzteaomarama@gmail.com</t>
+  </si>
+  <si>
+    <t>https://teaomarama.org.nz/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>P O Box 7078 Invercargill</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
+  </si>
+  <si>
+    <t>John Glover (Chairperson)</t>
+  </si>
+  <si>
+    <t>gycommunityassn@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
+  </si>
+  <si>
+    <t>027 586 7233</t>
+  </si>
+  <si>
+    <t>PO Box 38, Glenorchy 9350</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
+  </si>
+  <si>
+    <t>Aspiring Therapy</t>
+  </si>
+  <si>
+    <t>  Counselling: room-based therapy where things such as stress, overwhelm, burnout, depression, and anxiety can be explored. Equine Assisted Psychotherapy is a form of animal-assisted therapy where horses act as co-facilitators. Nature-based alternative to traditional room-based counselling. Beneficial for people who have a lived experience of trauma.   </t>
+  </si>
+  <si>
+    <t>Kiara Moore</t>
+  </si>
+  <si>
+    <t>hello@aspiringtherapy.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringtherapy.co.nz/</t>
+  </si>
+  <si>
+    <t>02041229503</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justice of the Peace Services </t>
+  </si>
+  <si>
+    <t>QueenstownFriday 12:30pm to 1:30pmCitizens Advice Bureau, 44 Stanley Street, QueenstownPh: 03 442 6799Email: queenstown@cab.org.nzWanakaTuesday 10:30am - 12:00pmThursday 2:00 - 3:30pmBy appointment Community Link Upper Clutha, Wanaka Community Hub, 34 McDougall St, WanakaPh: 03-443 7799, email: info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://justiceofthepeace.org.nz/</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>Arthurs Point Community Association (APCA)</t>
+  </si>
+  <si>
+    <t>Meeting details: Held at 7.30 pm on the first Tuesday of every month. Location confirmed on Facebook, plus emailed to our mailing list. Anyone can be added to the mailing list by emailing the APCA. Chair: Andrew Blackford Phone: 021 624 591Vice Chair: Nigel LloydCommittee details updated November 2023</t>
+  </si>
+  <si>
+    <t>Andrew Placford</t>
+  </si>
+  <si>
+    <t>arthurspointcommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>021 624 591</t>
+  </si>
+  <si>
+    <t>PO Box 602 Queenstown</t>
+  </si>
+  <si>
+    <t>Arthur's Point</t>
+  </si>
+  <si>
+    <t>Parent to Parent Inc</t>
+  </si>
+  <si>
+    <t>Monday – Wednesday 9:00am – 3:30pm and Thursday 9.00am-4.30pm Often raising a child with a disability is an experience that isn’t planned, and we know it can be a challenging journey. We can inform, educate, inspire and support you as you navigate your way through your family’s experience with disability. Our services are free and confidential.</t>
+  </si>
+  <si>
+    <t>MaryAnn Hughes</t>
+  </si>
+  <si>
+    <t>otago@parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>027 808 3949</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Compassionate Friends</t>
+  </si>
+  <si>
+    <t>We gather together to support each other every two months where we either have a speaker, watch a video on aspects of grief, share each others grief or chat informally. Personal support is given by phone calls and home visits particularly to the newly bereaved and where a need is known. Once a year we endeavour to run a grief workshop.There are no subscriptions. The newsletter and workshops are free to bereaved families. No commitment is expected from bereaved families to attend workshops, bi-monthly gatherings or receive newslettersTHE AREA ENCOMPASSED BY CENTRAL OTAGO COMPASSIONATE FRIENDS The Teviot Valley – The Maniototo – Queenstown – Wanaka – Cromwell – Alexandra All the areas in between and surrounding the above places</t>
+  </si>
+  <si>
+    <t>Pauline Trotter</t>
+  </si>
+  <si>
+    <t>centralotagocf@gmail.com</t>
+  </si>
+  <si>
+    <t>http://compassionatefriends.org.nz/contact.html</t>
+  </si>
+  <si>
+    <t>027 396 0611</t>
+  </si>
+  <si>
+    <t>Arrowtown Newcomers and Locals Network</t>
+  </si>
+  <si>
+    <t>Please note our name change from Arrowtown Newcomers Network, so that not just newcomers can come along to our functions.</t>
+  </si>
+  <si>
+    <t>Neil and Jenny Logan</t>
+  </si>
+  <si>
+    <t>Loganfamily@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://arrowtownvillage.co.nz/index.php?ti=29</t>
+  </si>
+  <si>
+    <t>409 8968</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Community Law Centre</t>
+  </si>
+  <si>
+    <t>We offer free legal advice and information, representation and education to the people of Otago. Free legal advice clinics are held on the 1st Thursday of each month in Queenstown and Wanaka.Please make an appointment first. QUEENSTOWN (9:30am to 11:30am): Happiness House, phone: 03 442 6531, location: 4 Park Street, Queenstown.WANAKA (11:00am to 1:00pm): Community Networks, phone: 03 443 7799 or email info@communitynetworks.co.nz, location: 34 McDougall St, Wanaka.Or you can contact the main Community Law office on 0800 169 333.</t>
+  </si>
+  <si>
+    <t>reception@dclc.org.nz</t>
+  </si>
+  <si>
+    <t>http://communitylaw.org.nz/centre/otago/</t>
+  </si>
+  <si>
+    <t>0800 169 333</t>
+  </si>
+  <si>
+    <t>Queenstown Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting TimesQUEENSTOWN 6:30PM, Wednesday, 2ndGold Ridge Resort, Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Club President: Charlie Reid</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lionsclubs.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 8077</t>
+  </si>
+  <si>
+    <t>P O Box 273 Queenstown</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
+  </si>
+  <si>
+    <t>Almost 300 Nepalese’s living and working in Queenstown.Nepalese Community in Queenstown is a community based established to promote Nepalese culture and networking within the Nepalese residing in Queenstown. Nepalese communities are growing in New Zealand particularly in Queenstown.One of our roles is to contribute in community development, work together with other communities to identify issues and facilitate to come up with resolutions and support. we are pleased with the government in their public policies that are enhancing multiculturalism, respecting diversity among us, and thus it is our community’s goal as well to promote cultural diversity in the interest of individuals and society as a whole. While Nepalese communities across New Zealand have already made significant effort in organizing and running Nepalese language educational programs, culture, religious, we intent to promote and continue that effort.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pramesh Devkota </t>
+  </si>
+  <si>
+    <t>pamesh.dev072@gmail.com</t>
+  </si>
+  <si>
+    <t>0226345296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown </t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>ASB</t>
+  </si>
+  <si>
+    <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
+  </si>
+  <si>
+    <t>shyla.hona@asb.co.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Kelvin Peninsula Community Association</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects. </t>
+  </si>
+  <si>
+    <t>David Mayhew</t>
+  </si>
+  <si>
+    <t>talk2KPCA@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kelvinpeninsula.org/</t>
+  </si>
+  <si>
+    <t>021 0227 0279</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Altrusa International Inc of Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altrusa is a womens service organisation focussing on womens development, literacy and service in our community.We meet the first and third Wednesday of each month, at Level One Malaghan House, 10 Memorial Street, Queenstown (the Senior Citizens Rooms).Anyone is welcome to come along.        </t>
+  </si>
+  <si>
+    <t>Margaret Melhop (President)</t>
+  </si>
+  <si>
+    <t>president.queenstown@altrusa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.altrusa.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 508 Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust was established to grant funds for community charitable purposes. ​The Trust plays a pivotal role in producing sustainable outcomes that enrich lives, enhance assets, and build resilient communities.​The Trust assists many community projects and services, but all must meet charitable criteria. ​For a purpose to be charitable, it must relate to one of the following four funding principles:The relief of povertyAdvancement of educationAdvancement of religionAny other purpose beneficial to the community</t>
+  </si>
+  <si>
+    <t>info@clt.net.nz</t>
+  </si>
+  <si>
+    <t>https://www.clt.net.nz/</t>
+  </si>
+  <si>
+    <t>03 445 9958</t>
+  </si>
+  <si>
+    <t>PO Box 138, Cromwell</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects.</t>
+  </si>
+  <si>
+    <t>talk2kpca@gmail.com</t>
+  </si>
+  <si>
+    <t>02102270279</t>
+  </si>
+  <si>
+    <t>Wakatipu 9348</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Abbeyfield Wakatipu Inc</t>
+  </si>
+  <si>
+    <t>Not-for-profit housing project for the over-55s in the Wakatipu.Purpose-built affordable housing for independent older people.Follows international Abbeyfield tenets of companionship, values and community support and involvement.Manager/Residents Housekeeper: Alison Beaumont - 021 955695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alison Beaumont </t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@abbeyfieldwakatipu.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.abbeyfield.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 441 4448 </t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Central Otago REAP</t>
+  </si>
+  <si>
+    <t>Central Otago REAP provides a diverse and extensive educational resource to rural communities, implementing a life long learning approach. The overall purpose of Central Otago REAP is to provide educational support and assistance across all sectors including early childhood, primary, secondary and adult education.Central Otago REAP is a community-based flexible resource providing formal and non-formal learning opportunities.</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>admin@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://coreap.org.nz/</t>
+  </si>
+  <si>
+    <t>03 448 6115</t>
+  </si>
+  <si>
+    <t>Workbridge Inc</t>
+  </si>
+  <si>
+    <t>Linking the right people to the right jobsWorkbridge is a specialist employment service that gives employers access to a wide talent pool of people with a disability, injury or illness.Our services are free, and we fill 3500-4000 job vacancies each year. If you’re an employer, we can help you recruit, select and support staff with the right skills and attitudes for your workplace. If you’re a job seeker, we can help you develop job-searching skills and find the most suitable employment for you.</t>
+  </si>
+  <si>
+    <t>Trudy Kerr</t>
+  </si>
+  <si>
+    <t>trudyk@workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 0227</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka BNI</t>
+  </si>
+  <si>
+    <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Emma Kenny </t>
+  </si>
+  <si>
+    <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
+  </si>
+  <si>
+    <t>03 443 1892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Queenstown</t>
+  </si>
+  <si>
+    <t>Strenghtening Families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Matthew Hawke</t>
+  </si>
+  <si>
+    <t>matthew@jigsawcentrallakes.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 450 1075 / 027 203 4547</t>
+  </si>
+  <si>
+    <t>PO Box 302, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>NZ Immigration Service</t>
+  </si>
+  <si>
+    <t>We work with international organisations and industry partners to improve border security and make immigration easier. We lead government strategy designed to help migrants settle in New Zealand.Freephone (within New Zealand) 0508 55 88 55 Opening hours: 6:00am Monday to midnight on Saturday (NZ local time).</t>
+  </si>
+  <si>
+    <t>http://www.immigration.govt.nz</t>
+  </si>
+  <si>
+    <t>0508 558 855</t>
+  </si>
+  <si>
+    <t>Auckland Central 1010</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>Methodist Mission</t>
+  </si>
+  <si>
+    <t>The Mission has been standing up for social justice in Otago since 1890. Our clients lead everything we do and their voice is paramount. They bring the resources for the work and set the targets that we work towards. Our job is to keep them on track, help them develop new resources, and provide a hand up when they stumble. To do this we use high levels of skill, rigour, and specialist tools, while paying attention and learning from what we discover.</t>
+  </si>
+  <si>
+    <t>admin@mmsouth.org.nz</t>
+  </si>
+  <si>
+    <t>03 466 4600</t>
+  </si>
+  <si>
+    <t>PO Box 2391, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Queenstown RSA</t>
+  </si>
+  <si>
+    <t>The Queenstown RSA welcomes club members and their guests, and visiting members of affiliated clubs.We are located in the Queenstown Memorial Centre, Memorial Street, upstairs in the Gallipoli Room – an electric invalid chair is available for those who are unable to use the stairs. When visiting the scenic capital of New Zealand visit the Queenstown RSA, where you are guaranteed a friendly welcome.Opening Hours Friday, 5-7pm</t>
+  </si>
+  <si>
+    <t>Phil Wiel - President (as at July 2019)</t>
+  </si>
+  <si>
+    <t>president.qtrsa@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.rsaqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1969 Queenstown</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Womens Institute</t>
+  </si>
+  <si>
+    <t>Women&amp;rsquo;s Institute is a local, provincial, national and international organization that promotes women, families and communities.  Queenstown WI: meets first Tuesday contact Jo-Ellen Reid 4423389</t>
+  </si>
+  <si>
+    <t>Jo Reid</t>
+  </si>
+  <si>
+    <t>http://www.centralotagonz.com/alexandra-clyde/clyde/clubs/x,1,4083/alexandra-womens-institute.html</t>
+  </si>
+  <si>
+    <t>03 442 3389</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Grey Power Queenstown</t>
+  </si>
+  <si>
+    <t>Grey Power is a national organisation that was set up in the 80s as an advocacy group for older people.  Over 50s are welcome to join us.  We have about four main meetings a year featuring a speaker, smaller meetings from time to time on subjects that may interest a smaller audience.  Social events are organised from time to time.  Grey Power Electricity is available to members which means lower electricity costs also a range of discounts is available from local businesses.  We welcome new members.Treasurer, Kirsty Sharpe:kirstyjsharpe@gmail.com021 04100 76</t>
+  </si>
+  <si>
+    <t>Peter Jenkins</t>
+  </si>
+  <si>
+    <t>greypowerqueenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.greypower.co.nz</t>
+  </si>
+  <si>
+    <t>03 428 7861</t>
+  </si>
+  <si>
+    <t>Wanaka Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Wanaka Police Station open hours: 9.00am - 5.00pm Mon - Fri 10.00am - 6.00pm Sat and Sun.</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 18, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t>Inner Wheel Club of Queenstown</t>
+  </si>
+  <si>
+    <t>The motto of Inner Wheel is Friendship and ServiceJoin us helping together in our local Queenstown Lakes Area Community, Meals on Wheels, Voluntary Collectors, Marathon Supporters, Charity Shop.Friendship through club meetings, Our Walking Group, and Movie Group. Join us when we meet each month for activity and friendship. When:  2ndWednesday of the Month                                                                                                                        Where:   Venue is advised  Check us out on  Facebook then,     Email:    queenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>membership@iwnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.innerwheel.org.nz/?fbclid=IwAR3HYTqFuA0-PzvTRXWGKyI1hRaSsBiY7tL2Jmoht4tG6DcqwHog_QP4O7I</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Budgeting Advice</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it’s not always an easy place to live. More than ever before, families are struggling to gain control of their finances. Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.Our Financial Mentors offer free, confidential advice by phone, text, email and live chat.Phone: 0800 345 123Text: 4029 </t>
+  </si>
+  <si>
+    <t>help@moneytalks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.nbfcct.com/</t>
+  </si>
+  <si>
+    <t>03 448 8072</t>
+  </si>
+  <si>
+    <t>PO Box 114 Queenstown</t>
+  </si>
+  <si>
+    <t>Glenorchy Landcare Group</t>
+  </si>
+  <si>
+    <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
+  </si>
+  <si>
+    <t>Iris &amp; Kate Scott</t>
+  </si>
+  <si>
+    <t>scotts@reesvalley.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
+  </si>
+  <si>
+    <t>03 442 9908</t>
+  </si>
+  <si>
+    <t>C/- Rees Valley Association, Glenorchy</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview Club</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview club {formerly Probus} is a group of retirees that meet monthly to exchange ideas and listen to guest speakers on a wide variety of subjects. We meet at 10AM on the 3rd Monday of each month at the Wanaka Community Hub. </t>
+  </si>
+  <si>
+    <t>davidleslie2102@gmail.com</t>
+  </si>
+  <si>
+    <t>03 443 9262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka </t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t>Masonic Lodge - Lake Lodge of Ophir No 85</t>
+  </si>
+  <si>
+    <t>One of the world’s oldest and largest fraternal organisations. An organisation of men who adopt the fundamental principle of integrity, goodwill and charity as the foundations for an individual’s life and character. A non-profit organisation that is heavily involved in supporting charity and community service. Comprised of men of good character with high ideals and worthwhile values who make a difference in the community</t>
+  </si>
+  <si>
+    <t>Hudson Turnbull, Secretary</t>
+  </si>
+  <si>
+    <t>lakelodgeofophir@queenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://freemasonsnz.org</t>
+  </si>
+  <si>
+    <t>+64 21 442 639</t>
+  </si>
+  <si>
+    <t>PO Box 85 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Wakatipu Senior Citizens Association</t>
+  </si>
+  <si>
+    <t>Located on Memorial Street in Malaghan House, we offer regular activities and social gatherings for Wakatipu basin senior residents aged 60 plus. From our sunny rooms overlooking the Recreation ground, members can enjoy a range of activities.  Our Friday lunches, from 11:30am to 2 pm are very popular with members. The meal is followed by a guest speaker or entertainer. We also arrange monthly outings to interesting places within the region.  To find out more about our organization, to become a member or volunteer, or to join the association committee, please contact the manager on (03) 442 9214. The rooms are open Wednesdays from 10am to 2pm and Fridays from 10:30am to 3:00pm. Annual subscription: $20.00</t>
+  </si>
+  <si>
+    <t>Manager/Coordinator - Gabby Lake</t>
+  </si>
+  <si>
+    <t>info@wsca.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9214</t>
+  </si>
+  <si>
+    <t>P O Box 833, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>The Spectrum Club</t>
+  </si>
+  <si>
+    <t>The Spectrum Club is a new, community based, Queer Straight Alliance group for LBGTQIA+ youth and their supporters in the Queenstown Region.This group was created to fill a gap in the community for Lesbian, Gay, Bisexual, Trans, Queer, Questioning, Intersex, Asexual and Allies aged 15 – 24 years old. The Spectrum club has 3 main purposes: Social: meeting other likeminded, non-judgemental people from diverse backgrounds in a safe fun environment Support: support with bullying, coming out, individual issues Educate: spread awareness about queer issues, education around resilience, bullying etc The Spectrum Club holds regular meetings and loves having new people along to share and celebrate the diverse group.</t>
+  </si>
+  <si>
+    <t>thespectrumclubqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/thespectrumclubqt/</t>
+  </si>
+  <si>
+    <t>03-451 1413</t>
+  </si>
+  <si>
     <t>Community Link Upper Clutha</t>
   </si>
   <si>
     <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
   </si>
   <si>
     <t>info@communitylink.nz</t>
   </si>
   <si>
     <t>http://www.communitylink.nz</t>
   </si>
   <si>
-    <t>03 443 7799</t>
-[...53 lines deleted...]
-    <t>0800 785 646</t>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>PSA Otago</t>
+  </si>
+  <si>
+    <t>The PSA – the Public Service Association Te Pūkenga Here Tikanga Mahi –is New Zealand's largest union, representing more than 63,000 workers in central government, state-owned enterprises, local councils, health boards and community groups.We champion members’ interests with a strong effective voice. We stand together, supporting and empowering members, individually and collectively. We encourage participation from members. We aim to be transparent, accessible and inclusive in the way we work</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psa.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.psa.org.nz/</t>
+  </si>
+  <si>
+    <t>0508 367 772.</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation is a free parenting course that’s available all year around New Zealand. At the course, you’ll get practical advice to help you understand and manage the needs of your children following separation.The Parenting Through Separation course can also help grandparents and other family and whānau members who may be involved in caring for your children.</t>
+  </si>
+  <si>
+    <t>https://www.justice.govt.nz/family/care-of-children/resolving-parentings-disagreements/parenting-through-separation/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Lions Club of Wanaka</t>
+  </si>
+  <si>
+    <t>Meet 2nd Wednesday of each month at Prince Albert Tavern Café, Albert TownMeet &amp;amp; Greet 6.30pm</t>
+  </si>
+  <si>
+    <t>SECRETARY- Lorraine Knowles</t>
+  </si>
+  <si>
+    <t>knowles_lorraine@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://e-clubhouse.org/sites/wanakauc/</t>
+  </si>
+  <si>
+    <t>027 4737 813</t>
+  </si>
+  <si>
+    <t>P.O. Box 255, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>New Zealand Red Cross</t>
+  </si>
+  <si>
+    <t>The New Zealand Red Cross has a Disaster Welfare and Support Team (DWST) in Queenstown-Lakes who can respond to the welfare needs of the community in earthquakes, floods and other disasters. We also work to connect and strengthen local communities, teach first aid, offer psychosocial support and promote disaster preparedness.</t>
+  </si>
+  <si>
+    <t>Otago Area</t>
+  </si>
+  <si>
+    <t>otago@redcross.org.nz</t>
+  </si>
+  <si>
+    <t>0800 733 27677</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>45 South</t>
+  </si>
+  <si>
+    <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
+  </si>
+  <si>
+    <t>jennifer@45south.org</t>
+  </si>
+  <si>
+    <t>https://www.45South.org</t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>Boomerang Bags Queenstown</t>
+  </si>
+  <si>
+    <t>Boomerang Bags works to reduce the use of plastic bags by engaging local communities in the making of Boomerang Bags community made using recycled materials, Boomerang Bags provide a free, fun, sustainable alternative to plastic bags.  By getting involved with Boomerang Bags, you are participating in a national movement that celebrates a local grassroots initiative, community building and sustainability.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia Todd &amp; Fiona Davies </t>
+  </si>
+  <si>
+    <t xml:space="preserve">drifton_4@hotmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/975159672613924/</t>
+  </si>
+  <si>
+    <t>0210650829</t>
+  </si>
+  <si>
+    <t>Arrowtown Business and Promotion Association (ABPA)</t>
+  </si>
+  <si>
+    <t>APBA represents Arrowtown’s businesses. It is responsible for the town’s promotion, and for the arrowtown.com website.The board of the Arrowtown Promotion and Business Association is elected annually by the Association’s members who are business ratepayers. Central to its work, is the belief that the well being of the town is dependent on the preservation of its historic heritage and its natural surrounds. APBA promotes Arrowtown’s tourism, and liaises with its major funder, the Queenstown Lakes District Council.</t>
+  </si>
+  <si>
+    <t>Nicky Busst</t>
+  </si>
+  <si>
+    <t>info@arrowtown.com</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.com</t>
+  </si>
+  <si>
+    <t>027 7219017</t>
+  </si>
+  <si>
+    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
+  </si>
+  <si>
+    <t>The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/branches/central-otago-lakes</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Mediaworks</t>
+  </si>
+  <si>
+    <t>MediaWorks is New Zealand's largest independent broadcaster, and reaches more than 4 million Kiwis through its TV, Radio and Digital platforms. The company is owned by Oaktree Capital and governed by a Board of Directors; Jack Matthews (Chairman) and Jonas Mitzschke. MediaWorks is led by Michael Anderson, CEO.Through our loved and trusted news and entertainment brands, including Three, More FM, The Edge and RadioLive, The Rock and The Breeze, MediaWorks connects with 97% of all New Zealanders. With this comes responsibility, and ours is to make a positive difference in our communities. Over the years, MediaWorks has been proud to support hundreds of charities. We've shed light on many important issues, engaging with millions of New Zealanders to raise awareness. And, with the public’s support, we’ve helped to raise millions of dollars for charities too.</t>
+  </si>
+  <si>
+    <t>corporate@mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 901 0810</t>
+  </si>
+  <si>
+    <t>PO Box 224, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wanaka and Districts Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
+  </si>
+  <si>
+    <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
+  </si>
+  <si>
+    <t>03 443 7422</t>
+  </si>
+  <si>
+    <t>P.O. Box 167, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Happiness House Community Support</t>
+  </si>
+  <si>
+    <t>Happiness House is a community based non profit organisation that provides services to the Wakatipu District. Established in 1991 and registered with the Charities Commission (number cc11023). It is a drop-in centre, open Monday to Friday 9am to 4pm, providing a safe, warm, non judgmental, confidential and caring environment. 83% of the people that live in the Wakatipu have moved here from somewhere else leaving behind family support. Add to that the high cost of living, low wages and social isolation that comes from being far from family, the Wakatipu can be a challenging place to live. Happiness House is there for these people and for those affected by other life events or unforeseen circumstances.</t>
+  </si>
+  <si>
+    <t>happinesshouse@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://happinesshouse.org.nz/</t>
+  </si>
+  <si>
+    <t>03 442 6531</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Village Association</t>
+  </si>
+  <si>
+    <t>We aim to be the voice of the Arrowtown community. As well as initiating new projects the AVA works with the community and statutory authorities to improve the outcomes for the Arrowtown community and environment.  </t>
+  </si>
+  <si>
+    <t>chairperson@arrowtownvillage.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownvillage.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 140 Arrowtown</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
+  </si>
+  <si>
+    <t>Sally Murray</t>
+  </si>
+  <si>
+    <t>manager@pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>027 222 8801</t>
   </si>
   <si>
     <t>Chamber of Commerce Queenstown</t>
   </si>
   <si>
     <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
   </si>
   <si>
     <t>admin@queenstownchamber.org.nz</t>
   </si>
   <si>
     <t>http://www.queenstownchamber.org.nz</t>
   </si>
   <si>
     <t>03 441 8254</t>
   </si>
   <si>
     <t>PO Box 938 Queenstown</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...620 lines deleted...]
-    <t>Invercargill 9810</t>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
   </si>
   <si>
     <t>Hawea Community Association</t>
   </si>
   <si>
     <t>Our committee meetings are on the third Tuesday of every month at 7.30pm.Our AGM is at the beginning of October and we have two public meetings during the year. </t>
   </si>
   <si>
     <t>Chair: Cherilyn Walthew</t>
   </si>
   <si>
     <t>hcachairperson@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">http://haweacommunity.co.nz/hawea-community-association/  </t>
   </si>
   <si>
     <t>021 665 013</t>
   </si>
   <si>
-    <t>Human Rights Commission</t>
-[...2183 lines deleted...]
-    <t>03 448 5283</t>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
   </si>
   <si>
     <t>Queenstown Junior Futsal</t>
   </si>
   <si>
     <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
-  </si>
-[...955 lines deleted...]
-    <t>PO Box 85 Queenstown 9348</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4345,5248 +4345,5248 @@
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F3"/>
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>19</v>
+      </c>
       <c r="G3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H3"/>
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="H4"/>
+        <v>27</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="H5"/>
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
-[...7 lines deleted...]
-      <c r="H9"/>
+        <v>57</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="H11"/>
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="F12" t="s">
         <v>74</v>
       </c>
+      <c r="F12"/>
       <c r="G12" t="s">
         <v>75</v>
       </c>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>76</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
-      <c r="C13"/>
-      <c r="D13"/>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>79</v>
+      </c>
       <c r="E13" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="F13"/>
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G14"/>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C15"/>
       <c r="D15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>91</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
       <c r="H15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F18" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="H18" t="s">
         <v>110</v>
       </c>
+      <c r="G18" t="s">
+        <v>111</v>
+      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="C19"/>
+        <v>113</v>
+      </c>
+      <c r="C19" t="s">
+        <v>114</v>
+      </c>
       <c r="D19" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E19" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F19" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G19" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H19" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C20"/>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20"/>
       <c r="E20" t="s">
         <v>121</v>
       </c>
       <c r="F20" t="s">
         <v>122</v>
       </c>
-      <c r="G20"/>
-      <c r="H20"/>
+      <c r="G20" t="s">
+        <v>123</v>
+      </c>
+      <c r="H20" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B21" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>126</v>
+      </c>
       <c r="D21" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E21" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="G21"/>
+        <v>128</v>
+      </c>
+      <c r="F21" t="s">
+        <v>129</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
+      </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B22" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E22" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F22" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-      <c r="G23" t="s">
         <v>138</v>
       </c>
+      <c r="E23" t="s">
+        <v>139</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23"/>
       <c r="H23" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C24"/>
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>142</v>
+      </c>
       <c r="D24" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E24" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="F24"/>
+        <v>144</v>
+      </c>
+      <c r="F24" t="s">
+        <v>145</v>
+      </c>
       <c r="G24" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C25"/>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
       <c r="E25" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F25" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G25" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H25" t="s">
-        <v>13</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E26" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F26" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H26" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="E27"/>
+        <v>162</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>164</v>
+      </c>
       <c r="F27" t="s">
-        <v>160</v>
-[...6 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
-[...6 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>166</v>
-[...4 lines deleted...]
-      <c r="G28"/>
+        <v>168</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28" t="s">
+        <v>169</v>
+      </c>
       <c r="H28" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>172</v>
+      </c>
+      <c r="D29" t="s">
+        <v>173</v>
+      </c>
       <c r="E29" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F29" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="G29"/>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>178</v>
+      </c>
+      <c r="E30" t="s">
+        <v>179</v>
+      </c>
       <c r="F30" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G30" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H30" t="s">
-        <v>37</v>
+        <v>182</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E31" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F31" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G31" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="H31" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="C32"/>
       <c r="D32" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C33" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D33"/>
       <c r="E33" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="F33" t="s">
         <v>196</v>
       </c>
+      <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>197</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" t="s">
         <v>198</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>199</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>200</v>
       </c>
-      <c r="D34"/>
       <c r="E34" t="s">
         <v>201</v>
       </c>
       <c r="F34" t="s">
         <v>202</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>203</v>
       </c>
       <c r="B35" t="s">
         <v>204</v>
       </c>
       <c r="C35"/>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>205</v>
+      </c>
       <c r="E35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G35"/>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>208</v>
       </c>
       <c r="B36" t="s">
         <v>209</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>210</v>
       </c>
-      <c r="E36"/>
+      <c r="E36" t="s">
+        <v>211</v>
+      </c>
       <c r="F36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G36"/>
-      <c r="H36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>213</v>
       </c>
       <c r="B37" t="s">
         <v>214</v>
       </c>
       <c r="C37"/>
-      <c r="D37" t="s">
+      <c r="D37"/>
+      <c r="E37" t="s">
         <v>215</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37"/>
+      <c r="G37" t="s">
         <v>216</v>
       </c>
-      <c r="F37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>217</v>
+      </c>
+      <c r="B38" t="s">
+        <v>218</v>
+      </c>
+      <c r="C38" t="s">
         <v>219</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>220</v>
       </c>
-      <c r="C38" t="s">
+      <c r="E38" t="s">
         <v>221</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>222</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" t="s">
         <v>223</v>
       </c>
-      <c r="F38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
         <v>226</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>227</v>
       </c>
-      <c r="C39"/>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>228</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>229</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>230</v>
       </c>
-      <c r="G39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>231</v>
+      </c>
+      <c r="B40" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
+        <v>233</v>
+      </c>
+      <c r="E40" t="s">
         <v>234</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>235</v>
       </c>
-      <c r="F40" t="s">
-[...5 lines deleted...]
-      <c r="H40"/>
+      <c r="G40"/>
+      <c r="H40" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B41" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>240</v>
+        <v>38</v>
       </c>
       <c r="E41" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F41" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="G41" t="s">
-        <v>243</v>
+        <v>41</v>
       </c>
       <c r="H41" t="s">
-        <v>244</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B42" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C42" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D42" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="E42"/>
       <c r="F42" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="G42"/>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B43" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>247</v>
+      </c>
+      <c r="D43"/>
       <c r="E43" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="F43" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="G43"/>
-      <c r="H43"/>
+      <c r="H43" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="C44"/>
+        <v>251</v>
+      </c>
+      <c r="C44" t="s">
+        <v>252</v>
+      </c>
       <c r="D44" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E44" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F44" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="G44"/>
       <c r="H44" t="s">
-        <v>262</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B45" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>257</v>
+      </c>
+      <c r="C45" t="s">
+        <v>258</v>
+      </c>
       <c r="D45" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E45" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F45" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="H45"/>
+        <v>261</v>
+      </c>
+      <c r="G45" t="s">
+        <v>262</v>
+      </c>
+      <c r="H45" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>263</v>
+      </c>
+      <c r="B46" t="s">
+        <v>264</v>
+      </c>
+      <c r="C46"/>
+      <c r="D46" t="s">
+        <v>265</v>
+      </c>
+      <c r="E46" t="s">
+        <v>266</v>
+      </c>
+      <c r="F46" t="s">
+        <v>267</v>
+      </c>
+      <c r="G46" t="s">
         <v>268</v>
       </c>
-      <c r="B46" t="s">
+      <c r="H46" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B47" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>272</v>
+      </c>
+      <c r="E47" t="s">
+        <v>273</v>
+      </c>
       <c r="F47" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="G47" t="s">
-        <v>280</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B48" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C48"/>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>277</v>
+      </c>
       <c r="E48" t="s">
-        <v>284</v>
-[...4 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="F48" t="s">
+        <v>279</v>
+      </c>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="E49" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="F49" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="G49"/>
       <c r="H49" t="s">
-        <v>37</v>
+        <v>285</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B50" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="C50"/>
       <c r="D50" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="E50" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="F50" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="G50"/>
+        <v>290</v>
+      </c>
+      <c r="G50" t="s">
+        <v>291</v>
+      </c>
       <c r="H50" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="E51" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="F51" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="G51" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" t="s">
+        <v>300</v>
+      </c>
+      <c r="D52" t="s">
+        <v>301</v>
+      </c>
+      <c r="E52" t="s">
+        <v>302</v>
+      </c>
+      <c r="F52" t="s">
+        <v>303</v>
+      </c>
+      <c r="G52" t="s">
         <v>304</v>
       </c>
-      <c r="B52" t="s">
-[...13 lines deleted...]
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" t="s">
+        <v>307</v>
+      </c>
+      <c r="D53" t="s">
+        <v>308</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
         <v>309</v>
       </c>
-      <c r="B53" t="s">
+      <c r="G53" t="s">
         <v>310</v>
       </c>
-      <c r="C53" t="s">
-[...9 lines deleted...]
-      <c r="G53"/>
       <c r="H53" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" t="s">
+        <v>312</v>
+      </c>
+      <c r="C54" t="s">
+        <v>313</v>
+      </c>
+      <c r="D54" t="s">
         <v>314</v>
       </c>
-      <c r="B54" t="s">
+      <c r="E54" t="s">
         <v>315</v>
       </c>
-      <c r="C54" t="s">
+      <c r="F54" t="s">
         <v>316</v>
       </c>
-      <c r="D54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G54"/>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>317</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>319</v>
+      </c>
+      <c r="D55" t="s">
         <v>320</v>
       </c>
-      <c r="B55" t="s">
+      <c r="E55" t="s">
         <v>321</v>
       </c>
-      <c r="C55"/>
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>322</v>
       </c>
-      <c r="E55"/>
-      <c r="F55" t="s">
+      <c r="G55" t="s">
         <v>323</v>
       </c>
-      <c r="G55"/>
-      <c r="H55"/>
+      <c r="H55" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>324</v>
       </c>
       <c r="B56" t="s">
         <v>325</v>
       </c>
       <c r="C56" t="s">
         <v>326</v>
       </c>
       <c r="D56" t="s">
         <v>327</v>
       </c>
       <c r="E56" t="s">
         <v>328</v>
       </c>
-      <c r="F56" t="s">
+      <c r="F56"/>
+      <c r="G56"/>
+      <c r="H56" t="s">
         <v>329</v>
       </c>
-      <c r="G56"/>
-      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>330</v>
       </c>
       <c r="B57" t="s">
         <v>331</v>
       </c>
-      <c r="C57"/>
+      <c r="C57" t="s">
+        <v>332</v>
+      </c>
       <c r="D57" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E57" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F57" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="G57" t="s">
         <v>335</v>
       </c>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G57"/>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>336</v>
       </c>
       <c r="B58" t="s">
         <v>337</v>
       </c>
-      <c r="C58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C58" t="s">
+        <v>338</v>
+      </c>
+      <c r="D58"/>
       <c r="E58" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G58"/>
       <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B59" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F59" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="G59"/>
+        <v>345</v>
+      </c>
+      <c r="G59" t="s">
+        <v>346</v>
+      </c>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B60" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C60" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D60" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E60" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F60" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="G60"/>
+        <v>352</v>
+      </c>
+      <c r="G60" t="s">
+        <v>353</v>
+      </c>
       <c r="H60" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B61" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C61" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D61" t="s">
-        <v>355</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="E61"/>
       <c r="F61" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B62" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="C62" t="s">
         <v>361</v>
       </c>
+      <c r="C62"/>
       <c r="D62" t="s">
         <v>362</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>363</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>364</v>
       </c>
       <c r="B63" t="s">
         <v>365</v>
       </c>
-      <c r="C63"/>
+      <c r="C63" t="s">
+        <v>366</v>
+      </c>
       <c r="D63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F63" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="G63"/>
+        <v>369</v>
+      </c>
+      <c r="G63" t="s">
+        <v>370</v>
+      </c>
       <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B64" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C64" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D64" t="s">
-        <v>372</v>
+        <v>233</v>
       </c>
       <c r="E64" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F64" t="s">
-        <v>374</v>
+        <v>235</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>375</v>
       </c>
       <c r="B65" t="s">
         <v>376</v>
       </c>
-      <c r="C65"/>
+      <c r="C65" t="s">
+        <v>377</v>
+      </c>
       <c r="D65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F65" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="G65" t="s">
         <v>380</v>
       </c>
+      <c r="G65"/>
       <c r="H65" t="s">
-        <v>37</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>381</v>
       </c>
       <c r="B66" t="s">
         <v>382</v>
       </c>
       <c r="C66" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D66"/>
+        <v>383</v>
+      </c>
+      <c r="D66" t="s">
+        <v>384</v>
+      </c>
       <c r="E66" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G66"/>
-      <c r="H66"/>
+      <c r="H66" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B67" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="C67"/>
       <c r="D67" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      <c r="G67"/>
+        <v>389</v>
+      </c>
+      <c r="E67" t="s">
+        <v>390</v>
+      </c>
+      <c r="F67" t="s">
+        <v>391</v>
+      </c>
+      <c r="G67" t="s">
+        <v>392</v>
+      </c>
       <c r="H67" t="s">
-        <v>13</v>
+        <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B68" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="E68" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F68" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="G68"/>
       <c r="H68" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B69" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="E69" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="F69" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="G69" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H69" t="s">
-        <v>402</v>
+        <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
-        <v>405</v>
-[...8 lines deleted...]
-      <c r="H70" t="s">
         <v>408</v>
       </c>
+      <c r="E70" t="s">
+        <v>409</v>
+      </c>
+      <c r="F70"/>
+      <c r="G70"/>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B71" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F71" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="G71" t="s">
         <v>413</v>
       </c>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G71"/>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>414</v>
+      </c>
+      <c r="B72" t="s">
         <v>415</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>373</v>
+      </c>
+      <c r="D72" t="s">
         <v>416</v>
       </c>
-      <c r="C72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>419</v>
+        <v>234</v>
       </c>
       <c r="F72" t="s">
-        <v>420</v>
+        <v>235</v>
       </c>
       <c r="G72"/>
-      <c r="H72"/>
+      <c r="H72" t="s">
+        <v>393</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="B73" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="G73"/>
-      <c r="H73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="B74" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="E74" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="F74" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="G74" t="s">
+        <v>426</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>427</v>
+      </c>
+      <c r="B75" t="s">
+        <v>428</v>
+      </c>
+      <c r="C75" t="s">
+        <v>429</v>
+      </c>
+      <c r="D75" t="s">
+        <v>430</v>
+      </c>
+      <c r="E75" t="s">
+        <v>431</v>
+      </c>
+      <c r="F75" t="s">
         <v>432</v>
       </c>
-      <c r="B75" t="s">
+      <c r="G75"/>
+      <c r="H75" t="s">
         <v>433</v>
       </c>
-      <c r="C75" t="s">
-[...14 lines deleted...]
-      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B76" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="C76"/>
+        <v>435</v>
+      </c>
+      <c r="C76" t="s">
+        <v>436</v>
+      </c>
       <c r="D76" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="E76"/>
       <c r="F76" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>440</v>
+      </c>
+      <c r="B77" t="s">
+        <v>441</v>
+      </c>
+      <c r="C77" t="s">
+        <v>442</v>
+      </c>
+      <c r="D77" t="s">
+        <v>443</v>
+      </c>
+      <c r="E77" t="s">
+        <v>444</v>
+      </c>
+      <c r="F77" t="s">
         <v>445</v>
       </c>
-      <c r="B77" t="s">
+      <c r="G77" t="s">
         <v>446</v>
       </c>
-      <c r="C77" t="s">
-[...11 lines deleted...]
-      <c r="G77"/>
       <c r="H77" t="s">
-        <v>37</v>
+        <v>439</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>447</v>
+      </c>
+      <c r="B78" t="s">
+        <v>448</v>
+      </c>
+      <c r="C78"/>
+      <c r="D78" t="s">
+        <v>449</v>
+      </c>
+      <c r="E78" t="s">
+        <v>450</v>
+      </c>
+      <c r="F78" t="s">
         <v>451</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B79" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-      <c r="F79"/>
+        <v>454</v>
+      </c>
+      <c r="E79" t="s">
+        <v>455</v>
+      </c>
+      <c r="F79" t="s">
+        <v>456</v>
+      </c>
       <c r="G79"/>
-      <c r="H79"/>
+      <c r="H79" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>458</v>
+      </c>
+      <c r="B80" t="s">
+        <v>459</v>
+      </c>
+      <c r="C80" t="s">
         <v>460</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>461</v>
       </c>
-      <c r="C80"/>
-      <c r="D80"/>
       <c r="E80" t="s">
         <v>462</v>
       </c>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>463</v>
+      </c>
       <c r="G80"/>
-      <c r="H80"/>
+      <c r="H80" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B81" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>465</v>
       </c>
+      <c r="C81"/>
       <c r="D81" t="s">
         <v>466</v>
       </c>
       <c r="E81" t="s">
         <v>467</v>
       </c>
       <c r="F81" t="s">
         <v>468</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>84</v>
+        <v>469</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D82" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F82" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="G82" t="s">
         <v>475</v>
       </c>
+      <c r="G82"/>
       <c r="H82" t="s">
-        <v>37</v>
+        <v>393</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>476</v>
       </c>
       <c r="B83" t="s">
         <v>477</v>
       </c>
-      <c r="C83" t="s">
+      <c r="C83"/>
+      <c r="D83"/>
+      <c r="E83" t="s">
         <v>478</v>
       </c>
-      <c r="D83" t="s">
-[...2 lines deleted...]
-      <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>479</v>
+      </c>
+      <c r="B84" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
+        <v>481</v>
+      </c>
+      <c r="E84" t="s">
         <v>482</v>
       </c>
-      <c r="E84"/>
       <c r="F84" t="s">
         <v>483</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>484</v>
       </c>
       <c r="B85" t="s">
         <v>485</v>
       </c>
       <c r="C85" t="s">
         <v>486</v>
       </c>
       <c r="D85" t="s">
         <v>487</v>
       </c>
-      <c r="E85" t="s">
+      <c r="E85"/>
+      <c r="F85" t="s">
         <v>488</v>
       </c>
-      <c r="F85"/>
-[...1 lines deleted...]
-      <c r="H85"/>
+      <c r="G85" t="s">
+        <v>489</v>
+      </c>
+      <c r="H85" t="s">
+        <v>490</v>
+      </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B86" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C86" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D86" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="E86"/>
+        <v>494</v>
+      </c>
+      <c r="E86" t="s">
+        <v>495</v>
+      </c>
       <c r="F86" t="s">
-        <v>493</v>
-[...4 lines deleted...]
-      <c r="H86"/>
+        <v>496</v>
+      </c>
+      <c r="G86"/>
+      <c r="H86" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B87" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C87"/>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>272</v>
+      </c>
       <c r="E87" t="s">
-        <v>496</v>
+        <v>273</v>
       </c>
       <c r="F87" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="G87"/>
       <c r="H87" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B88" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E88" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      <c r="H88"/>
+        <v>503</v>
+      </c>
+      <c r="F88" t="s">
+        <v>504</v>
+      </c>
+      <c r="G88" t="s">
+        <v>505</v>
+      </c>
+      <c r="H88" t="s">
+        <v>506</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B89" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="C89"/>
+        <v>508</v>
+      </c>
+      <c r="C89" t="s">
+        <v>509</v>
+      </c>
       <c r="D89" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="E89" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F89" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="G89"/>
-      <c r="H89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B90" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="C90" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="D90" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="E90" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="F90" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="G90"/>
       <c r="H90" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B91" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C91" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D91" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>522</v>
+      </c>
+      <c r="E91" t="s">
+        <v>523</v>
+      </c>
       <c r="F91" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>521</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B92" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C92"/>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92"/>
       <c r="E92" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="F92" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-      <c r="H92"/>
+        <v>528</v>
+      </c>
+      <c r="G92" t="s">
+        <v>529</v>
+      </c>
+      <c r="H92" t="s">
+        <v>530</v>
+      </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B93" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="E93" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="F93" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B94" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="C94" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="D94" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E94" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="F94" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="G94" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="H94" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B95" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="E95" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="F95" t="s">
-        <v>543</v>
-[...6 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="G95"/>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B96" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C96"/>
-      <c r="D96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D96"/>
       <c r="E96" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="F96" t="s">
         <v>550</v>
       </c>
-      <c r="G96" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F96"/>
+      <c r="G96"/>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>551</v>
+      </c>
+      <c r="B97" t="s">
         <v>552</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>553</v>
       </c>
-      <c r="C97"/>
       <c r="D97" t="s">
         <v>554</v>
       </c>
-      <c r="E97" t="s">
+      <c r="E97"/>
+      <c r="F97" t="s">
         <v>555</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97"/>
+      <c r="H97" t="s">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B98" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
+        <v>559</v>
+      </c>
+      <c r="E98" t="s">
+        <v>560</v>
+      </c>
+      <c r="F98"/>
+      <c r="G98" t="s">
         <v>561</v>
       </c>
-      <c r="E98" t="s">
-[...5 lines deleted...]
-      <c r="G98"/>
       <c r="H98" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>562</v>
+      </c>
+      <c r="B99" t="s">
+        <v>563</v>
+      </c>
+      <c r="C99" t="s">
         <v>564</v>
       </c>
-      <c r="B99" t="s">
+      <c r="D99" t="s">
         <v>565</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>566</v>
       </c>
-      <c r="D99" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F99"/>
       <c r="G99"/>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B100" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="E100" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="F100" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="G100"/>
       <c r="H100" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="B101" t="s">
-        <v>576</v>
-[...6 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="C101"/>
+      <c r="D101"/>
       <c r="E101" t="s">
-        <v>579</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="F101"/>
       <c r="G101"/>
-      <c r="H101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="B102" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>583</v>
-[...9 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="E102"/>
+      <c r="F102"/>
+      <c r="G102"/>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="B103" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="C103"/>
+        <v>579</v>
+      </c>
+      <c r="C103" t="s">
+        <v>580</v>
+      </c>
       <c r="D103" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="E103" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="F103" t="s">
-        <v>590</v>
-[...6 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="G103"/>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="B104" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="C104"/>
+        <v>585</v>
+      </c>
+      <c r="C104" t="s">
+        <v>586</v>
+      </c>
       <c r="D104" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="E104" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="F104" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="G104"/>
+        <v>589</v>
+      </c>
+      <c r="G104" t="s">
+        <v>590</v>
+      </c>
       <c r="H104" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>592</v>
+      </c>
+      <c r="B105" t="s">
+        <v>593</v>
+      </c>
+      <c r="C105" t="s">
+        <v>594</v>
+      </c>
+      <c r="D105" t="s">
+        <v>595</v>
+      </c>
+      <c r="E105" t="s">
+        <v>596</v>
+      </c>
+      <c r="F105" t="s">
+        <v>597</v>
+      </c>
+      <c r="G105" t="s">
         <v>598</v>
       </c>
-      <c r="B105" t="s">
+      <c r="H105" t="s">
         <v>599</v>
-      </c>
-[...16 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>600</v>
+      </c>
+      <c r="B106" t="s">
+        <v>601</v>
+      </c>
+      <c r="C106" t="s">
+        <v>602</v>
+      </c>
+      <c r="D106" t="s">
+        <v>603</v>
+      </c>
+      <c r="E106" t="s">
+        <v>604</v>
+      </c>
+      <c r="F106"/>
+      <c r="G106" t="s">
         <v>605</v>
       </c>
-      <c r="B106" t="s">
-[...12 lines deleted...]
-      <c r="G106"/>
       <c r="H106" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="B107" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>613</v>
+        <v>233</v>
       </c>
       <c r="E107" t="s">
-        <v>614</v>
+        <v>374</v>
       </c>
       <c r="F107" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="G107"/>
       <c r="H107" t="s">
-        <v>597</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="B108" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="E108" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="F108" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-      <c r="H108"/>
+        <v>611</v>
+      </c>
+      <c r="G108" t="s">
+        <v>612</v>
+      </c>
+      <c r="H108" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="B109" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="E109" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="F109" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="G109"/>
+        <v>617</v>
+      </c>
+      <c r="G109" t="s">
+        <v>618</v>
+      </c>
       <c r="H109" t="s">
-        <v>37</v>
+        <v>619</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="B110" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="C110"/>
+        <v>621</v>
+      </c>
+      <c r="C110" t="s">
+        <v>622</v>
+      </c>
       <c r="D110" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="E110"/>
       <c r="F110" t="s">
-        <v>631</v>
-[...4 lines deleted...]
-      <c r="H110"/>
+        <v>624</v>
+      </c>
+      <c r="G110"/>
+      <c r="H110" t="s">
+        <v>625</v>
+      </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="B111" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="C111"/>
-      <c r="D111"/>
+      <c r="D111" t="s">
+        <v>628</v>
+      </c>
       <c r="E111" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="F111"/>
+        <v>629</v>
+      </c>
+      <c r="F111" t="s">
+        <v>630</v>
+      </c>
       <c r="G111"/>
-      <c r="H111"/>
+      <c r="H111" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>636</v>
+        <v>592</v>
       </c>
       <c r="B112" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="C112"/>
+        <v>631</v>
+      </c>
+      <c r="C112" t="s">
+        <v>594</v>
+      </c>
       <c r="D112" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="E112" t="s">
-        <v>639</v>
+        <v>596</v>
       </c>
       <c r="F112" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>84</v>
+        <v>634</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="B113" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="C113"/>
+        <v>636</v>
+      </c>
+      <c r="C113" t="s">
+        <v>637</v>
+      </c>
       <c r="D113" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>638</v>
+      </c>
+      <c r="E113"/>
       <c r="F113" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="G113"/>
       <c r="H113" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="B114" t="s">
-        <v>648</v>
-[...4 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="C114" t="s">
+        <v>642</v>
+      </c>
+      <c r="D114"/>
       <c r="E114" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="F114" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>37</v>
+        <v>645</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="B115" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="C115" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="D115" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="E115" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="F115" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>117</v>
+        <v>652</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="B116" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="E116" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="F116" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>117</v>
+        <v>439</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>658</v>
+      </c>
+      <c r="B117" t="s">
+        <v>659</v>
+      </c>
+      <c r="C117" t="s">
+        <v>660</v>
+      </c>
+      <c r="D117" t="s">
+        <v>661</v>
+      </c>
+      <c r="E117" t="s">
+        <v>662</v>
+      </c>
+      <c r="F117" t="s">
         <v>663</v>
       </c>
-      <c r="B117" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="G117"/>
       <c r="H117" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>664</v>
+      </c>
+      <c r="B118" t="s">
+        <v>665</v>
+      </c>
+      <c r="C118"/>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>666</v>
+      </c>
+      <c r="F118" t="s">
+        <v>667</v>
+      </c>
+      <c r="G118" t="s">
+        <v>668</v>
+      </c>
+      <c r="H118" t="s">
         <v>669</v>
-      </c>
-[...17 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>670</v>
+      </c>
+      <c r="B119" t="s">
+        <v>671</v>
+      </c>
+      <c r="C119" t="s">
+        <v>672</v>
+      </c>
+      <c r="D119" t="s">
         <v>673</v>
       </c>
-      <c r="B119" t="s">
+      <c r="E119" t="s">
         <v>674</v>
       </c>
-      <c r="C119" t="s">
+      <c r="F119" t="s">
         <v>675</v>
-      </c>
-[...7 lines deleted...]
-        <v>678</v>
       </c>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="B120" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
+        <v>678</v>
+      </c>
+      <c r="E120" t="s">
+        <v>679</v>
+      </c>
+      <c r="F120" t="s">
+        <v>680</v>
+      </c>
+      <c r="G120" t="s">
         <v>681</v>
       </c>
-      <c r="E120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H120" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>682</v>
+      </c>
+      <c r="B121" t="s">
+        <v>683</v>
+      </c>
+      <c r="C121"/>
+      <c r="D121" t="s">
+        <v>684</v>
+      </c>
+      <c r="E121" t="s">
         <v>685</v>
       </c>
-      <c r="B121" t="s">
+      <c r="F121" t="s">
         <v>686</v>
       </c>
-      <c r="C121" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G121"/>
-      <c r="H121"/>
+      <c r="H121" t="s">
+        <v>669</v>
+      </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>687</v>
+      </c>
+      <c r="B122" t="s">
+        <v>688</v>
+      </c>
+      <c r="C122"/>
+      <c r="D122" t="s">
+        <v>689</v>
+      </c>
+      <c r="E122" t="s">
+        <v>690</v>
+      </c>
+      <c r="F122" t="s">
         <v>691</v>
       </c>
-      <c r="B122" t="s">
-[...14 lines deleted...]
-      <c r="G122"/>
+      <c r="G122" t="s">
+        <v>689</v>
+      </c>
       <c r="H122" t="s">
-        <v>697</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
       <c r="B123" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="C123"/>
       <c r="D123" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="E123" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="F123" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="G123"/>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="B124" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="C124"/>
-      <c r="D124"/>
+      <c r="D124" t="s">
+        <v>699</v>
+      </c>
       <c r="E124" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="F124"/>
       <c r="G124"/>
-      <c r="H124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="B125" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="C125"/>
+        <v>702</v>
+      </c>
+      <c r="C125" t="s">
+        <v>703</v>
+      </c>
       <c r="D125" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="E125" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="F125" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>408</v>
+        <v>269</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="B126" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="C126" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="D126" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>710</v>
+      </c>
+      <c r="E126" t="s">
+        <v>711</v>
+      </c>
       <c r="F126" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>719</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="B127" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="E127" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-      <c r="G127"/>
+        <v>716</v>
+      </c>
+      <c r="F127" t="s">
+        <v>717</v>
+      </c>
+      <c r="G127" t="s">
+        <v>718</v>
+      </c>
       <c r="H127" t="s">
-        <v>13</v>
+        <v>719</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>720</v>
+      </c>
+      <c r="B128" t="s">
+        <v>721</v>
+      </c>
+      <c r="C128" t="s">
+        <v>722</v>
+      </c>
+      <c r="D128" t="s">
+        <v>723</v>
+      </c>
+      <c r="E128" t="s">
         <v>724</v>
       </c>
-      <c r="B128" t="s">
+      <c r="F128" t="s">
         <v>725</v>
       </c>
-      <c r="C128"/>
-      <c r="D128" t="s">
+      <c r="G128" t="s">
         <v>726</v>
       </c>
-      <c r="E128"/>
-[...4 lines deleted...]
-      <c r="H128"/>
+      <c r="H128" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>727</v>
+      </c>
+      <c r="B129" t="s">
         <v>728</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>729</v>
       </c>
-      <c r="C129"/>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>730</v>
       </c>
       <c r="F129" t="s">
         <v>731</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>733</v>
       </c>
       <c r="B130" t="s">
         <v>734</v>
       </c>
-      <c r="C130" t="s">
+      <c r="C130"/>
+      <c r="D130" t="s">
         <v>735</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>736</v>
       </c>
-      <c r="E130" t="s">
-[...5 lines deleted...]
-      <c r="G130"/>
+      <c r="F130"/>
+      <c r="G130" t="s">
+        <v>735</v>
+      </c>
       <c r="H130" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>737</v>
+      </c>
+      <c r="B131" t="s">
+        <v>738</v>
+      </c>
+      <c r="C131" t="s">
         <v>739</v>
       </c>
-      <c r="B131" t="s">
+      <c r="D131" t="s">
         <v>740</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131"/>
+      <c r="F131" t="s">
         <v>741</v>
       </c>
-      <c r="D131" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G131"/>
       <c r="H131" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>742</v>
+      </c>
+      <c r="B132" t="s">
+        <v>743</v>
+      </c>
+      <c r="C132" t="s">
+        <v>744</v>
+      </c>
+      <c r="D132" t="s">
+        <v>745</v>
+      </c>
+      <c r="E132" t="s">
         <v>746</v>
       </c>
-      <c r="B132" t="s">
+      <c r="F132" t="s">
         <v>747</v>
       </c>
-      <c r="C132" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G132"/>
       <c r="H132" t="s">
-        <v>753</v>
+        <v>393</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>748</v>
+      </c>
+      <c r="B133" t="s">
+        <v>749</v>
+      </c>
+      <c r="C133" t="s">
+        <v>750</v>
+      </c>
+      <c r="D133" t="s">
+        <v>751</v>
+      </c>
+      <c r="E133" t="s">
+        <v>752</v>
+      </c>
+      <c r="F133" t="s">
+        <v>753</v>
+      </c>
+      <c r="G133" t="s">
         <v>754</v>
       </c>
-      <c r="B133" t="s">
-[...13 lines deleted...]
-      <c r="H133"/>
+      <c r="H133" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>755</v>
+      </c>
+      <c r="B134" t="s">
+        <v>756</v>
+      </c>
+      <c r="C134"/>
+      <c r="D134" t="s">
+        <v>757</v>
+      </c>
+      <c r="E134" t="s">
+        <v>758</v>
+      </c>
+      <c r="F134" t="s">
         <v>759</v>
       </c>
-      <c r="B134" t="s">
+      <c r="G134" t="s">
         <v>760</v>
       </c>
-      <c r="C134" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="B135" t="s">
-        <v>765</v>
-[...6 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="C135"/>
+      <c r="D135"/>
       <c r="E135" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>764</v>
+      </c>
+      <c r="B136" t="s">
+        <v>765</v>
+      </c>
+      <c r="C136"/>
+      <c r="D136"/>
+      <c r="E136" t="s">
+        <v>766</v>
+      </c>
+      <c r="F136" t="s">
+        <v>767</v>
+      </c>
+      <c r="G136"/>
+      <c r="H136" t="s">
         <v>768</v>
-      </c>
-[...17 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="B137" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="C137" t="s">
-        <v>777</v>
-[...8 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="D137" t="s">
+        <v>772</v>
+      </c>
+      <c r="E137" t="s">
+        <v>773</v>
+      </c>
+      <c r="F137"/>
+      <c r="G137"/>
       <c r="H137" t="s">
-        <v>37</v>
+        <v>774</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>775</v>
+      </c>
+      <c r="B138" t="s">
+        <v>776</v>
+      </c>
+      <c r="C138" t="s">
+        <v>777</v>
+      </c>
+      <c r="D138" t="s">
+        <v>778</v>
+      </c>
+      <c r="E138" t="s">
+        <v>779</v>
+      </c>
+      <c r="F138" t="s">
         <v>780</v>
       </c>
-      <c r="B138" t="s">
-[...14 lines deleted...]
-      <c r="G138"/>
+      <c r="G138" t="s">
+        <v>353</v>
+      </c>
       <c r="H138" t="s">
-        <v>37</v>
+        <v>354</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B139" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>783</v>
+      </c>
+      <c r="E139"/>
       <c r="F139" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="H139"/>
+        <v>784</v>
+      </c>
+      <c r="G139" t="s">
+        <v>785</v>
+      </c>
+      <c r="H139" t="s">
+        <v>786</v>
+      </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>787</v>
+      </c>
+      <c r="B140" t="s">
         <v>788</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
         <v>789</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>790</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>791</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>792</v>
       </c>
-      <c r="F140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G140"/>
-      <c r="H140"/>
+      <c r="H140" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>793</v>
+      </c>
+      <c r="B141" t="s">
         <v>794</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>795</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>796</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>797</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141"/>
+      <c r="G141" t="s">
         <v>798</v>
       </c>
-      <c r="F141" t="s">
-[...3 lines deleted...]
-      <c r="H141"/>
+      <c r="H141" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>799</v>
+      </c>
+      <c r="B142" t="s">
         <v>800</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142"/>
+      <c r="D142" t="s">
         <v>801</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>802</v>
       </c>
-      <c r="D142"/>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>803</v>
       </c>
-      <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>13</v>
+        <v>804</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B143" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="E143" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="F143"/>
+        <v>808</v>
+      </c>
+      <c r="F143" t="s">
+        <v>809</v>
+      </c>
       <c r="G143"/>
-      <c r="H143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B144" t="s">
-        <v>809</v>
-[...5 lines deleted...]
-      <c r="E144" t="s">
         <v>811</v>
       </c>
+      <c r="C144" t="s">
+        <v>812</v>
+      </c>
+      <c r="D144"/>
+      <c r="E144"/>
       <c r="F144" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-      <c r="H144"/>
+        <v>813</v>
+      </c>
+      <c r="G144" t="s">
+        <v>814</v>
+      </c>
+      <c r="H144" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B145" t="s">
-        <v>814</v>
-[...4 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="C145" t="s">
+        <v>817</v>
+      </c>
+      <c r="D145"/>
       <c r="E145" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F145" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B146" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="E146" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="F146" t="s">
-        <v>822</v>
-[...4 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="G146" t="s">
+        <v>825</v>
+      </c>
+      <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B147" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C147" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D147" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="E147"/>
+        <v>829</v>
+      </c>
+      <c r="E147" t="s">
+        <v>830</v>
+      </c>
       <c r="F147" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="G147"/>
-      <c r="H147"/>
+      <c r="H147" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B148" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C148"/>
-      <c r="D148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D148"/>
       <c r="E148" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>834</v>
+      </c>
+      <c r="F148"/>
       <c r="G148" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="H148"/>
+        <v>835</v>
+      </c>
+      <c r="H148" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B149" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C149" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D149" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="E149" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="F149" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-      <c r="H149"/>
+        <v>841</v>
+      </c>
+      <c r="G149" t="s">
+        <v>842</v>
+      </c>
+      <c r="H149" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B150" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>60</v>
+        <v>845</v>
       </c>
       <c r="E150" t="s">
-        <v>672</v>
+        <v>846</v>
       </c>
       <c r="F150" t="s">
-        <v>62</v>
+        <v>847</v>
       </c>
       <c r="G150"/>
-      <c r="H150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="B151" t="s">
-        <v>843</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="C151"/>
       <c r="D151" t="s">
-        <v>845</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="E151"/>
       <c r="F151" t="s">
-        <v>847</v>
-[...4 lines deleted...]
-      <c r="H151"/>
+        <v>851</v>
+      </c>
+      <c r="G151"/>
+      <c r="H151" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B152" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C152"/>
-      <c r="D152"/>
-[...3 lines deleted...]
-      </c>
+      <c r="D152" t="s">
+        <v>854</v>
+      </c>
+      <c r="E152" t="s">
+        <v>855</v>
+      </c>
+      <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B153" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="C153"/>
+        <v>857</v>
+      </c>
+      <c r="C153" t="s">
+        <v>858</v>
+      </c>
       <c r="D153" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="E153" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-      </c>
+        <v>860</v>
+      </c>
+      <c r="F153" t="s">
+        <v>861</v>
+      </c>
+      <c r="G153"/>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B154" t="s">
-        <v>858</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="C154"/>
       <c r="D154" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="E154" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F154" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="G154"/>
-      <c r="H154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B155" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="C155" t="s">
-        <v>865</v>
-[...7 lines deleted...]
-      <c r="F155"/>
+        <v>869</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155"/>
+      <c r="F155" t="s">
+        <v>870</v>
+      </c>
       <c r="G155" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="H155" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="B156" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C156"/>
-      <c r="D156"/>
+      <c r="D156" t="s">
+        <v>874</v>
+      </c>
       <c r="E156" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="F156"/>
+        <v>875</v>
+      </c>
+      <c r="F156" t="s">
+        <v>876</v>
+      </c>
       <c r="G156" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="H156" t="s">
-        <v>37</v>
+        <v>269</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="B157" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="C157"/>
+        <v>879</v>
+      </c>
+      <c r="C157" t="s">
+        <v>880</v>
+      </c>
       <c r="D157" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="E157" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="F157" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="G157" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="H157" t="s">
-        <v>37</v>
+        <v>439</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="B158" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="E158"/>
       <c r="F158" t="s">
-        <v>267</v>
+        <v>888</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>244</v>
+        <v>889</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="B159" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="C159"/>
+        <v>891</v>
+      </c>
+      <c r="C159" t="s">
+        <v>892</v>
+      </c>
       <c r="D159" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="E159" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="F159" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="G159" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B160" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="C160"/>
       <c r="D160" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="E160" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="F160" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="G160"/>
+        <v>901</v>
+      </c>
+      <c r="G160" t="s">
+        <v>902</v>
+      </c>
       <c r="H160" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="B161" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="C161" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="D161" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="E161" t="s">
-        <v>899</v>
-[...4 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="F161" t="s">
+        <v>909</v>
+      </c>
+      <c r="G161"/>
       <c r="H161" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="B162" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="C162"/>
-      <c r="D162"/>
+      <c r="D162" t="s">
+        <v>912</v>
+      </c>
       <c r="E162" t="s">
-        <v>903</v>
-[...4 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="F162" t="s">
+        <v>914</v>
+      </c>
+      <c r="G162"/>
       <c r="H162" t="s">
-        <v>13</v>
+        <v>786</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="B163" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C163" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D163" t="s">
-        <v>908</v>
-[...9 lines deleted...]
-      </c>
+        <v>918</v>
+      </c>
+      <c r="E163"/>
+      <c r="F163"/>
+      <c r="G163"/>
       <c r="H163" t="s">
-        <v>912</v>
+        <v>58</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="B164" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="E164" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="F164" t="s">
-        <v>917</v>
+        <v>847</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>918</v>
+        <v>182</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B165" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C165" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="D165" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="E165" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="F165" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="G165"/>
+        <v>928</v>
+      </c>
+      <c r="G165" t="s">
+        <v>929</v>
+      </c>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="B166" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="C166"/>
+        <v>931</v>
+      </c>
+      <c r="C166" t="s">
+        <v>932</v>
+      </c>
       <c r="D166" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="E166"/>
       <c r="F166" t="s">
-        <v>62</v>
+        <v>934</v>
       </c>
       <c r="G166"/>
-      <c r="H166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="B167" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-      <c r="D167"/>
+        <v>936</v>
+      </c>
+      <c r="C167" t="s">
+        <v>937</v>
+      </c>
+      <c r="D167" t="s">
+        <v>938</v>
+      </c>
       <c r="E167" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="F167" t="s">
-        <v>406</v>
+        <v>940</v>
       </c>
       <c r="G167"/>
-      <c r="H167"/>
+      <c r="H167" t="s">
+        <v>941</v>
+      </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="B168" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="C168" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
       <c r="D168" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="E168"/>
+        <v>945</v>
+      </c>
+      <c r="E168" t="s">
+        <v>946</v>
+      </c>
       <c r="F168" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="G168"/>
-      <c r="H168"/>
+      <c r="H168" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
       <c r="B169" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="C169" t="s">
-        <v>936</v>
-[...4 lines deleted...]
-      <c r="E169"/>
+        <v>950</v>
+      </c>
+      <c r="D169"/>
+      <c r="E169" t="s">
+        <v>951</v>
+      </c>
       <c r="F169" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="B170" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="C170" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="D170" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
       <c r="E170" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="F170" t="s">
-        <v>944</v>
-[...3 lines deleted...]
-      </c>
+        <v>958</v>
+      </c>
+      <c r="G170"/>
       <c r="H170" t="s">
-        <v>37</v>
+        <v>959</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="B171" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="C171" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>962</v>
+      </c>
+      <c r="D171" t="s">
+        <v>963</v>
+      </c>
       <c r="E171" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="F171" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="G171"/>
+        <v>965</v>
+      </c>
+      <c r="G171" t="s">
+        <v>966</v>
+      </c>
       <c r="H171" t="s">
-        <v>951</v>
+        <v>556</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>191</v>
+        <v>967</v>
       </c>
       <c r="B172" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="C172"/>
       <c r="D172" t="s">
-        <v>953</v>
+        <v>969</v>
       </c>
       <c r="E172" t="s">
-        <v>195</v>
+        <v>970</v>
       </c>
       <c r="F172" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="G172"/>
       <c r="H172" t="s">
-        <v>956</v>
+        <v>35</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B173" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
       <c r="E173" t="s">
-        <v>960</v>
-[...1 lines deleted...]
-      <c r="F173"/>
+        <v>975</v>
+      </c>
+      <c r="F173" t="s">
+        <v>976</v>
+      </c>
       <c r="G173" t="s">
-        <v>961</v>
+        <v>977</v>
       </c>
       <c r="H173" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>962</v>
+        <v>978</v>
       </c>
       <c r="B174" t="s">
-        <v>963</v>
+        <v>979</v>
       </c>
       <c r="C174" t="s">
-        <v>964</v>
+        <v>980</v>
       </c>
       <c r="D174" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
       <c r="E174" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="F174"/>
+        <v>982</v>
+      </c>
+      <c r="F174" t="s">
+        <v>983</v>
+      </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>967</v>
+        <v>984</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="B175" t="s">
-        <v>969</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="C175"/>
       <c r="D175" t="s">
-        <v>971</v>
+        <v>545</v>
       </c>
       <c r="E175" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
       <c r="F175" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="G175"/>
-      <c r="H175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
       <c r="B176" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
       <c r="C176" t="s">
-        <v>976</v>
+        <v>991</v>
       </c>
       <c r="D176" t="s">
-        <v>977</v>
-[...3 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="E176"/>
       <c r="F176" t="s">
-        <v>979</v>
-[...1 lines deleted...]
-      <c r="G176"/>
+        <v>993</v>
+      </c>
+      <c r="G176" t="s">
+        <v>994</v>
+      </c>
       <c r="H176" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>980</v>
+        <v>995</v>
       </c>
       <c r="B177" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="C177"/>
       <c r="D177" t="s">
-        <v>567</v>
+        <v>997</v>
       </c>
       <c r="E177" t="s">
-        <v>568</v>
+        <v>998</v>
       </c>
       <c r="F177" t="s">
-        <v>569</v>
-[...4 lines deleted...]
-      <c r="H177"/>
+        <v>999</v>
+      </c>
+      <c r="G177"/>
+      <c r="H177" t="s">
+        <v>786</v>
+      </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>982</v>
+        <v>1000</v>
       </c>
       <c r="B178" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="C178"/>
+        <v>1001</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1002</v>
+      </c>
       <c r="D178" t="s">
-        <v>984</v>
+        <v>1003</v>
       </c>
       <c r="E178" t="s">
-        <v>985</v>
+        <v>1004</v>
       </c>
       <c r="F178" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G178"/>
+        <v>1005</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1006</v>
+      </c>
       <c r="H178" t="s">
-        <v>395</v>
+        <v>58</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>986</v>
+        <v>1007</v>
       </c>
       <c r="B179" t="s">
-        <v>987</v>
+        <v>1008</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
-        <v>988</v>
+        <v>1009</v>
       </c>
       <c r="E179" t="s">
-        <v>989</v>
+        <v>1010</v>
       </c>
       <c r="F179" t="s">
-        <v>990</v>
-[...3 lines deleted...]
-      </c>
+        <v>1011</v>
+      </c>
+      <c r="G179"/>
       <c r="H179" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>992</v>
+        <v>1012</v>
       </c>
       <c r="B180" t="s">
-        <v>993</v>
-[...4 lines deleted...]
-      <c r="D180"/>
+        <v>1013</v>
+      </c>
+      <c r="C180"/>
+      <c r="D180" t="s">
+        <v>1014</v>
+      </c>
       <c r="E180" t="s">
-        <v>995</v>
+        <v>1015</v>
       </c>
       <c r="F180" t="s">
-        <v>996</v>
+        <v>663</v>
       </c>
       <c r="G180"/>
-      <c r="H180"/>
+      <c r="H180" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>997</v>
+        <v>1016</v>
       </c>
       <c r="B181" t="s">
-        <v>998</v>
-[...1 lines deleted...]
-      <c r="C181"/>
+        <v>1017</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1018</v>
+      </c>
       <c r="D181" t="s">
-        <v>583</v>
+        <v>1019</v>
       </c>
       <c r="E181" t="s">
-        <v>584</v>
+        <v>1020</v>
       </c>
       <c r="F181" t="s">
-        <v>999</v>
+        <v>1021</v>
       </c>
       <c r="G181"/>
-      <c r="H181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>1000</v>
+        <v>1022</v>
       </c>
       <c r="B182" t="s">
-        <v>1001</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="C182"/>
       <c r="D182" t="s">
-        <v>1003</v>
+        <v>1023</v>
       </c>
       <c r="E182" t="s">
-        <v>1004</v>
+        <v>1024</v>
       </c>
       <c r="F182" t="s">
-        <v>1005</v>
+        <v>1025</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>1006</v>
+        <v>1026</v>
       </c>
       <c r="B183" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
-        <v>1008</v>
+        <v>1028</v>
       </c>
       <c r="E183" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="F183" t="s">
-        <v>1010</v>
-[...4 lines deleted...]
-      <c r="H183"/>
+        <v>1030</v>
+      </c>
+      <c r="G183"/>
+      <c r="H183" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>1012</v>
+        <v>1031</v>
       </c>
       <c r="B184" t="s">
-        <v>1013</v>
+        <v>1032</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
-        <v>1014</v>
+        <v>1033</v>
       </c>
       <c r="E184" t="s">
-        <v>1015</v>
+        <v>1034</v>
       </c>
       <c r="F184" t="s">
-        <v>1016</v>
+        <v>1035</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>1017</v>
+        <v>269</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="B185" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
       <c r="C185" t="s">
-        <v>1020</v>
+        <v>1038</v>
       </c>
       <c r="D185" t="s">
-        <v>1021</v>
+        <v>1039</v>
       </c>
       <c r="E185" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="F185" t="s">
-        <v>1023</v>
+        <v>1041</v>
       </c>
       <c r="G185" t="s">
-        <v>1024</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>1025</v>
+        <v>1043</v>
       </c>
       <c r="B186" t="s">
-        <v>1026</v>
+        <v>1044</v>
       </c>
       <c r="C186"/>
       <c r="D186" t="s">
-        <v>1027</v>
+        <v>1045</v>
       </c>
       <c r="E186" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="F186" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="G186"/>
       <c r="H186"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>1030</v>
+        <v>1048</v>
       </c>
       <c r="B187" t="s">
-        <v>1031</v>
-[...6 lines deleted...]
-      </c>
+        <v>1049</v>
+      </c>
+      <c r="C187"/>
+      <c r="D187"/>
       <c r="E187" t="s">
-        <v>1034</v>
+        <v>1050</v>
       </c>
       <c r="F187" t="s">
-        <v>1035</v>
+        <v>784</v>
       </c>
       <c r="G187"/>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="B188" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="C188"/>
+        <v>1052</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1053</v>
+      </c>
       <c r="D188" t="s">
-        <v>541</v>
+        <v>1054</v>
       </c>
       <c r="E188" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
       <c r="F188" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
       <c r="G188" t="s">
-        <v>544</v>
+        <v>1057</v>
       </c>
       <c r="H188" t="s">
-        <v>545</v>
+        <v>58</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>1040</v>
+        <v>1058</v>
       </c>
       <c r="B189" t="s">
-        <v>1041</v>
+        <v>1059</v>
       </c>
       <c r="C189"/>
       <c r="D189" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="E189" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
       <c r="F189" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="G189" t="s">
-        <v>1045</v>
-[...3 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
       <c r="B190" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="C190"/>
+        <v>1065</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1066</v>
+      </c>
       <c r="D190" t="s">
-        <v>1049</v>
+        <v>1067</v>
       </c>
       <c r="E190" t="s">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="F190"/>
+        <v>1068</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1069</v>
+      </c>
       <c r="G190"/>
-      <c r="H190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H190"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
       <c r="B191" t="s">
-        <v>1052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="C191"/>
       <c r="D191" t="s">
-        <v>1054</v>
+        <v>1072</v>
       </c>
       <c r="E191" t="s">
-        <v>1055</v>
+        <v>1073</v>
       </c>
       <c r="F191" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="G191"/>
+        <v>1074</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1075</v>
+      </c>
       <c r="H191" t="s">
-        <v>1057</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>1058</v>
+        <v>1077</v>
       </c>
       <c r="B192" t="s">
-        <v>1059</v>
+        <v>1078</v>
       </c>
       <c r="C192" t="s">
-        <v>1060</v>
+        <v>1079</v>
       </c>
       <c r="D192" t="s">
-        <v>1061</v>
+        <v>1080</v>
       </c>
       <c r="E192" t="s">
-        <v>1062</v>
+        <v>1081</v>
       </c>
       <c r="F192" t="s">
-        <v>1063</v>
-[...3 lines deleted...]
-      </c>
+        <v>1082</v>
+      </c>
+      <c r="G192"/>
       <c r="H192" t="s">
-        <v>1065</v>
+        <v>35</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
       <c r="B193" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="C193"/>
       <c r="D193" t="s">
-        <v>1069</v>
+        <v>1085</v>
       </c>
       <c r="E193" t="s">
-        <v>1070</v>
+        <v>1086</v>
       </c>
       <c r="F193" t="s">
-        <v>1071</v>
+        <v>1087</v>
       </c>
       <c r="G193" t="s">
-        <v>1072</v>
-[...1 lines deleted...]
-      <c r="H193"/>
+        <v>1085</v>
+      </c>
+      <c r="H193" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="B194" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="C194"/>
       <c r="D194" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="E194" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="F194" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="G194"/>
-      <c r="H194"/>
+      <c r="H194" t="s">
+        <v>1093</v>
+      </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>1078</v>
+        <v>1094</v>
       </c>
       <c r="B195" t="s">
-        <v>1079</v>
+        <v>1095</v>
       </c>
       <c r="C195" t="s">
-        <v>1080</v>
+        <v>1096</v>
       </c>
       <c r="D195" t="s">
-        <v>1081</v>
+        <v>1097</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>1082</v>
+        <v>1098</v>
       </c>
       <c r="G195"/>
-      <c r="H195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H195"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>1083</v>
+        <v>1099</v>
       </c>
       <c r="B196" t="s">
-        <v>1084</v>
+        <v>1100</v>
       </c>
       <c r="C196"/>
-      <c r="D196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D196"/>
       <c r="E196" t="s">
-        <v>1086</v>
-[...1 lines deleted...]
-      <c r="F196"/>
+        <v>1101</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1102</v>
+      </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>37</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>1087</v>
+        <v>1104</v>
       </c>
       <c r="B197" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="C197"/>
+        <v>1105</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1106</v>
+      </c>
       <c r="D197" t="s">
-        <v>1089</v>
+        <v>1107</v>
       </c>
       <c r="E197" t="s">
-        <v>1090</v>
+        <v>1108</v>
       </c>
       <c r="F197" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="G197"/>
+        <v>1109</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1110</v>
+      </c>
       <c r="H197" t="s">
-        <v>37</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>1091</v>
+        <v>1112</v>
       </c>
       <c r="B198" t="s">
-        <v>1092</v>
+        <v>1113</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
-        <v>492</v>
+        <v>1114</v>
       </c>
       <c r="E198" t="s">
-        <v>1093</v>
+        <v>1115</v>
       </c>
       <c r="F198" t="s">
-        <v>12</v>
+        <v>547</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>13</v>
+        <v>652</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>1094</v>
+        <v>1116</v>
       </c>
       <c r="B199" t="s">
-        <v>1095</v>
+        <v>1117</v>
       </c>
       <c r="C199"/>
       <c r="D199" t="s">
-        <v>1096</v>
+        <v>1118</v>
       </c>
       <c r="E199" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="F199"/>
       <c r="G199"/>
-      <c r="H199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>1099</v>
+        <v>1120</v>
       </c>
       <c r="B200" t="s">
-        <v>1100</v>
+        <v>1121</v>
       </c>
       <c r="C200" t="s">
-        <v>1101</v>
+        <v>1122</v>
       </c>
       <c r="D200" t="s">
-        <v>1102</v>
+        <v>1123</v>
       </c>
       <c r="E200" t="s">
-        <v>1103</v>
+        <v>1124</v>
       </c>
       <c r="F200" t="s">
-        <v>1104</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="G200"/>
       <c r="H200" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>1106</v>
+        <v>1126</v>
       </c>
       <c r="B201" t="s">
-        <v>1107</v>
+        <v>1127</v>
       </c>
       <c r="C201" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="D201" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>1129</v>
+      </c>
+      <c r="E201"/>
       <c r="F201" t="s">
-        <v>1111</v>
-[...3 lines deleted...]
-      </c>
+        <v>1130</v>
+      </c>
+      <c r="G201"/>
       <c r="H201" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>1113</v>
+        <v>1131</v>
       </c>
       <c r="B202" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="C202"/>
+        <v>1132</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1133</v>
+      </c>
       <c r="D202" t="s">
-        <v>1115</v>
+        <v>1134</v>
       </c>
       <c r="E202" t="s">
-        <v>1116</v>
+        <v>1135</v>
       </c>
       <c r="F202" t="s">
-        <v>1117</v>
+        <v>571</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>1118</v>
+        <v>1136</v>
       </c>
       <c r="B203" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
-        <v>1120</v>
+        <v>1138</v>
       </c>
       <c r="E203" t="s">
-        <v>1121</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="F203"/>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="B204" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="E204" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
       <c r="F204" t="s">
-        <v>1127</v>
-[...6 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="G204"/>
+      <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>1130</v>
+        <v>1145</v>
       </c>
       <c r="B205" t="s">
-        <v>1131</v>
-[...1 lines deleted...]
-      <c r="C205"/>
+        <v>1146</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1147</v>
+      </c>
       <c r="D205" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="E205" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
       <c r="F205" t="s">
-        <v>1134</v>
-[...3 lines deleted...]
-      </c>
+        <v>1150</v>
+      </c>
+      <c r="G205"/>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>1136</v>
+        <v>1151</v>
       </c>
       <c r="B206" t="s">
-        <v>1137</v>
+        <v>1152</v>
       </c>
       <c r="C206"/>
-      <c r="D206"/>
+      <c r="D206" t="s">
+        <v>1153</v>
+      </c>
       <c r="E206" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="F206" t="s">
-        <v>1139</v>
+        <v>663</v>
       </c>
       <c r="G206"/>
-      <c r="H206"/>
+      <c r="H206" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>1140</v>
+        <v>1155</v>
       </c>
       <c r="B207" t="s">
-        <v>1141</v>
-[...6 lines deleted...]
-      </c>
+        <v>1156</v>
+      </c>
+      <c r="C207"/>
+      <c r="D207"/>
       <c r="E207" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="F207" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="G207"/>
-      <c r="H207"/>
+      <c r="H207" t="s">
+        <v>1159</v>
+      </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>1146</v>
+        <v>1160</v>
       </c>
       <c r="B208" t="s">
-        <v>1147</v>
-[...3 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="C208"/>
       <c r="D208" t="s">
-        <v>1149</v>
+        <v>545</v>
       </c>
       <c r="E208" t="s">
-        <v>1150</v>
+        <v>546</v>
       </c>
       <c r="F208" t="s">
-        <v>1151</v>
+        <v>547</v>
       </c>
       <c r="G208"/>
-      <c r="H208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="B209" t="s">
-        <v>1153</v>
-[...9 lines deleted...]
-      </c>
+        <v>1163</v>
+      </c>
+      <c r="C209"/>
+      <c r="D209"/>
+      <c r="E209"/>
       <c r="F209" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="B210" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="C210"/>
       <c r="D210" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="E210"/>
+        <v>1167</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1168</v>
+      </c>
       <c r="F210" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="G210"/>
+        <v>1169</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1170</v>
+      </c>
       <c r="H210" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="B211" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="C211"/>
       <c r="D211" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="E211" t="s">
-        <v>1165</v>
-[...7 lines deleted...]
-      <c r="H211"/>
+        <v>1174</v>
+      </c>
+      <c r="F211"/>
+      <c r="G211"/>
+      <c r="H211" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="B212" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="C212" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="D212" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="E212" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="F212" t="s">
-        <v>1173</v>
-[...3 lines deleted...]
-      </c>
+        <v>1180</v>
+      </c>
+      <c r="G212"/>
       <c r="H212" t="s">
-        <v>13</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="B213" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1183</v>
+      </c>
+      <c r="C213"/>
       <c r="D213" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="E213" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="F213" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="G213"/>
-      <c r="H213" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B214" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C214" t="s">
-        <v>1183</v>
-[...1 lines deleted...]
-      <c r="D214"/>
+        <v>1189</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1190</v>
+      </c>
       <c r="E214" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="F214" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="G214"/>
-      <c r="H214" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H214"/>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="B215" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="C215" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="D215" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="E215" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="F215" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="G215"/>
-      <c r="H215"/>
+      <c r="H215" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B216" t="s">
-        <v>1194</v>
-[...1 lines deleted...]
-      <c r="C216"/>
+        <v>1200</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1201</v>
+      </c>
       <c r="D216" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="E216" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="F216" t="s">
-        <v>1197</v>
-[...4 lines deleted...]
-      <c r="H216"/>
+        <v>1204</v>
+      </c>
+      <c r="G216"/>
+      <c r="H216" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="B217" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="C217"/>
-      <c r="D217"/>
+      <c r="D217" t="s">
+        <v>1207</v>
+      </c>
       <c r="E217" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="F217" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="G217" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="H217" t="s">
-        <v>37</v>
+        <v>652</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="B218" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
-        <v>1206</v>
+        <v>539</v>
       </c>
       <c r="E218" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="F218" t="s">
-        <v>1208</v>
-[...4 lines deleted...]
-      </c>
+        <v>1214</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B219" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-      <c r="D219"/>
+        <v>1217</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1219</v>
+      </c>
       <c r="E219" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="F219" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="G219" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="H219" t="s">
-        <v>1214</v>
+        <v>35</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B220" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C220" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="D220" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="E220" t="s">
-        <v>1219</v>
+        <v>752</v>
       </c>
       <c r="F220" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>697</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="B221" t="s">
-        <v>1222</v>
-[...1 lines deleted...]
-      <c r="C221"/>
+        <v>1230</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1231</v>
+      </c>
       <c r="D221" t="s">
-        <v>1223</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="E221"/>
       <c r="F221" t="s">
-        <v>1225</v>
-[...4 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H221"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="B222" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1234</v>
+      </c>
+      <c r="C222"/>
       <c r="D222" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="E222" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="F222" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="G222"/>
+        <v>1237</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1238</v>
+      </c>
       <c r="H222" t="s">
-        <v>697</v>
+        <v>58</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="B223" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="C223"/>
-      <c r="D223"/>
+      <c r="D223" t="s">
+        <v>1241</v>
+      </c>
       <c r="E223" t="s">
-        <v>1235</v>
-[...1 lines deleted...]
-      <c r="F223"/>
+        <v>1242</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1243</v>
+      </c>
       <c r="G223"/>
-      <c r="H223"/>
+      <c r="H223" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="B224" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="C224" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="D224" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="E224" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="F224" t="s">
-        <v>1241</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="G224"/>
       <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="B225" t="s">
-        <v>1244</v>
-[...1 lines deleted...]
-      <c r="C225"/>
+        <v>1251</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1252</v>
+      </c>
       <c r="D225" t="s">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>1253</v>
+      </c>
+      <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="B226" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="C226" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="D226"/>
       <c r="E226" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="F226"/>
+        <v>1256</v>
+      </c>
+      <c r="F226" t="s">
+        <v>1257</v>
+      </c>
       <c r="G226"/>
-      <c r="H226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="B227" t="s">
-        <v>1119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1259</v>
+      </c>
+      <c r="C227"/>
       <c r="D227" t="s">
-        <v>1254</v>
-[...1 lines deleted...]
-      <c r="E227"/>
+        <v>1260</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1261</v>
+      </c>
       <c r="F227" t="s">
-        <v>1255</v>
-[...1 lines deleted...]
-      <c r="G227"/>
+        <v>1262</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1263</v>
+      </c>
       <c r="H227" t="s">
-        <v>597</v>
+        <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="B228" t="s">
-        <v>1257</v>
-[...3 lines deleted...]
-      </c>
+        <v>1265</v>
+      </c>
+      <c r="C228"/>
       <c r="D228" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="E228" t="s">
-        <v>1260</v>
-[...4 lines deleted...]
-      <c r="G228"/>
+        <v>1267</v>
+      </c>
+      <c r="F228"/>
+      <c r="G228" t="s">
+        <v>1268</v>
+      </c>
       <c r="H228" t="s">
-        <v>1262</v>
+        <v>21</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="B229" t="s">
-        <v>1264</v>
-[...1 lines deleted...]
-      <c r="C229"/>
+        <v>1270</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1271</v>
+      </c>
       <c r="D229" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="E229" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F229" t="s">
-        <v>1267</v>
-[...3 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="G229"/>
       <c r="H229"/>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="B230" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="C230"/>
       <c r="D230" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="E230" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="F230" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="G230" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="H230" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="B231" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="C231" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="D231" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="E231" t="s">
-        <v>1279</v>
-[...6 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="F231"/>
+      <c r="G231"/>
       <c r="H231" t="s">
-        <v>13</v>
+        <v>652</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="B232" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C232" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="D232" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="E232" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="F232" t="s">
-        <v>1287</v>
-[...6 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="G232"/>
+      <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="B233" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="C233" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="D233" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="E233" t="s">
-        <v>1055</v>
+        <v>1296</v>
       </c>
       <c r="F233" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="G233" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="H233" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="B234" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="C234" t="s">
-        <v>1296</v>
+        <v>78</v>
       </c>
       <c r="D234" t="s">
-        <v>1297</v>
+        <v>79</v>
       </c>
       <c r="E234" t="s">
-        <v>1298</v>
+        <v>80</v>
       </c>
       <c r="F234" t="s">
-        <v>1299</v>
+        <v>81</v>
       </c>
       <c r="G234" t="s">
-        <v>1300</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="H234"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>