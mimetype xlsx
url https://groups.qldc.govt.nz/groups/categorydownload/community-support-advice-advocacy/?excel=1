--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -38,3927 +38,3927 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Arrowtown Plunket</t>
+  </si>
+  <si>
+    <t>Hours: Mon, Wed, Thurs, Friday 10am-12pm under 5's. Wed 1pm - 3pm Babies group</t>
+  </si>
+  <si>
+    <t>Linsey Whitchurch</t>
+  </si>
+  <si>
+    <t>arrowtown.plunket@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz</t>
+  </si>
+  <si>
+    <t>027 636 1112</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Glenorchy Landcare Group</t>
+  </si>
+  <si>
+    <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
+  </si>
+  <si>
+    <t>Iris &amp; Kate Scott</t>
+  </si>
+  <si>
+    <t>scotts@reesvalley.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
+  </si>
+  <si>
+    <t>03 442 9908</t>
+  </si>
+  <si>
+    <t>C/- Rees Valley Association, Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Aspiring Therapy</t>
+  </si>
+  <si>
+    <t>  Counselling: room-based therapy where things such as stress, overwhelm, burnout, depression, and anxiety can be explored. Equine Assisted Psychotherapy is a form of animal-assisted therapy where horses act as co-facilitators. Nature-based alternative to traditional room-based counselling. Beneficial for people who have a lived experience of trauma.   </t>
+  </si>
+  <si>
+    <t>Kiara Moore</t>
+  </si>
+  <si>
+    <t>hello@aspiringtherapy.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringtherapy.co.nz/</t>
+  </si>
+  <si>
+    <t>02041229503</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Masonic Lodge - Lake Lodge of Ophir No 85</t>
+  </si>
+  <si>
+    <t>One of the world’s oldest and largest fraternal organisations. An organisation of men who adopt the fundamental principle of integrity, goodwill and charity as the foundations for an individual’s life and character. A non-profit organisation that is heavily involved in supporting charity and community service. Comprised of men of good character with high ideals and worthwhile values who make a difference in the community</t>
+  </si>
+  <si>
+    <t>Hudson Turnbull, Secretary</t>
+  </si>
+  <si>
+    <t>lakelodgeofophir@queenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://freemasonsnz.org</t>
+  </si>
+  <si>
+    <t>+64 21 442 639</t>
+  </si>
+  <si>
+    <t>PO Box 85 Queenstown 9348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown </t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Hawea Community Association</t>
+  </si>
+  <si>
+    <t>Our committee meetings are on the third Tuesday of every month at 7.30pm.Our AGM is at the beginning of October and we have two public meetings during the year. </t>
+  </si>
+  <si>
+    <t>Chair: Cherilyn Walthew</t>
+  </si>
+  <si>
+    <t>hcachairperson@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://haweacommunity.co.nz/hawea-community-association/  </t>
+  </si>
+  <si>
+    <t>021 665 013</t>
+  </si>
+  <si>
+    <t>Rotary Club of Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary brings together a global network of volunteer leaders who dedicate their time and talent to tackle the world’s most pressing humanitarian challenges. Rotary connects 1.2 million members from more than 200 countries and geographical areas. Their work impacts lives at both the local and international levels.</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrotary.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 321, Queenstown</t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Altrusa International Inc of Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altrusa is a womens service organisation focussing on womens development, literacy and service in our community.We meet the first and third Wednesday of each month, at Level One Malaghan House, 10 Memorial Street, Queenstown (the Senior Citizens Rooms).Anyone is welcome to come along.        </t>
+  </si>
+  <si>
+    <t>Margaret Melhop (President)</t>
+  </si>
+  <si>
+    <t>president.queenstown@altrusa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.altrusa.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 508 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Methodist Mission</t>
+  </si>
+  <si>
+    <t>The Mission has been standing up for social justice in Otago since 1890. Our clients lead everything we do and their voice is paramount. They bring the resources for the work and set the targets that we work towards. Our job is to keep them on track, help them develop new resources, and provide a hand up when they stumble. To do this we use high levels of skill, rigour, and specialist tools, while paying attention and learning from what we discover.</t>
+  </si>
+  <si>
+    <t>admin@mmsouth.org.nz</t>
+  </si>
+  <si>
+    <t>03 466 4600</t>
+  </si>
+  <si>
+    <t>PO Box 2391, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Arrowtown Business and Promotion Association (ABPA)</t>
+  </si>
+  <si>
+    <t>APBA represents Arrowtown’s businesses. It is responsible for the town’s promotion, and for the arrowtown.com website.The board of the Arrowtown Promotion and Business Association is elected annually by the Association’s members who are business ratepayers. Central to its work, is the belief that the well being of the town is dependent on the preservation of its historic heritage and its natural surrounds. APBA promotes Arrowtown’s tourism, and liaises with its major funder, the Queenstown Lakes District Council.</t>
+  </si>
+  <si>
+    <t>Nicky Busst</t>
+  </si>
+  <si>
+    <t>info@arrowtown.com</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.com</t>
+  </si>
+  <si>
+    <t>027 7219017</t>
+  </si>
+  <si>
+    <t>Prime Timers - Upper Clutha Senior Citizens</t>
+  </si>
+  <si>
+    <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
+  </si>
+  <si>
+    <t>Helen Millar</t>
+  </si>
+  <si>
+    <t>ucsc.club@gmail.com</t>
+  </si>
+  <si>
+    <t>http://ucscclub.weebly.com/</t>
+  </si>
+  <si>
+    <t>021 043 1054</t>
+  </si>
+  <si>
+    <t>PO Box 692 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Presbyterian Support</t>
+  </si>
+  <si>
+    <t>Presbyterian Support Otago works for a fair, just and caring community.Motivated by our Christian heritage, and in partnership with others, we work across the generations for positive change, strong families and healthy communities.In fulfilling our mission, we will endeavour to act with Faith, Compassion, Respect, Integrity, Courage and Independence.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/</t>
+  </si>
+  <si>
+    <t>03 477 7115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs is a free, easy-to-use Job Search site for New Zealand. With new jobs added daily, our site specialises in bringing employers and jobseekers together in fast and efficient way. Best of all, it&amp;rsquo;s free!  As an NZ employment website, we have set out to achieve these three main goals for our community:  Become New Zealand&amp;rsquo;s easiest, fastest and most effective platform for employers and jobseekers to be connected  Assist those who plan to move to New Zealand with finding their ideal job, such as the ability to post your resume / CV for free  Provide useful and informative employment advice and tips for Employers seeking new staff and Jobseekers searching for how to get a job in New Zealand</t>
+  </si>
+  <si>
+    <t>http://www.queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>0800 QT JOBS</t>
+  </si>
+  <si>
+    <t>admin@queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Alzheimers Society Otago, Queenstown</t>
+  </si>
+  <si>
+    <t>Affiliated to Alzheimers New Zealand Inc, Alzheimers Otago is an autonomous society operating from three offices across Otago. Our primary role is to support people with dementia and the family, friends, neighbours and communities who care for them.We do this by providing information, support, advice, carer support groups, home visits by qualified staff, education, a shoulder to lean on and a companion on this, at times, long and difficult journey. Queenstown Office days: Tuesday, Wednesday, ThursdayHours: 9am - 4pm</t>
+  </si>
+  <si>
+    <t>queenstown@alzheimersotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/otago</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(03) 441 4955 or 027 441 4960 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
+  </si>
+  <si>
+    <t>Almost 300 Nepalese’s living and working in Queenstown.Nepalese Community in Queenstown is a community based established to promote Nepalese culture and networking within the Nepalese residing in Queenstown. Nepalese communities are growing in New Zealand particularly in Queenstown.One of our roles is to contribute in community development, work together with other communities to identify issues and facilitate to come up with resolutions and support. we are pleased with the government in their public policies that are enhancing multiculturalism, respecting diversity among us, and thus it is our community’s goal as well to promote cultural diversity in the interest of individuals and society as a whole. While Nepalese communities across New Zealand have already made significant effort in organizing and running Nepalese language educational programs, culture, religious, we intent to promote and continue that effort.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pramesh Devkota </t>
+  </si>
+  <si>
+    <t>pamesh.dev072@gmail.com</t>
+  </si>
+  <si>
+    <t>0226345296</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation is a free parenting course that’s available all year around New Zealand. At the course, you’ll get practical advice to help you understand and manage the needs of your children following separation.The Parenting Through Separation course can also help grandparents and other family and whānau members who may be involved in caring for your children.</t>
+  </si>
+  <si>
+    <t>https://www.justice.govt.nz/family/care-of-children/resolving-parentings-disagreements/parenting-through-separation/</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
+  </si>
+  <si>
+    <t>The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/branches/central-otago-lakes</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Queenstown RSA</t>
+  </si>
+  <si>
+    <t>The Queenstown RSA welcomes club members and their guests, and visiting members of affiliated clubs.We are located in the Queenstown Memorial Centre, Memorial Street, upstairs in the Gallipoli Room – an electric invalid chair is available for those who are unable to use the stairs. When visiting the scenic capital of New Zealand visit the Queenstown RSA, where you are guaranteed a friendly welcome.Opening Hours Friday, 5-7pm</t>
+  </si>
+  <si>
+    <t>Phil Wiel - President (as at July 2019)</t>
+  </si>
+  <si>
+    <t>president.qtrsa@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.rsaqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1969 Queenstown</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Wanaka BNI</t>
+  </si>
+  <si>
+    <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Emma Kenny </t>
+  </si>
+  <si>
+    <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
+  </si>
+  <si>
+    <t>03 443 1892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Workbridge Inc</t>
+  </si>
+  <si>
+    <t>Linking the right people to the right jobsWorkbridge is a specialist employment service that gives employers access to a wide talent pool of people with a disability, injury or illness.Our services are free, and we fill 3500-4000 job vacancies each year. If you’re an employer, we can help you recruit, select and support staff with the right skills and attitudes for your workplace. If you’re a job seeker, we can help you develop job-searching skills and find the most suitable employment for you.</t>
+  </si>
+  <si>
+    <t>Trudy Kerr</t>
+  </si>
+  <si>
+    <t>trudyk@workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 0227</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Human Rights Commission</t>
+  </si>
+  <si>
+    <t>The Human Rights Commission was set up in 1977 and works under the Human Rights Act 1993. Our purpose is to promote and protect the human rights of all people in Aotearoa New Zealand. We work for a free, fair, safe and just New Zealand, where diversity is valued and human dignity and rights are respected.The Human Rights Commission works across Aotearoa New Zealand to increase human rights standards in law, policy and practice. We provide communities with education and tools to protect and promote their human rights, and deliver human rights programmes to government departments, Crown entities and kiwi organisations. Language Line, an interpreting service, is available. An appointment with a sign language interpreter is available.If you have a hearing or speech impairment, you can contact the Commission using the New Zealand Relay Service. NZ Relay is a telecommunications service and all calls are confidential. www.nzrelay.co.nz</t>
+  </si>
+  <si>
+    <t>infoline@hrc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.hrc.co.nz</t>
+  </si>
+  <si>
+    <t>0800 496 877</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Mediaworks</t>
+  </si>
+  <si>
+    <t>MediaWorks is New Zealand's largest independent broadcaster, and reaches more than 4 million Kiwis through its TV, Radio and Digital platforms. The company is owned by Oaktree Capital and governed by a Board of Directors; Jack Matthews (Chairman) and Jonas Mitzschke. MediaWorks is led by Michael Anderson, CEO.Through our loved and trusted news and entertainment brands, including Three, More FM, The Edge and RadioLive, The Rock and The Breeze, MediaWorks connects with 97% of all New Zealanders. With this comes responsibility, and ours is to make a positive difference in our communities. Over the years, MediaWorks has been proud to support hundreds of charities. We've shed light on many important issues, engaging with millions of New Zealanders to raise awareness. And, with the public’s support, we’ve helped to raise millions of dollars for charities too.</t>
+  </si>
+  <si>
+    <t>corporate@mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 901 0810</t>
+  </si>
+  <si>
+    <t>PO Box 224, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Futsal</t>
+  </si>
+  <si>
+    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust is a Not for Profit organisation that works alongside young people aged 10 - 24yrs old to achieve positive outcomes through both support and advocacy. We provide resources, opportunities, skilled people and safe environments, which help to foster confidence and challenge youth. By resourcing youth in this way, we believe they discover their true identity and develop strengths, attitudes and strong relationships, which enable them to contribute positively in our communities</t>
+  </si>
+  <si>
+    <t>info@wakatipuyouthtrust.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wakatipuyouthtrust.co.nz </t>
+  </si>
+  <si>
+    <t>03 451 1413</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
+  </si>
+  <si>
+    <t>John Glover (Chairperson)</t>
+  </si>
+  <si>
+    <t>gycommunityassn@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
+  </si>
+  <si>
+    <t>027 586 7233</t>
+  </si>
+  <si>
+    <t>PO Box 38, Glenorchy 9350</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Parent to Parent Inc</t>
+  </si>
+  <si>
+    <t>Monday – Wednesday 9:00am – 3:30pm and Thursday 9.00am-4.30pm Often raising a child with a disability is an experience that isn’t planned, and we know it can be a challenging journey. We can inform, educate, inspire and support you as you navigate your way through your family’s experience with disability. Our services are free and confidential.</t>
+  </si>
+  <si>
+    <t>MaryAnn Hughes</t>
+  </si>
+  <si>
+    <t>otago@parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>027 808 3949</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Compassionate Friends</t>
+  </si>
+  <si>
+    <t>We gather together to support each other every two months where we either have a speaker, watch a video on aspects of grief, share each others grief or chat informally. Personal support is given by phone calls and home visits particularly to the newly bereaved and where a need is known. Once a year we endeavour to run a grief workshop.There are no subscriptions. The newsletter and workshops are free to bereaved families. No commitment is expected from bereaved families to attend workshops, bi-monthly gatherings or receive newslettersTHE AREA ENCOMPASSED BY CENTRAL OTAGO COMPASSIONATE FRIENDS The Teviot Valley – The Maniototo – Queenstown – Wanaka – Cromwell – Alexandra All the areas in between and surrounding the above places</t>
+  </si>
+  <si>
+    <t>Pauline Trotter</t>
+  </si>
+  <si>
+    <t>centralotagocf@gmail.com</t>
+  </si>
+  <si>
+    <t>http://compassionatefriends.org.nz/contact.html</t>
+  </si>
+  <si>
+    <t>027 396 0611</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Upper Clutha Lions Club of Wanaka</t>
+  </si>
+  <si>
+    <t>Meet 2nd Wednesday of each month at Prince Albert Tavern Café, Albert TownMeet &amp;amp; Greet 6.30pm</t>
+  </si>
+  <si>
+    <t>SECRETARY- Lorraine Knowles</t>
+  </si>
+  <si>
+    <t>knowles_lorraine@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://e-clubhouse.org/sites/wanakauc/</t>
+  </si>
+  <si>
+    <t>027 4737 813</t>
+  </si>
+  <si>
+    <t>P.O. Box 255, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Te Ao Marama Incorporated (Southern Iwi)</t>
+  </si>
+  <si>
+    <t>Te Aō Marama is an organisation of around 100 members, who provide leadership, representation and support to the Māori oral health workforce including clinicians, specialists, health promoters, support staff, researchers, teachers and students. Our membership remains committed to our vision of ‘Hei oranga niho mo te iwi Māori’ – Good Oral health for Māori, for life.</t>
+  </si>
+  <si>
+    <t>nzteaomarama@gmail.com</t>
+  </si>
+  <si>
+    <t>https://teaomarama.org.nz/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>P O Box 7078 Invercargill</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>Boomerang Bags Queenstown</t>
+  </si>
+  <si>
+    <t>Boomerang Bags works to reduce the use of plastic bags by engaging local communities in the making of Boomerang Bags community made using recycled materials, Boomerang Bags provide a free, fun, sustainable alternative to plastic bags.  By getting involved with Boomerang Bags, you are participating in a national movement that celebrates a local grassroots initiative, community building and sustainability.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia Todd &amp; Fiona Davies </t>
+  </si>
+  <si>
+    <t xml:space="preserve">drifton_4@hotmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/975159672613924/</t>
+  </si>
+  <si>
+    <t>0210650829</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>45 South</t>
+  </si>
+  <si>
+    <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
+  </si>
+  <si>
+    <t>jennifer@45south.org</t>
+  </si>
+  <si>
+    <t>https://www.45South.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Probation Service Queenstown </t>
+  </si>
+  <si>
+    <t>Queenstown Community Corrections - https://www.corrections.govt.nz/about_us/getting_in_touch/our_locations/queenstown_service_centreHours of operation - 8.30am to 5.00pm Monday to Friday. </t>
+  </si>
+  <si>
+    <t>http://www.corrections.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 4830</t>
+  </si>
+  <si>
+    <t>P O Box 2672, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Community Law Centre</t>
+  </si>
+  <si>
+    <t>We offer free legal advice and information, representation and education to the people of Otago. Free legal advice clinics are held on the 1st Thursday of each month in Queenstown and Wanaka.Please make an appointment first. QUEENSTOWN (9:30am to 11:30am): Happiness House, phone: 03 442 6531, location: 4 Park Street, Queenstown.WANAKA (11:00am to 1:00pm): Community Networks, phone: 03 443 7799 or email info@communitynetworks.co.nz, location: 34 McDougall St, Wanaka.Or you can contact the main Community Law office on 0800 169 333.</t>
+  </si>
+  <si>
+    <t>reception@dclc.org.nz</t>
+  </si>
+  <si>
+    <t>http://communitylaw.org.nz/centre/otago/</t>
+  </si>
+  <si>
+    <t>0800 169 333</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Arrowtown Village Association</t>
+  </si>
+  <si>
+    <t>We aim to be the voice of the Arrowtown community. As well as initiating new projects the AVA works with the community and statutory authorities to improve the outcomes for the Arrowtown community and environment.  </t>
+  </si>
+  <si>
+    <t>chairperson@arrowtownvillage.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownvillage.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 140 Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Wanaka Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Wanaka Police Station open hours: 9.00am - 5.00pm Mon - Fri 10.00am - 6.00pm Sat and Sun.</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 18, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Arrowtown Returned Services Assn</t>
+  </si>
+  <si>
+    <t>Our mission is to remember and care for all those impacted by service for New Zealand on military operations. The Royal New Zealand Returned and Services’ Association is made up of over 180 local RSAs around the country, each an entity in their own right, with over 100,000 members.</t>
+  </si>
+  <si>
+    <t>Linda Harrison (Secretary)/Lindsay Stirling (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrsa@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.rsa.org.nz/</t>
+  </si>
+  <si>
+    <t>03 409 8857</t>
+  </si>
+  <si>
+    <t>PO Box 28, Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Arrowtown Newcomers and Locals Network</t>
+  </si>
+  <si>
+    <t>Please note our name change from Arrowtown Newcomers Network, so that not just newcomers can come along to our functions.</t>
+  </si>
+  <si>
+    <t>Neil and Jenny Logan</t>
+  </si>
+  <si>
+    <t>Loganfamily@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://arrowtownvillage.co.nz/index.php?ti=29</t>
+  </si>
+  <si>
+    <t>409 8968</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Central Otago REAP</t>
+  </si>
+  <si>
+    <t>Central Otago REAP provides a diverse and extensive educational resource to rural communities, implementing a life long learning approach. The overall purpose of Central Otago REAP is to provide educational support and assistance across all sectors including early childhood, primary, secondary and adult education.Central Otago REAP is a community-based flexible resource providing formal and non-formal learning opportunities.</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>admin@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://coreap.org.nz/</t>
+  </si>
+  <si>
+    <t>03 448 6115</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview Club</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview club {formerly Probus} is a group of retirees that meet monthly to exchange ideas and listen to guest speakers on a wide variety of subjects. We meet at 10AM on the 3rd Monday of each month at the Wanaka Community Hub. </t>
+  </si>
+  <si>
+    <t>davidleslie2102@gmail.com</t>
+  </si>
+  <si>
+    <t>03 443 9262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka </t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
     <t>Pact</t>
   </si>
   <si>
     <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
   </si>
   <si>
     <t>pact@pactgroup.co.nz</t>
   </si>
   <si>
     <t>http://www.pactgroup.co.nz/</t>
   </si>
   <si>
     <t>03 211 2850</t>
   </si>
   <si>
-    <t>Invercargill</t>
-[...86 lines deleted...]
-    <t xml:space="preserve">Dunedin 9016 </t>
+    <t>Queenstown Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting TimesQUEENSTOWN 6:30PM, Wednesday, 2ndGold Ridge Resort, Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Club President: Charlie Reid</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lionsclubs.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 8077</t>
+  </si>
+  <si>
+    <t>P O Box 273 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Southern REAP (Wakatipu)</t>
+  </si>
+  <si>
+    <t>Our professional vision is to enrich our communities through innovative programmes.REAP fills gaps in mainstream education service provision by providing integrated and educational initiatives across Early Childhood, Schools and the Adult Education sectors.</t>
+  </si>
+  <si>
+    <t>enquiries@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz</t>
+  </si>
+  <si>
+    <t>03  236 6008</t>
+  </si>
+  <si>
+    <t>PO Box 9 WINTON 9741</t>
+  </si>
+  <si>
+    <t>Idea (Intellectual Disability Empowerment in Action)</t>
+  </si>
+  <si>
+    <t>Welcome to IHC New Zealand. IHC will advocate for the rights, inclusion and welfare of all people with intellectual disabilities and support them to live satisfying lives in the community.IHC, through IDEA Services, supports adults of all ages with intellectual disabilities to live in their own homes and be part of their local communities.</t>
+  </si>
+  <si>
+    <t>southern@idea.org.nz</t>
+  </si>
+  <si>
+    <t>https://ihc.org.nz/</t>
+  </si>
+  <si>
+    <t>03 341 9299</t>
+  </si>
+  <si>
+    <t>PO Box 27202, Christchurch 8640</t>
+  </si>
+  <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>The Spectrum Club</t>
+  </si>
+  <si>
+    <t>The Spectrum Club is a new, community based, Queer Straight Alliance group for LBGTQIA+ youth and their supporters in the Queenstown Region.This group was created to fill a gap in the community for Lesbian, Gay, Bisexual, Trans, Queer, Questioning, Intersex, Asexual and Allies aged 15 – 24 years old. The Spectrum club has 3 main purposes: Social: meeting other likeminded, non-judgemental people from diverse backgrounds in a safe fun environment Support: support with bullying, coming out, individual issues Educate: spread awareness about queer issues, education around resilience, bullying etc The Spectrum Club holds regular meetings and loves having new people along to share and celebrate the diverse group.</t>
+  </si>
+  <si>
+    <t>thespectrumclubqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/thespectrumclubqt/</t>
+  </si>
+  <si>
+    <t>03-451 1413</t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
+  </si>
+  <si>
+    <t>Sally Murray</t>
+  </si>
+  <si>
+    <t>manager@pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>027 222 8801</t>
+  </si>
+  <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>Victim Support</t>
+  </si>
+  <si>
+    <t>Victim Support is an independent incorporated society that provides a free 24 / 7 community response to help victims of serious crime and trauma. Volunteers are at the heart of our service.Our free service provides emotional and practical support, information, referral to other support services and advocacy for the rights of victims. This support helps victims find strength, hope and safety in the face of grief and trauma at what may be the worst time of their life.</t>
+  </si>
+  <si>
+    <t>0800 842 846</t>
+  </si>
+  <si>
+    <t>Grey Power Queenstown</t>
+  </si>
+  <si>
+    <t>Grey Power is a national organisation that was set up in the 80s as an advocacy group for older people.  Over 50s are welcome to join us.  We have about four main meetings a year featuring a speaker, smaller meetings from time to time on subjects that may interest a smaller audience.  Social events are organised from time to time.  Grey Power Electricity is available to members which means lower electricity costs also a range of discounts is available from local businesses.  We welcome new members.Treasurer, Kirsty Sharpe:kirstyjsharpe@gmail.com021 04100 76</t>
+  </si>
+  <si>
+    <t>Peter Jenkins</t>
+  </si>
+  <si>
+    <t>greypowerqueenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.greypower.co.nz</t>
+  </si>
+  <si>
+    <t>03 428 7861</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>Queenstown Womens Institute</t>
+  </si>
+  <si>
+    <t>Women&amp;rsquo;s Institute is a local, provincial, national and international organization that promotes women, families and communities.  Queenstown WI: meets first Tuesday contact Jo-Ellen Reid 4423389</t>
+  </si>
+  <si>
+    <t>Jo Reid</t>
+  </si>
+  <si>
+    <t>http://www.centralotagonz.com/alexandra-clyde/clyde/clubs/x,1,4083/alexandra-womens-institute.html</t>
+  </si>
+  <si>
+    <t>03 442 3389</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
   </si>
   <si>
     <t>Pregnancy Help</t>
   </si>
   <si>
     <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
   </si>
   <si>
     <t>otago@pregnancyhelp.org.nz</t>
   </si>
   <si>
     <t>https://pregnancyhelp.org.nz/</t>
   </si>
   <si>
     <t>03 455 5892</t>
   </si>
   <si>
     <t>PO Box 5406 Dunedin, 9058</t>
   </si>
   <si>
+    <t>Kidstart (Barnardos)</t>
+  </si>
+  <si>
+    <t>Kidstart is a home-based care and learning service for children aged from birth to five years. It is provided in the homes of trained Educators, all of whom are supported by fully qualified teachers.</t>
+  </si>
+  <si>
+    <t>CromwellELC@Barnardos.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidstart.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 4728</t>
+  </si>
+  <si>
+    <t>PO Box 114 Alexandra</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Cardrona Hall Board</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Cardrona Hall Board maintain and upgrade the Historic Cardrona Hall and Church. Used for concerts, functions and weddings. Please email for bookings.Chairman: Glen Curtis (027 226 6083) Secretary: Jessica Curtis (027 443 0026) </t>
+  </si>
+  <si>
+    <t>Glen Curtis</t>
+  </si>
+  <si>
+    <t>cardronahallboard@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanaka-weddings.co.nz/CardronaHallHistoricDomainWeddingVenue.html</t>
+  </si>
+  <si>
+    <t>027 226 6083</t>
+  </si>
+  <si>
+    <t>Wakatipu Senior Citizens Association</t>
+  </si>
+  <si>
+    <t>Located on Memorial Street in Malaghan House, we offer regular activities and social gatherings for Wakatipu basin senior residents aged 60 plus. From our sunny rooms overlooking the Recreation ground, members can enjoy a range of activities.  Our Friday lunches, from 11:30am to 2 pm are very popular with members. The meal is followed by a guest speaker or entertainer. We also arrange monthly outings to interesting places within the region.  To find out more about our organization, to become a member or volunteer, or to join the association committee, please contact the manager on (03) 442 9214. The rooms are open Wednesdays from 10am to 2pm and Fridays from 10:30am to 3:00pm. Annual subscription: $20.00</t>
+  </si>
+  <si>
+    <t>Manager/Coordinator - Gabby Lake</t>
+  </si>
+  <si>
+    <t>info@wsca.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9214</t>
+  </si>
+  <si>
+    <t>P O Box 833, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>Abbeyfield Wakatipu Inc</t>
+  </si>
+  <si>
+    <t>Not-for-profit housing project for the over-55s in the Wakatipu.Purpose-built affordable housing for independent older people.Follows international Abbeyfield tenets of companionship, values and community support and involvement.Manager/Residents Housekeeper: Alison Beaumont - 021 955695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alison Beaumont </t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@abbeyfieldwakatipu.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.abbeyfield.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 441 4448 </t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Interagency Group</t>
+  </si>
+  <si>
+    <t>Social services interagency group for the Wakatipu.Chair: Niki Mason (Central Lakes Family Services, Strengthening Families Coordinator)</t>
+  </si>
+  <si>
+    <t>Niki Mason</t>
+  </si>
+  <si>
+    <t>qtinteragency@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>0508 440 255</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>PSA Otago</t>
+  </si>
+  <si>
+    <t>The PSA – the Public Service Association Te Pūkenga Here Tikanga Mahi –is New Zealand's largest union, representing more than 63,000 workers in central government, state-owned enterprises, local councils, health boards and community groups.We champion members’ interests with a strong effective voice. We stand together, supporting and empowering members, individually and collectively. We encourage participation from members. We aim to be transparent, accessible and inclusive in the way we work</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psa.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.psa.org.nz/</t>
+  </si>
+  <si>
+    <t>0508 367 772.</t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Wanaka and Districts Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
+  </si>
+  <si>
+    <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
+  </si>
+  <si>
+    <t>03 443 7422</t>
+  </si>
+  <si>
+    <t>P.O. Box 167, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>ASB</t>
+  </si>
+  <si>
+    <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
+  </si>
+  <si>
+    <t>shyla.hona@asb.co.nz</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t>Inner Wheel Club of Queenstown</t>
+  </si>
+  <si>
+    <t>The motto of Inner Wheel is Friendship and ServiceJoin us helping together in our local Queenstown Lakes Area Community, Meals on Wheels, Voluntary Collectors, Marathon Supporters, Charity Shop.Friendship through club meetings, Our Walking Group, and Movie Group. Join us when we meet each month for activity and friendship. When:  2ndWednesday of the Month                                                                                                                        Where:   Venue is advised  Check us out on  Facebook then,     Email:    queenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>membership@iwnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.innerwheel.org.nz/?fbclid=IwAR3HYTqFuA0-PzvTRXWGKyI1hRaSsBiY7tL2Jmoht4tG6DcqwHog_QP4O7I</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
     <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
   </si>
   <si>
     <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
   </si>
   <si>
     <t>harriet.postnatal@outlook.com</t>
   </si>
   <si>
     <t>http://www.harrietw.com</t>
   </si>
   <si>
-    <t>Wanaka Camera Club</t>
-[...152 lines deleted...]
-    <t>0277882315</t>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Oranga Tamariki Ministry for Children</t>
+  </si>
+  <si>
+    <t>We are dedicated to supporting any child in New Zealand whose wellbeing is at significant risk of harm now, or in the future. We also work with young people who may have offended, or are likely to offend.Our belief is that in the right environment, with the right people surrounding and nurturing them, any child can, and should flourish.Lines open 24/7. From 5pm – 8 am Monday to Friday, weekends and public holidays, social workers will only assess emergency situations. But we encourage you to call if you're unsure.</t>
+  </si>
+  <si>
+    <t>enquiry@ot.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.orangatamariki.govt.nz/</t>
+  </si>
+  <si>
+    <t>0508 326 459</t>
+  </si>
+  <si>
+    <t>P O Box 240 Alexandra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Kelvin Peninsula Community Association</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects. </t>
+  </si>
+  <si>
+    <t>David Mayhew</t>
+  </si>
+  <si>
+    <t>talk2KPCA@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kelvinpeninsula.org/</t>
+  </si>
+  <si>
+    <t>021 0227 0279</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Happiness House Community Support</t>
+  </si>
+  <si>
+    <t>Happiness House is a community based non profit organisation that provides services to the Wakatipu District. Established in 1991 and registered with the Charities Commission (number cc11023). It is a drop-in centre, open Monday to Friday 9am to 4pm, providing a safe, warm, non judgmental, confidential and caring environment. 83% of the people that live in the Wakatipu have moved here from somewhere else leaving behind family support. Add to that the high cost of living, low wages and social isolation that comes from being far from family, the Wakatipu can be a challenging place to live. Happiness House is there for these people and for those affected by other life events or unforeseen circumstances.</t>
+  </si>
+  <si>
+    <t>happinesshouse@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://happinesshouse.org.nz/</t>
+  </si>
+  <si>
+    <t>03 442 6531</t>
   </si>
   <si>
     <t>Central Otago Living Options</t>
   </si>
   <si>
     <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
   </si>
   <si>
     <t>Alison Wildey</t>
   </si>
   <si>
     <t>alison@livingoptions.org.nz</t>
   </si>
   <si>
     <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
   </si>
   <si>
     <t>03 4487748</t>
   </si>
   <si>
     <t>PO Box 446 Alexandra</t>
   </si>
   <si>
-    <t>Prime Timers - Upper Clutha Senior Citizens</t>
-[...53 lines deleted...]
-    <t>P O Box 678, Wanaka</t>
+    <t>Strengthening Families - Queenstown</t>
+  </si>
+  <si>
+    <t>Strenghtening Families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Matthew Hawke</t>
+  </si>
+  <si>
+    <t>matthew@jigsawcentrallakes.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 450 1075 / 027 203 4547</t>
+  </si>
+  <si>
+    <t>PO Box 302, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>NZ Immigration Service</t>
+  </si>
+  <si>
+    <t>We work with international organisations and industry partners to improve border security and make immigration easier. We lead government strategy designed to help migrants settle in New Zealand.Freephone (within New Zealand) 0508 55 88 55 Opening hours: 6:00am Monday to midnight on Saturday (NZ local time).</t>
+  </si>
+  <si>
+    <t>http://www.immigration.govt.nz</t>
+  </si>
+  <si>
+    <t>0508 558 855</t>
+  </si>
+  <si>
+    <t>Auckland Central 1010</t>
   </si>
   <si>
     <t>Queenstown Preschool Nursery</t>
   </si>
   <si>
     <t>The Centre is licensed for 70 children. Nursery 20 to 24 under two year olds Preschool rooms 45 to 50 two to four year olds. We are a not-for-profit organisation. We aim to provide quality education and care in a safe, educational and supportive environment, which is responsive to the needs of the children and their families/whanau.</t>
   </si>
   <si>
     <t>office@qpn.co.nz</t>
   </si>
   <si>
     <t>https://qpn.co.nz/</t>
   </si>
   <si>
     <t>03 442 9217</t>
   </si>
   <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects.</t>
+  </si>
+  <si>
+    <t>talk2kpca@gmail.com</t>
+  </si>
+  <si>
+    <t>02102270279</t>
+  </si>
+  <si>
+    <t>Wakatipu 9348</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust was established to grant funds for community charitable purposes. ​The Trust plays a pivotal role in producing sustainable outcomes that enrich lives, enhance assets, and build resilient communities.​The Trust assists many community projects and services, but all must meet charitable criteria. ​For a purpose to be charitable, it must relate to one of the following four funding principles:The relief of povertyAdvancement of educationAdvancement of religionAny other purpose beneficial to the community</t>
+  </si>
+  <si>
+    <t>info@clt.net.nz</t>
+  </si>
+  <si>
+    <t>https://www.clt.net.nz/</t>
+  </si>
+  <si>
+    <t>03 445 9958</t>
+  </si>
+  <si>
+    <t>PO Box 138, Cromwell</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Otago Community Trust</t>
+  </si>
+  <si>
+    <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
+  </si>
+  <si>
+    <t>info@oct.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.oct.org.nz/</t>
+  </si>
+  <si>
+    <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
+  </si>
+  <si>
+    <t>PO Box 5751, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Dunedin 9058</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t>Parkinsons New Zealand, Otago</t>
+  </si>
+  <si>
+    <t>Founded in 1983, The Parkinson's New Zealand Charitable Trust (Parkinson’s New Zealand) is a community based, non-profit organisation, registered with the Charities Commission and reliant on funding from grants, bequests and donations.We also provide information and educational services to non-members, health professionals and the general public. We work closely with other neurological organisations, and in some less populated areas, Parkinson's Community Educator Services are supplied by the Multiple Sclerosis Society.</t>
+  </si>
+  <si>
+    <t>Paula Ryan</t>
+  </si>
+  <si>
+    <t>paula.ryan@parkinsons.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parkinsons.org.nz/</t>
+  </si>
+  <si>
+    <t>Phone: 03 262 7040 or 027 221 5353</t>
+  </si>
+  <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>Budgeting Advice</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it’s not always an easy place to live. More than ever before, families are struggling to gain control of their finances. Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.Our Financial Mentors offer free, confidential advice by phone, text, email and live chat.Phone: 0800 345 123Text: 4029 </t>
+  </si>
+  <si>
+    <t>help@moneytalks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.nbfcct.com/</t>
+  </si>
+  <si>
+    <t>03 448 8072</t>
+  </si>
+  <si>
+    <t>PO Box 114 Queenstown</t>
+  </si>
+  <si>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
+  </si>
+  <si>
+    <t>info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitylink.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justice of the Peace Services </t>
+  </si>
+  <si>
+    <t>QueenstownFriday 12:30pm to 1:30pmCitizens Advice Bureau, 44 Stanley Street, QueenstownPh: 03 442 6799Email: queenstown@cab.org.nzWanakaTuesday 10:30am - 12:00pmThursday 2:00 - 3:30pmBy appointment Community Link Upper Clutha, Wanaka Community Hub, 34 McDougall St, WanakaPh: 03-443 7799, email: info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://justiceofthepeace.org.nz/</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>New Zealand Red Cross</t>
+  </si>
+  <si>
+    <t>The New Zealand Red Cross has a Disaster Welfare and Support Team (DWST) in Queenstown-Lakes who can respond to the welfare needs of the community in earthquakes, floods and other disasters. We also work to connect and strengthen local communities, teach first aid, offer psychosocial support and promote disaster preparedness.</t>
+  </si>
+  <si>
+    <t>Otago Area</t>
+  </si>
+  <si>
+    <t>otago@redcross.org.nz</t>
+  </si>
+  <si>
+    <t>0800 733 27677</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
     <t>Rural Women of New Zealand</t>
   </si>
   <si>
     <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
   </si>
   <si>
     <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
   </si>
   <si>
     <t>https://ruralwomennz.nz/</t>
   </si>
   <si>
-    <t>Wanaka Community Hub</t>
-[...470 lines deleted...]
-    <t>PO Box 114 Alexandra</t>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
   </si>
   <si>
     <t>Wakatipu Kindergarten</t>
   </si>
   <si>
     <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
   </si>
   <si>
     <t>Coordinator</t>
   </si>
   <si>
     <t>wakatipu@kidsfirst.org.nz</t>
   </si>
   <si>
     <t>http://www.kidsfirst.co.nz/wakatipu</t>
   </si>
   <si>
     <t>03 442 6236</t>
   </si>
   <si>
     <t>PO Box 633, Queenstown 9348</t>
   </si>
   <si>
-    <t>Bruce Grant Youth Trust</t>
-[...535 lines deleted...]
-  <si>
     <t>Arthurs Point Community Association (APCA)</t>
   </si>
   <si>
     <t>Meeting details: Held at 7.30 pm on the first Tuesday of every month. Location confirmed on Facebook, plus emailed to our mailing list. Anyone can be added to the mailing list by emailing the APCA. Chair: Andrew Blackford Phone: 021 624 591Vice Chair: Nigel LloydCommittee details updated November 2023</t>
   </si>
   <si>
     <t>Andrew Placford</t>
   </si>
   <si>
     <t>arthurspointcommunity@gmail.com</t>
   </si>
   <si>
     <t>021 624 591</t>
   </si>
   <si>
     <t>PO Box 602 Queenstown</t>
   </si>
   <si>
     <t>Arthur's Point</t>
-  </si>
-[...2428 lines deleted...]
-    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4330,5263 +4330,5263 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4"/>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...8 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C5"/>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="B7" t="s">
-[...15 lines deleted...]
-      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C8"/>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F8"/>
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
-[...8 lines deleted...]
-      <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>62</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>63</v>
       </c>
-      <c r="F10" t="s">
-[...3 lines deleted...]
-      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
         <v>67</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>68</v>
       </c>
-      <c r="F11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>72</v>
       </c>
-      <c r="C12"/>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>73</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>74</v>
       </c>
-      <c r="F12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>79</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>88</v>
       </c>
-      <c r="C15"/>
       <c r="D15" t="s">
         <v>89</v>
       </c>
       <c r="E15" t="s">
         <v>90</v>
       </c>
       <c r="F15" t="s">
         <v>91</v>
       </c>
-      <c r="G15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G15"/>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16" t="s">
         <v>94</v>
       </c>
-      <c r="C16"/>
-      <c r="D16" t="s">
+      <c r="F16"/>
+      <c r="G16" t="s">
         <v>95</v>
       </c>
-      <c r="E16" t="s">
-[...8 lines deleted...]
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
-[...14 lines deleted...]
-      <c r="G17"/>
+      <c r="G17" t="s">
+        <v>66</v>
+      </c>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="B18" t="s">
-[...17 lines deleted...]
-      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="E19" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="G19"/>
       <c r="H19" t="s">
-        <v>58</v>
+        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="D20"/>
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
       <c r="E20" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="F20"/>
       <c r="G20" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="H20" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E21" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="F21"/>
       <c r="G21" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>120</v>
+      </c>
+      <c r="H21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>126</v>
+      </c>
+      <c r="G22" t="s">
+        <v>127</v>
+      </c>
       <c r="H22" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>130</v>
+      </c>
       <c r="D23" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="E23" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="C24"/>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="E24" t="s">
-        <v>144</v>
-[...6 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="F24"/>
+      <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C25"/>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>139</v>
+      </c>
       <c r="E25" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="F25" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="E26"/>
       <c r="F26" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="G26" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="H26" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="E27" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="F27" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="G27"/>
-      <c r="H27"/>
+      <c r="H27" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="B28" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-      <c r="D28"/>
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>158</v>
+      </c>
       <c r="E28" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="F28" t="s">
+        <v>160</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="E29" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="F29" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-      <c r="H29"/>
+        <v>166</v>
+      </c>
+      <c r="G29" t="s">
+        <v>167</v>
+      </c>
+      <c r="H29" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="E30" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="F30" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="G30" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="H30" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="B31" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="E31" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="F31" t="s">
-        <v>187</v>
-[...6 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>181</v>
+      </c>
       <c r="D32" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>182</v>
+      </c>
+      <c r="E32" t="s">
+        <v>183</v>
+      </c>
       <c r="F32" t="s">
-        <v>192</v>
-[...4 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="G32" t="s">
+        <v>185</v>
+      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>188</v>
+      </c>
+      <c r="D33" t="s">
+        <v>189</v>
+      </c>
       <c r="E33" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="G33"/>
+        <v>190</v>
+      </c>
+      <c r="F33" t="s">
+        <v>191</v>
+      </c>
+      <c r="G33" t="s">
+        <v>192</v>
+      </c>
       <c r="H33" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34"/>
+      <c r="D34" t="s">
+        <v>195</v>
+      </c>
+      <c r="E34" t="s">
+        <v>196</v>
+      </c>
+      <c r="F34" t="s">
         <v>197</v>
       </c>
-      <c r="B34" t="s">
+      <c r="G34" t="s">
         <v>198</v>
       </c>
-      <c r="C34" t="s">
+      <c r="H34" t="s">
         <v>199</v>
-      </c>
-[...11 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B35" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="E35" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F35" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" t="s">
+        <v>207</v>
+      </c>
+      <c r="D36" t="s">
         <v>208</v>
       </c>
-      <c r="B36" t="s">
+      <c r="E36"/>
+      <c r="F36" t="s">
         <v>209</v>
       </c>
-      <c r="C36"/>
-[...8 lines deleted...]
-      </c>
       <c r="G36"/>
-      <c r="H36"/>
+      <c r="H36" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>210</v>
+      </c>
+      <c r="B37" t="s">
+        <v>211</v>
+      </c>
+      <c r="C37" t="s">
+        <v>212</v>
+      </c>
+      <c r="D37" t="s">
         <v>213</v>
       </c>
-      <c r="B37" t="s">
+      <c r="E37" t="s">
         <v>214</v>
       </c>
-      <c r="C37"/>
-[...1 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>215</v>
       </c>
-      <c r="F37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>216</v>
+      </c>
+      <c r="B38" t="s">
         <v>217</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38" t="s">
         <v>218</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
         <v>219</v>
       </c>
-      <c r="D38" t="s">
+      <c r="G38" t="s">
         <v>220</v>
       </c>
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>222</v>
+      </c>
+      <c r="B39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C39" t="s">
         <v>224</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>225</v>
       </c>
-      <c r="C39" t="s">
+      <c r="E39" t="s">
         <v>226</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>227</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39" t="s">
         <v>228</v>
       </c>
-      <c r="F39" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B40" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>232</v>
+      </c>
+      <c r="F40" t="s">
         <v>233</v>
       </c>
-      <c r="E40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>234</v>
+      </c>
+      <c r="B41" t="s">
+        <v>235</v>
+      </c>
+      <c r="C41" t="s">
         <v>236</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>237</v>
       </c>
-      <c r="C41"/>
-[...3 lines deleted...]
-      <c r="E41" t="s">
+      <c r="E41"/>
+      <c r="F41" t="s">
         <v>238</v>
       </c>
-      <c r="F41" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" t="s">
         <v>240</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42"/>
+      <c r="D42" t="s">
         <v>241</v>
       </c>
-      <c r="C42" t="s">
+      <c r="E42" t="s">
         <v>242</v>
       </c>
-      <c r="D42" t="s">
+      <c r="F42" t="s">
         <v>243</v>
       </c>
-      <c r="E42"/>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>244</v>
       </c>
-      <c r="G42"/>
       <c r="H42" t="s">
-        <v>35</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C43" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-      <c r="E43" t="s">
         <v>248</v>
       </c>
+      <c r="D43" t="s">
+        <v>249</v>
+      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G43"/>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>252</v>
       </c>
-      <c r="D44" t="s">
+      <c r="C44"/>
+      <c r="D44"/>
+      <c r="E44" t="s">
         <v>253</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>255</v>
+        <v>145</v>
       </c>
       <c r="G44"/>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>254</v>
+      </c>
+      <c r="B45" t="s">
+        <v>255</v>
+      </c>
+      <c r="C45" t="s">
         <v>256</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45"/>
+      <c r="E45" t="s">
         <v>257</v>
       </c>
-      <c r="C45" t="s">
+      <c r="F45" t="s">
         <v>258</v>
       </c>
-      <c r="D45" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G45"/>
       <c r="H45" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>259</v>
+      </c>
+      <c r="B46" t="s">
+        <v>260</v>
+      </c>
+      <c r="C46" t="s">
+        <v>261</v>
+      </c>
+      <c r="D46" t="s">
+        <v>262</v>
+      </c>
+      <c r="E46" t="s">
         <v>263</v>
       </c>
-      <c r="B46" t="s">
+      <c r="F46" t="s">
         <v>264</v>
       </c>
-      <c r="C46"/>
-[...11 lines deleted...]
-      </c>
+      <c r="G46"/>
       <c r="H46" t="s">
-        <v>269</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" t="s">
+        <v>267</v>
+      </c>
+      <c r="D47" t="s">
+        <v>268</v>
+      </c>
+      <c r="E47" t="s">
+        <v>269</v>
+      </c>
+      <c r="F47" t="s">
         <v>270</v>
       </c>
-      <c r="B47" t="s">
+      <c r="G47"/>
+      <c r="H47" t="s">
         <v>271</v>
       </c>
-      <c r="C47"/>
-[...12 lines deleted...]
-      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
+        <v>274</v>
+      </c>
+      <c r="D48" t="s">
         <v>275</v>
       </c>
-      <c r="B48" t="s">
+      <c r="E48" t="s">
         <v>276</v>
       </c>
-      <c r="C48"/>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B49" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
+        <v>280</v>
+      </c>
+      <c r="E49" t="s">
+        <v>281</v>
+      </c>
+      <c r="F49" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>285</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B50" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C50"/>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
       <c r="E50" t="s">
-        <v>289</v>
-[...9 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50"/>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B51" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="C51"/>
+        <v>287</v>
+      </c>
+      <c r="C51" t="s">
+        <v>288</v>
+      </c>
       <c r="D51" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E51" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="F51"/>
       <c r="G51" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="H51"/>
+        <v>291</v>
+      </c>
+      <c r="H51" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B52" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C52" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="D52" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="G52"/>
       <c r="H52" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="B53" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C53" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="D53" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>300</v>
+      </c>
+      <c r="E53" t="s">
+        <v>301</v>
+      </c>
       <c r="F53" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="G53"/>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B54" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="C54" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D54"/>
       <c r="E54" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="F54" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>35</v>
+        <v>308</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B55" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="C55" t="s">
-        <v>319</v>
-[...6 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="G55" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="H55" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="B56" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="C56" t="s">
-        <v>326</v>
-[...8 lines deleted...]
-      <c r="G56"/>
+        <v>316</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56"/>
+      <c r="F56" t="s">
+        <v>317</v>
+      </c>
+      <c r="G56" t="s">
+        <v>318</v>
+      </c>
       <c r="H56" t="s">
-        <v>329</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="B57" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="C57" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="D57" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="E57" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="F57" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="G57"/>
-      <c r="H57"/>
+      <c r="H57" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="B58" t="s">
-        <v>337</v>
-[...4 lines deleted...]
-      <c r="D58"/>
+        <v>327</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
+        <v>328</v>
+      </c>
       <c r="E58" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="F58" t="s">
-        <v>340</v>
+        <v>204</v>
       </c>
       <c r="G58"/>
-      <c r="H58"/>
+      <c r="H58" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="B59" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="C59"/>
+        <v>331</v>
+      </c>
+      <c r="C59" t="s">
+        <v>332</v>
+      </c>
       <c r="D59" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="E59" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="F59" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="G59" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="B60" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="C60"/>
       <c r="D60" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="E60" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="F60" t="s">
-        <v>352</v>
-[...6 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="B61" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="C61"/>
       <c r="D61" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>46</v>
+      </c>
+      <c r="E61" t="s">
+        <v>47</v>
+      </c>
       <c r="F61" t="s">
-        <v>359</v>
+        <v>48</v>
       </c>
       <c r="G61"/>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="B62" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>346</v>
+      </c>
+      <c r="E62" t="s">
+        <v>347</v>
+      </c>
       <c r="F62" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-      <c r="H62"/>
+        <v>348</v>
+      </c>
+      <c r="G62" t="s">
+        <v>349</v>
+      </c>
+      <c r="H62" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>364</v>
+        <v>350</v>
       </c>
       <c r="B63" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>367</v>
+        <v>352</v>
       </c>
       <c r="E63" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="F63" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="G63" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="H63"/>
+        <v>355</v>
+      </c>
+      <c r="H63" t="s">
+        <v>356</v>
+      </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="C64" t="s">
-        <v>373</v>
+        <v>274</v>
       </c>
       <c r="D64" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="E64" t="s">
-        <v>374</v>
+        <v>276</v>
       </c>
       <c r="F64" t="s">
-        <v>235</v>
-[...4 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="G64" t="s">
+        <v>275</v>
+      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="B65" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="C65"/>
       <c r="D65" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="E65" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="F65" t="s">
-        <v>380</v>
+        <v>363</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>269</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="B66" t="s">
-        <v>382</v>
+        <v>365</v>
       </c>
       <c r="C66" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="D66" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="E66" t="s">
-        <v>385</v>
+        <v>368</v>
       </c>
       <c r="F66" t="s">
-        <v>386</v>
+        <v>369</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="B67" t="s">
-        <v>388</v>
+        <v>371</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="E67" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="F67" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="G67"/>
       <c r="H67" t="s">
-        <v>393</v>
+        <v>55</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>394</v>
+        <v>375</v>
       </c>
       <c r="B68" t="s">
-        <v>395</v>
+        <v>376</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="E68" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="F68" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>399</v>
+        <v>147</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="B69" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="C69"/>
-      <c r="D69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D69"/>
       <c r="E69" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="F69" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="G69" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="H69" t="s">
-        <v>58</v>
+        <v>385</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>406</v>
+        <v>386</v>
       </c>
       <c r="B70" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="C70"/>
+        <v>387</v>
+      </c>
+      <c r="C70" t="s">
+        <v>388</v>
+      </c>
       <c r="D70" t="s">
-        <v>408</v>
-[...6 lines deleted...]
-      <c r="H70"/>
+        <v>389</v>
+      </c>
+      <c r="E70"/>
+      <c r="F70" t="s">
+        <v>390</v>
+      </c>
+      <c r="G70" t="s">
+        <v>391</v>
+      </c>
+      <c r="H70" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>410</v>
+        <v>392</v>
       </c>
       <c r="B71" t="s">
-        <v>411</v>
+        <v>393</v>
       </c>
       <c r="C71"/>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>394</v>
+      </c>
       <c r="E71" t="s">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="F71" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="B72" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="C72" t="s">
-        <v>373</v>
+        <v>399</v>
       </c>
       <c r="D72" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="E72" t="s">
-        <v>234</v>
+        <v>401</v>
       </c>
       <c r="F72" t="s">
-        <v>235</v>
+        <v>402</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>417</v>
+        <v>404</v>
       </c>
       <c r="B73" t="s">
-        <v>418</v>
-[...1 lines deleted...]
-      <c r="C73"/>
+        <v>405</v>
+      </c>
+      <c r="C73" t="s">
+        <v>406</v>
+      </c>
       <c r="D73" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="E73"/>
+        <v>407</v>
+      </c>
+      <c r="E73" t="s">
+        <v>408</v>
+      </c>
       <c r="F73" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="H73"/>
+        <v>409</v>
+      </c>
+      <c r="G73" t="s">
+        <v>410</v>
+      </c>
+      <c r="H73" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="B74" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="C74"/>
+        <v>412</v>
+      </c>
+      <c r="C74" t="s">
+        <v>413</v>
+      </c>
       <c r="D74" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="E74" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="F74" t="s">
-        <v>425</v>
-[...4 lines deleted...]
-      <c r="H74"/>
+        <v>416</v>
+      </c>
+      <c r="G74"/>
+      <c r="H74" t="s">
+        <v>417</v>
+      </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="B75" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="C75" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="D75"/>
       <c r="E75" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="F75" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="G75"/>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="B76" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="C76" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="D76" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>426</v>
+      </c>
+      <c r="E76" t="s">
+        <v>427</v>
+      </c>
       <c r="F76" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>439</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="B77" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="C77"/>
       <c r="D77" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="E77" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="F77" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="G77" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="H77" t="s">
-        <v>439</v>
+        <v>55</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="B78" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="E78" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="F78" t="s">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>58</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="B79" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="E79" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="F79" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="G79"/>
+        <v>445</v>
+      </c>
+      <c r="G79" t="s">
+        <v>446</v>
+      </c>
       <c r="H79" t="s">
-        <v>457</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="B80" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="C80" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="D80" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="E80" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="F80" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="G80"/>
-      <c r="H80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="B81" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>454</v>
+      </c>
+      <c r="C81" t="s">
+        <v>455</v>
+      </c>
       <c r="D81" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="E81" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="F81" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="G81"/>
+        <v>458</v>
+      </c>
+      <c r="G81" t="s">
+        <v>459</v>
+      </c>
       <c r="H81" t="s">
-        <v>469</v>
+        <v>55</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="B82" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="C82"/>
       <c r="D82" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="E82" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="F82" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="G82"/>
+        <v>464</v>
+      </c>
+      <c r="G82" t="s">
+        <v>465</v>
+      </c>
       <c r="H82" t="s">
-        <v>393</v>
+        <v>466</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="B83" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-      <c r="D83"/>
+        <v>468</v>
+      </c>
+      <c r="C83" t="s">
+        <v>469</v>
+      </c>
+      <c r="D83" t="s">
+        <v>470</v>
+      </c>
       <c r="E83" t="s">
-        <v>478</v>
-[...3 lines deleted...]
-      <c r="H83"/>
+        <v>471</v>
+      </c>
+      <c r="F83" t="s">
+        <v>472</v>
+      </c>
+      <c r="G83" t="s">
+        <v>473</v>
+      </c>
+      <c r="H83" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B84" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="E84" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="F84" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="G84"/>
-      <c r="H84"/>
+      <c r="H84" t="s">
+        <v>479</v>
+      </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>480</v>
+      </c>
+      <c r="B85" t="s">
+        <v>481</v>
+      </c>
+      <c r="C85" t="s">
+        <v>482</v>
+      </c>
+      <c r="D85" t="s">
+        <v>483</v>
+      </c>
+      <c r="E85" t="s">
         <v>484</v>
       </c>
-      <c r="B85" t="s">
+      <c r="F85" t="s">
         <v>485</v>
       </c>
-      <c r="C85" t="s">
+      <c r="G85" t="s">
         <v>486</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="H85" t="s">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>487</v>
+      </c>
+      <c r="B86" t="s">
+        <v>488</v>
+      </c>
+      <c r="C86"/>
+      <c r="D86" t="s">
+        <v>489</v>
+      </c>
+      <c r="E86" t="s">
+        <v>490</v>
+      </c>
+      <c r="F86" t="s">
         <v>491</v>
       </c>
-      <c r="B86" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G86"/>
-      <c r="H86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>492</v>
+      </c>
+      <c r="B87" t="s">
+        <v>493</v>
+      </c>
+      <c r="C87" t="s">
+        <v>494</v>
+      </c>
+      <c r="D87" t="s">
+        <v>495</v>
+      </c>
+      <c r="E87" t="s">
+        <v>496</v>
+      </c>
+      <c r="F87" t="s">
         <v>497</v>
-      </c>
-[...11 lines deleted...]
-        <v>499</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>498</v>
+      </c>
+      <c r="B88" t="s">
+        <v>499</v>
+      </c>
+      <c r="C88" t="s">
         <v>500</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" t="s">
         <v>501</v>
       </c>
-      <c r="C88"/>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>502</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>503</v>
       </c>
-      <c r="F88" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G88"/>
       <c r="H88" t="s">
-        <v>506</v>
+        <v>55</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>504</v>
+      </c>
+      <c r="B89" t="s">
+        <v>505</v>
+      </c>
+      <c r="C89"/>
+      <c r="D89" t="s">
+        <v>506</v>
+      </c>
+      <c r="E89" t="s">
         <v>507</v>
       </c>
-      <c r="B89" t="s">
+      <c r="F89" t="s">
         <v>508</v>
       </c>
-      <c r="C89" t="s">
+      <c r="G89" t="s">
         <v>509</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>510</v>
+      </c>
+      <c r="B90" t="s">
+        <v>511</v>
+      </c>
+      <c r="C90"/>
+      <c r="D90" t="s">
+        <v>512</v>
+      </c>
+      <c r="E90" t="s">
         <v>513</v>
       </c>
-      <c r="B90" t="s">
+      <c r="F90" t="s">
         <v>514</v>
       </c>
-      <c r="C90" t="s">
+      <c r="G90" t="s">
         <v>515</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90"/>
       <c r="H90" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>516</v>
+      </c>
+      <c r="B91" t="s">
+        <v>517</v>
+      </c>
+      <c r="C91"/>
+      <c r="D91" t="s">
+        <v>518</v>
+      </c>
+      <c r="E91" t="s">
         <v>519</v>
       </c>
-      <c r="B91" t="s">
+      <c r="F91" t="s">
         <v>520</v>
       </c>
-      <c r="C91" t="s">
+      <c r="G91" t="s">
         <v>521</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91"/>
       <c r="H91" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>522</v>
+      </c>
+      <c r="B92" t="s">
+        <v>523</v>
+      </c>
+      <c r="C92" t="s">
+        <v>524</v>
+      </c>
+      <c r="D92" t="s">
         <v>525</v>
       </c>
-      <c r="B92" t="s">
+      <c r="E92" t="s">
         <v>526</v>
       </c>
-      <c r="C92"/>
-[...3 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G92"/>
       <c r="H92" t="s">
-        <v>530</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B93" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E93" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="F93"/>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="B94" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="C94" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="D94"/>
       <c r="E94" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="F94" t="s">
-        <v>541</v>
-[...6 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="G94"/>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="B95" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="C95"/>
-      <c r="D95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D95"/>
       <c r="E95" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="F95" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-      <c r="H95"/>
+        <v>539</v>
+      </c>
+      <c r="G95" t="s">
+        <v>540</v>
+      </c>
+      <c r="H95" t="s">
+        <v>541</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>542</v>
+      </c>
+      <c r="B96" t="s">
+        <v>543</v>
+      </c>
+      <c r="C96"/>
+      <c r="D96" t="s">
+        <v>544</v>
+      </c>
+      <c r="E96" t="s">
+        <v>545</v>
+      </c>
+      <c r="F96" t="s">
+        <v>546</v>
+      </c>
+      <c r="G96" t="s">
+        <v>547</v>
+      </c>
+      <c r="H96" t="s">
         <v>548</v>
       </c>
-      <c r="B96" t="s">
-[...9 lines deleted...]
-      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>549</v>
+      </c>
+      <c r="B97" t="s">
+        <v>550</v>
+      </c>
+      <c r="C97"/>
+      <c r="D97"/>
+      <c r="E97" t="s">
         <v>551</v>
       </c>
-      <c r="B97" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F97"/>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="B98" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="C98"/>
+        <v>553</v>
+      </c>
+      <c r="C98" t="s">
+        <v>554</v>
+      </c>
       <c r="D98" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="E98" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="F98"/>
-      <c r="G98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G98"/>
       <c r="H98" t="s">
-        <v>58</v>
+        <v>356</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="B99" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="C99" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="D99" t="s">
-        <v>565</v>
-[...4 lines deleted...]
-      <c r="F99"/>
+        <v>560</v>
+      </c>
+      <c r="E99"/>
+      <c r="F99" t="s">
+        <v>561</v>
+      </c>
       <c r="G99"/>
-      <c r="H99"/>
+      <c r="H99" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="B100" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="E100" t="s">
-        <v>570</v>
-[...4 lines deleted...]
-      <c r="G100"/>
+        <v>565</v>
+      </c>
+      <c r="F100"/>
+      <c r="G100" t="s">
+        <v>566</v>
+      </c>
       <c r="H100" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>567</v>
+      </c>
+      <c r="B101" t="s">
+        <v>568</v>
+      </c>
+      <c r="C101" t="s">
+        <v>569</v>
+      </c>
+      <c r="D101" t="s">
+        <v>570</v>
+      </c>
+      <c r="E101" t="s">
+        <v>571</v>
+      </c>
+      <c r="F101" t="s">
         <v>572</v>
       </c>
-      <c r="B101" t="s">
-[...7 lines deleted...]
-      <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>573</v>
+      </c>
+      <c r="B102" t="s">
+        <v>574</v>
+      </c>
+      <c r="C102" t="s">
         <v>575</v>
       </c>
-      <c r="B102" t="s">
+      <c r="D102" t="s">
         <v>576</v>
       </c>
-      <c r="C102"/>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>577</v>
       </c>
-      <c r="E102"/>
-      <c r="F102"/>
+      <c r="F102" t="s">
+        <v>578</v>
+      </c>
       <c r="G102"/>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B103" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C103" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D103" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E103" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F103" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="G103"/>
+        <v>584</v>
+      </c>
+      <c r="G103" t="s">
+        <v>585</v>
+      </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B104" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E104" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="F104" t="s">
         <v>589</v>
       </c>
-      <c r="G104" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F104"/>
+      <c r="G104"/>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>590</v>
+      </c>
+      <c r="B105" t="s">
+        <v>591</v>
+      </c>
+      <c r="C105"/>
+      <c r="D105"/>
+      <c r="E105" t="s">
         <v>592</v>
       </c>
-      <c r="B105" t="s">
+      <c r="F105" t="s">
         <v>593</v>
       </c>
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>594</v>
       </c>
-      <c r="D105" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H105" t="s">
-        <v>599</v>
+        <v>55</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>595</v>
+      </c>
+      <c r="B106" t="s">
+        <v>596</v>
+      </c>
+      <c r="C106"/>
+      <c r="D106" t="s">
+        <v>597</v>
+      </c>
+      <c r="E106" t="s">
+        <v>598</v>
+      </c>
+      <c r="F106" t="s">
+        <v>599</v>
+      </c>
+      <c r="G106" t="s">
         <v>600</v>
       </c>
-      <c r="B106" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="H106" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B107" t="s">
-        <v>372</v>
+        <v>602</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>233</v>
+        <v>603</v>
       </c>
       <c r="E107" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="F107"/>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B108" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
+        <v>607</v>
+      </c>
+      <c r="E108" t="s">
+        <v>608</v>
+      </c>
+      <c r="F108" t="s">
         <v>609</v>
       </c>
-      <c r="E108" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G108"/>
+      <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
+        <v>612</v>
+      </c>
+      <c r="E109" t="s">
+        <v>613</v>
+      </c>
+      <c r="F109" t="s">
+        <v>614</v>
+      </c>
+      <c r="G109"/>
+      <c r="H109" t="s">
         <v>615</v>
-      </c>
-[...10 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>616</v>
+      </c>
+      <c r="B110" t="s">
+        <v>617</v>
+      </c>
+      <c r="C110" t="s">
+        <v>618</v>
+      </c>
+      <c r="D110" t="s">
+        <v>619</v>
+      </c>
+      <c r="E110" t="s">
         <v>620</v>
       </c>
-      <c r="B110" t="s">
+      <c r="F110" t="s">
         <v>621</v>
-      </c>
-[...8 lines deleted...]
-        <v>624</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B111" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
+        <v>625</v>
+      </c>
+      <c r="E111" t="s">
+        <v>626</v>
+      </c>
+      <c r="F111"/>
+      <c r="G111" t="s">
+        <v>627</v>
+      </c>
+      <c r="H111" t="s">
         <v>628</v>
-      </c>
-[...8 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
       <c r="B112" t="s">
+        <v>630</v>
+      </c>
+      <c r="C112"/>
+      <c r="D112"/>
+      <c r="E112" t="s">
         <v>631</v>
       </c>
-      <c r="C112" t="s">
-[...2 lines deleted...]
-      <c r="D112" t="s">
+      <c r="F112"/>
+      <c r="G112" t="s">
         <v>632</v>
       </c>
-      <c r="E112" t="s">
-[...5 lines deleted...]
-      <c r="G112"/>
       <c r="H112" t="s">
-        <v>634</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>633</v>
+      </c>
+      <c r="B113" t="s">
+        <v>634</v>
+      </c>
+      <c r="C113" t="s">
         <v>635</v>
       </c>
-      <c r="B113" t="s">
+      <c r="D113" t="s">
         <v>636</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>637</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>638</v>
       </c>
-      <c r="E113"/>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
         <v>639</v>
       </c>
-      <c r="G113"/>
       <c r="H113" t="s">
-        <v>35</v>
+        <v>628</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>640</v>
       </c>
       <c r="B114" t="s">
         <v>641</v>
       </c>
       <c r="C114" t="s">
         <v>642</v>
       </c>
-      <c r="D114"/>
+      <c r="D114" t="s">
+        <v>643</v>
+      </c>
       <c r="E114" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F114" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>645</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>646</v>
       </c>
       <c r="B115" t="s">
         <v>647</v>
       </c>
       <c r="C115" t="s">
         <v>648</v>
       </c>
-      <c r="D115" t="s">
+      <c r="D115"/>
+      <c r="E115" t="s">
         <v>649</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>652</v>
+        <v>55</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>651</v>
+      </c>
+      <c r="B116" t="s">
+        <v>652</v>
+      </c>
+      <c r="C116" t="s">
+        <v>533</v>
+      </c>
+      <c r="D116" t="s">
         <v>653</v>
       </c>
-      <c r="B116" t="s">
+      <c r="E116" t="s">
         <v>654</v>
       </c>
-      <c r="C116"/>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
         <v>655</v>
-      </c>
-[...4 lines deleted...]
-        <v>657</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>439</v>
+        <v>55</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>656</v>
+      </c>
+      <c r="B117" t="s">
+        <v>657</v>
+      </c>
+      <c r="C117" t="s">
         <v>658</v>
       </c>
-      <c r="B117" t="s">
+      <c r="D117" t="s">
         <v>659</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" t="s">
         <v>660</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117" t="s">
         <v>661</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" t="s">
         <v>662</v>
       </c>
-      <c r="F117" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>663</v>
+      </c>
+      <c r="B118" t="s">
         <v>664</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>665</v>
       </c>
-      <c r="C118"/>
       <c r="D118"/>
       <c r="E118" t="s">
         <v>666</v>
       </c>
       <c r="F118" t="s">
         <v>667</v>
       </c>
-      <c r="G118" t="s">
+      <c r="G118"/>
+      <c r="H118" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>669</v>
+      </c>
+      <c r="B119" t="s">
         <v>670</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
         <v>671</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>672</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>673</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
         <v>674</v>
       </c>
-      <c r="F119" t="s">
+      <c r="G119" t="s">
         <v>675</v>
       </c>
-      <c r="G119"/>
-      <c r="H119"/>
+      <c r="H119" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>676</v>
       </c>
       <c r="B120" t="s">
         <v>677</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>678</v>
       </c>
       <c r="E120" t="s">
         <v>679</v>
       </c>
       <c r="F120" t="s">
         <v>680</v>
       </c>
       <c r="G120" t="s">
         <v>681</v>
       </c>
       <c r="H120" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>682</v>
       </c>
       <c r="B121" t="s">
         <v>683</v>
       </c>
-      <c r="C121"/>
+      <c r="C121" t="s">
+        <v>684</v>
+      </c>
       <c r="D121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="E121" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F121" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="G121"/>
+        <v>687</v>
+      </c>
+      <c r="G121" t="s">
+        <v>688</v>
+      </c>
       <c r="H121" t="s">
-        <v>669</v>
+        <v>689</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B122" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="C122"/>
+        <v>691</v>
+      </c>
+      <c r="C122" t="s">
+        <v>692</v>
+      </c>
       <c r="D122" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="E122" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="F122" t="s">
-        <v>691</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="G122"/>
       <c r="H122" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B123" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="G123"/>
-      <c r="H123"/>
+      <c r="H123" t="s">
+        <v>700</v>
+      </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B124" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>699</v>
+        <v>653</v>
       </c>
       <c r="E124" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="F124"/>
+        <v>703</v>
+      </c>
+      <c r="F124" t="s">
+        <v>655</v>
+      </c>
       <c r="G124"/>
-      <c r="H124"/>
+      <c r="H124" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B125" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="C125"/>
       <c r="D125" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="E125" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="F125" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>269</v>
+        <v>325</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B126" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C126" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D126" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E126" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F126" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="G126"/>
+        <v>714</v>
+      </c>
+      <c r="G126" t="s">
+        <v>715</v>
+      </c>
       <c r="H126" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B127" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>717</v>
+      </c>
+      <c r="C127" t="s">
+        <v>718</v>
+      </c>
       <c r="D127" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="E127" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="F127" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="G127"/>
       <c r="H127" t="s">
-        <v>719</v>
+        <v>55</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B128" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="C128"/>
       <c r="D128" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="E128" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F128" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G128" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B129" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="C129" t="s">
         <v>729</v>
       </c>
-      <c r="D129"/>
+      <c r="C129"/>
+      <c r="D129" t="s">
+        <v>730</v>
+      </c>
       <c r="E129" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F129" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-      <c r="H129" t="s">
         <v>732</v>
       </c>
+      <c r="G129" t="s">
+        <v>733</v>
+      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B130" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C130"/>
+        <v>735</v>
+      </c>
+      <c r="C130" t="s">
+        <v>736</v>
+      </c>
       <c r="D130" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="E130" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="F130"/>
+        <v>738</v>
+      </c>
+      <c r="F130" t="s">
+        <v>739</v>
+      </c>
       <c r="G130" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="B131" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="C131" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="D131" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="E131"/>
-      <c r="F131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F131"/>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B132" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C132" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D132" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="E132" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="F132" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="G132"/>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B133" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="C133"/>
       <c r="D133" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="E133" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="F133" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="G133"/>
       <c r="H133" t="s">
-        <v>35</v>
+        <v>756</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B134" t="s">
-        <v>756</v>
-[...1 lines deleted...]
-      <c r="C134"/>
+        <v>758</v>
+      </c>
+      <c r="C134" t="s">
+        <v>759</v>
+      </c>
       <c r="D134" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="E134" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="F134" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B135" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-      <c r="D135"/>
+        <v>764</v>
+      </c>
+      <c r="C135" t="s">
+        <v>765</v>
+      </c>
+      <c r="D135" t="s">
+        <v>766</v>
+      </c>
       <c r="E135" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="F135"/>
+        <v>767</v>
+      </c>
+      <c r="F135" t="s">
+        <v>768</v>
+      </c>
       <c r="G135"/>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B136" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C136"/>
-      <c r="D136"/>
+      <c r="D136" t="s">
+        <v>771</v>
+      </c>
       <c r="E136" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="F136" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>768</v>
+        <v>55</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B137" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>775</v>
+      </c>
+      <c r="C137"/>
       <c r="D137" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="E137" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="F137"/>
+        <v>777</v>
+      </c>
+      <c r="F137" t="s">
+        <v>48</v>
+      </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>774</v>
+        <v>356</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B138" t="s">
-        <v>776</v>
-[...6 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="C138"/>
+      <c r="D138"/>
       <c r="E138" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="F138" t="s">
         <v>780</v>
       </c>
+      <c r="F138"/>
       <c r="G138" t="s">
-        <v>353</v>
+        <v>781</v>
       </c>
       <c r="H138" t="s">
-        <v>354</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B139" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-      <c r="F139" t="s">
         <v>784</v>
       </c>
+      <c r="E139" t="s">
+        <v>785</v>
+      </c>
+      <c r="F139"/>
       <c r="G139" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="H139" t="s">
         <v>786</v>
       </c>
+      <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>787</v>
       </c>
       <c r="B140" t="s">
         <v>788</v>
       </c>
-      <c r="C140" t="s">
+      <c r="C140"/>
+      <c r="D140" t="s">
         <v>789</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>790</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>791</v>
       </c>
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>792</v>
       </c>
-      <c r="G140"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>793</v>
       </c>
       <c r="B141" t="s">
         <v>794</v>
       </c>
-      <c r="C141" t="s">
+      <c r="C141"/>
+      <c r="D141"/>
+      <c r="E141" t="s">
         <v>795</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>796</v>
       </c>
-      <c r="E141" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="G141"/>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="B142" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="E142"/>
       <c r="F142" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="G142"/>
-      <c r="H142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="B143" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="E143" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="F143" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="G143"/>
       <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="B144" t="s">
-        <v>811</v>
-[...5 lines deleted...]
-      <c r="E144"/>
+        <v>293</v>
+      </c>
+      <c r="C144"/>
+      <c r="D144" t="s">
+        <v>807</v>
+      </c>
+      <c r="E144" t="s">
+        <v>808</v>
+      </c>
       <c r="F144" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="G144"/>
       <c r="H144" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="B145" t="s">
-        <v>816</v>
-[...4 lines deleted...]
-      <c r="D145"/>
+        <v>811</v>
+      </c>
+      <c r="C145"/>
+      <c r="D145" t="s">
+        <v>812</v>
+      </c>
       <c r="E145" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F145" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="B146" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="C146"/>
+        <v>816</v>
+      </c>
+      <c r="C146" t="s">
+        <v>817</v>
+      </c>
       <c r="D146" t="s">
-        <v>822</v>
-[...9 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="E146"/>
+      <c r="F146"/>
+      <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>819</v>
+      </c>
+      <c r="B147" t="s">
+        <v>820</v>
+      </c>
+      <c r="C147" t="s">
+        <v>821</v>
+      </c>
+      <c r="D147" t="s">
+        <v>822</v>
+      </c>
+      <c r="E147" t="s">
+        <v>823</v>
+      </c>
+      <c r="F147" t="s">
+        <v>824</v>
+      </c>
+      <c r="G147" t="s">
+        <v>825</v>
+      </c>
+      <c r="H147" t="s">
         <v>826</v>
-      </c>
-[...17 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="B148" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="C148"/>
-      <c r="D148"/>
+      <c r="D148" t="s">
+        <v>829</v>
+      </c>
       <c r="E148" t="s">
-        <v>834</v>
-[...4 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="F148" t="s">
+        <v>831</v>
+      </c>
+      <c r="G148"/>
       <c r="H148" t="s">
-        <v>58</v>
+        <v>541</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>832</v>
+      </c>
+      <c r="B149" t="s">
+        <v>833</v>
+      </c>
+      <c r="C149" t="s">
+        <v>834</v>
+      </c>
+      <c r="D149" t="s">
+        <v>835</v>
+      </c>
+      <c r="E149" t="s">
         <v>836</v>
       </c>
-      <c r="B149" t="s">
+      <c r="F149" t="s">
         <v>837</v>
       </c>
-      <c r="C149" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G149"/>
+      <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="B150" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="E150" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="F150" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="G150"/>
+        <v>842</v>
+      </c>
+      <c r="G150" t="s">
+        <v>843</v>
+      </c>
       <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="B151" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="E151"/>
+        <v>372</v>
+      </c>
+      <c r="E151" t="s">
+        <v>373</v>
+      </c>
       <c r="F151" t="s">
-        <v>851</v>
-[...4 lines deleted...]
-      </c>
+        <v>846</v>
+      </c>
+      <c r="G151" t="s">
+        <v>372</v>
+      </c>
+      <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>847</v>
+      </c>
+      <c r="B152" t="s">
+        <v>848</v>
+      </c>
+      <c r="C152" t="s">
+        <v>849</v>
+      </c>
+      <c r="D152" t="s">
+        <v>850</v>
+      </c>
+      <c r="E152" t="s">
+        <v>851</v>
+      </c>
+      <c r="F152" t="s">
         <v>852</v>
       </c>
-      <c r="B152" t="s">
-[...9 lines deleted...]
-      <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>853</v>
+      </c>
+      <c r="B153" t="s">
+        <v>854</v>
+      </c>
+      <c r="C153" t="s">
+        <v>855</v>
+      </c>
+      <c r="D153" t="s">
         <v>856</v>
       </c>
-      <c r="B153" t="s">
+      <c r="E153"/>
+      <c r="F153" t="s">
         <v>857</v>
       </c>
-      <c r="C153" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G153"/>
-      <c r="H153"/>
+      <c r="H153" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>858</v>
+      </c>
+      <c r="B154" t="s">
+        <v>859</v>
+      </c>
+      <c r="C154" t="s">
+        <v>860</v>
+      </c>
+      <c r="D154"/>
+      <c r="E154" t="s">
+        <v>861</v>
+      </c>
+      <c r="F154" t="s">
         <v>862</v>
       </c>
-      <c r="B154" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G154"/>
-      <c r="H154"/>
+      <c r="H154" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B155" t="s">
-        <v>868</v>
-[...4 lines deleted...]
-      <c r="D155"/>
+        <v>864</v>
+      </c>
+      <c r="C155"/>
+      <c r="D155" t="s">
+        <v>865</v>
+      </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="G155"/>
       <c r="H155" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="B156" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="E156" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="F156" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="G156" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="H156" t="s">
-        <v>269</v>
+        <v>55</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="B157" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="C157" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="D157" t="s">
-        <v>881</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="E157"/>
       <c r="F157" t="s">
-        <v>883</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="G157"/>
       <c r="H157" t="s">
-        <v>439</v>
+        <v>877</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="B158" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="C158"/>
+        <v>879</v>
+      </c>
+      <c r="C158" t="s">
+        <v>880</v>
+      </c>
       <c r="D158" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="E158"/>
+        <v>881</v>
+      </c>
+      <c r="E158" t="s">
+        <v>882</v>
+      </c>
       <c r="F158" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="G158"/>
+        <v>883</v>
+      </c>
+      <c r="G158" t="s">
+        <v>884</v>
+      </c>
       <c r="H158" t="s">
-        <v>889</v>
+        <v>35</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>885</v>
+      </c>
+      <c r="B159" t="s">
+        <v>886</v>
+      </c>
+      <c r="C159"/>
+      <c r="D159" t="s">
+        <v>887</v>
+      </c>
+      <c r="E159" t="s">
+        <v>888</v>
+      </c>
+      <c r="F159" t="s">
+        <v>889</v>
+      </c>
+      <c r="G159" t="s">
         <v>890</v>
-      </c>
-[...16 lines deleted...]
-        <v>896</v>
       </c>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>897</v>
+        <v>891</v>
       </c>
       <c r="B160" t="s">
-        <v>898</v>
+        <v>892</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="E160" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="F160" t="s">
-        <v>901</v>
+        <v>895</v>
       </c>
       <c r="G160" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="B161" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="C161" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="D161" t="s">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="E161" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="F161" t="s">
-        <v>909</v>
+        <v>902</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="B162" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="E162" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="F162" t="s">
-        <v>914</v>
-[...4 lines deleted...]
-      </c>
+        <v>907</v>
+      </c>
+      <c r="G162" t="s">
+        <v>908</v>
+      </c>
+      <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="B163" t="s">
-        <v>916</v>
-[...3 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="C163"/>
       <c r="D163" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-      <c r="F163"/>
+        <v>911</v>
+      </c>
+      <c r="E163" t="s">
+        <v>912</v>
+      </c>
+      <c r="F163" t="s">
+        <v>913</v>
+      </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>914</v>
+      </c>
+      <c r="B164" t="s">
+        <v>915</v>
+      </c>
+      <c r="C164" t="s">
+        <v>916</v>
+      </c>
+      <c r="D164" t="s">
+        <v>917</v>
+      </c>
+      <c r="E164" t="s">
+        <v>918</v>
+      </c>
+      <c r="F164" t="s">
         <v>919</v>
       </c>
-      <c r="B164" t="s">
-[...12 lines deleted...]
-      <c r="G164"/>
+      <c r="G164" t="s">
+        <v>688</v>
+      </c>
       <c r="H164" t="s">
-        <v>182</v>
+        <v>689</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>920</v>
+      </c>
+      <c r="B165" t="s">
+        <v>921</v>
+      </c>
+      <c r="C165" t="s">
+        <v>922</v>
+      </c>
+      <c r="D165" t="s">
         <v>923</v>
       </c>
-      <c r="B165" t="s">
+      <c r="E165"/>
+      <c r="F165" t="s">
         <v>924</v>
       </c>
-      <c r="C165" t="s">
+      <c r="G165" t="s">
         <v>925</v>
       </c>
-      <c r="D165" t="s">
-[...11 lines deleted...]
-      <c r="H165"/>
+      <c r="H165" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>926</v>
+      </c>
+      <c r="B166" t="s">
+        <v>927</v>
+      </c>
+      <c r="C166"/>
+      <c r="D166" t="s">
+        <v>928</v>
+      </c>
+      <c r="E166" t="s">
+        <v>929</v>
+      </c>
+      <c r="F166" t="s">
         <v>930</v>
-      </c>
-[...11 lines deleted...]
-        <v>934</v>
       </c>
       <c r="G166"/>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>931</v>
+      </c>
+      <c r="B167" t="s">
+        <v>932</v>
+      </c>
+      <c r="C167" t="s">
+        <v>933</v>
+      </c>
+      <c r="D167" t="s">
+        <v>934</v>
+      </c>
+      <c r="E167" t="s">
         <v>935</v>
       </c>
-      <c r="B167" t="s">
+      <c r="F167" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>940</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>941</v>
+        <v>356</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>937</v>
+      </c>
+      <c r="B168" t="s">
+        <v>938</v>
+      </c>
+      <c r="C168"/>
+      <c r="D168" t="s">
+        <v>939</v>
+      </c>
+      <c r="E168" t="s">
+        <v>940</v>
+      </c>
+      <c r="F168" t="s">
+        <v>941</v>
+      </c>
+      <c r="G168" t="s">
         <v>942</v>
       </c>
-      <c r="B168" t="s">
-[...14 lines deleted...]
-      <c r="G168"/>
       <c r="H168" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="B169" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="C169" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="D169"/>
       <c r="E169" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="B170" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="C170" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
       <c r="D170" t="s">
-        <v>956</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="E170"/>
       <c r="F170" t="s">
-        <v>958</v>
+        <v>951</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>959</v>
+        <v>55</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B171" t="s">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="C171"/>
       <c r="D171" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="E171" t="s">
-        <v>964</v>
+        <v>955</v>
       </c>
       <c r="F171" t="s">
-        <v>965</v>
+        <v>956</v>
       </c>
       <c r="G171" t="s">
-        <v>966</v>
+        <v>957</v>
       </c>
       <c r="H171" t="s">
-        <v>556</v>
+        <v>55</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="B172" t="s">
-        <v>968</v>
+        <v>959</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="E172" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="F172" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
       <c r="B173" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="E173" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
       <c r="F173" t="s">
-        <v>976</v>
-[...6 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="G173"/>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="B174" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>969</v>
+      </c>
+      <c r="C174"/>
       <c r="D174" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="E174" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="F174" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="G174"/>
-      <c r="H174" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="B175" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="C175"/>
-      <c r="D175" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D175"/>
+      <c r="E175"/>
       <c r="F175" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
       <c r="G175"/>
-      <c r="H175"/>
+      <c r="H175" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="B176" t="s">
-        <v>990</v>
-[...3 lines deleted...]
-      </c>
+        <v>977</v>
+      </c>
+      <c r="C176"/>
       <c r="D176" t="s">
-        <v>992</v>
-[...1 lines deleted...]
-      <c r="E176"/>
+        <v>712</v>
+      </c>
+      <c r="E176" t="s">
+        <v>978</v>
+      </c>
       <c r="F176" t="s">
-        <v>993</v>
+        <v>979</v>
       </c>
       <c r="G176" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-      </c>
+        <v>980</v>
+      </c>
+      <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="B177" t="s">
-        <v>996</v>
+        <v>982</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="E177" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="F177" t="s">
-        <v>999</v>
+        <v>985</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>786</v>
+        <v>271</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>1000</v>
+        <v>986</v>
       </c>
       <c r="B178" t="s">
-        <v>1001</v>
+        <v>987</v>
       </c>
       <c r="C178" t="s">
-        <v>1002</v>
+        <v>988</v>
       </c>
       <c r="D178" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="E178" t="s">
-        <v>1004</v>
-[...6 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="F178"/>
+      <c r="G178"/>
       <c r="H178" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>1007</v>
+        <v>991</v>
       </c>
       <c r="B179" t="s">
-        <v>1008</v>
+        <v>992</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
-        <v>1009</v>
+        <v>993</v>
       </c>
       <c r="E179" t="s">
-        <v>1010</v>
+        <v>994</v>
       </c>
       <c r="F179" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="G179"/>
+        <v>995</v>
+      </c>
+      <c r="G179" t="s">
+        <v>996</v>
+      </c>
       <c r="H179" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>1012</v>
+        <v>997</v>
       </c>
       <c r="B180" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
-        <v>1014</v>
-[...6 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="E180"/>
+      <c r="F180"/>
       <c r="G180"/>
-      <c r="H180" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>1016</v>
+        <v>1000</v>
       </c>
       <c r="B181" t="s">
-        <v>1017</v>
+        <v>1001</v>
       </c>
       <c r="C181" t="s">
-        <v>1018</v>
+        <v>1002</v>
       </c>
       <c r="D181" t="s">
-        <v>1019</v>
+        <v>1003</v>
       </c>
       <c r="E181" t="s">
-        <v>1020</v>
+        <v>1004</v>
       </c>
       <c r="F181" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="G181"/>
-      <c r="H181"/>
+      <c r="H181" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>1022</v>
+        <v>1006</v>
       </c>
       <c r="B182" t="s">
-        <v>435</v>
+        <v>652</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
-        <v>1023</v>
+        <v>653</v>
       </c>
       <c r="E182" t="s">
-        <v>1024</v>
+        <v>654</v>
       </c>
       <c r="F182" t="s">
-        <v>1025</v>
+        <v>655</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>1026</v>
+        <v>1007</v>
       </c>
       <c r="B183" t="s">
-        <v>1027</v>
+        <v>1008</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1009</v>
+      </c>
+      <c r="E183"/>
       <c r="F183" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="B184" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="E184" t="s">
-        <v>1034</v>
-[...3 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>269</v>
+        <v>55</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>1036</v>
+        <v>1015</v>
       </c>
       <c r="B185" t="s">
-        <v>1037</v>
-[...3 lines deleted...]
-      </c>
+        <v>1016</v>
+      </c>
+      <c r="C185"/>
       <c r="D185" t="s">
-        <v>1039</v>
+        <v>195</v>
       </c>
       <c r="E185" t="s">
-        <v>1040</v>
+        <v>1017</v>
       </c>
       <c r="F185" t="s">
-        <v>1041</v>
+        <v>1018</v>
       </c>
       <c r="G185" t="s">
-        <v>1042</v>
-[...1 lines deleted...]
-      <c r="H185"/>
+        <v>198</v>
+      </c>
+      <c r="H185" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>1043</v>
+        <v>1019</v>
       </c>
       <c r="B186" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="C186"/>
+        <v>1020</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1021</v>
+      </c>
       <c r="D186" t="s">
-        <v>1045</v>
+        <v>1022</v>
       </c>
       <c r="E186" t="s">
-        <v>1046</v>
+        <v>1023</v>
       </c>
       <c r="F186" t="s">
-        <v>1047</v>
+        <v>1024</v>
       </c>
       <c r="G186"/>
-      <c r="H186"/>
+      <c r="H186" t="s">
+        <v>1025</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>1048</v>
+        <v>1026</v>
       </c>
       <c r="B187" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-      <c r="D187"/>
+        <v>1027</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1028</v>
+      </c>
       <c r="E187" t="s">
-        <v>1050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1029</v>
+      </c>
+      <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>1051</v>
+        <v>1030</v>
       </c>
       <c r="B188" t="s">
-        <v>1052</v>
+        <v>1031</v>
       </c>
       <c r="C188" t="s">
-        <v>1053</v>
+        <v>1032</v>
       </c>
       <c r="D188" t="s">
-        <v>1054</v>
+        <v>1033</v>
       </c>
       <c r="E188" t="s">
-        <v>1055</v>
+        <v>1034</v>
       </c>
       <c r="F188" t="s">
-        <v>1056</v>
-[...6 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="G188"/>
+      <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>1058</v>
+        <v>1036</v>
       </c>
       <c r="B189" t="s">
-        <v>1059</v>
-[...1 lines deleted...]
-      <c r="C189"/>
+        <v>1037</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1038</v>
+      </c>
       <c r="D189" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="E189" t="s">
-        <v>1061</v>
+        <v>1040</v>
       </c>
       <c r="F189" t="s">
-        <v>1062</v>
+        <v>1041</v>
       </c>
       <c r="G189" t="s">
-        <v>1063</v>
-[...1 lines deleted...]
-      <c r="H189"/>
+        <v>1042</v>
+      </c>
+      <c r="H189" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="B190" t="s">
-        <v>1065</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="C190"/>
       <c r="D190" t="s">
-        <v>1067</v>
+        <v>1045</v>
       </c>
       <c r="E190" t="s">
-        <v>1068</v>
+        <v>1046</v>
       </c>
       <c r="F190" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-      <c r="H190"/>
+        <v>1047</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H190" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>1070</v>
+        <v>1049</v>
       </c>
       <c r="B191" t="s">
-        <v>1071</v>
+        <v>1050</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
-        <v>1072</v>
-[...3 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="E191"/>
       <c r="F191" t="s">
-        <v>1074</v>
-[...6 lines deleted...]
-      </c>
+        <v>1052</v>
+      </c>
+      <c r="G191"/>
+      <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
       <c r="B192" t="s">
-        <v>1078</v>
+        <v>1054</v>
       </c>
       <c r="C192" t="s">
-        <v>1079</v>
+        <v>1055</v>
       </c>
       <c r="D192" t="s">
-        <v>1080</v>
+        <v>1056</v>
       </c>
       <c r="E192" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
       <c r="F192" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="G192"/>
+        <v>1058</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1059</v>
+      </c>
       <c r="H192" t="s">
-        <v>35</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>1083</v>
+        <v>1061</v>
       </c>
       <c r="B193" t="s">
-        <v>1084</v>
+        <v>1062</v>
       </c>
       <c r="C193"/>
       <c r="D193" t="s">
-        <v>1085</v>
+        <v>1063</v>
       </c>
       <c r="E193" t="s">
-        <v>1086</v>
+        <v>1064</v>
       </c>
       <c r="F193" t="s">
-        <v>1087</v>
-[...3 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="G193"/>
       <c r="H193" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>1088</v>
+        <v>1066</v>
       </c>
       <c r="B194" t="s">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="C194"/>
+        <v>1067</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1068</v>
+      </c>
       <c r="D194" t="s">
-        <v>1090</v>
+        <v>1069</v>
       </c>
       <c r="E194" t="s">
-        <v>1091</v>
+        <v>1070</v>
       </c>
       <c r="F194" t="s">
-        <v>1092</v>
-[...4 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H194"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>1094</v>
+        <v>1073</v>
       </c>
       <c r="B195" t="s">
-        <v>1095</v>
+        <v>1074</v>
       </c>
       <c r="C195" t="s">
-        <v>1096</v>
+        <v>1075</v>
       </c>
       <c r="D195" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="E195"/>
+        <v>1076</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1077</v>
+      </c>
       <c r="F195" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-      <c r="H195"/>
+        <v>1078</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H195" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>1099</v>
+        <v>1080</v>
       </c>
       <c r="B196" t="s">
-        <v>1100</v>
+        <v>1081</v>
       </c>
       <c r="C196"/>
       <c r="D196"/>
       <c r="E196" t="s">
-        <v>1101</v>
+        <v>1082</v>
       </c>
       <c r="F196" t="s">
-        <v>1102</v>
+        <v>1083</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>1103</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>1104</v>
+        <v>1085</v>
       </c>
       <c r="B197" t="s">
-        <v>1105</v>
-[...3 lines deleted...]
-      </c>
+        <v>1086</v>
+      </c>
+      <c r="C197"/>
       <c r="D197" t="s">
-        <v>1107</v>
+        <v>1087</v>
       </c>
       <c r="E197" t="s">
-        <v>1108</v>
+        <v>1088</v>
       </c>
       <c r="F197" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="G197"/>
       <c r="H197" t="s">
-        <v>1111</v>
+        <v>55</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>1112</v>
+        <v>1053</v>
       </c>
       <c r="B198" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="C198"/>
+        <v>1090</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1055</v>
+      </c>
       <c r="D198" t="s">
-        <v>1114</v>
+        <v>1091</v>
       </c>
       <c r="E198" t="s">
-        <v>1115</v>
+        <v>1057</v>
       </c>
       <c r="F198" t="s">
-        <v>547</v>
+        <v>1092</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>652</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>1116</v>
+        <v>1094</v>
       </c>
       <c r="B199" t="s">
-        <v>1117</v>
+        <v>1095</v>
       </c>
       <c r="C199"/>
-      <c r="D199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D199"/>
       <c r="E199" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="F199"/>
+        <v>1096</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1097</v>
+      </c>
       <c r="G199"/>
-      <c r="H199"/>
+      <c r="H199" t="s">
+        <v>1098</v>
+      </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>1120</v>
+        <v>1099</v>
       </c>
       <c r="B200" t="s">
-        <v>1121</v>
+        <v>1100</v>
       </c>
       <c r="C200" t="s">
-        <v>1122</v>
+        <v>1101</v>
       </c>
       <c r="D200" t="s">
-        <v>1123</v>
+        <v>1102</v>
       </c>
       <c r="E200" t="s">
-        <v>1124</v>
+        <v>1103</v>
       </c>
       <c r="F200" t="s">
-        <v>1125</v>
+        <v>1104</v>
       </c>
       <c r="G200"/>
       <c r="H200" t="s">
-        <v>58</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>1126</v>
+        <v>1106</v>
       </c>
       <c r="B201" t="s">
-        <v>1127</v>
+        <v>1107</v>
       </c>
       <c r="C201" t="s">
-        <v>1128</v>
+        <v>1108</v>
       </c>
       <c r="D201" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="E201"/>
+        <v>1109</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1110</v>
+      </c>
       <c r="F201" t="s">
-        <v>1130</v>
-[...1 lines deleted...]
-      <c r="G201"/>
+        <v>1111</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1112</v>
+      </c>
       <c r="H201" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>1131</v>
+        <v>1113</v>
       </c>
       <c r="B202" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="C202"/>
       <c r="D202" t="s">
-        <v>1134</v>
+        <v>1115</v>
       </c>
       <c r="E202" t="s">
-        <v>1135</v>
+        <v>1116</v>
       </c>
       <c r="F202" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="G202"/>
+        <v>1117</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1118</v>
+      </c>
       <c r="H202" t="s">
-        <v>35</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>1136</v>
+        <v>1120</v>
       </c>
       <c r="B203" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="C203"/>
+        <v>1121</v>
+      </c>
+      <c r="C203" t="s">
+        <v>533</v>
+      </c>
       <c r="D203" t="s">
-        <v>1138</v>
+        <v>1122</v>
       </c>
       <c r="E203" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="F203"/>
+        <v>703</v>
+      </c>
+      <c r="F203" t="s">
+        <v>655</v>
+      </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>1140</v>
+        <v>1123</v>
       </c>
       <c r="B204" t="s">
-        <v>1141</v>
+        <v>1124</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
-        <v>1142</v>
+        <v>1125</v>
       </c>
       <c r="E204" t="s">
-        <v>1143</v>
+        <v>1126</v>
       </c>
       <c r="F204" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-      <c r="H204"/>
+        <v>1127</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H204" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>1145</v>
+        <v>1128</v>
       </c>
       <c r="B205" t="s">
-        <v>1146</v>
-[...3 lines deleted...]
-      </c>
+        <v>1129</v>
+      </c>
+      <c r="C205"/>
       <c r="D205" t="s">
-        <v>1148</v>
+        <v>1130</v>
       </c>
       <c r="E205" t="s">
-        <v>1149</v>
+        <v>1131</v>
       </c>
       <c r="F205" t="s">
-        <v>1150</v>
-[...2 lines deleted...]
-      <c r="H205"/>
+        <v>1132</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1134</v>
+      </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>1151</v>
+        <v>1135</v>
       </c>
       <c r="B206" t="s">
-        <v>1152</v>
+        <v>1136</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
-        <v>1153</v>
+        <v>1137</v>
       </c>
       <c r="E206" t="s">
-        <v>1154</v>
+        <v>1138</v>
       </c>
       <c r="F206" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="G206"/>
+        <v>1139</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1140</v>
+      </c>
       <c r="H206" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="B207" t="s">
-        <v>1156</v>
-[...5 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E207"/>
       <c r="F207" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="G207"/>
-      <c r="H207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>1160</v>
+        <v>1146</v>
       </c>
       <c r="B208" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="C208"/>
+        <v>1147</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1148</v>
+      </c>
       <c r="D208" t="s">
-        <v>545</v>
+        <v>1149</v>
       </c>
       <c r="E208" t="s">
-        <v>546</v>
+        <v>1150</v>
       </c>
       <c r="F208" t="s">
-        <v>547</v>
+        <v>1151</v>
       </c>
       <c r="G208"/>
       <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>1162</v>
+        <v>1152</v>
       </c>
       <c r="B209" t="s">
-        <v>1163</v>
-[...3 lines deleted...]
-      <c r="E209"/>
+        <v>1153</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1156</v>
+      </c>
       <c r="F209" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="G209"/>
-      <c r="H209" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H209"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="B210" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="C210"/>
       <c r="D210" t="s">
-        <v>1167</v>
+        <v>46</v>
       </c>
       <c r="E210" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="F210" t="s">
-        <v>1169</v>
-[...6 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="G210"/>
+      <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="B211" t="s">
-        <v>1172</v>
-[...1 lines deleted...]
-      <c r="C211"/>
+        <v>1163</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1164</v>
+      </c>
       <c r="D211" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="E211" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="F211"/>
+        <v>1077</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1166</v>
+      </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>35</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="B212" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="C212"/>
       <c r="D212" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="E212" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="F212" t="s">
-        <v>1180</v>
-[...1 lines deleted...]
-      <c r="G212"/>
+        <v>1172</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1173</v>
+      </c>
       <c r="H212" t="s">
-        <v>1181</v>
+        <v>55</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="B213" t="s">
-        <v>1183</v>
-[...1 lines deleted...]
-      <c r="C213"/>
+        <v>1175</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1176</v>
+      </c>
       <c r="D213" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="E213" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="F213" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="G213"/>
-      <c r="H213"/>
+      <c r="H213" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="B214" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="C214" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="D214" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="E214" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="F214" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-      <c r="H214"/>
+        <v>1185</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H214" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>1193</v>
+        <v>1187</v>
       </c>
       <c r="B215" t="s">
-        <v>1194</v>
+        <v>1188</v>
       </c>
       <c r="C215" t="s">
-        <v>1195</v>
+        <v>1189</v>
       </c>
       <c r="D215" t="s">
-        <v>1196</v>
+        <v>1190</v>
       </c>
       <c r="E215" t="s">
-        <v>1197</v>
-[...3 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="F215"/>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>28</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>1199</v>
+        <v>1193</v>
       </c>
       <c r="B216" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="C216" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="D216" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="E216" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="F216" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="G216"/>
-      <c r="H216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="B217" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="E217" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="F217" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G217" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="H217" t="s">
-        <v>652</v>
+        <v>105</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F218" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G218" t="s">
         <v>1211</v>
       </c>
-      <c r="B218" t="s">
-[...15 lines deleted...]
-      <c r="H218"/>
+      <c r="H218" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="B219" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="C219"/>
       <c r="D219" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="E219" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="F219" t="s">
-        <v>1221</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G219"/>
       <c r="H219" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="B220" t="s">
-        <v>1224</v>
-[...6 lines deleted...]
-      </c>
+        <v>1217</v>
+      </c>
+      <c r="C220"/>
+      <c r="D220"/>
       <c r="E220" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      </c>
+        <v>1218</v>
+      </c>
+      <c r="F220"/>
       <c r="G220"/>
-      <c r="H220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="B221" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
       <c r="C221" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
       <c r="D221" t="s">
-        <v>1153</v>
-[...1 lines deleted...]
-      <c r="E221"/>
+        <v>1222</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1223</v>
+      </c>
       <c r="F221" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="G221"/>
       <c r="H221"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="B222" t="s">
-        <v>1234</v>
-[...1 lines deleted...]
-      <c r="C222"/>
+        <v>1226</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1227</v>
+      </c>
       <c r="D222" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
       <c r="E222" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
       <c r="F222" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>1230</v>
+      </c>
+      <c r="G222"/>
       <c r="H222" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="B223" t="s">
-        <v>1240</v>
-[...1 lines deleted...]
-      <c r="C223"/>
+        <v>1232</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1233</v>
+      </c>
       <c r="D223" t="s">
-        <v>1241</v>
-[...3 lines deleted...]
-      </c>
+        <v>1234</v>
+      </c>
+      <c r="E223"/>
       <c r="F223" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
       <c r="G223"/>
-      <c r="H223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="B224" t="s">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="C224"/>
       <c r="D224" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="E224" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="F224" t="s">
-        <v>1249</v>
+        <v>902</v>
       </c>
       <c r="G224"/>
-      <c r="H224"/>
+      <c r="H224" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="B225" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
       <c r="C225" t="s">
-        <v>1252</v>
+        <v>1242</v>
       </c>
       <c r="D225" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-      <c r="F225"/>
+        <v>1243</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1245</v>
+      </c>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="B226" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="C226" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="D226"/>
+        <v>1248</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1249</v>
+      </c>
       <c r="E226" t="s">
-        <v>1256</v>
+        <v>1250</v>
       </c>
       <c r="F226" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-      <c r="H226"/>
+        <v>1251</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1253</v>
+      </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="B227" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="C227"/>
       <c r="D227" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="E227" t="s">
-        <v>1261</v>
-[...6 lines deleted...]
-      </c>
+        <v>1257</v>
+      </c>
+      <c r="F227"/>
+      <c r="G227"/>
       <c r="H227" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="B228" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="C228"/>
-      <c r="D228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D228"/>
       <c r="E228" t="s">
-        <v>1267</v>
-[...4 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G228"/>
       <c r="H228" t="s">
-        <v>21</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="B229" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="C229" t="s">
-        <v>1271</v>
+        <v>1265</v>
       </c>
       <c r="D229" t="s">
-        <v>1272</v>
+        <v>1266</v>
       </c>
       <c r="E229" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="F229" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
       <c r="G229"/>
-      <c r="H229"/>
+      <c r="H229" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>1275</v>
+        <v>1269</v>
       </c>
       <c r="B230" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="C230"/>
+        <v>1270</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1271</v>
+      </c>
       <c r="D230" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="E230" t="s">
-        <v>1278</v>
-[...6 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="F230"/>
+      <c r="G230"/>
       <c r="H230" t="s">
-        <v>35</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
       <c r="B231" t="s">
-        <v>1282</v>
-[...3 lines deleted...]
-      </c>
+        <v>1276</v>
+      </c>
+      <c r="C231"/>
       <c r="D231" t="s">
-        <v>1284</v>
+        <v>1277</v>
       </c>
       <c r="E231" t="s">
-        <v>1285</v>
-[...1 lines deleted...]
-      <c r="F231"/>
+        <v>1278</v>
+      </c>
+      <c r="F231" t="s">
+        <v>1279</v>
+      </c>
       <c r="G231"/>
       <c r="H231" t="s">
-        <v>652</v>
+        <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C232"/>
+      <c r="D232" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F232" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H232" t="s">
         <v>1286</v>
       </c>
-      <c r="B232" t="s">
-[...15 lines deleted...]
-      <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F233" t="s">
         <v>1292</v>
       </c>
-      <c r="B233" t="s">
+      <c r="G233" t="s">
         <v>1293</v>
       </c>
-      <c r="C233" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H233" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E234"/>
+      <c r="F234" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G234" t="s">
         <v>1299</v>
       </c>
-      <c r="B234" t="s">
+      <c r="H234" t="s">
         <v>1300</v>
       </c>
-      <c r="C234" t="s">
-[...14 lines deleted...]
-      <c r="H234"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>