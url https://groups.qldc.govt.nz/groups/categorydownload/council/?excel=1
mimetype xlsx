--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -56,306 +56,306 @@
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
     <t>Albert Town Community Association</t>
   </si>
   <si>
     <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Heather Thorne </t>
   </si>
   <si>
     <t xml:space="preserve">atca.albert.town@gmail.com </t>
   </si>
   <si>
     <t>https://www.atca.org.nz/</t>
   </si>
   <si>
     <t>Albert Town 9305</t>
   </si>
   <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t>Arthurs Point Community Association (APCA)</t>
+  </si>
+  <si>
+    <t>Meeting details: Held at 7.30 pm on the first Tuesday of every month. Location confirmed on Facebook, plus emailed to our mailing list. Anyone can be added to the mailing list by emailing the APCA. Chair: Andrew Blackford Phone: 021 624 591Vice Chair: Nigel LloydCommittee details updated November 2023</t>
+  </si>
+  <si>
+    <t>Andrew Placford</t>
+  </si>
+  <si>
+    <t>arthurspointcommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>021 624 591</t>
+  </si>
+  <si>
+    <t>PO Box 602 Queenstown</t>
+  </si>
+  <si>
+    <t>Arthur's Point</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
     <t>Glenorchy Community Association</t>
   </si>
   <si>
     <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
   </si>
   <si>
     <t>John Glover (Chairperson)</t>
   </si>
   <si>
     <t>gycommunityassn@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
   </si>
   <si>
     <t>027 586 7233</t>
   </si>
   <si>
     <t>PO Box 38, Glenorchy 9350</t>
   </si>
   <si>
     <t>Glenorchy</t>
   </si>
   <si>
-    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
-[...133 lines deleted...]
-  <si>
     <t>Queenstown Lakes Community Housing Trust</t>
   </si>
   <si>
     <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
   </si>
   <si>
     <t>Julie Scott</t>
   </si>
   <si>
     <t>admin@qlcht.org.nz</t>
   </si>
   <si>
     <t>http://qlcht.org.nz</t>
   </si>
   <si>
     <t>03 450 1702</t>
   </si>
   <si>
     <t>PO Box 1748, Queenstown</t>
   </si>
   <si>
-    <t>Luggate Community Association</t>
-[...22 lines deleted...]
-  <si>
     <t>Makarora Library</t>
   </si>
   <si>
     <t>Opening Hours:Wednesday evenings: 6:00pm - 8:00pmThursdays 11:00am - 1:00pmBy request at other times.  The school children use the library during school hours, term time.</t>
   </si>
   <si>
     <t>Careen Kemp - Community Librarian</t>
   </si>
   <si>
     <t>makarora.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>https://qldclibraries.govt.nz/</t>
   </si>
   <si>
     <t xml:space="preserve">0272456645 </t>
   </si>
   <si>
     <t>Makarora 9346</t>
-  </si>
-[...31 lines deleted...]
-    <t>0275 345 136 (Blyth)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,349 +754,349 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="G3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4"/>
-      <c r="G4"/>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5"/>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F5"/>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F6"/>
       <c r="G6" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
-[...13 lines deleted...]
-      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="C8"/>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="C9" t="s">
-[...12 lines deleted...]
-      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      <c r="G12"/>
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
       <c r="H12" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="F13"/>
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
-      </c>
-[...8 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
         <v>89</v>
       </c>
-      <c r="B15" t="s">
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="C15"/>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
         <v>91</v>
       </c>
-      <c r="E15" t="s">
+      <c r="G15" t="s">
         <v>92</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>97</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">