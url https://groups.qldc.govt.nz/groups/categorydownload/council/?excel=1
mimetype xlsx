--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -38,324 +38,324 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
     <t>Albert Town Community Association</t>
   </si>
   <si>
     <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
   </si>
   <si>
     <t xml:space="preserve">Heather Thorne </t>
   </si>
   <si>
     <t xml:space="preserve">atca.albert.town@gmail.com </t>
   </si>
   <si>
     <t>https://www.atca.org.nz/</t>
   </si>
   <si>
     <t>Albert Town 9305</t>
   </si>
   <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
+  </si>
+  <si>
+    <t>John Glover (Chairperson)</t>
+  </si>
+  <si>
+    <t>gycommunityassn@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
+  </si>
+  <si>
+    <t>027 586 7233</t>
+  </si>
+  <si>
+    <t>PO Box 38, Glenorchy 9350</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Arthurs Point Community Association (APCA)</t>
+  </si>
+  <si>
+    <t>Meeting details: Held at 7.30 pm on the first Tuesday of every month. Location confirmed on Facebook, plus emailed to our mailing list. Anyone can be added to the mailing list by emailing the APCA. Chair: Andrew Blackford Phone: 021 624 591Vice Chair: Nigel LloydCommittee details updated November 2023</t>
+  </si>
+  <si>
+    <t>Andrew Placford</t>
+  </si>
+  <si>
+    <t>arthurspointcommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>021 624 591</t>
+  </si>
+  <si>
+    <t>PO Box 602 Queenstown</t>
+  </si>
+  <si>
+    <t>Arthur's Point</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Makarora Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday evenings: 6:00pm - 8:00pmThursdays 11:00am - 1:00pmBy request at other times.  The school children use the library during school hours, term time.</t>
+  </si>
+  <si>
+    <t>Careen Kemp - Community Librarian</t>
+  </si>
+  <si>
+    <t>makarora.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0272456645 </t>
+  </si>
+  <si>
+    <t>Makarora 9346</t>
+  </si>
+  <si>
     <t>Cardrona Residents and Ratepayers Society</t>
   </si>
   <si>
     <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
   </si>
   <si>
     <t>Katie Ross, Secretary</t>
   </si>
   <si>
     <t>katiejaneross@gmail.com</t>
   </si>
   <si>
     <t>https://www.cvrrs.com/</t>
   </si>
   <si>
     <t>0275 345 136 (Blyth)</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...139 lines deleted...]
-  <si>
     <t>Destination Queenstown</t>
   </si>
   <si>
     <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
   </si>
   <si>
     <t>reception@queenstownnz.co.nz</t>
   </si>
   <si>
     <t>https://www.queenstownnz.co.nz/</t>
   </si>
   <si>
     <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
   </si>
   <si>
     <t>P O Box 353 Queenstown</t>
-  </si>
-[...79 lines deleted...]
-    <t>Makarora 9346</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -720,383 +720,383 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2"/>
-      <c r="G2"/>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C4"/>
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F6"/>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6"/>
+      <c r="G6"/>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="E7"/>
+      <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
       <c r="F8" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="G9"/>
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
       <c r="D10" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="G10"/>
+        <v>62</v>
+      </c>
+      <c r="E10"/>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E11" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="G11"/>
+        <v>69</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="G14"/>
       <c r="H14" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F15" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-      <c r="H15"/>
+        <v>93</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="C16" t="s">
         <v>95</v>
       </c>
+      <c r="C16"/>
       <c r="D16" t="s">
         <v>96</v>
       </c>
       <c r="E16" t="s">
         <v>97</v>
       </c>
       <c r="F16" t="s">
         <v>98</v>
       </c>
-      <c r="G16"/>
+      <c r="G16" t="s">
+        <v>99</v>
+      </c>
       <c r="H16" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">