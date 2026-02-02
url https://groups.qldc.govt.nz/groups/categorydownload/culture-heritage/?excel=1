--- v0 (2025-10-07)
+++ v1 (2026-02-02)
@@ -38,318 +38,318 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
     <t>Friends of the Wakatipu Gardens and Reserves</t>
   </si>
   <si>
     <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
   </si>
   <si>
     <t>Jay Cassells</t>
   </si>
   <si>
     <t>jay.cassells@gmail.com</t>
   </si>
   <si>
     <t>021 5111 52</t>
   </si>
   <si>
+    <t>Arrowtown Autumn Festival Committee</t>
+  </si>
+  <si>
+    <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
+  </si>
+  <si>
+    <t>Carole Watts</t>
+  </si>
+  <si>
+    <t>info@arrowtownautumnfestival.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
+  </si>
+  <si>
+    <t>027 256 0426</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Queenstown and District Historical Society</t>
+  </si>
+  <si>
+    <t>The Historical Society was formed in 1965 in order to protect, celebrate and promote the history of the Wakatipu area. We organise meetings and activities for members and the public; publish a bi-annual magazine which is searchable on our website; have an app of historic sites; support the publication of local history; monitor development in the district to ensure history is protected; and collaborate with other organisations in promoting local history.</t>
+  </si>
+  <si>
+    <t>Marion Borrell (Chairperson)</t>
+  </si>
+  <si>
+    <t>marionborrell@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownhistoricalsociety.org.nz</t>
+  </si>
+  <si>
+    <t>P O Box 132, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
     <t>Lakes District Museum &amp; Gallery</t>
   </si>
   <si>
     <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
   </si>
   <si>
     <t>David Clarke (Director)</t>
   </si>
   <si>
     <t>info@museumqueenstown.com</t>
   </si>
   <si>
     <t>http://www.MuseumQueenstown.com</t>
   </si>
   <si>
     <t>442 1824</t>
   </si>
   <si>
-    <t>Arrowtown</t>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
   </si>
   <si>
     <t>Upper Clutha Historical Records Society</t>
   </si>
   <si>
     <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
   </si>
   <si>
     <t>wanaka.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>http://www.uppercluthahistory.org/</t>
   </si>
   <si>
     <t>03 443 0410</t>
   </si>
   <si>
     <t>Wanaka</t>
   </si>
   <si>
-    <t>Ngā hau e whā ki Tāhuna</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Bhartiya Samaj Queenstown </t>
   </si>
   <si>
     <t>Bhartiya Samaj Charitable Trust Queenstown is committed to bring positive changes in the lives of people from different communities and backgrounds in New Zealand. We are committed to bring the people closer to each other through cultural and social programmes. Our group is backed by support from our diverse communities.</t>
   </si>
   <si>
     <t>info@bsq.co.nz</t>
   </si>
   <si>
     <t>http://bscqueenstown.org.nz/</t>
   </si>
   <si>
     <t>0212549482</t>
   </si>
   <si>
     <t xml:space="preserve"> Queenstown</t>
   </si>
   <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
     <t>Forest and Bird</t>
   </si>
   <si>
     <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
   </si>
   <si>
     <t>Ben Goddard</t>
   </si>
   <si>
     <t>centralotagolakes.branch@forestandbird.org.nz</t>
   </si>
   <si>
     <t>http://www.forestandbird.org.nz/</t>
   </si>
   <si>
     <t>027 9000 768</t>
-  </si>
-[...163 lines deleted...]
-    <t>wanaka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -720,146 +720,146 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
         <v>17</v>
       </c>
+      <c r="E3"/>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4"/>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="G6"/>
-      <c r="H6" t="s">
+      <c r="G6" t="s">
         <v>36</v>
       </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7"/>
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
@@ -875,217 +875,217 @@
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>47</v>
       </c>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="F9" t="s">
+      <c r="F9"/>
+      <c r="G9" t="s">
         <v>53</v>
       </c>
-      <c r="G9"/>
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="F11"/>
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="D13"/>
+        <v>76</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      <c r="H15"/>
+        <v>91</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="H16" t="s">
         <v>97</v>
       </c>
+      <c r="G16"/>
+      <c r="H16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>