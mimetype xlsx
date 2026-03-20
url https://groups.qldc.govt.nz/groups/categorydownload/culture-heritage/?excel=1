--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -38,318 +38,318 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
     <t>Fun Languages</t>
   </si>
   <si>
     <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
   </si>
   <si>
     <t>Nathalie Wilson</t>
   </si>
   <si>
     <t>nathalie@lcfclubs.co.nz</t>
   </si>
   <si>
     <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
   </si>
   <si>
     <t>03 442 0075</t>
   </si>
   <si>
-    <t>Friends of the Wakatipu Gardens and Reserves</t>
-[...11 lines deleted...]
-    <t>021 5111 52</t>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Queenstown and District Historical Society</t>
+  </si>
+  <si>
+    <t>The Historical Society was formed in 1965 in order to protect, celebrate and promote the history of the Wakatipu area. We organise meetings and activities for members and the public; publish a bi-annual magazine which is searchable on our website; have an app of historic sites; support the publication of local history; monitor development in the district to ensure history is protected; and collaborate with other organisations in promoting local history.</t>
+  </si>
+  <si>
+    <t>Marion Borrell (Chairperson)</t>
+  </si>
+  <si>
+    <t>marionborrell@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownhistoricalsociety.org.nz</t>
+  </si>
+  <si>
+    <t>P O Box 132, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhartiya Samaj Queenstown </t>
+  </si>
+  <si>
+    <t>Bhartiya Samaj Charitable Trust Queenstown is committed to bring positive changes in the lives of people from different communities and backgrounds in New Zealand. We are committed to bring the people closer to each other through cultural and social programmes. Our group is backed by support from our diverse communities.</t>
+  </si>
+  <si>
+    <t>info@bsq.co.nz</t>
+  </si>
+  <si>
+    <t>http://bscqueenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>0212549482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Queenstown</t>
   </si>
   <si>
     <t>Arrowtown Autumn Festival Committee</t>
   </si>
   <si>
     <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
   </si>
   <si>
     <t>Carole Watts</t>
   </si>
   <si>
     <t>info@arrowtownautumnfestival.org.nz</t>
   </si>
   <si>
     <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
   </si>
   <si>
     <t>027 256 0426</t>
   </si>
   <si>
-    <t>Arrowtown</t>
-[...86 lines deleted...]
-    <t>Queenstown</t>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
   </si>
   <si>
     <t>Lakes District Museum &amp; Gallery</t>
   </si>
   <si>
     <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
   </si>
   <si>
     <t>David Clarke (Director)</t>
   </si>
   <si>
     <t>info@museumqueenstown.com</t>
   </si>
   <si>
     <t>http://www.MuseumQueenstown.com</t>
   </si>
   <si>
     <t>442 1824</t>
-  </si>
-[...109 lines deleted...]
-    <t>027 9000 768</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -726,366 +726,366 @@
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="G2"/>
-      <c r="H2"/>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="E4"/>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G7"/>
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-      <c r="H9" t="s">
         <v>54</v>
       </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F10" t="s">
         <v>60</v>
       </c>
-      <c r="G10"/>
+      <c r="F10"/>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
       <c r="H10" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G11" t="s">
         <v>67</v>
       </c>
+      <c r="G11"/>
       <c r="H11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
-      <c r="C12"/>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
       <c r="D12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>77</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>79</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="C14"/>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
       <c r="D14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G14"/>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>90</v>
       </c>
       <c r="F15" t="s">
         <v>91</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>92</v>
       </c>
       <c r="B16" t="s">
         <v>93</v>
       </c>
       <c r="C16" t="s">
         <v>94</v>
       </c>
       <c r="D16" t="s">
         <v>95</v>
       </c>
       <c r="E16" t="s">
         <v>96</v>
       </c>
       <c r="F16" t="s">
         <v>97</v>
       </c>
       <c r="G16"/>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>26</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>