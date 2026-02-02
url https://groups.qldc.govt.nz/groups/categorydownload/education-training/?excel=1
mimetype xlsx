--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -38,996 +38,996 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>KingsView Christian School</t>
+  </si>
+  <si>
+    <t>KingsView School is an inter-denominational state integrated Christian school operating from Year 1 to Year 8. It is a Decile 7 school, currently leasing premises in Yewlett Crescent, Frankton. Plans are under way to develop a new site some time in the next two-three years.KingsView began life in 1996 as Southern Lakes Christian School. It was established as a private school by the Christian School Association of Queenstown building on the vision of the Wielemaker and Sizemore families and began with 8 pupils from five families in the home of a school parent but soon outgrew this. It then rented premises in the Presbyterian Church of Queenstown situated on Stanley Street in the Queenstown CBD. This lease expired at the end of 2006, and the current premises have been leased since 2007. The school operates a full primary structure (Years 0-8) with two full-time teachers. The school has achieved considerable success in local area initiatives including spelling competitions, arts festivals, concerts, inter-school sports and swimming competitions, community clean-up days and voluntary help initiatives with locals. The pupils also help the Salvation Army with fundraising activities and the school has regularly featured among the top per-student dollar raised for World Vision.Application was first made to integrate the school into the state education system in 2006, and we rejoice that in 2010 our application has finally been approved by the Minister of Education. With integration, the school’s name has been changed to ‘KingsView’ to reflect both the heavenly King we serve and the beautiful part of His creation we are blessed to be located in.</t>
+  </si>
+  <si>
+    <t>Peter Ferrar</t>
+  </si>
+  <si>
+    <t>office@kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>03 451 1444</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Holy Family Catholic School</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
+  </si>
+  <si>
+    <t>Principal: Jo Mckay</t>
+  </si>
+  <si>
+    <t>office@holyfamilywanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.holyfamilywanaka.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2394</t>
+  </si>
+  <si>
+    <t>PO Box 592 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Southern REAP - Rural Education</t>
+  </si>
+  <si>
+    <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
+  </si>
+  <si>
+    <t>Dawn Brocks</t>
+  </si>
+  <si>
+    <t>dawn@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 111 117</t>
+  </si>
+  <si>
+    <t>Comcol - Community Colleges New Zealand</t>
+  </si>
+  <si>
+    <t>Community Colleges NZ is a charitable training establishment with six colleges South Island-wide. We have over 30 years' experience providing quality, hands-on learning and currently offer practical training to people 16+ years of age. Through our practical training courses you'll gain NZQA unit standards and have the opportunity to work towards NCEA and a recognised New Zealand qualification.</t>
+  </si>
+  <si>
+    <t>Jodie Mitchell</t>
+  </si>
+  <si>
+    <t>info.dn@comcol.ac.nz</t>
+  </si>
+  <si>
+    <t>http://comcol.ac.nz/colleges/comcol-dunedin-0800-887-005/</t>
+  </si>
+  <si>
+    <t>(03) 477 7790</t>
+  </si>
+  <si>
+    <t>PO Box 715, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Wanaka Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
+  </si>
+  <si>
+    <t>Wendy Bamford (principal)</t>
+  </si>
+  <si>
+    <t>office@wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7687</t>
+  </si>
+  <si>
+    <t>7 Ironside Drive, Wanaka</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Preschool</t>
+  </si>
+  <si>
+    <t>At Arrowtown Preschool the opportunities for learning that children experience are outstanding both within the Preschools and the community. Children are seen as capable learners who bring with them a huge range of knowledge, interests and experiences. Teachers build on these to empower confidence, build resilience and encourage responsibility. Respectful relationships with families, community and our environment are key.Our programmes are inspired by aspects of the Reggio Emilia approach and Nature Based learning with a strong focus on movement and physical challenges.Arrowtown Preschool is a non-profit organisation which guarantees any profit is invested back into learning opportunities for the children.</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>admin@arrowtownpreschool.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownpreschool.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1416</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Glenorchy Primary School</t>
+  </si>
+  <si>
+    <t>Glenorchy School is a small, remote school situated at the head of Lake Wakatipu and is central to the community.The families of our children are diverse in their economic status and their occupations. We work to provide our children with a positive, quality learning environment in which they are secure and successful. Glenorchy School values the individual.Everyone working and learning within this environment is important.</t>
+  </si>
+  <si>
+    <t>office@glenorchy.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.glenorchy.school.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9900</t>
+  </si>
+  <si>
+    <t>P O Box 19 Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy Playgroup</t>
+  </si>
+  <si>
+    <t>Welcome to Glenorchy Playgroup - Haere mai, all parents, caregivers and young children are welcome.We believe in the importance of providing a place where pre-school children and parents can regularly meet, feel welcomed and involved. Our playgroup will use a variety of activities to provide learning opportunities and experiences for young children.We aim to give parents and caregivers the opportunity to learn new ways for encouraging their children’s learning in a friendly and supportive fun group.Mondays: 10am – 12pm Thursdays: 10am – 12pm School term time only.$2/session or $25 for the term.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jenny Huckstep (President) </t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/community/organisations/playgroup/</t>
+  </si>
+  <si>
+    <t>0211672242</t>
+  </si>
+  <si>
+    <t>PO Box 59 Glenorchy</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Arrowtown Primary School</t>
+  </si>
+  <si>
+    <t>Arrowtown School is a state-funded, co-educational school. It is a full primary school with Year 1-8 students from 5 to 13 years of age. The current school roll is approximately 580. Arrowtown School started in 1863 and has been on its present site since 1997.The school is modern, very well resourced and has a large, attractive school hall and excellent recreation facilities. Arrowtown is 20 kilometres from the tourist town of Queenstown. It has a population of around 2400 and is a picturesque township with an interesting and colourful history based on the discovery of gold in the 1860’s. The school’s community consists of the township and its rural area. About three quarters of our pupils live in the town with the rest living on lifestyle blocks close by.The township is situated in the Lakes District, a major New Zealand tourist destination offering a diverse range of opportunities and experiences, including outdoor pursuits, alpine sports and adventure tourism and water activities. We take advantage of this beautiful environment and incorporate a number of the district’s outdoor activities into our school programmes.</t>
+  </si>
+  <si>
+    <t>Chris Bryant</t>
+  </si>
+  <si>
+    <t>admin@arrowtown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 1854</t>
+  </si>
+  <si>
+    <t>P O Box 173, Arrowtown</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa is a uniquely Māori learning environment for everyone. We're not a university or a polytech. We're a wānanga. And that's just a little bit different.No matter who you are, if you're a New Zealand Citizen or resident living in NZ, we have amazing study possibilities for you.If you want to learn in an environment that’s been designed for your success and you don’t want to go far from home to do it, this is the place for you. For over 30 years we’ve been delivering recognised qualifications to meet the needs of school leavers, business professionals, empty-nest mums and dads, indigenous academics and kaumātua.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TeKeiMarketing@twoa.ac.nz </t>
+  </si>
+  <si>
+    <t>https://www.twoa.ac.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 355 553 </t>
+  </si>
+  <si>
+    <t>Special Education Service - Ministry of Education</t>
+  </si>
+  <si>
+    <t>Learning support refers to the additional support some children and young people need to engage and achieve in education. The Learning Support service delivery model is about improving the education system for children and students who need additional learning support. The Inclusive Education website has teaching strategies for supporting children and students with learning support needs. Learning support is available in your local early childhood centre or school. It is provided to support students, educators families and whānau in a range of different ways.</t>
+  </si>
+  <si>
+    <t>Julie Anderson</t>
+  </si>
+  <si>
+    <t>learning.supportmailbox@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/school/student-support/special-education/</t>
+  </si>
+  <si>
+    <t>0800 622 222</t>
+  </si>
+  <si>
+    <t>PO Box 142 Cromwell 9342</t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Shotover Primary School</t>
+  </si>
+  <si>
+    <t>Welcome to Shotover Primary School in Queenstown, which caters for children from new entrants to year 8. We opened our doors for the very first time in 2015. Since then, we've added more teaching and learning spaces, a community hall with a music studio and technology and science room, and playgrounds. There's more to come as our community grows around us.</t>
+  </si>
+  <si>
+    <t>office@shotover.school.nz</t>
+  </si>
+  <si>
+    <t>https://www.shotover.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 409 0005</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>The Academy At Kip McGrath</t>
+  </si>
+  <si>
+    <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
+  </si>
+  <si>
+    <t>Remarkables</t>
+  </si>
+  <si>
+    <t>Frankton Kindergarten</t>
+  </si>
+  <si>
+    <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
+  </si>
+  <si>
+    <t>frankton@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/frankton</t>
+  </si>
+  <si>
+    <t>03 442 2744</t>
+  </si>
+  <si>
+    <t>Wanaka Toastmasters</t>
+  </si>
+  <si>
+    <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
+  </si>
+  <si>
+    <t>wanakatoastmasters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
+  </si>
+  <si>
+    <t>021 331 245</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
+  </si>
+  <si>
+    <t>Education Angels In Home Childcare</t>
+  </si>
+  <si>
+    <t>Education Angels provide licensed in-home care &amp;amp; education for pre-school children throughout the region. We provide a range of childcare options to suit each family- In home educators or a nanny or au pair in your own home. In addition, generous non-means tested subsidies are available to each family that enrols with our service based on the hours of care.</t>
+  </si>
+  <si>
+    <t>Leah Orman</t>
+  </si>
+  <si>
+    <t>https://www.educationangels.co.nz/contact-us/</t>
+  </si>
+  <si>
+    <t>027 467 3636</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Ministry of Education</t>
+  </si>
+  <si>
+    <t>We shape an education system that delivers equitable and excellent outcomes.Our Vision - Every New Zealander:•Is strong in their national and cultural identity•Aspires for themselves and their children to achieve more•Has the choice and opportunity to be the best they can be•Is an active participant and citizen in creating a strong civil society•Is productive, valued and competitive in the world.New Zealand and New Zealanders lead globally.</t>
+  </si>
+  <si>
+    <t>enquiries.dunedin@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/ministry-of-education/regional-ministry-contacts/</t>
+  </si>
+  <si>
+    <t>03 445 3750</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromwell College </t>
+  </si>
+  <si>
+    <t>We are proud of the quality education and the many opportunities that we provide for our students and we know that this prepares them well for life beyond school. We pride ourselves on our dedicated staff, excellent facilities, friendly students, and engaging programmes set amongst the stunning landscapes of Central Otago.Cromwell College is a secondary school with a difference. Since 1995 over 300 students have enjoyed our highly regarded and popular Outdoor Pursuits Academy. This academy enables students from around New Zealand and overseas to experience life in Central Otago for their final years of secondary schooling.</t>
+  </si>
+  <si>
+    <t>admin@cromwell.school.nz</t>
+  </si>
+  <si>
+    <t>http://cromwell.school.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 1121</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Hawea Flat School</t>
+  </si>
+  <si>
+    <t>Our school does have an enrolment scheme in place. This means that families living within our home zone are automatically able to attend. The BOT determines how many places are available for out of zone students and this is advertised in November every year. Should the number of applications exceed the number of places available, students will be selected by ballot according to Ministry of Education guidelines.</t>
+  </si>
+  <si>
+    <t>Principal</t>
+  </si>
+  <si>
+    <t>office@haweaflat.school.nz</t>
+  </si>
+  <si>
+    <t>http://haweaflat.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1467</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School is one of New Zealand’s newest primary schools, which welcomed students in Term 1, 2010. The official opening was held on the 27th of August 2010. This school is unique in what it offers to all those who become part of this learning community. The school has had a staged opening beginning with our Year 1 and 2 students in Term 1, 2010 and our Year 3 and 4 students in Term 3, 2010. We welcomed our Year 5 and 6 students at the beginning of Term 1 in 2011. In 2012 we opened to Year 7 and 8 students and will grow to our capacity of 460.The school's vision is Remarkables Primary School aims to equip and inspire each student to take full advantage of life’s opportunities within a global community.Our Mission Statement is: ‘Truly Remarkable People – Ngai Iwi Tumeke.’</t>
+  </si>
+  <si>
+    <t>Debbie Dickson - Principal</t>
+  </si>
+  <si>
+    <t>office@remarkables.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.remarkablesprimary.school.nz</t>
+  </si>
+  <si>
+    <t>P.O. Box 2564, Wakatipu 9349</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Wakatipu High School</t>
+  </si>
+  <si>
+    <t>Welcome to Wakatipu High School. Our mission is to deliver a ‘great all-round education that enables students to reach for their heights’ – and that is what happens every day at Wakatipu High School. ​ The key priority in this great all-round education is student learning, progress and achievement, and our recent results are testament to the very high levels of academic achievement of our students.</t>
+  </si>
+  <si>
+    <t>Mr Steve Hall</t>
+  </si>
+  <si>
+    <t>office@wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>03 442 7370</t>
+  </si>
+  <si>
+    <t>Private Bag 50080 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Resort College</t>
+  </si>
+  <si>
+    <t>QRC is New Zealand’s premier Tourism &amp;amp; Hospitality Management College. Whether you aspire to a career in adventure tourism or wish to enter the world of hospitality, QRC will prepare you with the skills, knowledge and confidence to successfully pursue your management career, through a blended delivery of theory, practical &amp;amp; professional learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charlie Phillips </t>
+  </si>
+  <si>
+    <t>charlie.phillips@qrc.ac.nz</t>
+  </si>
+  <si>
+    <t>https://www.qrc.ac.nz/</t>
+  </si>
+  <si>
+    <t>03 409 0500</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
     <t>Department of Internal Affairs</t>
   </si>
   <si>
     <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
   </si>
   <si>
     <t>http://www.dia.govt.nz</t>
   </si>
   <si>
     <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
   </si>
   <si>
     <t>P O Box 5341 Dunedin</t>
   </si>
   <si>
     <t>Wellington</t>
-  </si>
-[...925 lines deleted...]
-    <t>7 Ironside Drive, Wanaka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1399,1244 +1399,1244 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="C3"/>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...3 lines deleted...]
-      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="G4"/>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="C5"/>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="G5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
         <v>50</v>
       </c>
-      <c r="B8" t="s">
+      <c r="G8" t="s">
         <v>51</v>
       </c>
-      <c r="C8"/>
-[...10 lines deleted...]
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
         <v>57</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
         <v>62</v>
       </c>
-      <c r="D10"/>
-[...5 lines deleted...]
-      </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
         <v>67</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11"/>
+      <c r="H11" t="s">
         <v>68</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>73</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>74</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G12"/>
+      <c r="H12" t="s">
         <v>75</v>
       </c>
-      <c r="F12" t="s">
-[...3 lines deleted...]
-      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
         <v>77</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>78</v>
       </c>
-      <c r="C13"/>
       <c r="D13" t="s">
         <v>79</v>
       </c>
       <c r="E13" t="s">
         <v>80</v>
       </c>
       <c r="F13" t="s">
         <v>81</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" t="s">
         <v>83</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>84</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>85</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>86</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>87</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>88</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>90</v>
       </c>
       <c r="B15" t="s">
         <v>91</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C15"/>
+      <c r="D15" t="s">
         <v>92</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>93</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>94</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>95</v>
       </c>
-      <c r="G15"/>
       <c r="H15" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>97</v>
       </c>
       <c r="B16" t="s">
         <v>98</v>
       </c>
       <c r="C16" t="s">
         <v>99</v>
       </c>
       <c r="D16" t="s">
         <v>100</v>
       </c>
       <c r="E16" t="s">
         <v>101</v>
       </c>
       <c r="F16" t="s">
         <v>102</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>103</v>
       </c>
       <c r="B17" t="s">
         <v>104</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>105</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>106</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>107</v>
       </c>
-      <c r="F17" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G17"/>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F18" t="s">
         <v>112</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>113</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
         <v>118</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>120</v>
+      </c>
+      <c r="B20" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
         <v>123</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>124</v>
       </c>
-      <c r="F20" t="s">
+      <c r="G20" t="s">
         <v>125</v>
       </c>
-      <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C21" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>129</v>
       </c>
+      <c r="D21"/>
       <c r="E21" t="s">
         <v>130</v>
       </c>
       <c r="F21" t="s">
         <v>131</v>
       </c>
       <c r="G21" t="s">
         <v>132</v>
       </c>
       <c r="H21" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>133</v>
       </c>
       <c r="B22" t="s">
         <v>134</v>
       </c>
       <c r="C22" t="s">
         <v>135</v>
       </c>
       <c r="D22" t="s">
         <v>136</v>
       </c>
       <c r="E22" t="s">
         <v>137</v>
       </c>
       <c r="F22" t="s">
         <v>138</v>
       </c>
-      <c r="G22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G22" t="s">
+        <v>139</v>
+      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>142</v>
+      </c>
       <c r="D23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F23" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-      <c r="H23"/>
+        <v>145</v>
+      </c>
+      <c r="G23" t="s">
+        <v>146</v>
+      </c>
+      <c r="H23" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E24" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F24" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B25" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C25" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D25" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E25" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F25" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C26" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D26" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F26" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E27" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F27" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="G27"/>
       <c r="H27" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F28" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="G28"/>
+        <v>174</v>
+      </c>
+      <c r="G28" t="s">
+        <v>175</v>
+      </c>
       <c r="H28" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E31" t="s">
-        <v>188</v>
+        <v>61</v>
       </c>
       <c r="F31" t="s">
         <v>189</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>190</v>
       </c>
       <c r="B32" t="s">
         <v>191</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>192</v>
       </c>
       <c r="E32" t="s">
         <v>193</v>
       </c>
       <c r="F32" t="s">
         <v>194</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>196</v>
       </c>
       <c r="B33" t="s">
         <v>197</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>198</v>
       </c>
       <c r="E33" t="s">
         <v>199</v>
       </c>
       <c r="F33" t="s">
         <v>200</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>201</v>
       </c>
       <c r="B34" t="s">
         <v>202</v>
       </c>
-      <c r="C34" t="s">
+      <c r="C34"/>
+      <c r="D34" t="s">
         <v>203</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>204</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>205</v>
       </c>
-      <c r="F34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G34"/>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
+        <v>208</v>
+      </c>
+      <c r="E35" t="s">
+        <v>209</v>
+      </c>
+      <c r="F35" t="s">
+        <v>210</v>
+      </c>
+      <c r="G35" t="s">
         <v>211</v>
       </c>
-      <c r="E35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>215</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>212</v>
+      </c>
+      <c r="B36" t="s">
+        <v>213</v>
+      </c>
+      <c r="C36" t="s">
+        <v>214</v>
+      </c>
+      <c r="D36" t="s">
+        <v>215</v>
+      </c>
+      <c r="E36" t="s">
         <v>216</v>
       </c>
-      <c r="B36" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>217</v>
+      </c>
+      <c r="B37" t="s">
+        <v>218</v>
+      </c>
+      <c r="C37" t="s">
+        <v>219</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>220</v>
+      </c>
+      <c r="F37" t="s">
         <v>221</v>
       </c>
-      <c r="B37" t="s">
-[...11 lines deleted...]
-      <c r="F37"/>
       <c r="G37"/>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C38" t="s">
+        <v>224</v>
+      </c>
+      <c r="D38" t="s">
+        <v>225</v>
+      </c>
+      <c r="E38" t="s">
         <v>226</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
         <v>227</v>
       </c>
-      <c r="C38" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G38"/>
       <c r="H38" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>228</v>
+      </c>
+      <c r="B39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C39"/>
+      <c r="D39" t="s">
+        <v>230</v>
+      </c>
+      <c r="E39" t="s">
+        <v>231</v>
+      </c>
+      <c r="F39" t="s">
         <v>232</v>
       </c>
-      <c r="B39" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="B40" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>234</v>
+      </c>
+      <c r="C40" t="s">
+        <v>235</v>
+      </c>
       <c r="D40" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E40" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F40" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="G40"/>
-      <c r="H40"/>
+      <c r="H40" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B41" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="E41" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F41" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B42" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E42" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="F42" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>49</v>
+        <v>249</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B43" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="E43" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="F43" t="s">
-        <v>260</v>
-[...6 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B44" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="C44"/>
+        <v>256</v>
+      </c>
+      <c r="C44" t="s">
+        <v>257</v>
+      </c>
       <c r="D44" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E44" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="F44" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>268</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B45" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>262</v>
+      </c>
+      <c r="C45" t="s">
+        <v>154</v>
+      </c>
       <c r="D45" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="E45" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="F45" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="G45"/>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B46" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="C46"/>
       <c r="D46" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="E46" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="F46" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="G46"/>
-      <c r="H46"/>
+      <c r="H46" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B47" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>272</v>
+      </c>
+      <c r="C47" t="s">
+        <v>273</v>
+      </c>
       <c r="D47" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="E47" t="s">
-        <v>283</v>
-[...4 lines deleted...]
-      <c r="G47"/>
+        <v>275</v>
+      </c>
+      <c r="F47">
+        <v>6434414044</v>
+      </c>
+      <c r="G47" t="s">
+        <v>276</v>
+      </c>
       <c r="H47" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="B48" t="s">
-        <v>286</v>
-[...4 lines deleted...]
-      <c r="D48"/>
+        <v>278</v>
+      </c>
+      <c r="C48"/>
+      <c r="D48" t="s">
+        <v>279</v>
+      </c>
       <c r="E48" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="F48" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>215</v>
+        <v>282</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="B49" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="C49" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D49" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="E49" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="F49" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-      <c r="H49"/>
+        <v>288</v>
+      </c>
+      <c r="G49" t="s">
+        <v>289</v>
+      </c>
+      <c r="H49" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>290</v>
+      </c>
+      <c r="B50" t="s">
+        <v>291</v>
+      </c>
+      <c r="C50" t="s">
+        <v>292</v>
+      </c>
+      <c r="D50" t="s">
+        <v>293</v>
+      </c>
+      <c r="E50" t="s">
+        <v>294</v>
+      </c>
+      <c r="F50" t="s">
+        <v>295</v>
+      </c>
+      <c r="G50" t="s">
+        <v>296</v>
+      </c>
+      <c r="H50" t="s">
         <v>297</v>
       </c>
-      <c r="B50" t="s">
-[...17 lines deleted...]
-      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B51" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="E51" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="F51"/>
+        <v>301</v>
+      </c>
+      <c r="F51" t="s">
+        <v>302</v>
+      </c>
       <c r="G51"/>
-      <c r="H51"/>
+      <c r="H51" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>303</v>
+      </c>
+      <c r="B52" t="s">
+        <v>304</v>
+      </c>
+      <c r="C52" t="s">
+        <v>305</v>
+      </c>
+      <c r="D52" t="s">
+        <v>306</v>
+      </c>
+      <c r="E52" t="s">
+        <v>307</v>
+      </c>
+      <c r="F52" t="s">
         <v>308</v>
       </c>
-      <c r="B52" t="s">
+      <c r="G52" t="s">
         <v>309</v>
       </c>
-      <c r="C52"/>
-      <c r="D52" t="s">
+      <c r="H52" t="s">
         <v>310</v>
-      </c>
-[...8 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>311</v>
+      </c>
+      <c r="B53" t="s">
         <v>312</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>313</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>314</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>315</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>316</v>
       </c>
-      <c r="F53"/>
       <c r="G53"/>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>317</v>
       </c>
       <c r="B54" t="s">
         <v>318</v>
       </c>
-      <c r="C54" t="s">
+      <c r="C54"/>
+      <c r="D54" t="s">
         <v>319</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>320</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>321</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>322</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">