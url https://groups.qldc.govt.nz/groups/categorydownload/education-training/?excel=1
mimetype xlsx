--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -38,996 +38,996 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Arrowtown Preschool</t>
+  </si>
+  <si>
+    <t>At Arrowtown Preschool the opportunities for learning that children experience are outstanding both within the Preschools and the community. Children are seen as capable learners who bring with them a huge range of knowledge, interests and experiences. Teachers build on these to empower confidence, build resilience and encourage responsibility. Respectful relationships with families, community and our environment are key.Our programmes are inspired by aspects of the Reggio Emilia approach and Nature Based learning with a strong focus on movement and physical challenges.Arrowtown Preschool is a non-profit organisation which guarantees any profit is invested back into learning opportunities for the children.</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>admin@arrowtownpreschool.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownpreschool.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1416</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School is one of New Zealand’s newest primary schools, which welcomed students in Term 1, 2010. The official opening was held on the 27th of August 2010. This school is unique in what it offers to all those who become part of this learning community. The school has had a staged opening beginning with our Year 1 and 2 students in Term 1, 2010 and our Year 3 and 4 students in Term 3, 2010. We welcomed our Year 5 and 6 students at the beginning of Term 1 in 2011. In 2012 we opened to Year 7 and 8 students and will grow to our capacity of 460.The school's vision is Remarkables Primary School aims to equip and inspire each student to take full advantage of life’s opportunities within a global community.Our Mission Statement is: ‘Truly Remarkable People – Ngai Iwi Tumeke.’</t>
+  </si>
+  <si>
+    <t>Debbie Dickson - Principal</t>
+  </si>
+  <si>
+    <t>office@remarkables.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.remarkablesprimary.school.nz</t>
+  </si>
+  <si>
+    <t>P.O. Box 2564, Wakatipu 9349</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>The Academy At Kip McGrath</t>
+  </si>
+  <si>
+    <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
+  </si>
+  <si>
+    <t>Remarkables</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
     <t>Catalyst Trust</t>
   </si>
   <si>
     <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
   </si>
   <si>
     <t>connect@catalystnz.org</t>
   </si>
   <si>
     <t>http://catalystnz.org/</t>
   </si>
   <si>
+    <t>Comcol - Community Colleges New Zealand</t>
+  </si>
+  <si>
+    <t>Community Colleges NZ is a charitable training establishment with six colleges South Island-wide. We have over 30 years' experience providing quality, hands-on learning and currently offer practical training to people 16+ years of age. Through our practical training courses you'll gain NZQA unit standards and have the opportunity to work towards NCEA and a recognised New Zealand qualification.</t>
+  </si>
+  <si>
+    <t>Jodie Mitchell</t>
+  </si>
+  <si>
+    <t>info.dn@comcol.ac.nz</t>
+  </si>
+  <si>
+    <t>http://comcol.ac.nz/colleges/comcol-dunedin-0800-887-005/</t>
+  </si>
+  <si>
+    <t>(03) 477 7790</t>
+  </si>
+  <si>
+    <t>PO Box 715, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t>Queenstown Resort College</t>
+  </si>
+  <si>
+    <t>QRC is New Zealand’s premier Tourism &amp;amp; Hospitality Management College. Whether you aspire to a career in adventure tourism or wish to enter the world of hospitality, QRC will prepare you with the skills, knowledge and confidence to successfully pursue your management career, through a blended delivery of theory, practical &amp;amp; professional learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charlie Phillips </t>
+  </si>
+  <si>
+    <t>charlie.phillips@qrc.ac.nz</t>
+  </si>
+  <si>
+    <t>https://www.qrc.ac.nz/</t>
+  </si>
+  <si>
+    <t>03 409 0500</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Ministry of Education</t>
+  </si>
+  <si>
+    <t>We shape an education system that delivers equitable and excellent outcomes.Our Vision - Every New Zealander:•Is strong in their national and cultural identity•Aspires for themselves and their children to achieve more•Has the choice and opportunity to be the best they can be•Is an active participant and citizen in creating a strong civil society•Is productive, valued and competitive in the world.New Zealand and New Zealanders lead globally.</t>
+  </si>
+  <si>
+    <t>enquiries.dunedin@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/ministry-of-education/regional-ministry-contacts/</t>
+  </si>
+  <si>
+    <t>03 445 3750</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa is a uniquely Māori learning environment for everyone. We're not a university or a polytech. We're a wānanga. And that's just a little bit different.No matter who you are, if you're a New Zealand Citizen or resident living in NZ, we have amazing study possibilities for you.If you want to learn in an environment that’s been designed for your success and you don’t want to go far from home to do it, this is the place for you. For over 30 years we’ve been delivering recognised qualifications to meet the needs of school leavers, business professionals, empty-nest mums and dads, indigenous academics and kaumātua.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TeKeiMarketing@twoa.ac.nz </t>
+  </si>
+  <si>
+    <t>https://www.twoa.ac.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 355 553 </t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Special Education Service - Ministry of Education</t>
+  </si>
+  <si>
+    <t>Learning support refers to the additional support some children and young people need to engage and achieve in education. The Learning Support service delivery model is about improving the education system for children and students who need additional learning support. The Inclusive Education website has teaching strategies for supporting children and students with learning support needs. Learning support is available in your local early childhood centre or school. It is provided to support students, educators families and whānau in a range of different ways.</t>
+  </si>
+  <si>
+    <t>Julie Anderson</t>
+  </si>
+  <si>
+    <t>learning.supportmailbox@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/school/student-support/special-education/</t>
+  </si>
+  <si>
+    <t>0800 622 222</t>
+  </si>
+  <si>
+    <t>PO Box 142 Cromwell 9342</t>
+  </si>
+  <si>
+    <t>Glenorchy Primary School</t>
+  </si>
+  <si>
+    <t>Glenorchy School is a small, remote school situated at the head of Lake Wakatipu and is central to the community.The families of our children are diverse in their economic status and their occupations. We work to provide our children with a positive, quality learning environment in which they are secure and successful. Glenorchy School values the individual.Everyone working and learning within this environment is important.</t>
+  </si>
+  <si>
+    <t>office@glenorchy.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.glenorchy.school.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9900</t>
+  </si>
+  <si>
+    <t>P O Box 19 Glenorchy</t>
+  </si>
+  <si>
+    <t>Frankton Kindergarten</t>
+  </si>
+  <si>
+    <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
+  </si>
+  <si>
+    <t>frankton@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/frankton</t>
+  </si>
+  <si>
+    <t>03 442 2744</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
     <t>KingsView Christian School</t>
   </si>
   <si>
     <t>KingsView School is an inter-denominational state integrated Christian school operating from Year 1 to Year 8. It is a Decile 7 school, currently leasing premises in Yewlett Crescent, Frankton. Plans are under way to develop a new site some time in the next two-three years.KingsView began life in 1996 as Southern Lakes Christian School. It was established as a private school by the Christian School Association of Queenstown building on the vision of the Wielemaker and Sizemore families and began with 8 pupils from five families in the home of a school parent but soon outgrew this. It then rented premises in the Presbyterian Church of Queenstown situated on Stanley Street in the Queenstown CBD. This lease expired at the end of 2006, and the current premises have been leased since 2007. The school operates a full primary structure (Years 0-8) with two full-time teachers. The school has achieved considerable success in local area initiatives including spelling competitions, arts festivals, concerts, inter-school sports and swimming competitions, community clean-up days and voluntary help initiatives with locals. The pupils also help the Salvation Army with fundraising activities and the school has regularly featured among the top per-student dollar raised for World Vision.Application was first made to integrate the school into the state education system in 2006, and we rejoice that in 2010 our application has finally been approved by the Minister of Education. With integration, the school’s name has been changed to ‘KingsView’ to reflect both the heavenly King we serve and the beautiful part of His creation we are blessed to be located in.</t>
   </si>
   <si>
     <t>Peter Ferrar</t>
   </si>
   <si>
     <t>office@kingsview.school.nz</t>
   </si>
   <si>
     <t>http://www.kingsview.school.nz</t>
   </si>
   <si>
     <t>03 451 1444</t>
   </si>
   <si>
-    <t>Queenstown 9300</t>
-[...1 lines deleted...]
-  <si>
     <t>Holy Family Catholic School</t>
   </si>
   <si>
     <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
   </si>
   <si>
     <t>Principal: Jo Mckay</t>
   </si>
   <si>
     <t>office@holyfamilywanaka.school.nz</t>
   </si>
   <si>
     <t>http://www.holyfamilywanaka.school.nz/</t>
   </si>
   <si>
     <t>03 443 2394</t>
   </si>
   <si>
     <t>PO Box 592 Wanaka</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...14 lines deleted...]
-    <t>https://www.whsf.nz/</t>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Shotover Primary School</t>
+  </si>
+  <si>
+    <t>Welcome to Shotover Primary School in Queenstown, which caters for children from new entrants to year 8. We opened our doors for the very first time in 2015. Since then, we've added more teaching and learning spaces, a community hall with a music studio and technology and science room, and playgrounds. There's more to come as our community grows around us.</t>
+  </si>
+  <si>
+    <t>office@shotover.school.nz</t>
+  </si>
+  <si>
+    <t>https://www.shotover.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 409 0005</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
   </si>
   <si>
     <t>Southern REAP - Rural Education</t>
   </si>
   <si>
     <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
   </si>
   <si>
     <t>Dawn Brocks</t>
   </si>
   <si>
     <t>dawn@reap.co.nz</t>
   </si>
   <si>
     <t>http://southernreap.co.nz/</t>
   </si>
   <si>
     <t>0800 111 117</t>
   </si>
   <si>
-    <t>Comcol - Community Colleges New Zealand</t>
-[...17 lines deleted...]
-    <t>PO Box 715, Dunedin 9054</t>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>Hawea Flat School</t>
+  </si>
+  <si>
+    <t>Our school does have an enrolment scheme in place. This means that families living within our home zone are automatically able to attend. The BOT determines how many places are available for out of zone students and this is advertised in November every year. Should the number of applications exceed the number of places available, students will be selected by ballot according to Ministry of Education guidelines.</t>
+  </si>
+  <si>
+    <t>Principal</t>
+  </si>
+  <si>
+    <t>office@haweaflat.school.nz</t>
+  </si>
+  <si>
+    <t>http://haweaflat.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1467</t>
+  </si>
+  <si>
+    <t>Glenorchy Playgroup</t>
+  </si>
+  <si>
+    <t>Welcome to Glenorchy Playgroup - Haere mai, all parents, caregivers and young children are welcome.We believe in the importance of providing a place where pre-school children and parents can regularly meet, feel welcomed and involved. Our playgroup will use a variety of activities to provide learning opportunities and experiences for young children.We aim to give parents and caregivers the opportunity to learn new ways for encouraging their children’s learning in a friendly and supportive fun group.Mondays: 10am – 12pm Thursdays: 10am – 12pm School term time only.$2/session or $25 for the term.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jenny Huckstep (President) </t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/community/organisations/playgroup/</t>
+  </si>
+  <si>
+    <t>0211672242</t>
+  </si>
+  <si>
+    <t>PO Box 59 Glenorchy</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Wakatipu High School</t>
+  </si>
+  <si>
+    <t>Welcome to Wakatipu High School. Our mission is to deliver a ‘great all-round education that enables students to reach for their heights’ – and that is what happens every day at Wakatipu High School. ​ The key priority in this great all-round education is student learning, progress and achievement, and our recent results are testament to the very high levels of academic achievement of our students.</t>
+  </si>
+  <si>
+    <t>Mr Steve Hall</t>
+  </si>
+  <si>
+    <t>office@wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>03 442 7370</t>
+  </si>
+  <si>
+    <t>Private Bag 50080 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Primary School</t>
+  </si>
+  <si>
+    <t>Arrowtown School is a state-funded, co-educational school. It is a full primary school with Year 1-8 students from 5 to 13 years of age. The current school roll is approximately 580. Arrowtown School started in 1863 and has been on its present site since 1997.The school is modern, very well resourced and has a large, attractive school hall and excellent recreation facilities. Arrowtown is 20 kilometres from the tourist town of Queenstown. It has a population of around 2400 and is a picturesque township with an interesting and colourful history based on the discovery of gold in the 1860’s. The school’s community consists of the township and its rural area. About three quarters of our pupils live in the town with the rest living on lifestyle blocks close by.The township is situated in the Lakes District, a major New Zealand tourist destination offering a diverse range of opportunities and experiences, including outdoor pursuits, alpine sports and adventure tourism and water activities. We take advantage of this beautiful environment and incorporate a number of the district’s outdoor activities into our school programmes.</t>
+  </si>
+  <si>
+    <t>Chris Bryant</t>
+  </si>
+  <si>
+    <t>admin@arrowtown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 1854</t>
+  </si>
+  <si>
+    <t>P O Box 173, Arrowtown</t>
   </si>
   <si>
     <t>Wanaka Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
   </si>
   <si>
     <t>Wendy Bamford (principal)</t>
   </si>
   <si>
     <t>office@wanaka.school.nz</t>
   </si>
   <si>
     <t>http://www.wanaka.school.nz</t>
   </si>
   <si>
     <t>03 443 7687</t>
   </si>
   <si>
     <t>7 Ironside Drive, Wanaka</t>
   </si>
   <si>
-    <t>Ignite Wanaka Chamber of Commerce</t>
-[...29 lines deleted...]
-    <t>03 441 3680</t>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Education Angels In Home Childcare</t>
+  </si>
+  <si>
+    <t>Education Angels provide licensed in-home care &amp;amp; education for pre-school children throughout the region. We provide a range of childcare options to suit each family- In home educators or a nanny or au pair in your own home. In addition, generous non-means tested subsidies are available to each family that enrols with our service based on the hours of care.</t>
+  </si>
+  <si>
+    <t>Leah Orman</t>
+  </si>
+  <si>
+    <t>https://www.educationangels.co.nz/contact-us/</t>
+  </si>
+  <si>
+    <t>027 467 3636</t>
   </si>
   <si>
     <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
   </si>
   <si>
     <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
   </si>
   <si>
     <t>asorbaca@yahoo.com</t>
   </si>
   <si>
     <t>https://www.schoolofrussianballet.co.nz/</t>
   </si>
   <si>
     <t>022 157 1848</t>
   </si>
   <si>
-    <t>Frankton</t>
-[...85 lines deleted...]
-  <si>
     <t>St Josephs School</t>
   </si>
   <si>
     <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
   </si>
   <si>
     <t xml:space="preserve">Principal: Trisch Inder </t>
   </si>
   <si>
     <t>office@stjosephsqt.school.nz</t>
   </si>
   <si>
     <t>http://www.stjosephsqt.school.nz/</t>
   </si>
   <si>
     <t>+64 3 442 8224</t>
   </si>
   <si>
-    <t>Lake Wanaka Language Centre</t>
-[...290 lines deleted...]
-    <t>03 442 2744</t>
+    <t xml:space="preserve">Cromwell College </t>
+  </si>
+  <si>
+    <t>We are proud of the quality education and the many opportunities that we provide for our students and we know that this prepares them well for life beyond school. We pride ourselves on our dedicated staff, excellent facilities, friendly students, and engaging programmes set amongst the stunning landscapes of Central Otago.Cromwell College is a secondary school with a difference. Since 1995 over 300 students have enjoyed our highly regarded and popular Outdoor Pursuits Academy. This academy enables students from around New Zealand and overseas to experience life in Central Otago for their final years of secondary schooling.</t>
+  </si>
+  <si>
+    <t>admin@cromwell.school.nz</t>
+  </si>
+  <si>
+    <t>http://cromwell.school.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 1121</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
   </si>
   <si>
     <t>Wanaka Toastmasters</t>
   </si>
   <si>
     <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
   </si>
   <si>
     <t>wanakatoastmasters@gmail.com</t>
   </si>
   <si>
     <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
   </si>
   <si>
     <t>021 331 245</t>
-  </si>
-[...352 lines deleted...]
-    <t>Wellington</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1353,1291 +1353,1291 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.41333" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.416504" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="94.26269499999999" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="94.262695" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F2"/>
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C3"/>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6">
+        <v>6434414044</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="G6"/>
-      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="H7"/>
+      <c r="G7"/>
+      <c r="H7" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8"/>
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>55</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9"/>
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>61</v>
       </c>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F11"/>
       <c r="G11"/>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
+      <c r="G12" t="s">
         <v>72</v>
       </c>
-      <c r="E12" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="E13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H14" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E15" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="G15" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H15" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E16" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F16" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="E17" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="F17" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
       <c r="D18" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="E18" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="F18" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="E19" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="F19" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>117</v>
+      </c>
+      <c r="F20" t="s">
+        <v>118</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
         <v>120</v>
-      </c>
-[...17 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      <c r="D21"/>
+        <v>122</v>
+      </c>
+      <c r="C21"/>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
       <c r="E21" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="F21" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="E22" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="F22" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="H22"/>
+        <v>130</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="E23" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="F23" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="G23" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="H23" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="C24"/>
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>140</v>
+      </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="E24" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="F24" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="H24"/>
+        <v>143</v>
+      </c>
+      <c r="G24" t="s">
+        <v>144</v>
+      </c>
+      <c r="H24" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="E25" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="F25" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-      <c r="H25"/>
+        <v>149</v>
+      </c>
+      <c r="G25" t="s">
+        <v>150</v>
+      </c>
+      <c r="H25" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="B26" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="E26" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="F26" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>159</v>
+      </c>
       <c r="D27" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="G27"/>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B28" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="C28"/>
       <c r="D28" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="E28" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="F28" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C29"/>
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>170</v>
+      </c>
       <c r="D29" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="E29" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="F29" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>175</v>
+      </c>
+      <c r="C30" t="s">
+        <v>176</v>
+      </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="F30" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="H30"/>
+        <v>179</v>
+      </c>
+      <c r="G30" t="s">
+        <v>180</v>
+      </c>
+      <c r="H30" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>61</v>
+        <v>184</v>
       </c>
       <c r="F31" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>126</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>186</v>
+      </c>
+      <c r="B32" t="s">
+        <v>187</v>
+      </c>
+      <c r="C32" t="s">
+        <v>188</v>
+      </c>
+      <c r="D32" t="s">
+        <v>189</v>
+      </c>
+      <c r="E32" t="s">
         <v>190</v>
       </c>
-      <c r="B32" t="s">
+      <c r="F32" t="s">
         <v>191</v>
       </c>
-      <c r="C32"/>
-      <c r="D32" t="s">
+      <c r="G32" t="s">
         <v>192</v>
       </c>
-      <c r="E32" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B33" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E33" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F33" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>68</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
+        <v>201</v>
+      </c>
+      <c r="E34" t="s">
+        <v>202</v>
+      </c>
+      <c r="F34" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G34"/>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
+        <v>206</v>
+      </c>
+      <c r="E35" t="s">
+        <v>207</v>
+      </c>
+      <c r="F35" t="s">
         <v>208</v>
       </c>
-      <c r="E35" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G35"/>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>209</v>
+      </c>
+      <c r="B36" t="s">
+        <v>210</v>
+      </c>
+      <c r="C36"/>
+      <c r="D36" t="s">
+        <v>211</v>
+      </c>
+      <c r="E36" t="s">
         <v>212</v>
       </c>
-      <c r="B36" t="s">
+      <c r="F36" t="s">
         <v>213</v>
       </c>
-      <c r="C36" t="s">
+      <c r="G36" t="s">
         <v>214</v>
       </c>
-      <c r="D36" t="s">
-[...6 lines deleted...]
-      <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>215</v>
+      </c>
+      <c r="B37" t="s">
+        <v>216</v>
+      </c>
+      <c r="C37"/>
+      <c r="D37" t="s">
         <v>217</v>
       </c>
-      <c r="B37" t="s">
+      <c r="E37" t="s">
         <v>218</v>
       </c>
-      <c r="C37" t="s">
+      <c r="F37" t="s">
         <v>219</v>
       </c>
-      <c r="D37"/>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>220</v>
       </c>
-      <c r="F37" t="s">
+      <c r="H37" t="s">
         <v>221</v>
-      </c>
-[...2 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>222</v>
       </c>
       <c r="B38" t="s">
         <v>223</v>
       </c>
       <c r="C38" t="s">
         <v>224</v>
       </c>
       <c r="D38" t="s">
         <v>225</v>
       </c>
       <c r="E38" t="s">
         <v>226</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F38"/>
       <c r="G38"/>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" t="s">
         <v>228</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>229</v>
       </c>
-      <c r="C39"/>
       <c r="D39" t="s">
         <v>230</v>
       </c>
       <c r="E39" t="s">
         <v>231</v>
       </c>
       <c r="F39" t="s">
         <v>232</v>
       </c>
       <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>233</v>
       </c>
       <c r="B40" t="s">
         <v>234</v>
       </c>
-      <c r="C40" t="s">
+      <c r="C40"/>
+      <c r="D40" t="s">
         <v>235</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
+        <v>18</v>
+      </c>
+      <c r="F40" t="s">
         <v>236</v>
       </c>
-      <c r="E40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>237</v>
+      </c>
+      <c r="B41" t="s">
+        <v>238</v>
+      </c>
+      <c r="C41" t="s">
         <v>239</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>240</v>
       </c>
-      <c r="C41"/>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>241</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
         <v>244</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>245</v>
       </c>
-      <c r="C42"/>
-      <c r="D42" t="s">
+      <c r="D42"/>
+      <c r="E42" t="s">
         <v>246</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>247</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>248</v>
       </c>
-      <c r="G42"/>
       <c r="H42" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>249</v>
+      </c>
+      <c r="B43" t="s">
         <v>250</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>251</v>
       </c>
-      <c r="C43"/>
       <c r="D43" t="s">
         <v>252</v>
       </c>
       <c r="E43" t="s">
         <v>253</v>
       </c>
       <c r="F43" t="s">
         <v>254</v>
       </c>
-      <c r="G43"/>
-      <c r="H43"/>
+      <c r="G43" t="s">
+        <v>255</v>
+      </c>
+      <c r="H43" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B44" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C44" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D44" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E44" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F44" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B45" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C45" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="D45" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="E45" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F45" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-      <c r="H45"/>
+        <v>268</v>
+      </c>
+      <c r="G45" t="s">
+        <v>269</v>
+      </c>
+      <c r="H45" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B46" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>272</v>
+      </c>
       <c r="D46" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E46" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F46" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="G46"/>
+        <v>275</v>
+      </c>
+      <c r="G46" t="s">
+        <v>276</v>
+      </c>
       <c r="H46" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B47" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C47" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D47" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E47" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>6434414044</v>
+        <v>281</v>
+      </c>
+      <c r="F47" t="s">
+        <v>282</v>
       </c>
       <c r="G47" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="H47" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B48" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="C48"/>
+        <v>285</v>
+      </c>
+      <c r="C48" t="s">
+        <v>286</v>
+      </c>
       <c r="D48" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="E48" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="F48" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="G48"/>
+        <v>289</v>
+      </c>
+      <c r="G48" t="s">
+        <v>290</v>
+      </c>
       <c r="H48" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="B49" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="C49" t="s">
-        <v>285</v>
+        <v>75</v>
       </c>
       <c r="D49" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="E49" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="F49" t="s">
-        <v>288</v>
-[...6 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="G49"/>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B50" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="C50" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="D50"/>
       <c r="E50" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="F50" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="G50"/>
       <c r="H50" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E51" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F51" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B52" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C52" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D52" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E52" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F52" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="G52"/>
       <c r="H52" t="s">
-        <v>310</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B53" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E53" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F53" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>26</v>
+        <v>318</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B54" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E54" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F54" t="s">
-        <v>321</v>
-[...4 lines deleted...]
-      <c r="H54" t="s">
         <v>323</v>
       </c>
+      <c r="G54"/>
+      <c r="H54"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>