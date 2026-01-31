--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -38,429 +38,429 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
     <t>Department of Internal Affairs</t>
   </si>
   <si>
     <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
   </si>
   <si>
     <t>http://www.dia.govt.nz</t>
   </si>
   <si>
     <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
   </si>
   <si>
     <t>P O Box 5341 Dunedin</t>
   </si>
   <si>
     <t>Wellington</t>
   </si>
   <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
     <t>Volunteering Central</t>
   </si>
   <si>
     <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
   </si>
   <si>
     <t>Gillian White</t>
   </si>
   <si>
     <t>hello@volunteersouth.org.nz</t>
   </si>
   <si>
     <t>http://www.volunteeringcentral.org.nz/</t>
   </si>
   <si>
     <t>(03) 555 3071</t>
   </si>
   <si>
     <t>gillian@volunteeringcentral.org.nz</t>
   </si>
   <si>
     <t>Wanaka 9343</t>
   </si>
   <si>
-    <t>Support Group For Dyslexia</t>
-[...47 lines deleted...]
-    <t>PO Box 1409</t>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
   </si>
   <si>
     <t>The Duke of Edinburghs Hillary Award</t>
   </si>
   <si>
     <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
   </si>
   <si>
     <t>info@dofehillary.org.nz</t>
   </si>
   <si>
     <t>http://dofehillary.org.nz</t>
   </si>
   <si>
     <t>0800 69 29 27</t>
   </si>
   <si>
     <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
   </si>
   <si>
     <t>Seaview, Lower Hutt 5010</t>
-  </si>
-[...262 lines deleted...]
-    <t>PO Box 80, Wanaka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -838,497 +838,497 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...2 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7"/>
-      <c r="D7" t="s">
+      <c r="E7"/>
+      <c r="F7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7"/>
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
       </c>
-      <c r="F8" t="s">
-[...3 lines deleted...]
-      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="E9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F9"/>
+      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="G10"/>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...9 lines deleted...]
-      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12"/>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>71</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G12" t="s">
         <v>72</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="E13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
         <v>77</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
         <v>83</v>
       </c>
-      <c r="C14"/>
-      <c r="D14" t="s">
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...3 lines deleted...]
-      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
         <v>89</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>91</v>
       </c>
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>97</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>100</v>
       </c>
       <c r="B17" t="s">
         <v>101</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>102</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>103</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>104</v>
       </c>
-      <c r="F17" t="s">
+      <c r="G17" t="s">
         <v>105</v>
       </c>
-      <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18" t="s">
         <v>107</v>
       </c>
-      <c r="C18"/>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
       <c r="D18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E18" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="F18"/>
+        <v>110</v>
+      </c>
+      <c r="F18" t="s">
+        <v>111</v>
+      </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F19" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="G19" t="s">
         <v>116</v>
       </c>
+      <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>117</v>
       </c>
       <c r="B20" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D20" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>121</v>
+      </c>
       <c r="F20" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G20"/>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="G21" t="s">
         <v>127</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G21"/>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
         <v>131</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>132</v>
       </c>
-      <c r="F22" t="s">
+      <c r="G22" t="s">
         <v>133</v>
       </c>
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>134</v>
       </c>
-      <c r="H22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>