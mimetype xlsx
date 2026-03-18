--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -38,429 +38,429 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
     <t>Wild Things Nanny Service</t>
   </si>
   <si>
     <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
   </si>
   <si>
     <t xml:space="preserve">info@wildthings.org.nz </t>
   </si>
   <si>
     <t>https://wildthings.org.nz/</t>
   </si>
   <si>
     <t>0800 44 44 70</t>
   </si>
   <si>
     <t>PO Box 1409</t>
   </si>
   <si>
-    <t>Fluid Recruitment</t>
-[...88 lines deleted...]
-  <si>
     <t>Department of Internal Affairs</t>
   </si>
   <si>
     <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
   </si>
   <si>
     <t>http://www.dia.govt.nz</t>
   </si>
   <si>
     <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
   </si>
   <si>
     <t>P O Box 5341 Dunedin</t>
   </si>
   <si>
     <t>Wellington</t>
-  </si>
-[...250 lines deleted...]
-    <t>Seaview, Lower Hutt 5010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -835,475 +835,475 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2"/>
+      <c r="H2" t="s">
         <v>13</v>
       </c>
-      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="G3"/>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4"/>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C5"/>
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-      <c r="G9"/>
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
       <c r="D10" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F11" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G13"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      <c r="H14" t="s">
         <v>85</v>
       </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>86</v>
       </c>
       <c r="B15" t="s">
         <v>87</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>88</v>
       </c>
       <c r="E15" t="s">
         <v>89</v>
       </c>
       <c r="F15" t="s">
         <v>90</v>
       </c>
-      <c r="G15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G15"/>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>94</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>95</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>96</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
         <v>101</v>
       </c>
-      <c r="C17"/>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17"/>
+      <c r="H17" t="s">
         <v>103</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
         <v>106</v>
       </c>
-      <c r="B18" t="s">
+      <c r="E18" t="s">
         <v>107</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
         <v>108</v>
       </c>
-      <c r="D18" t="s">
+      <c r="G18" t="s">
         <v>109</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B19" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E19" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F19" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
         <v>117</v>
       </c>
-      <c r="B20" t="s">
+      <c r="E20" t="s">
         <v>118</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
         <v>119</v>
       </c>
-      <c r="D20" t="s">
+      <c r="G20" t="s">
         <v>120</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>121</v>
       </c>
-      <c r="F20" t="s">
-[...3 lines deleted...]
-      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
         <v>125</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>126</v>
       </c>
-      <c r="F21" t="s">
+      <c r="G21" t="s">
         <v>127</v>
       </c>
-      <c r="G21"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>128</v>
       </c>
       <c r="B22" t="s">
         <v>129</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>130</v>
       </c>
       <c r="E22" t="s">
         <v>131</v>
       </c>
       <c r="F22" t="s">
         <v>132</v>
       </c>
       <c r="G22" t="s">
         <v>133</v>
       </c>
       <c r="H22" t="s">
         <v>134</v>
       </c>