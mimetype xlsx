--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -38,573 +38,573 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG)</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
+  </si>
+  <si>
+    <t>Volunteer Co-ordinator</t>
+  </si>
+  <si>
+    <t>volunteer@whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>Whakatipu</t>
+  </si>
+  <si>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Hawea</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Hawea are a sub-committee of the Hawea Community Association Incorporation and have been operating for well over 25 years. Elected each year at the annual general meeting, the guardians consists of 8 persons responsible for seeing that Lake Hawea, its water and its surrounds are managed wisely for the benefit of all, both now and in the future.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Don Robertson </t>
+  </si>
+  <si>
+    <t>donandgaye@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 2601</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Whakatipu Reforestation Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   About The Whakatipu Reforestation Trust   Our Vision: To protect and restore the native biodiversity of the Whakatipu Basin through revegetation projects, collaboration, education and advocacy.  Since humans first set foot on New Zealand, our native forests have reduced by 70% while our native bird species have been reduced by 30%. The Kowhai rich dry woodlands that used to be prolific in the Whakatipu Basin are one of the most threatened ecosystems in New Zealand, and also one of the least protected. “Without endemic touchstones visible to the resident [Whakatipu Basin] population on a daily basis their appreciation of the history of their own land and identification with it will gradually atrophy. As northern temperate images fill people’s experience and imagination, these foreign elements become entrenched in tradition with an inevitable loss of both biological and cultural diversity.”Colin Meurk, Landcare Research We work with the community to grow and plant out native plants, including threatened species. This will create wildlife corridors that will, in turn, attract native birds and insects back into the basin, significantly enhancing the biodiversity of our region. FIND OUT HOW YOU CAN GET INVOLVED    </t>
+  </si>
+  <si>
+    <t>Karen O’Donahoo</t>
+  </si>
+  <si>
+    <t>volunteer@wrtqt.org.nz</t>
+  </si>
+  <si>
+    <t>https://wrtqt.org.nz/</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
     <t>Glenorchy Landcare Group</t>
   </si>
   <si>
     <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
   </si>
   <si>
     <t>Iris &amp; Kate Scott</t>
   </si>
   <si>
     <t>scotts@reesvalley.co.nz</t>
   </si>
   <si>
     <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
   </si>
   <si>
     <t>03 442 9908</t>
   </si>
   <si>
     <t>C/- Rees Valley Association, Glenorchy</t>
   </si>
   <si>
     <t>Glenorchy</t>
   </si>
   <si>
     <t>Arrowtown Choppers</t>
   </si>
   <si>
     <t>Stopping the wilding tree spread. A volunteer group to help remove wilding trees from the Arrowtown hills. The long-term goal is not just the removal of wilding species, but reintroduction of a mix of locally sourced native plants for biodiversity and selective non-spreading exotic trees to enhance Arrowtown’s brilliant autumn colours.</t>
   </si>
   <si>
     <t>Karl Walker</t>
   </si>
   <si>
     <t>arrowtownchoppers@gmail.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/arrowtownchoppers</t>
   </si>
   <si>
     <t>021877485</t>
   </si>
   <si>
     <t>Arrowtown</t>
   </si>
   <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown is a group of like-minded locals engaging the community in actively seeking sustainable solutions through collaboration, connectedness and fun events. We are always on the hunt for change-agents, so if you are a rebel with a cause, come and join us!</t>
+  </si>
+  <si>
+    <t>sustainable.queenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://sustainablequeenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Protect Queenstown/We Love Wakatipu Inc. Society</t>
+  </si>
+  <si>
+    <t>Purpose We Love Wakatipu Inc Soc is running its Protect Queenstown campaign to stop expansion of the air noise boundaries at Queenstown Airport, by ensuring QLDC hears the community's strong opposition and by keeping the community informed about how we can take part in the planning process.</t>
+  </si>
+  <si>
+    <t>Cath Gilmour</t>
+  </si>
+  <si>
+    <t>protectqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://protectqueenstown.wordpress.com/</t>
+  </si>
+  <si>
+    <t>0274900057</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Free</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Control is a group of passionate locals who volunteer their time to reduce the number of invasive predators in the Lake Hayes area to protect and support our native wildlife.</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown sets out and manages humane kill traps targeted to rodents, possums, and mustelids in the hills and river behind Arrowtown to help the native flora and fauna. Anyone who is moderately fit and keen to get involved in checking traps can check out the Facebook page or email predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t>predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> https://www.wakatipuwildlifetrust.org.nz/predator-free-arrowtown/</t>
+  </si>
+  <si>
+    <t>0224384552</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
     <t>Federated Farmers - Glenorchy Branch</t>
   </si>
   <si>
     <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
   </si>
   <si>
     <t>Mark Hasselman</t>
   </si>
   <si>
     <t>southland@fedfarm.org.nz</t>
   </si>
   <si>
     <t>03 442 9942</t>
   </si>
   <si>
-    <t>Friends of Pembroke Park</t>
-[...310 lines deleted...]
-  <si>
     <t>Friends of the Wakatipu Gardens and Reserves</t>
   </si>
   <si>
     <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
   </si>
   <si>
     <t>Jay Cassells</t>
   </si>
   <si>
     <t>jay.cassells@gmail.com</t>
   </si>
   <si>
     <t>021 5111 52</t>
-  </si>
-[...136 lines deleted...]
-    <t>Dunedin 9016</t>
   </si>
   <si>
     <t>Whakatipu Wildlife Trust</t>
   </si>
   <si>
     <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
   </si>
   <si>
     <t>hello@whakatipuwildlifetrust.org.nz</t>
   </si>
   <si>
     <t>https://whakatipuwildlifetrust.org.nz/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -981,718 +981,718 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2"/>
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5"/>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6"/>
+      <c r="F6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
-      </c>
-[...2 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="C8"/>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
       <c r="D10" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
       <c r="F10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="H10"/>
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
       <c r="F11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F12" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="G12" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="C13"/>
       <c r="D13" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      <c r="F13"/>
+        <v>81</v>
+      </c>
+      <c r="E13"/>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C14"/>
-      <c r="D14"/>
-      <c r="E14"/>
+      <c r="D14" t="s">
+        <v>85</v>
+      </c>
+      <c r="E14" t="s">
+        <v>86</v>
+      </c>
       <c r="F14"/>
       <c r="G14"/>
-      <c r="H14"/>
+      <c r="H14" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F15" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C16" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D16" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E16" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="F16"/>
       <c r="G16"/>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E18" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F18" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G18" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H18" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E19" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="F19"/>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C20" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D20" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="E20"/>
       <c r="F20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E21"/>
+        <v>121</v>
+      </c>
+      <c r="E21" t="s">
+        <v>122</v>
+      </c>
       <c r="F21" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="F22"/>
+        <v>128</v>
+      </c>
+      <c r="F22" t="s">
+        <v>129</v>
+      </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="E23"/>
       <c r="F23" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D24" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>137</v>
+      </c>
+      <c r="E24" t="s">
+        <v>138</v>
+      </c>
       <c r="F24" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C25"/>
-      <c r="D25" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25"/>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
         <v>143</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>144</v>
       </c>
-      <c r="C26"/>
       <c r="D26" t="s">
         <v>145</v>
       </c>
       <c r="E26" t="s">
         <v>146</v>
       </c>
-      <c r="F26"/>
+      <c r="F26" t="s">
+        <v>147</v>
+      </c>
       <c r="G26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H26" t="s">
-        <v>148</v>
+        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>149</v>
       </c>
       <c r="B27" t="s">
         <v>150</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>151</v>
       </c>
-      <c r="E27"/>
+      <c r="E27" t="s">
+        <v>152</v>
+      </c>
       <c r="F27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B28" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>156</v>
+      </c>
       <c r="D28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E28" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="F28"/>
+        <v>158</v>
+      </c>
+      <c r="F28" t="s">
+        <v>159</v>
+      </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="C29"/>
       <c r="D29" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E29" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="F29"/>
       <c r="G29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H29" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E30" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F30" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G30" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="H30"/>
+        <v>171</v>
+      </c>
+      <c r="H30" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="E31"/>
       <c r="F31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>179</v>
+      </c>
+      <c r="C32" t="s">
+        <v>180</v>
+      </c>
       <c r="D32" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="E32"/>
       <c r="F32" t="s">
-        <v>180</v>
-[...4 lines deleted...]
-      <c r="H32" t="s">
         <v>182</v>
       </c>
+      <c r="G32"/>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>183</v>
       </c>
       <c r="B33" t="s">
         <v>184</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>185</v>
       </c>
       <c r="E33" t="s">
         <v>186</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">