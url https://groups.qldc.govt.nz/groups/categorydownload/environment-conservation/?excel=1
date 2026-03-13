--- v1 (2026-01-26)
+++ v2 (2026-03-13)
@@ -38,585 +38,585 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t>Whakatipu Wildlife Trust</t>
+  </si>
+  <si>
+    <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
+  </si>
+  <si>
+    <t>hello@whakatipuwildlifetrust.org.nz</t>
+  </si>
+  <si>
+    <t>https://whakatipuwildlifetrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG)</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
+  </si>
+  <si>
+    <t>Volunteer Co-ordinator</t>
+  </si>
+  <si>
+    <t>volunteer@whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>Whakatipu</t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown sets out and manages humane kill traps targeted to rodents, possums, and mustelids in the hills and river behind Arrowtown to help the native flora and fauna. Anyone who is moderately fit and keen to get involved in checking traps can check out the Facebook page or email predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t>predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> https://www.wakatipuwildlifetrust.org.nz/predator-free-arrowtown/</t>
+  </si>
+  <si>
+    <t>0224384552</t>
+  </si>
+  <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Hawea</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Hawea are a sub-committee of the Hawea Community Association Incorporation and have been operating for well over 25 years. Elected each year at the annual general meeting, the guardians consists of 8 persons responsible for seeing that Lake Hawea, its water and its surrounds are managed wisely for the benefit of all, both now and in the future.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Don Robertson </t>
+  </si>
+  <si>
+    <t>donandgaye@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 2601</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown is a group of like-minded locals engaging the community in actively seeking sustainable solutions through collaboration, connectedness and fun events. We are always on the hunt for change-agents, so if you are a rebel with a cause, come and join us!</t>
+  </si>
+  <si>
+    <t>sustainable.queenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://sustainablequeenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>Arrowtown Choppers</t>
+  </si>
+  <si>
+    <t>Stopping the wilding tree spread. A volunteer group to help remove wilding trees from the Arrowtown hills. The long-term goal is not just the removal of wilding species, but reintroduction of a mix of locally sourced native plants for biodiversity and selective non-spreading exotic trees to enhance Arrowtown’s brilliant autumn colours.</t>
+  </si>
+  <si>
+    <t>Karl Walker</t>
+  </si>
+  <si>
+    <t>arrowtownchoppers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/arrowtownchoppers</t>
+  </si>
+  <si>
+    <t>021877485</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Glenorchy Landcare Group</t>
+  </si>
+  <si>
+    <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
+  </si>
+  <si>
+    <t>Iris &amp; Kate Scott</t>
+  </si>
+  <si>
+    <t>scotts@reesvalley.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
+  </si>
+  <si>
+    <t>03 442 9908</t>
+  </si>
+  <si>
+    <t>C/- Rees Valley Association, Glenorchy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>Protect Queenstown/We Love Wakatipu Inc. Society</t>
+  </si>
+  <si>
+    <t>Purpose We Love Wakatipu Inc Soc is running its Protect Queenstown campaign to stop expansion of the air noise boundaries at Queenstown Airport, by ensuring QLDC hears the community's strong opposition and by keeping the community informed about how we can take part in the planning process.</t>
+  </si>
+  <si>
+    <t>Cath Gilmour</t>
+  </si>
+  <si>
+    <t>protectqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://protectqueenstown.wordpress.com/</t>
+  </si>
+  <si>
+    <t>0274900057</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Free</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Control is a group of passionate locals who volunteer their time to reduce the number of invasive predators in the Lake Hayes area to protect and support our native wildlife.</t>
+  </si>
+  <si>
+    <t>Whakatipu Reforestation Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   About The Whakatipu Reforestation Trust   Our Vision: To protect and restore the native biodiversity of the Whakatipu Basin through revegetation projects, collaboration, education and advocacy.  Since humans first set foot on New Zealand, our native forests have reduced by 70% while our native bird species have been reduced by 30%. The Kowhai rich dry woodlands that used to be prolific in the Whakatipu Basin are one of the most threatened ecosystems in New Zealand, and also one of the least protected. “Without endemic touchstones visible to the resident [Whakatipu Basin] population on a daily basis their appreciation of the history of their own land and identification with it will gradually atrophy. As northern temperate images fill people’s experience and imagination, these foreign elements become entrenched in tradition with an inevitable loss of both biological and cultural diversity.”Colin Meurk, Landcare Research We work with the community to grow and plant out native plants, including threatened species. This will create wildlife corridors that will, in turn, attract native birds and insects back into the basin, significantly enhancing the biodiversity of our region. FIND OUT HOW YOU CAN GET INVOLVED    </t>
+  </si>
+  <si>
+    <t>Karen O’Donahoo</t>
+  </si>
+  <si>
+    <t>volunteer@wrtqt.org.nz</t>
+  </si>
+  <si>
+    <t>https://wrtqt.org.nz/</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
     <t>Paradise Trust</t>
   </si>
   <si>
     <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
   </si>
   <si>
     <t>info@paradisetrust.co.nz</t>
   </si>
   <si>
     <t>https://www.paradisetrust.co.nz/</t>
   </si>
   <si>
     <t xml:space="preserve">(+64) 03 442 9956 </t>
   </si>
   <si>
     <t>Glenorchy 9372</t>
-  </si>
-[...517 lines deleted...]
-    <t>https://whakatipuwildlifetrust.org.nz/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -981,736 +981,736 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
         <v>11</v>
       </c>
+      <c r="E2"/>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...3 lines deleted...]
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6"/>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F7"/>
+      <c r="G7"/>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9"/>
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>52</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
-[...9 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="G11"/>
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="E12"/>
       <c r="F12" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-      <c r="E13"/>
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
       <c r="F13" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="F14"/>
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>79</v>
+      </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="B15" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C15" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>84</v>
+      </c>
       <c r="E15" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="E16" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="F16"/>
+        <v>90</v>
+      </c>
+      <c r="F16" t="s">
+        <v>91</v>
+      </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="C17"/>
       <c r="D17" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="G17"/>
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18"/>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
         <v>103</v>
-      </c>
-[...17 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E19" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
         <v>113</v>
-      </c>
-[...11 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>115</v>
+      </c>
+      <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21"/>
+      <c r="D21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>119</v>
       </c>
-      <c r="C21" t="s">
+      <c r="G21" t="s">
         <v>120</v>
       </c>
-      <c r="D21" t="s">
-[...9 lines deleted...]
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
         <v>124</v>
       </c>
-      <c r="B22" t="s">
+      <c r="E22"/>
+      <c r="F22" t="s">
         <v>125</v>
       </c>
-      <c r="C22" t="s">
+      <c r="G22"/>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="D22" t="s">
-[...9 lines deleted...]
-      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>131</v>
+      </c>
+      <c r="G23" t="s">
         <v>132</v>
       </c>
-      <c r="E23"/>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>133</v>
       </c>
-      <c r="G23"/>
-      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>137</v>
       </c>
       <c r="E24" t="s">
         <v>138</v>
       </c>
       <c r="F24" t="s">
         <v>139</v>
       </c>
-      <c r="G24"/>
+      <c r="G24" t="s">
+        <v>140</v>
+      </c>
       <c r="H24" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C25"/>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>143</v>
+      </c>
       <c r="E25"/>
-      <c r="F25"/>
+      <c r="F25" t="s">
+        <v>144</v>
+      </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E26" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F27" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="H27"/>
+        <v>154</v>
+      </c>
+      <c r="G27" t="s">
+        <v>155</v>
+      </c>
+      <c r="H27" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C28" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E28" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="C29"/>
+        <v>164</v>
+      </c>
+      <c r="C29" t="s">
+        <v>165</v>
+      </c>
       <c r="D29" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E29" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="F29" t="s">
+        <v>168</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C30"/>
-      <c r="D30" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="D30"/>
+      <c r="E30"/>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
         <v>173</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>174</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>175</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="F31"/>
       <c r="G31"/>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
+        <v>183</v>
+      </c>
+      <c r="E33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F33" t="s">
         <v>185</v>
       </c>
-      <c r="E33" t="s">
+      <c r="G33"/>
+      <c r="H33" t="s">
         <v>186</v>
       </c>
-      <c r="F33"/>
-[...1 lines deleted...]
-      <c r="H33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>