--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -38,2421 +38,2421 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>MS Otago</t>
+  </si>
+  <si>
+    <t>Welcome to the home of the Otago Multiple Sclerosis Society. We are glad you found us! This website is intended to inform you about the services, programmes and events for people with MS in the Otago area. People with other neurological illnesses such as Arachnoditis are also welcome.The Otago Multiple Sclerosis Society aims to empower people with Multiple Sclerosis and their families by providing them with professional support, education, information and skills, to participate actively in the community in ways that are meaningful to them.</t>
+  </si>
+  <si>
+    <t>Field officer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@msotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.msotago.org.nz</t>
+  </si>
+  <si>
+    <t>027 88 99 035</t>
+  </si>
+  <si>
+    <t>PO Box 2293, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Otago Community Hospice</t>
+  </si>
+  <si>
+    <t>We provide a wide range of services for people who are approaching the end of their life and whose palliative care needs are beyond the level that are able to be supported by their local services e.g. GP and District Nurses alone. We also provide care and support for the patient’s loved ones.</t>
+  </si>
+  <si>
+    <t>contact@otagohospice.co.nz</t>
+  </si>
+  <si>
+    <t>https://otagohospice.co.nz/</t>
+  </si>
+  <si>
+    <t>03 473 6005 or 0800 473 6005</t>
+  </si>
+  <si>
+    <t>Dunedin 9010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>National Heart Foundation</t>
+  </si>
+  <si>
+    <t>Our mission: to STOP New Zealanders dying prematurely of heart disease and HELP people with heart disease to live full and productive lives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedinoffice@heartfoundation.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.heartfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 4773999</t>
+  </si>
+  <si>
+    <t>PO Box 6179 Dunedin 9059</t>
+  </si>
+  <si>
+    <t>Dunedin Central 9016</t>
+  </si>
+  <si>
+    <t>Brain Injury Assoiation</t>
+  </si>
+  <si>
+    <t>Every day, 90 New Zealanders sustain a brain injury. Brain injuries are more common than you think, and can happen to anyone at anytime. Sudden knocks to the head through falls, sporting injuries and car crashes can all result in a brain injury. In fact, if you have ever suffered a concussion, no matter how mild, then you have sustained a brain injury.</t>
+  </si>
+  <si>
+    <t>liaison.dunedin@brain-injury.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.brain-injury.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6156</t>
+  </si>
+  <si>
+    <t>PO Box 5222, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Queenstown Womxn's Group</t>
+  </si>
+  <si>
+    <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
+  </si>
+  <si>
+    <t>Gemma Rose Peacock</t>
+  </si>
+  <si>
+    <t>gemmarosepeacock@gmail.com</t>
+  </si>
+  <si>
+    <t>http://gemmarosepeacock.com</t>
+  </si>
+  <si>
+    <t>02108603160</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>ACC</t>
+  </si>
+  <si>
+    <t>We help prevent injuries and get New Zealanders and visitors back to everyday life if they’ve had an accident.We touch the lives of a large number of New Zealanders. The health, rehabilitation and service providers who help people who are injured, the businesses, vehicle owners and workers who contribute to the Scheme, and any New Zealander or visitor to New Zealand who's injured in an accident.</t>
+  </si>
+  <si>
+    <t>information@acc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.acc.co.nz/ </t>
+  </si>
+  <si>
+    <t>04 816 7400</t>
+  </si>
+  <si>
+    <t>PO Box 242, Wellington 6140</t>
+  </si>
+  <si>
+    <t>Public Health Nurse</t>
+  </si>
+  <si>
+    <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
+  </si>
+  <si>
+    <t>publichealthnursing@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>03 450 9156</t>
+  </si>
+  <si>
+    <t>PO Box 2180 Frankton Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Town Centre Queenstown</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t>Mary Ferguson</t>
+  </si>
+  <si>
+    <t>Psychotherapist/CounsellorI am a Registered Psychotherapist with both an adult and a specialised child, adolescent &amp;amp; family scope of practice. This is because I have a Postgraduate qualification in Child &amp;amp; Adolescent Psychotherapy.I work across the Central Lakes region consulting in Queenstown, Cromwell and Wanaka. When I meet with a new client it is important to start our work by establishing a warm and supportive relationship. By reaching an understanding of your concerns and difficulties it means that your goals and a treatment plan can be established.</t>
+  </si>
+  <si>
+    <t>maryferguson3@gmail.com</t>
+  </si>
+  <si>
+    <t>http://mary-ferguson.co.nz/</t>
+  </si>
+  <si>
+    <t>0275 044 730</t>
+  </si>
+  <si>
+    <t>P O Box 1628, Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Medical Centre</t>
+  </si>
+  <si>
+    <t>Right care delivered by the right person in the right place at the right time.Queenstown Medical Centre (QMC) operates across three sites – Queenstown, Arrowtown and Frankton (Remarkables Park). In addition to General Practice, Isle St houses an Accident &amp;amp; Medical clinic and facilitates access to a range of health services including Radiology and Ultrasound, Psychology, Physiotherapy, Pharmacy, Immigration Medicals, Travel Medicine and Sexual Health and Family Planning.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 450 1355 </t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>Wakatipu Pony Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Johnstone</t>
+  </si>
+  <si>
+    <t>bella.park99@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.sporty.co.nz/wakatipupc/Home</t>
+  </si>
+  <si>
+    <t>021343087</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Kahu Youth Trust</t>
+  </si>
+  <si>
+    <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
+  </si>
+  <si>
+    <t>manager@kahuyouthtrust.org</t>
+  </si>
+  <si>
+    <t>http://kahuyouth.org</t>
+  </si>
+  <si>
+    <t>027 570 99268</t>
+  </si>
+  <si>
+    <t>35 Plantation Road, Wānaka, 9305</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup is a supportive environment for parents and children (new born to 5yrs) and provides plenty of play opportunity for all ages. Parents can network and enjoy a safe, warm and well resourced environment (inside and outside) with their children.</t>
+  </si>
+  <si>
+    <t>haweaplaygroup@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/haweaplaygroup/</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We pride ourselves in our ongoing commitment to the development of primary care and are a registered teaching practice with Otago University and the Royal College of General Practitioners.</t>
+  </si>
+  <si>
+    <t>64 3 441 0500</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown Swimming Club</t>
+  </si>
+  <si>
+    <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
+  </si>
+  <si>
+    <t>arrowtownswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>0212971422</t>
+  </si>
+  <si>
+    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
+  </si>
+  <si>
+    <t>Uruuruwhenua - Health service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruuruwhenua Health is focused on Māori health but is open to all members of the Central Otago community. Our key objective is to ensure existing health professionals and social services/agencies are coordinated and that Māori are assisted to better utilise the services that are available.We assist whānau in working towards healthier lifestyles, promoting and understanding of the Whare Tapa Wha Health model in terms of tinana (physical wellbeing), wairua (spiritual wellbeing), hinengaro (mental wellbeing) and whānau (family wellbeing).Our focus is on Whānau Ora health promotion, prevention and resources. Individual and whānau health plans Shearing Hauora clinics Maara Kai Drug and alcohol Mental health Auahi Kore support services. </t>
+  </si>
+  <si>
+    <t>info@uruuruwhenuahealth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/uruuruwhenua-health-community-health-services/</t>
+  </si>
+  <si>
+    <t>0272021515</t>
+  </si>
+  <si>
+    <t>PO Box 500, Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa is a national organisation representing the voice of Deaf people, and the national service provider for Deaf people in New Zealand. Deaf Aotearoa also works closely with Deaf communities, government agencies and other organisations to increase awareness, promote New Zealand Sign Language and strengthen the rights of Deaf people.Deaf Aotearoa delivers flexible and responsive services which accomodates the Deaf community’s needs. We provide knowledge, information, resources and skills. With these, Deaf people are able to independently manage events in their own lives.</t>
+  </si>
+  <si>
+    <t>national@deaf.org.nz</t>
+  </si>
+  <si>
+    <t>http://deaf.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 33 23 22</t>
+  </si>
+  <si>
+    <t>Dunedin Central, 9016</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland offers support, education and information to anyone wanting to know more about dementia. We provide this service by offering educational talks, information sessions, support groups and home visits to clients.In Queenstown / Arrowtown every 4-6 weeks.To find out more about Alzheimers Southland services please get in touch.</t>
+  </si>
+  <si>
+    <t>alzheimers.southlandcsw@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/southland</t>
+  </si>
+  <si>
+    <t>(03) 214-0984</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Remarkables Park Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We now operate across three sites, Queenstown, Arrowtown and Remarkables Park and our team consists of 13 Vocationally Registered General Practitioners, 16 Practice Nurses, 10 receptionists and 6 Clinical and Administrative support staff.</t>
+  </si>
+  <si>
+    <t>03 450 9199</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t>Wakatipu Netball Centre</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>Sue Albrecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/</t>
+  </si>
+  <si>
+    <t>027 309 2998</t>
+  </si>
+  <si>
+    <t>Stop Smoking NZ</t>
+  </si>
+  <si>
+    <t>There are Stop Smoking Service providers located throughout New Zealand, and they can help you on your quit journey. Your local service will be able to work with you to create your quit plan, with free and flexible support and free Nicotine Replacement Therapy (NRT).</t>
+  </si>
+  <si>
+    <t>admin@stopsmoking.nz</t>
+  </si>
+  <si>
+    <t>https://www.smokefree.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 925 242</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Queenstown Meditation</t>
+  </si>
+  <si>
+    <t>Come along to The Sherwood (the yoga studio above the bar), Frankton Road, Queenstown, on Thursday evenings for a community meditation class, suitable for all ages and experience. Take some time out to relax, meet like-minded people, and if you like, join us for a chai in the bar afterwards. Gold coin donation if that's available to you, otherwise come along anyway and soak up the vibes. Be guided on a journey to improve your wellbeing and intuition, and put your life back in your hands. Arrive from 7.15pm, meditation starts at 7.30pm, for approximately 45 minutes.</t>
+  </si>
+  <si>
+    <t>Clare Evans</t>
+  </si>
+  <si>
+    <t>queenstownmeditation@gmail.com</t>
+  </si>
+  <si>
+    <t>021 184 3944</t>
+  </si>
+  <si>
+    <t>554 Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
     <t xml:space="preserve">Health Shuttles - St.John </t>
   </si>
   <si>
     <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
   </si>
   <si>
-    <t>enquiries@stjohn.org.nz</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
   </si>
   <si>
     <t>0800 103 046</t>
   </si>
   <si>
-    <t>Zumba Queenstown</t>
-[...14 lines deleted...]
-    <t>021 082 981 40</t>
+    <t>Kingston Voluntary Rural Fire Force</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include: Wildfires Civil defence Natural disasters Of course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station?If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: Learn more about being a Fire and Emergency New Zealand volunteer Read up on the medical checks and security checks volunteers must pass   Find out how to become a volunteer </t>
+  </si>
+  <si>
+    <t>Tony Wilson (Fire Chief)</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>03 248 8844 or 027 237 9497</t>
+  </si>
+  <si>
+    <t>P O Box 24 Kingston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Well South Primary Health Organisation</t>
+  </si>
+  <si>
+    <t>PHOs are organisations that plan, coordinate and fund primary health care. They are responsible for the health needs of their local communities. PHOs mainly involve health and medical centres and are increasingly involving other health care providers such as physiotherapists, podiatrists, pharmacists, dentists and other groups.Facebook: https://www.facebook.com/WellSouth-Community-212865212217494/?fref=ts</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 1163 </t>
+  </si>
+  <si>
+    <t>P O Box 218, Dunedin, 9054</t>
+  </si>
+  <si>
+    <t>Oral Health Services</t>
+  </si>
+  <si>
+    <t>The Community Oral Health service has a strong emphasis on prevention of tooth decay and providing parents with advice to support their children's good oral health, at the time of their child's appointment.Free basic dental care is available at Community Oral Health clinics and mobile dental units throughout the Southern District.</t>
+  </si>
+  <si>
+    <t>oralhealth@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz/pages/community-oral-health-service/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>Ashburn Psychiatric Health Care</t>
+  </si>
+  <si>
+    <t>Ashburn Clinic is a not-for-profit rehabilitation clinic and therapeutic community in Dunedin, offering a professional and supportive environment for diagnosis, treatment and recovery from mental illness and addictions.</t>
+  </si>
+  <si>
+    <t>ashburn@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ashburn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 476 2092</t>
+  </si>
+  <si>
+    <t>Private Bag 1916, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9010 </t>
+  </si>
+  <si>
+    <t>Asthma Society</t>
+  </si>
+  <si>
+    <t>The Asthma and Respiratory Foundation NZ is New Zealand’s not-for-profit sector authority on all respiratory conditions including asthma, bronchiectasis, childhood bronchiolitis, childhood pneumonia, chronic obstructive pulmonary disease (COPD), lung cancer and obstructive sleep apnoea.</t>
+  </si>
+  <si>
+    <t>otagoasthma@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.asthmafoundation.org.nz/</t>
+  </si>
+  <si>
+    <t>03 471 6167 or 027 471 6162 (after hours)</t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Southern District Health Board</t>
+  </si>
+  <si>
+    <t>Southern District Health Board (Southern DHB) exists to support everyone across our district to live well, and access the right care when they need it, by delivering high quality, patient-centred and equitable health services to our diverse communities.We are responsible for planning, funding and providing health and disability services to a population of over 315,000 located South of the Waitaki River. Our catchment area encompasses Invercargill City, Queenstown - Lakes District, Gore, rural Southland, Clutha, Central Otago, Maniototo, Waitaki District and Dunedin City. This means Southern DHB serves the largest geographic region of all New Zealand's health boards.</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernhealth.nz</t>
+  </si>
+  <si>
+    <t>03 474 0999</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services Ltd (COHSL) is the community owned, not-for-profit company which is responsible for providing health services out of Dunstan Hospital.Our mission is to provide an integrated health service that is client/patient focused, clinically competent, efficiently delivered, well co-ordinated, culturally appropriate and meets the changing needs of the COHSL service areas.</t>
+  </si>
+  <si>
+    <t>https://www.cohsl.co.nz/</t>
+  </si>
+  <si>
+    <t>03 440 4300</t>
+  </si>
+  <si>
+    <t>PO Box 30, Clyde 9341</t>
+  </si>
+  <si>
+    <t>Clyde</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
   </si>
   <si>
     <t>Alcoholics Anonymous Wanaka</t>
   </si>
   <si>
     <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
   </si>
   <si>
-    <t>nzgso@aa.org.nz</t>
-[...182 lines deleted...]
-    <t>03 443 8824</t>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t>Disabilities Resource Centre</t>
+  </si>
+  <si>
+    <t>We came from small beginnings in 1992. Over the following years we provided needs assessment and service co-ordination services and home support services. We also provided the best, most cost effective, equipment and daily living products through our equipment shop. A strong dedicated team of staff ensured that people who came to us for information, resources and support gained the outcomes they desired.We will continue to grow in response to the needs of our communities in Southland, including Gore, Te Anau, Queenstown, Stewart Island and all other localities in our beautiful province.</t>
+  </si>
+  <si>
+    <t>info@drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 5000 or 0800 100 531</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
   </si>
   <si>
     <t>Central Otago Living Options</t>
   </si>
   <si>
     <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
   </si>
   <si>
     <t>Alison Wildey</t>
   </si>
   <si>
     <t>alison@livingoptions.org.nz</t>
   </si>
   <si>
     <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
   </si>
   <si>
     <t>03 4487748</t>
   </si>
   <si>
     <t>PO Box 446 Alexandra</t>
   </si>
   <si>
-    <t>Well South Primary Health Organisation</t>
-[...68 lines deleted...]
-    <t>(03) 471 6152</t>
+    <t>Southern Support Eating Disorders (SSED) Service</t>
+  </si>
+  <si>
+    <t>The SSED Service in the community and primary health sector is a free service that provides early identification, assessment, treatment and referral for people with symptoms and / or behaviours consistent with an eating disorder. The service also provides advice for families/whanau to access support networks. Education, training and information for a range of professionals, about eating disorders is a key focus. </t>
+  </si>
+  <si>
+    <t>Trudy Dent</t>
+  </si>
+  <si>
+    <t>southernsupport@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>Lakes District Hospital</t>
+  </si>
+  <si>
+    <t>For all emergencies dial 111 from any New Zealand landline or mobile phone.</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0015</t>
+  </si>
+  <si>
+    <t>20 Douglas Street, Frankton</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust</t>
+  </si>
+  <si>
+    <t>Our purpose is to provide free and independent advocacy services for ACC claimants who cannot afford the hire the services of a lawyer. Everyone is welcome. (Please note The Trust is not a vehicle for lobbying Government).</t>
+  </si>
+  <si>
+    <t>southaccadv@gmail.com</t>
+  </si>
+  <si>
+    <t>http://accadvocacy.info/index.html</t>
+  </si>
+  <si>
+    <t>03-2188194</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust PO Box 1735</t>
   </si>
   <si>
     <t>Elder Net</t>
   </si>
   <si>
     <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
   </si>
   <si>
     <t>team@eldernet.co.nz</t>
   </si>
   <si>
     <t>https://www.eldernet.co.nz/Home</t>
   </si>
   <si>
     <t>(03) 388 1204 or 0800 162 706</t>
   </si>
   <si>
-    <t>Alcoholics Anonymous Frankton</t>
-[...193 lines deleted...]
-  <si>
     <t>Wanaka Search and Rescue Group</t>
   </si>
   <si>
     <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
   </si>
   <si>
     <t>wanaka.sar@gmail.com</t>
   </si>
   <si>
     <t>http://wanakasar.org.nz/</t>
   </si>
   <si>
     <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
   </si>
   <si>
-    <t>Breastfeeding Support Group</t>
-[...172 lines deleted...]
-  <si>
     <t>Brief Intervention Service</t>
   </si>
   <si>
     <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
   </si>
   <si>
     <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
   </si>
   <si>
     <t>03 477 1163 OR 0800 477 115 (free)</t>
   </si>
   <si>
     <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
   </si>
   <si>
-    <t>Dynamic Development Occupational Therapy Service</t>
-[...442 lines deleted...]
-  <si>
     <t>Baby Sleep Consultant</t>
   </si>
   <si>
     <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
   </si>
   <si>
     <t>Oanita</t>
   </si>
   <si>
     <t>oanita@babysleepconsultant.co.nz</t>
   </si>
   <si>
     <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
   </si>
   <si>
     <t>021 884 291</t>
-  </si>
-[...1177 lines deleted...]
-    <t>0800 530 000 or (03) 477 9852</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2817,3252 +2817,3252 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E3"/>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D6"/>
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="F6"/>
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>36</v>
+      </c>
       <c r="G6"/>
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="D7"/>
+        <v>39</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G7"/>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
       <c r="F9" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G9"/>
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="E10" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="C11"/>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G11" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C12"/>
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
+        <v>72</v>
+      </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-      <c r="H12"/>
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>75</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="D14"/>
+        <v>85</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="F14" t="s">
-        <v>75</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C15"/>
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
       <c r="D15" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="E15" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="F15" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="F16" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="G16" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="F17" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E18" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F18" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E19"/>
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>112</v>
+      </c>
       <c r="F19" t="s">
-        <v>108</v>
-[...4 lines deleted...]
-      <c r="H19"/>
+        <v>113</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="G20" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
       <c r="D21" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="E21" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="F21" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="F22"/>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>132</v>
+      </c>
       <c r="D23" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="E23" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="F23" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G23"/>
       <c r="H23" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24"/>
       <c r="F24" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="G24" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D25" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="E25" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="E26" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F26" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="H26"/>
+        <v>151</v>
+      </c>
+      <c r="G26" t="s">
+        <v>152</v>
+      </c>
+      <c r="H26" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E27" t="s">
-        <v>149</v>
-[...9 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27"/>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C28"/>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="F28"/>
       <c r="G28"/>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C29"/>
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>162</v>
+      </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="G29"/>
+        <v>163</v>
+      </c>
+      <c r="G29" t="s">
+        <v>164</v>
+      </c>
       <c r="H29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B30" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>168</v>
+      </c>
       <c r="E30" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="F30"/>
+        <v>169</v>
+      </c>
+      <c r="F30" t="s">
+        <v>170</v>
+      </c>
       <c r="G30"/>
-      <c r="H30"/>
+      <c r="H30" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B31" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C31"/>
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>174</v>
+      </c>
       <c r="D31" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="E31" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="F31" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="G32"/>
       <c r="H32" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B33" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
+        <v>186</v>
+      </c>
       <c r="D33" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>187</v>
+      </c>
+      <c r="E33" t="s">
+        <v>188</v>
+      </c>
       <c r="F33" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="G33" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E34" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>194</v>
+      </c>
+      <c r="F34" t="s">
+        <v>195</v>
       </c>
       <c r="G34" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="H34" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="B35" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="C35"/>
       <c r="D35" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="E35" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="F35" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-      <c r="H35"/>
+        <v>202</v>
+      </c>
+      <c r="G35" t="s">
+        <v>203</v>
+      </c>
+      <c r="H35" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="B36" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="E36" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="F36" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="B37" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="C37"/>
       <c r="D37" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E37" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="F37" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="C38"/>
       <c r="D38" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="E38" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="F38" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="G38"/>
+        <v>219</v>
+      </c>
+      <c r="G38" t="s">
+        <v>220</v>
+      </c>
       <c r="H38" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B39" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D39" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="F39" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="G39"/>
+        <v>226</v>
+      </c>
+      <c r="G39" t="s">
+        <v>227</v>
+      </c>
       <c r="H39" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B40" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="C40"/>
       <c r="D40" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>230</v>
+      </c>
+      <c r="E40" t="s">
+        <v>231</v>
+      </c>
       <c r="F40" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="B41" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="E41" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="F41" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="G41" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="H41" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B42" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="C42"/>
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>242</v>
+      </c>
       <c r="D42" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>243</v>
+      </c>
+      <c r="E42" t="s">
+        <v>244</v>
+      </c>
       <c r="F42" t="s">
-        <v>234</v>
-[...6 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="G42"/>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="B43" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="E43" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="F43" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="G43"/>
       <c r="H43" t="s">
-        <v>24</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="B44" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="E44" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F44"/>
+        <v>254</v>
+      </c>
+      <c r="F44" t="s">
+        <v>255</v>
+      </c>
       <c r="G44"/>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="B45" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>257</v>
+      </c>
+      <c r="C45" t="s">
+        <v>258</v>
+      </c>
       <c r="D45" t="s">
-        <v>92</v>
+        <v>259</v>
       </c>
       <c r="E45" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="F45" t="s">
-        <v>250</v>
-[...6 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="B46" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="E46" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="F46" t="s">
-        <v>256</v>
-[...4 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="G46" t="s">
+        <v>267</v>
+      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B47" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="E47"/>
       <c r="F47" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="G47"/>
+        <v>271</v>
+      </c>
+      <c r="G47" t="s">
+        <v>272</v>
+      </c>
       <c r="H47" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="B48" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="C48"/>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>276</v>
+      </c>
       <c r="E48" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="F48" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G48"/>
+        <v>278</v>
+      </c>
+      <c r="G48" t="s">
+        <v>279</v>
+      </c>
       <c r="H48" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="B49" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="C49"/>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D49"/>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G49"/>
       <c r="H49" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="B50" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="C50" t="s">
-        <v>275</v>
+        <v>132</v>
       </c>
       <c r="D50" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="E50"/>
+        <v>286</v>
+      </c>
+      <c r="E50" t="s">
+        <v>287</v>
+      </c>
       <c r="F50" t="s">
-        <v>277</v>
+        <v>135</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="B51" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="C51"/>
+        <v>289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>288</v>
+      </c>
       <c r="D51" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="E51" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="F51" t="s">
-        <v>282</v>
-[...4 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="G51" t="s">
+        <v>293</v>
+      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="B52" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-      <c r="D52"/>
+        <v>295</v>
+      </c>
+      <c r="C52"/>
+      <c r="D52" t="s">
+        <v>296</v>
+      </c>
       <c r="E52" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="F52" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="G52"/>
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="B53" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="C53" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D53" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="E53" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="F53" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="G53"/>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>305</v>
+      </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="B54" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="C54" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="D54" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="E54" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="F54" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="G54"/>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="B55" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="E55" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="F55" t="s">
-        <v>52</v>
+        <v>316</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>305</v>
+        <v>77</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="B56" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="C56" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="D56" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="E56" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="F56" t="s">
-        <v>311</v>
-[...6 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="G56"/>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="B57" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-      <c r="D57"/>
+        <v>324</v>
+      </c>
+      <c r="C57" t="s">
+        <v>325</v>
+      </c>
+      <c r="D57" t="s">
+        <v>326</v>
+      </c>
       <c r="E57" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="F57" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="G57"/>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="B58" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="C58"/>
+        <v>330</v>
+      </c>
+      <c r="C58" t="s">
+        <v>331</v>
+      </c>
       <c r="D58" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="E58" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="F58" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="G58"/>
       <c r="H58" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="B59" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="C59" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="D59" t="s">
-        <v>327</v>
+        <v>338</v>
       </c>
       <c r="E59" t="s">
-        <v>328</v>
+        <v>339</v>
       </c>
       <c r="F59" t="s">
-        <v>329</v>
-[...4 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="G59" t="s">
+        <v>341</v>
+      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="B60" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E60" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="F60" t="s">
-        <v>334</v>
-[...4 lines deleted...]
-      <c r="H60"/>
+        <v>346</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>347</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="B61" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="C61"/>
-      <c r="D61" t="s">
-[...6 lines deleted...]
-      <c r="G61"/>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>350</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61" t="s">
+        <v>351</v>
+      </c>
       <c r="H61" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="B62" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="E62" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="F62" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="G62"/>
       <c r="H62" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B63" t="s">
-        <v>348</v>
+        <v>131</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>349</v>
+        <v>133</v>
       </c>
       <c r="E63" t="s">
-        <v>350</v>
+        <v>134</v>
       </c>
       <c r="F63" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G63"/>
       <c r="H63" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B64" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="C64"/>
+        <v>360</v>
+      </c>
+      <c r="C64" t="s">
+        <v>361</v>
+      </c>
       <c r="D64" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="E64" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="F64" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="G64"/>
       <c r="H64" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B65" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="E65" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="F65" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B66" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C66"/>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
       <c r="E66" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="F66" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="G66" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="H66"/>
+        <v>373</v>
+      </c>
+      <c r="H66" t="s">
+        <v>374</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B67" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="E67" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F67" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="G67"/>
       <c r="H67" t="s">
-        <v>377</v>
+        <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B68" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E68" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F68" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="G68"/>
+        <v>384</v>
+      </c>
+      <c r="G68" t="s">
+        <v>385</v>
+      </c>
       <c r="H68" t="s">
-        <v>262</v>
+        <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B69" t="s">
-        <v>384</v>
-[...7 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="C69" t="s">
+        <v>388</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="G69"/>
+        <v>389</v>
+      </c>
+      <c r="G69" t="s">
+        <v>390</v>
+      </c>
       <c r="H69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B70" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C70" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D70" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="E70" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="F70" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="H70"/>
+        <v>396</v>
+      </c>
+      <c r="G70" t="s">
+        <v>397</v>
+      </c>
+      <c r="H70" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B71" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="C71"/>
       <c r="D71" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="E71" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="F71" t="s">
-        <v>399</v>
-[...4 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="G71" t="s">
+        <v>403</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B72" t="s">
-        <v>401</v>
-[...6 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="C72"/>
+      <c r="D72"/>
       <c r="E72" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F72" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="G72"/>
-      <c r="H72"/>
+      <c r="H72" t="s">
+        <v>408</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B73" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E73" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="F73" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B74" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E74" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="F74" t="s">
         <v>418</v>
       </c>
+      <c r="F74">
+        <v>221591030</v>
+      </c>
       <c r="G74"/>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>419</v>
       </c>
       <c r="B75" t="s">
         <v>420</v>
       </c>
-      <c r="C75"/>
+      <c r="C75" t="s">
+        <v>421</v>
+      </c>
       <c r="D75" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E75" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F75" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="G75" t="s">
         <v>424</v>
       </c>
+      <c r="G75"/>
       <c r="H75" t="s">
-        <v>48</v>
+        <v>425</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B76" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="C76" t="s">
         <v>427</v>
       </c>
+      <c r="C76"/>
       <c r="D76" t="s">
         <v>428</v>
       </c>
       <c r="E76" t="s">
         <v>429</v>
       </c>
       <c r="F76" t="s">
         <v>430</v>
       </c>
-      <c r="G76"/>
+      <c r="G76" t="s">
+        <v>431</v>
+      </c>
       <c r="H76" t="s">
-        <v>431</v>
+        <v>347</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>432</v>
       </c>
       <c r="B77" t="s">
         <v>433</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
+        <v>296</v>
+      </c>
+      <c r="E77" t="s">
+        <v>297</v>
+      </c>
+      <c r="F77" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>435</v>
+      </c>
+      <c r="B78" t="s">
         <v>436</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78"/>
+      <c r="D78" t="s">
         <v>437</v>
       </c>
-      <c r="C78" t="s">
+      <c r="E78" t="s">
         <v>438</v>
       </c>
-      <c r="D78" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>442</v>
+        <v>56</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B79" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="E79"/>
       <c r="F79" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="G79" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="H79" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>444</v>
+      </c>
+      <c r="B80" t="s">
+        <v>445</v>
+      </c>
+      <c r="C80"/>
+      <c r="D80" t="s">
+        <v>446</v>
+      </c>
+      <c r="E80" t="s">
+        <v>447</v>
+      </c>
+      <c r="F80" t="s">
         <v>448</v>
       </c>
-      <c r="B80" t="s">
+      <c r="G80" t="s">
         <v>449</v>
       </c>
-      <c r="C80" t="s">
-[...9 lines deleted...]
-      <c r="G80"/>
       <c r="H80" t="s">
-        <v>183</v>
+        <v>43</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B81" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
+        <v>452</v>
+      </c>
+      <c r="E81" t="s">
+        <v>453</v>
+      </c>
+      <c r="F81" t="s">
+        <v>454</v>
+      </c>
+      <c r="G81" t="s">
         <v>455</v>
       </c>
-      <c r="E81" t="s">
-[...8 lines deleted...]
-      <c r="H81"/>
+      <c r="H81" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>456</v>
+      </c>
+      <c r="B82" t="s">
+        <v>457</v>
+      </c>
+      <c r="C82" t="s">
+        <v>458</v>
+      </c>
+      <c r="D82" t="s">
         <v>459</v>
       </c>
-      <c r="B82" t="s">
+      <c r="E82" t="s">
         <v>460</v>
       </c>
-      <c r="C82"/>
-[...3 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>461</v>
       </c>
-      <c r="F82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82"/>
-      <c r="H82"/>
+      <c r="H82" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>462</v>
+      </c>
+      <c r="B83" t="s">
         <v>463</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83"/>
+      <c r="D83" t="s">
         <v>464</v>
       </c>
-      <c r="C83" t="s">
-[...2 lines deleted...]
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>465</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>466</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83"/>
+      <c r="H83" t="s">
         <v>467</v>
       </c>
-      <c r="G83" t="s">
-[...2 lines deleted...]
-      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>468</v>
+      </c>
+      <c r="B84" t="s">
         <v>469</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84"/>
+      <c r="D84" t="s">
         <v>470</v>
       </c>
-      <c r="C84"/>
-      <c r="D84"/>
       <c r="E84" t="s">
         <v>471</v>
       </c>
-      <c r="F84"/>
+      <c r="F84" t="s">
+        <v>472</v>
+      </c>
       <c r="G84"/>
-      <c r="H84"/>
+      <c r="H84" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B85" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="E85"/>
+        <v>475</v>
+      </c>
+      <c r="E85" t="s">
+        <v>476</v>
+      </c>
       <c r="F85" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G85" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H85" t="s">
-        <v>183</v>
+        <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B86" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C86" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D86" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E86" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F86" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G86"/>
-      <c r="H86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B87" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="C87"/>
+        <v>486</v>
+      </c>
+      <c r="C87" t="s">
+        <v>487</v>
+      </c>
       <c r="D87" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E87" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F87" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>489</v>
+        <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B88" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C88" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="E88"/>
+        <v>493</v>
+      </c>
+      <c r="D88" t="s">
+        <v>494</v>
+      </c>
+      <c r="E88" t="s">
+        <v>495</v>
+      </c>
       <c r="F88" t="s">
-        <v>493</v>
-[...6 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="G88"/>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B89" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="C89"/>
       <c r="D89" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E89" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F89" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G89"/>
-      <c r="H89"/>
+      <c r="H89" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B90" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E90" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F90" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>96</v>
+        <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B91" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="C91"/>
+        <v>508</v>
+      </c>
+      <c r="C91" t="s">
+        <v>509</v>
+      </c>
       <c r="D91" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E91" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="F91" t="s">
+        <v>512</v>
+      </c>
+      <c r="G91"/>
       <c r="H91" t="s">
-        <v>412</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B92" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="E92" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-      <c r="G92"/>
+        <v>516</v>
+      </c>
+      <c r="F92" t="s">
+        <v>517</v>
+      </c>
+      <c r="G92" t="s">
+        <v>518</v>
+      </c>
       <c r="H92" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B93" t="s">
-        <v>516</v>
-[...4 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="C93" t="s">
+        <v>521</v>
+      </c>
+      <c r="D93"/>
       <c r="E93" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="F93"/>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B94" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="E94" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="F94" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B95" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C95" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D95" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="E95"/>
       <c r="F95" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B96" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="C96"/>
       <c r="D96" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>296</v>
+      </c>
+      <c r="E96" t="s">
+        <v>297</v>
+      </c>
       <c r="F96" t="s">
         <v>535</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>536</v>
       </c>
       <c r="B97" t="s">
         <v>537</v>
       </c>
-      <c r="C97"/>
+      <c r="C97" t="s">
+        <v>538</v>
+      </c>
       <c r="D97" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="E97" t="s">
         <v>539</v>
       </c>
+      <c r="E97"/>
       <c r="F97" t="s">
         <v>540</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>541</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>541</v>
+      </c>
+      <c r="B98" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
+        <v>543</v>
+      </c>
+      <c r="E98"/>
+      <c r="F98" t="s">
         <v>544</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>545</v>
       </c>
-      <c r="F98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>546</v>
+      </c>
+      <c r="B99" t="s">
+        <v>547</v>
+      </c>
+      <c r="C99" t="s">
         <v>548</v>
       </c>
-      <c r="B99" t="s">
+      <c r="D99" t="s">
         <v>549</v>
       </c>
-      <c r="C99"/>
-      <c r="D99" t="s">
+      <c r="E99"/>
+      <c r="F99" t="s">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>346</v>
+        <v>551</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>552</v>
+      </c>
+      <c r="B100" t="s">
         <v>553</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
+        <v>132</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" t="s">
         <v>554</v>
       </c>
-      <c r="C100"/>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>555</v>
       </c>
-      <c r="E100" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G100"/>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>556</v>
+      </c>
+      <c r="B101" t="s">
+        <v>557</v>
+      </c>
+      <c r="C101" t="s">
+        <v>558</v>
+      </c>
+      <c r="D101" t="s">
         <v>559</v>
       </c>
-      <c r="B101" t="s">
+      <c r="E101" t="s">
         <v>560</v>
       </c>
-      <c r="C101" t="s">
+      <c r="F101" t="s">
         <v>561</v>
       </c>
-      <c r="D101"/>
-[...9 lines deleted...]
-      </c>
+      <c r="G101"/>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>562</v>
+      </c>
+      <c r="B102" t="s">
+        <v>563</v>
+      </c>
+      <c r="C102" t="s">
         <v>564</v>
       </c>
-      <c r="B102" t="s">
+      <c r="D102" t="s">
         <v>565</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>566</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>567</v>
       </c>
-      <c r="E102" t="s">
-[...8 lines deleted...]
-      <c r="H102"/>
+      <c r="G102"/>
+      <c r="H102" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B103" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="E103" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="F103" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>573</v>
+      </c>
+      <c r="B104" t="s">
+        <v>574</v>
+      </c>
+      <c r="C104" t="s">
+        <v>575</v>
+      </c>
+      <c r="D104" t="s">
         <v>576</v>
       </c>
-      <c r="B104" t="s">
+      <c r="E104" t="s">
         <v>577</v>
       </c>
-      <c r="C104" t="s">
+      <c r="F104" t="s">
         <v>578</v>
       </c>
-      <c r="D104" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G104"/>
-      <c r="H104"/>
+      <c r="H104" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>579</v>
+      </c>
+      <c r="B105" t="s">
+        <v>580</v>
+      </c>
+      <c r="C105" t="s">
+        <v>581</v>
+      </c>
+      <c r="D105" t="s">
         <v>582</v>
       </c>
-      <c r="B105" t="s">
+      <c r="E105" t="s">
         <v>583</v>
       </c>
-      <c r="C105" t="s">
+      <c r="F105" t="s">
         <v>584</v>
       </c>
-      <c r="D105" t="s">
+      <c r="G105" t="s">
         <v>585</v>
       </c>
-      <c r="E105" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>586</v>
+      </c>
+      <c r="B106" t="s">
+        <v>587</v>
+      </c>
+      <c r="C106" t="s">
         <v>588</v>
       </c>
-      <c r="B106" t="s">
+      <c r="D106" t="s">
         <v>589</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106"/>
+      <c r="F106" t="s">
         <v>590</v>
       </c>
-      <c r="D106" t="s">
+      <c r="G106"/>
+      <c r="H106" t="s">
         <v>591</v>
       </c>
-      <c r="E106" t="s">
-[...6 lines deleted...]
-      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>592</v>
+      </c>
+      <c r="B107" t="s">
+        <v>593</v>
+      </c>
+      <c r="C107" t="s">
         <v>594</v>
       </c>
-      <c r="B107" t="s">
+      <c r="D107" t="s">
+        <v>594</v>
+      </c>
+      <c r="E107" t="s">
         <v>595</v>
       </c>
-      <c r="C107" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F107"/>
+      <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="B108" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="E108"/>
       <c r="F108" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>183</v>
+        <v>37</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>600</v>
+      </c>
+      <c r="B109" t="s">
+        <v>601</v>
+      </c>
+      <c r="C109" t="s">
+        <v>602</v>
+      </c>
+      <c r="D109" t="s">
+        <v>603</v>
+      </c>
+      <c r="E109" t="s">
         <v>604</v>
       </c>
-      <c r="B109" t="s">
+      <c r="F109" t="s">
         <v>605</v>
-      </c>
-[...8 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G109"/>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>606</v>
       </c>
       <c r="B110" t="s">
         <v>607</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
+        <v>86</v>
+      </c>
+      <c r="E110" t="s">
         <v>608</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>609</v>
       </c>
-      <c r="F110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G110"/>
-      <c r="H110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>610</v>
+      </c>
+      <c r="B111" t="s">
+        <v>611</v>
+      </c>
+      <c r="C111" t="s">
         <v>612</v>
       </c>
-      <c r="B111" t="s">
+      <c r="D111"/>
+      <c r="E111" t="s">
         <v>613</v>
       </c>
-      <c r="C111"/>
-      <c r="D111" t="s">
+      <c r="F111" t="s">
         <v>614</v>
       </c>
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>615</v>
       </c>
-      <c r="F111" t="s">
+      <c r="H111" t="s">
         <v>616</v>
       </c>
-      <c r="G111"/>
-      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>617</v>
       </c>
       <c r="B112" t="s">
         <v>618</v>
       </c>
       <c r="C112" t="s">
         <v>619</v>
       </c>
-      <c r="D112" t="s">
+      <c r="D112"/>
+      <c r="E112" t="s">
         <v>620</v>
       </c>
-      <c r="E112"/>
       <c r="F112" t="s">
         <v>621</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>622</v>
+      </c>
+      <c r="B113" t="s">
         <v>623</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>624</v>
       </c>
-      <c r="C113"/>
       <c r="D113" t="s">
         <v>625</v>
       </c>
-      <c r="E113" t="s">
+      <c r="E113"/>
+      <c r="F113" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>627</v>
+      </c>
+      <c r="B114" t="s">
         <v>628</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114"/>
+      <c r="D114" t="s">
         <v>629</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>630</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114"/>
+      <c r="G114" t="s">
         <v>631</v>
       </c>
-      <c r="E114" t="s">
+      <c r="H114" t="s">
         <v>632</v>
       </c>
-      <c r="F114" t="s">
-[...3 lines deleted...]
-      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>633</v>
+      </c>
+      <c r="B115" t="s">
         <v>634</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>635</v>
       </c>
-      <c r="C115"/>
-      <c r="D115"/>
+      <c r="D115" t="s">
+        <v>636</v>
+      </c>
       <c r="E115" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F115" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G115"/>
-      <c r="H115"/>
+      <c r="H115" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B116" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="C116"/>
+        <v>640</v>
+      </c>
+      <c r="C116" t="s">
+        <v>641</v>
+      </c>
       <c r="D116" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="E116" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="F116" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B117" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F117" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-      <c r="H117"/>
+        <v>649</v>
+      </c>
+      <c r="G117" t="s">
+        <v>650</v>
+      </c>
+      <c r="H117" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B118" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>652</v>
+      </c>
+      <c r="C118"/>
       <c r="D118" t="s">
-        <v>21</v>
+        <v>653</v>
       </c>
       <c r="E118" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="F118" t="s">
-        <v>23</v>
+        <v>655</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B119" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="C119"/>
       <c r="D119" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="E119" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="F119" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="G119" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="H119"/>
+        <v>661</v>
+      </c>
+      <c r="H119" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B120" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="C120"/>
       <c r="D120" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="E120"/>
+        <v>665</v>
+      </c>
+      <c r="E120" t="s">
+        <v>666</v>
+      </c>
       <c r="F120" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>183</v>
+        <v>204</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B121" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-      <c r="D121"/>
+        <v>669</v>
+      </c>
+      <c r="C121" t="s">
+        <v>670</v>
+      </c>
+      <c r="D121" t="s">
+        <v>671</v>
+      </c>
       <c r="E121" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="F121"/>
+        <v>672</v>
+      </c>
+      <c r="F121" t="s">
+        <v>673</v>
+      </c>
       <c r="G121" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B122" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="E122" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="F122" t="s">
-        <v>672</v>
-[...6 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="G122"/>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B123" t="s">
-        <v>675</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="C123"/>
       <c r="D123" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="E123" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="F123" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="G123"/>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B124" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="C124"/>
       <c r="D124" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="E124" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F124" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>262</v>
+        <v>56</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B125" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="E125" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="F125" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="G125"/>
+        <v>693</v>
+      </c>
+      <c r="G125" t="s">
+        <v>694</v>
+      </c>
       <c r="H125" t="s">
-        <v>691</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B126" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C126"/>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D126"/>
       <c r="E126" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="F126" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="G126" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="H126" t="s">
-        <v>48</v>
+        <v>700</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B127" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="C127"/>
       <c r="D127" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E127" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F127" t="s">
+        <v>705</v>
+      </c>
+      <c r="G127" t="s">
         <v>703</v>
       </c>
-      <c r="G127"/>
       <c r="H127" t="s">
-        <v>704</v>
+        <v>56</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B128" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="C128" t="s">
         <v>707</v>
       </c>
-      <c r="D128" t="s">
+      <c r="C128"/>
+      <c r="D128"/>
+      <c r="E128" t="s">
         <v>708</v>
       </c>
-      <c r="E128" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F128"/>
       <c r="G128"/>
-      <c r="H128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>709</v>
+      </c>
+      <c r="B129" t="s">
+        <v>710</v>
+      </c>
+      <c r="C129" t="s">
+        <v>711</v>
+      </c>
+      <c r="D129" t="s">
         <v>712</v>
       </c>
-      <c r="B129" t="s">
+      <c r="E129" t="s">
         <v>713</v>
       </c>
-      <c r="C129" t="s">
+      <c r="F129" t="s">
         <v>714</v>
       </c>
-      <c r="D129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G129"/>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="B130" t="s">
-        <v>650</v>
+        <v>716</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>21</v>
+        <v>717</v>
       </c>
       <c r="E130" t="s">
-        <v>651</v>
+        <v>718</v>
       </c>
       <c r="F130" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G130"/>
+        <v>719</v>
+      </c>
+      <c r="G130" t="s">
+        <v>720</v>
+      </c>
       <c r="H130" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B131" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>517</v>
+        <v>133</v>
       </c>
       <c r="E131" t="s">
-        <v>518</v>
+        <v>287</v>
       </c>
       <c r="F131" t="s">
-        <v>721</v>
+        <v>135</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B132" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E132" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F132" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="G132"/>
+        <v>727</v>
+      </c>
+      <c r="G132" t="s">
+        <v>728</v>
+      </c>
       <c r="H132" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B133" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="C133"/>
+        <v>730</v>
+      </c>
+      <c r="C133" t="s">
+        <v>731</v>
+      </c>
       <c r="D133" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="E133" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="F133" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>262</v>
+        <v>735</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B134" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="E134" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="F134"/>
+        <v>739</v>
+      </c>
+      <c r="F134" t="s">
+        <v>740</v>
+      </c>
       <c r="G134"/>
-      <c r="H134"/>
+      <c r="H134" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B135" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="C135"/>
       <c r="D135" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="E135" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="F135" t="s">
-        <v>741</v>
-[...4 lines deleted...]
-      <c r="H135"/>
+        <v>745</v>
+      </c>
+      <c r="G135"/>
+      <c r="H135" t="s">
+        <v>746</v>
+      </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="B136" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C136"/>
-      <c r="D136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D136"/>
       <c r="E136" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="F136" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="G136"/>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B137" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C137" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D137" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="E137" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="F137" t="s">
-        <v>753</v>
-[...4 lines deleted...]
-      </c>
+        <v>756</v>
+      </c>
+      <c r="G137" t="s">
+        <v>757</v>
+      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B138" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C138" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D138" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="E138"/>
       <c r="F138" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="G138"/>
       <c r="H138" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>762</v>
       </c>
       <c r="B139" t="s">
         <v>763</v>
       </c>
-      <c r="C139" t="s">
+      <c r="C139"/>
+      <c r="D139" t="s">
+        <v>677</v>
+      </c>
+      <c r="E139" t="s">
         <v>764</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>765</v>
       </c>
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>766</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139"/>
       <c r="H139" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>767</v>
+      </c>
+      <c r="B140" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
+        <v>769</v>
+      </c>
+      <c r="E140" t="s">
         <v>770</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>771</v>
       </c>
-      <c r="F140" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G140"/>
       <c r="H140" t="s">
-        <v>262</v>
+        <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>772</v>
+      </c>
+      <c r="B141" t="s">
+        <v>773</v>
+      </c>
+      <c r="C141"/>
+      <c r="D141" t="s">
         <v>774</v>
       </c>
-      <c r="B141" t="s">
+      <c r="E141" t="s">
         <v>775</v>
       </c>
-      <c r="C141"/>
-[...1 lines deleted...]
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>776</v>
       </c>
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>777</v>
       </c>
-      <c r="G141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H141" t="s">
-        <v>779</v>
+        <v>183</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>778</v>
+      </c>
+      <c r="B142" t="s">
+        <v>779</v>
+      </c>
+      <c r="C142"/>
+      <c r="D142" t="s">
         <v>780</v>
       </c>
-      <c r="B142" t="s">
+      <c r="E142" t="s">
         <v>781</v>
       </c>
-      <c r="C142" t="s">
+      <c r="F142" t="s">
         <v>782</v>
       </c>
-      <c r="D142" t="s">
-[...5 lines deleted...]
-      <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>783</v>
+      </c>
+      <c r="B143" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
+        <v>785</v>
+      </c>
+      <c r="E143" t="s">
         <v>786</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143">
+        <v>111</v>
+      </c>
+      <c r="G143" t="s">
         <v>787</v>
       </c>
-      <c r="F143" t="s">
-[...2 lines deleted...]
-      <c r="G143"/>
       <c r="H143" t="s">
-        <v>177</v>
+        <v>56</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>788</v>
       </c>
       <c r="B144" t="s">
         <v>789</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
+        <v>647</v>
+      </c>
+      <c r="E144" t="s">
         <v>790</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="G144" t="s">
         <v>792</v>
       </c>
       <c r="H144" t="s">
-        <v>793</v>
+        <v>204</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>793</v>
+      </c>
+      <c r="B145" t="s">
         <v>794</v>
       </c>
-      <c r="B145" t="s">
+      <c r="C145" t="s">
         <v>795</v>
       </c>
-      <c r="C145"/>
       <c r="D145" t="s">
         <v>796</v>
       </c>
       <c r="E145" t="s">
         <v>797</v>
       </c>
       <c r="F145" t="s">
         <v>798</v>
       </c>
       <c r="G145"/>
-      <c r="H145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H145"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>