--- v1 (2026-01-26)
+++ v2 (2026-03-12)
@@ -38,2421 +38,2421 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Southern District Health Board</t>
+  </si>
+  <si>
+    <t>Southern District Health Board (Southern DHB) exists to support everyone across our district to live well, and access the right care when they need it, by delivering high quality, patient-centred and equitable health services to our diverse communities.We are responsible for planning, funding and providing health and disability services to a population of over 315,000 located South of the Waitaki River. Our catchment area encompasses Invercargill City, Queenstown - Lakes District, Gore, rural Southland, Clutha, Central Otago, Maniototo, Waitaki District and Dunedin City. This means Southern DHB serves the largest geographic region of all New Zealand's health boards.</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernhealth.nz</t>
+  </si>
+  <si>
+    <t>03 474 0999</t>
+  </si>
+  <si>
+    <t>Brain Injury Assoiation</t>
+  </si>
+  <si>
+    <t>Every day, 90 New Zealanders sustain a brain injury. Brain injuries are more common than you think, and can happen to anyone at anytime. Sudden knocks to the head through falls, sporting injuries and car crashes can all result in a brain injury. In fact, if you have ever suffered a concussion, no matter how mild, then you have sustained a brain injury.</t>
+  </si>
+  <si>
+    <t>liaison.dunedin@brain-injury.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.brain-injury.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6156</t>
+  </si>
+  <si>
+    <t>PO Box 5222, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Well South Primary Health Organisation</t>
+  </si>
+  <si>
+    <t>PHOs are organisations that plan, coordinate and fund primary health care. They are responsible for the health needs of their local communities. PHOs mainly involve health and medical centres and are increasingly involving other health care providers such as physiotherapists, podiatrists, pharmacists, dentists and other groups.Facebook: https://www.facebook.com/WellSouth-Community-212865212217494/?fref=ts</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 1163 </t>
+  </si>
+  <si>
+    <t>P O Box 218, Dunedin, 9054</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Baby Sleep Consultant</t>
+  </si>
+  <si>
+    <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
+  </si>
+  <si>
+    <t>Oanita</t>
+  </si>
+  <si>
+    <t>oanita@babysleepconsultant.co.nz</t>
+  </si>
+  <si>
+    <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
+  </si>
+  <si>
+    <t>021 884 291</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Queenstown Womxn's Group</t>
+  </si>
+  <si>
+    <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
+  </si>
+  <si>
+    <t>Gemma Rose Peacock</t>
+  </si>
+  <si>
+    <t>gemmarosepeacock@gmail.com</t>
+  </si>
+  <si>
+    <t>http://gemmarosepeacock.com</t>
+  </si>
+  <si>
+    <t>02108603160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Lakes District Hospital</t>
+  </si>
+  <si>
+    <t>For all emergencies dial 111 from any New Zealand landline or mobile phone.</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0015</t>
+  </si>
+  <si>
+    <t>20 Douglas Street, Frankton</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Stop Smoking NZ</t>
+  </si>
+  <si>
+    <t>There are Stop Smoking Service providers located throughout New Zealand, and they can help you on your quit journey. Your local service will be able to work with you to create your quit plan, with free and flexible support and free Nicotine Replacement Therapy (NRT).</t>
+  </si>
+  <si>
+    <t>admin@stopsmoking.nz</t>
+  </si>
+  <si>
+    <t>https://www.smokefree.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 925 242</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Ashburn Psychiatric Health Care</t>
+  </si>
+  <si>
+    <t>Ashburn Clinic is a not-for-profit rehabilitation clinic and therapeutic community in Dunedin, offering a professional and supportive environment for diagnosis, treatment and recovery from mental illness and addictions.</t>
+  </si>
+  <si>
+    <t>ashburn@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ashburn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 476 2092</t>
+  </si>
+  <si>
+    <t>Private Bag 1916, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9010 </t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>National Heart Foundation</t>
+  </si>
+  <si>
+    <t>Our mission: to STOP New Zealanders dying prematurely of heart disease and HELP people with heart disease to live full and productive lives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedinoffice@heartfoundation.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.heartfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 4773999</t>
+  </si>
+  <si>
+    <t>PO Box 6179 Dunedin 9059</t>
+  </si>
+  <si>
+    <t>Dunedin Central 9016</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu Netball Centre</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>Sue Albrecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/</t>
+  </si>
+  <si>
+    <t>027 309 2998</t>
+  </si>
+  <si>
+    <t>Southern Support Eating Disorders (SSED) Service</t>
+  </si>
+  <si>
+    <t>The SSED Service in the community and primary health sector is a free service that provides early identification, assessment, treatment and referral for people with symptoms and / or behaviours consistent with an eating disorder. The service also provides advice for families/whanau to access support networks. Education, training and information for a range of professionals, about eating disorders is a key focus. </t>
+  </si>
+  <si>
+    <t>Trudy Dent</t>
+  </si>
+  <si>
+    <t>southernsupport@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>ACC</t>
+  </si>
+  <si>
+    <t>We help prevent injuries and get New Zealanders and visitors back to everyday life if they’ve had an accident.We touch the lives of a large number of New Zealanders. The health, rehabilitation and service providers who help people who are injured, the businesses, vehicle owners and workers who contribute to the Scheme, and any New Zealander or visitor to New Zealand who's injured in an accident.</t>
+  </si>
+  <si>
+    <t>information@acc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.acc.co.nz/ </t>
+  </si>
+  <si>
+    <t>04 816 7400</t>
+  </si>
+  <si>
+    <t>PO Box 242, Wellington 6140</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Asthma Society</t>
+  </si>
+  <si>
+    <t>The Asthma and Respiratory Foundation NZ is New Zealand’s not-for-profit sector authority on all respiratory conditions including asthma, bronchiectasis, childhood bronchiolitis, childhood pneumonia, chronic obstructive pulmonary disease (COPD), lung cancer and obstructive sleep apnoea.</t>
+  </si>
+  <si>
+    <t>otagoasthma@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.asthmafoundation.org.nz/</t>
+  </si>
+  <si>
+    <t>03 471 6167 or 027 471 6162 (after hours)</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Remarkables Park Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We now operate across three sites, Queenstown, Arrowtown and Remarkables Park and our team consists of 13 Vocationally Registered General Practitioners, 16 Practice Nurses, 10 receptionists and 6 Clinical and Administrative support staff.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t>03 450 9199</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust</t>
+  </si>
+  <si>
+    <t>Our purpose is to provide free and independent advocacy services for ACC claimants who cannot afford the hire the services of a lawyer. Everyone is welcome. (Please note The Trust is not a vehicle for lobbying Government).</t>
+  </si>
+  <si>
+    <t>southaccadv@gmail.com</t>
+  </si>
+  <si>
+    <t>http://accadvocacy.info/index.html</t>
+  </si>
+  <si>
+    <t>03-2188194</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust PO Box 1735</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wanaka Search and Rescue Group</t>
+  </si>
+  <si>
+    <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
+  </si>
+  <si>
+    <t>wanaka.sar@gmail.com</t>
+  </si>
+  <si>
+    <t>http://wanakasar.org.nz/</t>
+  </si>
+  <si>
+    <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Arrowtown Swimming Club</t>
+  </si>
+  <si>
+    <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
+  </si>
+  <si>
+    <t>arrowtownswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>0212971422</t>
+  </si>
+  <si>
+    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa is a national organisation representing the voice of Deaf people, and the national service provider for Deaf people in New Zealand. Deaf Aotearoa also works closely with Deaf communities, government agencies and other organisations to increase awareness, promote New Zealand Sign Language and strengthen the rights of Deaf people.Deaf Aotearoa delivers flexible and responsive services which accomodates the Deaf community’s needs. We provide knowledge, information, resources and skills. With these, Deaf people are able to independently manage events in their own lives.</t>
+  </si>
+  <si>
+    <t>national@deaf.org.nz</t>
+  </si>
+  <si>
+    <t>http://deaf.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 33 23 22</t>
+  </si>
+  <si>
+    <t>Dunedin Central, 9016</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t>Kahu Youth Trust</t>
+  </si>
+  <si>
+    <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
+  </si>
+  <si>
+    <t>manager@kahuyouthtrust.org</t>
+  </si>
+  <si>
+    <t>http://kahuyouth.org</t>
+  </si>
+  <si>
+    <t>027 570 99268</t>
+  </si>
+  <si>
+    <t>35 Plantation Road, Wānaka, 9305</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Queenstown Meditation</t>
+  </si>
+  <si>
+    <t>Come along to The Sherwood (the yoga studio above the bar), Frankton Road, Queenstown, on Thursday evenings for a community meditation class, suitable for all ages and experience. Take some time out to relax, meet like-minded people, and if you like, join us for a chai in the bar afterwards. Gold coin donation if that's available to you, otherwise come along anyway and soak up the vibes. Be guided on a journey to improve your wellbeing and intuition, and put your life back in your hands. Arrive from 7.15pm, meditation starts at 7.30pm, for approximately 45 minutes.</t>
+  </si>
+  <si>
+    <t>Clare Evans</t>
+  </si>
+  <si>
+    <t>queenstownmeditation@gmail.com</t>
+  </si>
+  <si>
+    <t>021 184 3944</t>
+  </si>
+  <si>
+    <t>554 Frankton Road, Queenstown</t>
+  </si>
+  <si>
     <t>AccessAbility - Needs Assessment and Co-ordination</t>
   </si>
   <si>
     <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
   </si>
   <si>
     <t>Karen Collings</t>
   </si>
   <si>
     <t>otago@accessability.org.nz</t>
   </si>
   <si>
     <t>https://www.accessability.org.nz/</t>
   </si>
   <si>
     <t>0800 758 700</t>
   </si>
   <si>
     <t xml:space="preserve">PO Box 966 Dunedin </t>
   </si>
   <si>
-    <t>Arrowtown Bowling Club</t>
-[...44 lines deleted...]
-    <t>0800 373 664</t>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Arrowtown Medical Centre</t>
+  </si>
+  <si>
+    <t>Right care delivered by the right person in the right place at the right time.Queenstown Medical Centre (QMC) operates across three sites – Queenstown, Arrowtown and Frankton (Remarkables Park). In addition to General Practice, Isle St houses an Accident &amp;amp; Medical clinic and facilitates access to a range of health services including Radiology and Ultrasound, Psychology, Physiotherapy, Pharmacy, Immigration Medicals, Travel Medicine and Sexual Health and Family Planning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 450 1355 </t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We pride ourselves in our ongoing commitment to the development of primary care and are a registered teaching practice with Otago University and the Royal College of General Practitioners.</t>
+  </si>
+  <si>
+    <t>64 3 441 0500</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Mary Ferguson</t>
+  </si>
+  <si>
+    <t>Psychotherapist/CounsellorI am a Registered Psychotherapist with both an adult and a specialised child, adolescent &amp;amp; family scope of practice. This is because I have a Postgraduate qualification in Child &amp;amp; Adolescent Psychotherapy.I work across the Central Lakes region consulting in Queenstown, Cromwell and Wanaka. When I meet with a new client it is important to start our work by establishing a warm and supportive relationship. By reaching an understanding of your concerns and difficulties it means that your goals and a treatment plan can be established.</t>
+  </si>
+  <si>
+    <t>maryferguson3@gmail.com</t>
+  </si>
+  <si>
+    <t>http://mary-ferguson.co.nz/</t>
+  </si>
+  <si>
+    <t>0275 044 730</t>
+  </si>
+  <si>
+    <t>P O Box 1628, Queenstown</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t>Wakatipu Pony Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Johnstone</t>
+  </si>
+  <si>
+    <t>bella.park99@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.sporty.co.nz/wakatipupc/Home</t>
+  </si>
+  <si>
+    <t>021343087</t>
+  </si>
+  <si>
+    <t>MS Otago</t>
+  </si>
+  <si>
+    <t>Welcome to the home of the Otago Multiple Sclerosis Society. We are glad you found us! This website is intended to inform you about the services, programmes and events for people with MS in the Otago area. People with other neurological illnesses such as Arachnoditis are also welcome.The Otago Multiple Sclerosis Society aims to empower people with Multiple Sclerosis and their families by providing them with professional support, education, information and skills, to participate actively in the community in ways that are meaningful to them.</t>
+  </si>
+  <si>
+    <t>Field officer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@msotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.msotago.org.nz</t>
+  </si>
+  <si>
+    <t>027 88 99 035</t>
+  </si>
+  <si>
+    <t>PO Box 2293, Dunedin</t>
+  </si>
+  <si>
+    <t>Oral Health Services</t>
+  </si>
+  <si>
+    <t>The Community Oral Health service has a strong emphasis on prevention of tooth decay and providing parents with advice to support their children's good oral health, at the time of their child's appointment.Free basic dental care is available at Community Oral Health clinics and mobile dental units throughout the Southern District.</t>
+  </si>
+  <si>
+    <t>oralhealth@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz/pages/community-oral-health-service/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>Otago Community Hospice</t>
+  </si>
+  <si>
+    <t>We provide a wide range of services for people who are approaching the end of their life and whose palliative care needs are beyond the level that are able to be supported by their local services e.g. GP and District Nurses alone. We also provide care and support for the patient’s loved ones.</t>
+  </si>
+  <si>
+    <t>contact@otagohospice.co.nz</t>
+  </si>
+  <si>
+    <t>https://otagohospice.co.nz/</t>
+  </si>
+  <si>
+    <t>03 473 6005 or 0800 473 6005</t>
+  </si>
+  <si>
+    <t>Dunedin 9010</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland offers support, education and information to anyone wanting to know more about dementia. We provide this service by offering educational talks, information sessions, support groups and home visits to clients.In Queenstown / Arrowtown every 4-6 weeks.To find out more about Alzheimers Southland services please get in touch.</t>
+  </si>
+  <si>
+    <t>alzheimers.southlandcsw@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/southland</t>
+  </si>
+  <si>
+    <t>(03) 214-0984</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>Uruuruwhenua - Health service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruuruwhenua Health is focused on Māori health but is open to all members of the Central Otago community. Our key objective is to ensure existing health professionals and social services/agencies are coordinated and that Māori are assisted to better utilise the services that are available.We assist whānau in working towards healthier lifestyles, promoting and understanding of the Whare Tapa Wha Health model in terms of tinana (physical wellbeing), wairua (spiritual wellbeing), hinengaro (mental wellbeing) and whānau (family wellbeing).Our focus is on Whānau Ora health promotion, prevention and resources. Individual and whānau health plans Shearing Hauora clinics Maara Kai Drug and alcohol Mental health Auahi Kore support services. </t>
+  </si>
+  <si>
+    <t>info@uruuruwhenuahealth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/uruuruwhenua-health-community-health-services/</t>
+  </si>
+  <si>
+    <t>0272021515</t>
+  </si>
+  <si>
+    <t>PO Box 500, Alexandra 9320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Public Health Nurse</t>
+  </si>
+  <si>
+    <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
+  </si>
+  <si>
+    <t>publichealthnursing@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>03 450 9156</t>
+  </si>
+  <si>
+    <t>PO Box 2180 Frankton Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Town Centre Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Disabilities Resource Centre</t>
+  </si>
+  <si>
+    <t>We came from small beginnings in 1992. Over the following years we provided needs assessment and service co-ordination services and home support services. We also provided the best, most cost effective, equipment and daily living products through our equipment shop. A strong dedicated team of staff ensured that people who came to us for information, resources and support gained the outcomes they desired.We will continue to grow in response to the needs of our communities in Southland, including Gore, Te Anau, Queenstown, Stewart Island and all other localities in our beautiful province.</t>
+  </si>
+  <si>
+    <t>info@drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 5000 or 0800 100 531</t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services Ltd (COHSL) is the community owned, not-for-profit company which is responsible for providing health services out of Dunstan Hospital.Our mission is to provide an integrated health service that is client/patient focused, clinically competent, efficiently delivered, well co-ordinated, culturally appropriate and meets the changing needs of the COHSL service areas.</t>
+  </si>
+  <si>
+    <t>https://www.cohsl.co.nz/</t>
+  </si>
+  <si>
+    <t>03 440 4300</t>
+  </si>
+  <si>
+    <t>PO Box 30, Clyde 9341</t>
+  </si>
+  <si>
+    <t>Clyde</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup is a supportive environment for parents and children (new born to 5yrs) and provides plenty of play opportunity for all ages. Parents can network and enjoy a safe, warm and well resourced environment (inside and outside) with their children.</t>
+  </si>
+  <si>
+    <t>haweaplaygroup@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/haweaplaygroup/</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Central Otago Living Options</t>
+  </si>
+  <si>
+    <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
+  </si>
+  <si>
+    <t>Alison Wildey</t>
+  </si>
+  <si>
+    <t>alison@livingoptions.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
+  </si>
+  <si>
+    <t>03 4487748</t>
+  </si>
+  <si>
+    <t>PO Box 446 Alexandra</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Kingston Voluntary Rural Fire Force</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include: Wildfires Civil defence Natural disasters Of course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station?If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: Learn more about being a Fire and Emergency New Zealand volunteer Read up on the medical checks and security checks volunteers must pass   Find out how to become a volunteer </t>
+  </si>
+  <si>
+    <t>Tony Wilson (Fire Chief)</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>03 248 8844 or 027 237 9497</t>
+  </si>
+  <si>
+    <t>P O Box 24 Kingston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
   </si>
   <si>
     <t>Lake Wakatipu Care Home</t>
   </si>
   <si>
     <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
   </si>
   <si>
     <t xml:space="preserve">Maurice David   </t>
   </si>
   <si>
     <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
   </si>
   <si>
     <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
   </si>
   <si>
     <t>(03) 927 4317</t>
   </si>
   <si>
-    <t>Frankton</t>
-[...119 lines deleted...]
-    <t>Dunedin</t>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
   </si>
   <si>
     <t>Counselling - Re-Create</t>
   </si>
   <si>
     <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
   </si>
   <si>
     <t>Kathryn Denniston</t>
   </si>
   <si>
     <t>kathryn@re-create.co.nz</t>
   </si>
   <si>
     <t>http://www.re-create.co.nz</t>
   </si>
   <si>
     <t>021 0289 7288</t>
   </si>
   <si>
-    <t>St John Ambulance Service</t>
-[...154 lines deleted...]
-  <si>
     <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
   </si>
   <si>
     <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
   </si>
   <si>
     <t xml:space="preserve">Community Networks/LINK </t>
   </si>
   <si>
     <t>info@communitynetworks.co.nz</t>
   </si>
   <si>
     <t>03 555 3010</t>
-  </si>
-[...1972 lines deleted...]
-    <t>021 884 291</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2817,3251 +2817,3251 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3"/>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...2 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="G4"/>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5"/>
       <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="E5"/>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5"/>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="E6"/>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-      <c r="D8"/>
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>57</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>60</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>62</v>
       </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
         <v>64</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="C11"/>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
         <v>66</v>
       </c>
-      <c r="E11" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="G12" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>72</v>
-      </c>
-[...13 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="C13"/>
       <c r="D13" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C14"/>
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
       <c r="D14" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="E14"/>
       <c r="F14" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="G14"/>
-      <c r="H14"/>
+      <c r="H14" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="C15"/>
       <c r="D15" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="E16" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="E17" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="E18" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="F18"/>
       <c r="G18"/>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="E19" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="F19" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="E20" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="F20" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="G20" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21"/>
       <c r="F21" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="G21"/>
+        <v>118</v>
+      </c>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
       <c r="H21" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="E22" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F22"/>
+        <v>123</v>
+      </c>
+      <c r="F22" t="s">
+        <v>124</v>
+      </c>
       <c r="G22"/>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" t="s">
+        <v>127</v>
+      </c>
+      <c r="C23"/>
+      <c r="D23" t="s">
+        <v>128</v>
+      </c>
+      <c r="E23" t="s">
+        <v>129</v>
+      </c>
+      <c r="F23" t="s">
         <v>130</v>
       </c>
-      <c r="B23" t="s">
+      <c r="G23" t="s">
         <v>131</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>132</v>
-      </c>
-[...11 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="E24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="F24" t="s">
         <v>138</v>
-      </c>
-[...5 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G24" t="s">
         <v>139</v>
       </c>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
         <v>141</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25"/>
+      <c r="D25" t="s">
         <v>142</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>143</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>148</v>
+      </c>
+      <c r="F26" t="s">
         <v>149</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>150</v>
       </c>
-      <c r="F26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H26" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27"/>
+      <c r="D27"/>
+      <c r="E27"/>
+      <c r="F27" t="s">
         <v>153</v>
       </c>
-      <c r="B27" t="s">
+      <c r="G27"/>
+      <c r="H27" t="s">
         <v>154</v>
       </c>
-      <c r="C27"/>
-[...8 lines deleted...]
-      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>158</v>
       </c>
-      <c r="C28"/>
-      <c r="D28"/>
       <c r="E28" t="s">
         <v>159</v>
       </c>
-      <c r="F28"/>
+      <c r="F28" t="s">
+        <v>160</v>
+      </c>
       <c r="G28"/>
-      <c r="H28"/>
+      <c r="H28" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>163</v>
+      </c>
+      <c r="D29" t="s">
+        <v>164</v>
+      </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>26</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>165</v>
       </c>
       <c r="B30" t="s">
         <v>166</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C30"/>
+      <c r="D30" t="s">
         <v>167</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>168</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>173</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>174</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>175</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>176</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>177</v>
       </c>
-      <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>178</v>
       </c>
       <c r="B32" t="s">
         <v>179</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>180</v>
       </c>
       <c r="E32" t="s">
         <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>97</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33"/>
+      <c r="D33" t="s">
         <v>184</v>
       </c>
-      <c r="B33" t="s">
+      <c r="E33" t="s">
         <v>185</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>186</v>
       </c>
-      <c r="D33" t="s">
+      <c r="G33" t="s">
         <v>187</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>190</v>
+      </c>
+      <c r="D34" t="s">
         <v>191</v>
       </c>
-      <c r="B34" t="s">
+      <c r="E34" t="s">
         <v>192</v>
       </c>
-      <c r="C34"/>
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>193</v>
       </c>
-      <c r="E34" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G34"/>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>194</v>
+      </c>
+      <c r="B35" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" t="s">
+        <v>196</v>
+      </c>
+      <c r="D35" t="s">
+        <v>197</v>
+      </c>
+      <c r="E35" t="s">
         <v>198</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
         <v>199</v>
       </c>
-      <c r="C35"/>
-[...11 lines deleted...]
-      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>204</v>
+        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>200</v>
+      </c>
+      <c r="B36" t="s">
+        <v>201</v>
+      </c>
+      <c r="C36" t="s">
+        <v>202</v>
+      </c>
+      <c r="D36" t="s">
+        <v>203</v>
+      </c>
+      <c r="E36" t="s">
+        <v>204</v>
+      </c>
+      <c r="F36" t="s">
         <v>205</v>
       </c>
-      <c r="B36" t="s">
+      <c r="G36" t="s">
         <v>206</v>
       </c>
-      <c r="C36"/>
-[...9 lines deleted...]
-      <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E37" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F37" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G37"/>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>212</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>214</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" t="s">
         <v>215</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
         <v>216</v>
       </c>
-      <c r="C38"/>
-[...14 lines deleted...]
-      </c>
+      <c r="G38"/>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39"/>
+      <c r="D39" t="s">
+        <v>219</v>
+      </c>
+      <c r="E39" t="s">
+        <v>220</v>
+      </c>
+      <c r="F39" t="s">
         <v>221</v>
       </c>
-      <c r="B39" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G39"/>
       <c r="H39" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="B40" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="E40" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="F40" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>233</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="E41" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="F41"/>
       <c r="G41" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="H41" t="s">
-        <v>56</v>
+        <v>232</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="B42" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="E42" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="F42" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-      <c r="H42"/>
+        <v>237</v>
+      </c>
+      <c r="G42" t="s">
+        <v>238</v>
+      </c>
+      <c r="H42" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B43" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="E43" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="F43" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="G43"/>
+        <v>243</v>
+      </c>
+      <c r="G43" t="s">
+        <v>244</v>
+      </c>
       <c r="H43" t="s">
-        <v>250</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B44" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="E44" t="s">
-        <v>254</v>
-[...5 lines deleted...]
-      <c r="H44"/>
+        <v>248</v>
+      </c>
+      <c r="F44">
+        <v>111</v>
+      </c>
+      <c r="G44" t="s">
+        <v>249</v>
+      </c>
+      <c r="H44" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B45" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="E45" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="F45" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="G45"/>
-      <c r="H45"/>
+      <c r="H45" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="B46" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="E46"/>
       <c r="F46" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="G46" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>259</v>
+      </c>
+      <c r="H46" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B47" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>262</v>
+      </c>
+      <c r="E47" t="s">
+        <v>263</v>
+      </c>
       <c r="F47" t="s">
-        <v>271</v>
-[...6 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C48"/>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>277</v>
-[...9 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48"/>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="B49" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-      <c r="D49"/>
+        <v>269</v>
+      </c>
+      <c r="C49" t="s">
+        <v>270</v>
+      </c>
+      <c r="D49" t="s">
+        <v>271</v>
+      </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="B50" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="C50"/>
       <c r="D50" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="E50" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="F50" t="s">
-        <v>135</v>
+        <v>277</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B51" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="C51"/>
       <c r="D51" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="E51" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="F51" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G51" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="H51"/>
+        <v>283</v>
+      </c>
+      <c r="H51" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B52" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="E52" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="F52" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>20</v>
+        <v>289</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="B53" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="E53" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="F53" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B54" t="s">
-        <v>307</v>
-[...6 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="C54"/>
+      <c r="D54"/>
       <c r="E54" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="F54" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="G54"/>
+        <v>299</v>
+      </c>
+      <c r="G54" t="s">
+        <v>300</v>
+      </c>
       <c r="H54" t="s">
-        <v>26</v>
+        <v>301</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="B55" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>314</v>
+        <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="F55" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="G55"/>
+        <v>305</v>
+      </c>
+      <c r="G55" t="s">
+        <v>306</v>
+      </c>
       <c r="H55" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B56" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="C56" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="D56" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="E56" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="F56" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="G56"/>
-      <c r="H56"/>
+      <c r="H56" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="B57" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="C57"/>
       <c r="D57" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="E57" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="F57" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="G57"/>
+        <v>317</v>
+      </c>
+      <c r="G57" t="s">
+        <v>318</v>
+      </c>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="B58" t="s">
-        <v>330</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58"/>
       <c r="E58" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="F58" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>56</v>
+        <v>323</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="B59" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="C59"/>
       <c r="D59" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="E59" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="F59" t="s">
-        <v>340</v>
-[...4 lines deleted...]
-      <c r="H59"/>
+        <v>328</v>
+      </c>
+      <c r="G59"/>
+      <c r="H59" t="s">
+        <v>329</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="B60" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="G60"/>
+        <v>333</v>
+      </c>
+      <c r="G60" t="s">
+        <v>334</v>
+      </c>
       <c r="H60" t="s">
-        <v>347</v>
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B61" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="F61"/>
       <c r="G61" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="H61" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="B62" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="E62" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="F62" t="s">
-        <v>356</v>
+        <v>86</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>344</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>133</v>
+        <v>345</v>
       </c>
       <c r="E63" t="s">
-        <v>134</v>
+        <v>346</v>
       </c>
       <c r="F63" t="s">
-        <v>135</v>
+        <v>347</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>20</v>
+        <v>348</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="B64" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="C64" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="D64" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="E64" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="F64" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>26</v>
+        <v>355</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="B65" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="C65"/>
+        <v>357</v>
+      </c>
+      <c r="C65" t="s">
+        <v>358</v>
+      </c>
       <c r="D65" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="E65"/>
       <c r="F65" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="G65"/>
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>361</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B66" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-      <c r="D66"/>
+        <v>363</v>
+      </c>
+      <c r="C66" t="s">
+        <v>364</v>
+      </c>
+      <c r="D66" t="s">
+        <v>365</v>
+      </c>
       <c r="E66" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="F66" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="G66" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="B67" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E67" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="F67" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>374</v>
+      </c>
+      <c r="B68" t="s">
+        <v>375</v>
+      </c>
+      <c r="C68" t="s">
+        <v>376</v>
+      </c>
+      <c r="D68" t="s">
+        <v>377</v>
+      </c>
+      <c r="E68" t="s">
+        <v>378</v>
+      </c>
+      <c r="F68" t="s">
+        <v>379</v>
+      </c>
+      <c r="G68"/>
+      <c r="H68" t="s">
         <v>380</v>
-      </c>
-[...17 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>381</v>
+      </c>
+      <c r="B69" t="s">
+        <v>382</v>
+      </c>
+      <c r="C69" t="s">
+        <v>383</v>
+      </c>
+      <c r="D69" t="s">
+        <v>384</v>
+      </c>
+      <c r="E69" t="s">
+        <v>385</v>
+      </c>
+      <c r="F69" t="s">
         <v>386</v>
       </c>
-      <c r="B69" t="s">
+      <c r="G69" t="s">
         <v>387</v>
       </c>
-      <c r="C69" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="H69" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B70" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>394</v>
+        <v>219</v>
       </c>
       <c r="E70" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F70" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="G70"/>
       <c r="H70" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B71" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="C71"/>
+        <v>392</v>
+      </c>
+      <c r="C71" t="s">
+        <v>393</v>
+      </c>
       <c r="D71" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="E71" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="F71" t="s">
-        <v>402</v>
-[...4 lines deleted...]
-      <c r="H71"/>
+        <v>396</v>
+      </c>
+      <c r="G71"/>
+      <c r="H71" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="B72" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C72"/>
-      <c r="D72"/>
+      <c r="D72" t="s">
+        <v>219</v>
+      </c>
       <c r="E72" t="s">
-        <v>406</v>
+        <v>220</v>
       </c>
       <c r="F72" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>408</v>
+        <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="B73" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C73"/>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="F73" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="B74" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="E74" t="s">
-        <v>418</v>
-[...5 lines deleted...]
-      <c r="H74"/>
+        <v>409</v>
+      </c>
+      <c r="F74" t="s">
+        <v>410</v>
+      </c>
+      <c r="G74" t="s">
+        <v>411</v>
+      </c>
+      <c r="H74" t="s">
+        <v>412</v>
+      </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B75" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="C75"/>
       <c r="D75" t="s">
-        <v>422</v>
+        <v>180</v>
       </c>
       <c r="E75" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="F75" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="G75"/>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="B76" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="C76"/>
+        <v>418</v>
+      </c>
+      <c r="C76" t="s">
+        <v>419</v>
+      </c>
       <c r="D76" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="E76" t="s">
-        <v>429</v>
-[...9 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="F76"/>
+      <c r="G76"/>
+      <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="B77" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="C77"/>
+        <v>422</v>
+      </c>
+      <c r="C77" t="s">
+        <v>423</v>
+      </c>
       <c r="D77" t="s">
-        <v>296</v>
+        <v>424</v>
       </c>
       <c r="E77" t="s">
-        <v>297</v>
+        <v>425</v>
       </c>
       <c r="F77" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="B78" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="C78"/>
+        <v>428</v>
+      </c>
+      <c r="C78" t="s">
+        <v>427</v>
+      </c>
       <c r="D78" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="E78" t="s">
-        <v>438</v>
-[...5 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="F78" t="s">
+        <v>431</v>
+      </c>
+      <c r="G78" t="s">
+        <v>432</v>
+      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="B79" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="E79"/>
+        <v>435</v>
+      </c>
+      <c r="E79" t="s">
+        <v>436</v>
+      </c>
       <c r="F79" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="G79" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="H79" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B80" t="s">
-        <v>445</v>
-[...7 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="C80" t="s">
+        <v>441</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="G80" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="H80" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="B81" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>445</v>
+      </c>
+      <c r="C81" t="s">
+        <v>446</v>
+      </c>
       <c r="D81" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="E81" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="F81" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="G81"/>
       <c r="H81" t="s">
-        <v>183</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B82" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C82" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="E82" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="F82" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>183</v>
+        <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>456</v>
+      </c>
+      <c r="B83" t="s">
+        <v>457</v>
+      </c>
+      <c r="C83" t="s">
+        <v>458</v>
+      </c>
+      <c r="D83" t="s">
+        <v>459</v>
+      </c>
+      <c r="E83" t="s">
+        <v>460</v>
+      </c>
+      <c r="F83" t="s">
+        <v>461</v>
+      </c>
+      <c r="G83" t="s">
         <v>462</v>
       </c>
-      <c r="B83" t="s">
-[...12 lines deleted...]
-      <c r="G83"/>
       <c r="H83" t="s">
-        <v>467</v>
+        <v>125</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B84" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="E84" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="F84" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B85" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="E85" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="F85" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="G85"/>
       <c r="H85" t="s">
-        <v>26</v>
+        <v>473</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>474</v>
+      </c>
+      <c r="B86" t="s">
+        <v>475</v>
+      </c>
+      <c r="C86"/>
+      <c r="D86" t="s">
+        <v>476</v>
+      </c>
+      <c r="E86" t="s">
+        <v>477</v>
+      </c>
+      <c r="F86" t="s">
+        <v>478</v>
+      </c>
+      <c r="G86" t="s">
         <v>479</v>
       </c>
-      <c r="B86" t="s">
-[...15 lines deleted...]
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B87" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="C87"/>
       <c r="D87" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="E87" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="F87" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B88" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C88" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D88" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="E88" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="F88" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>491</v>
+      </c>
+      <c r="B89" t="s">
+        <v>492</v>
+      </c>
+      <c r="C89" t="s">
+        <v>493</v>
+      </c>
+      <c r="D89" t="s">
+        <v>494</v>
+      </c>
+      <c r="E89" t="s">
+        <v>495</v>
+      </c>
+      <c r="F89" t="s">
+        <v>496</v>
+      </c>
+      <c r="G89" t="s">
         <v>497</v>
       </c>
-      <c r="B89" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B90" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="E90"/>
       <c r="F90" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="B91" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C91"/>
       <c r="D91" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E91" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="F91"/>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="B92" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>515</v>
+        <v>180</v>
       </c>
       <c r="E92" t="s">
-        <v>516</v>
+        <v>181</v>
       </c>
       <c r="F92" t="s">
-        <v>517</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="G92"/>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="B93" t="s">
-        <v>520</v>
-[...4 lines deleted...]
-      <c r="D93"/>
+        <v>509</v>
+      </c>
+      <c r="C93"/>
+      <c r="D93" t="s">
+        <v>510</v>
+      </c>
       <c r="E93" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      <c r="H93"/>
+        <v>511</v>
+      </c>
+      <c r="F93" t="s">
+        <v>512</v>
+      </c>
+      <c r="G93" t="s">
+        <v>513</v>
+      </c>
+      <c r="H93" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="B94" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="E94" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="F94" t="s">
-        <v>527</v>
-[...4 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="G94" t="s">
+        <v>519</v>
+      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B95" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="C95" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="D95" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="E95"/>
+        <v>523</v>
+      </c>
+      <c r="E95" t="s">
+        <v>524</v>
+      </c>
       <c r="F95" t="s">
-        <v>532</v>
-[...4 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="G95" t="s">
+        <v>526</v>
+      </c>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="B96" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="C96"/>
+        <v>528</v>
+      </c>
+      <c r="C96" t="s">
+        <v>529</v>
+      </c>
       <c r="D96" t="s">
-        <v>296</v>
+        <v>530</v>
       </c>
       <c r="E96" t="s">
-        <v>297</v>
+        <v>531</v>
       </c>
       <c r="F96" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G96"/>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>533</v>
+      </c>
+      <c r="B97" t="s">
+        <v>534</v>
+      </c>
+      <c r="C97" t="s">
+        <v>535</v>
+      </c>
+      <c r="D97" t="s">
         <v>536</v>
       </c>
-      <c r="B97" t="s">
+      <c r="E97" t="s">
         <v>537</v>
       </c>
-      <c r="C97" t="s">
+      <c r="F97" t="s">
         <v>538</v>
       </c>
-      <c r="D97" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B98" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
+        <v>541</v>
+      </c>
+      <c r="E98" t="s">
+        <v>542</v>
+      </c>
+      <c r="F98" t="s">
         <v>543</v>
       </c>
-      <c r="E98"/>
-[...5 lines deleted...]
-      </c>
+      <c r="G98"/>
       <c r="H98" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>544</v>
+      </c>
+      <c r="B99" t="s">
+        <v>545</v>
+      </c>
+      <c r="C99"/>
+      <c r="D99" t="s">
         <v>546</v>
       </c>
-      <c r="B99" t="s">
+      <c r="E99" t="s">
         <v>547</v>
       </c>
-      <c r="C99" t="s">
+      <c r="F99" t="s">
         <v>548</v>
-      </c>
-[...5 lines deleted...]
-        <v>550</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>551</v>
+        <v>154</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>549</v>
+      </c>
+      <c r="B100" t="s">
+        <v>550</v>
+      </c>
+      <c r="C100" t="s">
+        <v>551</v>
+      </c>
+      <c r="D100" t="s">
         <v>552</v>
       </c>
-      <c r="B100" t="s">
+      <c r="E100" t="s">
         <v>553</v>
       </c>
-      <c r="C100" t="s">
-[...3 lines deleted...]
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>554</v>
       </c>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100"/>
-      <c r="H100"/>
+      <c r="H100" t="s">
+        <v>232</v>
+      </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>555</v>
+      </c>
+      <c r="B101" t="s">
         <v>556</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101"/>
+      <c r="D101" t="s">
         <v>557</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>558</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>559</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>560</v>
       </c>
-      <c r="F101" t="s">
-[...3 lines deleted...]
-      <c r="H101"/>
+      <c r="H101" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>561</v>
+      </c>
+      <c r="B102" t="s">
         <v>562</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102"/>
+      <c r="D102" t="s">
         <v>563</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>564</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>565</v>
       </c>
-      <c r="E102" t="s">
-[...5 lines deleted...]
-      <c r="G102"/>
+      <c r="G102" t="s">
+        <v>563</v>
+      </c>
       <c r="H102" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B103" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
+        <v>568</v>
+      </c>
+      <c r="E103" t="s">
+        <v>569</v>
+      </c>
+      <c r="F103" t="s">
         <v>570</v>
       </c>
-      <c r="E103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G103"/>
-      <c r="H103"/>
+      <c r="H103" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>571</v>
+      </c>
+      <c r="B104" t="s">
+        <v>572</v>
+      </c>
+      <c r="C104"/>
+      <c r="D104"/>
+      <c r="E104" t="s">
         <v>573</v>
       </c>
-      <c r="B104" t="s">
+      <c r="F104" t="s">
         <v>574</v>
       </c>
-      <c r="C104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G104"/>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>575</v>
+      </c>
+      <c r="B105" t="s">
+        <v>576</v>
+      </c>
+      <c r="C105" t="s">
+        <v>577</v>
+      </c>
+      <c r="D105" t="s">
+        <v>578</v>
+      </c>
+      <c r="E105"/>
+      <c r="F105" t="s">
         <v>579</v>
       </c>
-      <c r="B105" t="s">
+      <c r="G105"/>
+      <c r="H105" t="s">
         <v>580</v>
       </c>
-      <c r="C105" t="s">
-[...14 lines deleted...]
-      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B106" t="s">
-        <v>587</v>
-[...10 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="C106"/>
+      <c r="D106"/>
+      <c r="E106" t="s">
+        <v>583</v>
+      </c>
+      <c r="F106"/>
       <c r="G106"/>
-      <c r="H106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="B107" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="C107" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="D107" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="E107" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="F107"/>
+        <v>588</v>
+      </c>
+      <c r="F107" t="s">
+        <v>589</v>
+      </c>
       <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="B108" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="G108"/>
+        <v>593</v>
+      </c>
+      <c r="G108" t="s">
+        <v>594</v>
+      </c>
       <c r="H108" t="s">
-        <v>37</v>
+        <v>595</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>596</v>
+      </c>
+      <c r="B109" t="s">
+        <v>597</v>
+      </c>
+      <c r="C109" t="s">
+        <v>598</v>
+      </c>
+      <c r="D109" t="s">
+        <v>599</v>
+      </c>
+      <c r="E109" t="s">
         <v>600</v>
       </c>
-      <c r="B109" t="s">
+      <c r="F109" t="s">
         <v>601</v>
       </c>
-      <c r="C109" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G109"/>
-      <c r="H109"/>
+      <c r="H109" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="B110" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="E110" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="F110" t="s">
-        <v>609</v>
+        <v>56</v>
       </c>
       <c r="G110"/>
-      <c r="H110"/>
+      <c r="H110" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B111" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="C111" t="s">
-        <v>612</v>
-[...4 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="D111" t="s">
+        <v>608</v>
+      </c>
+      <c r="E111"/>
       <c r="F111" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="G111"/>
       <c r="H111" t="s">
-        <v>616</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="B112" t="s">
-        <v>618</v>
-[...4 lines deleted...]
-      <c r="D112"/>
+        <v>611</v>
+      </c>
+      <c r="C112"/>
+      <c r="D112" t="s">
+        <v>612</v>
+      </c>
       <c r="E112" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="F112" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="G112"/>
-      <c r="H112"/>
+      <c r="H112" t="s">
+        <v>615</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="B113" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="C113"/>
       <c r="D113" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>618</v>
+      </c>
+      <c r="E113" t="s">
+        <v>619</v>
+      </c>
       <c r="F113" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="B114" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="C114"/>
+        <v>622</v>
+      </c>
+      <c r="C114" t="s">
+        <v>623</v>
+      </c>
       <c r="D114" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="E114" t="s">
-        <v>630</v>
-[...7 lines deleted...]
-      </c>
+        <v>625</v>
+      </c>
+      <c r="F114" t="s">
+        <v>626</v>
+      </c>
+      <c r="G114"/>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="B115" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="C115"/>
       <c r="D115" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="E115" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="F115" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="B116" t="s">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="C116"/>
       <c r="D116" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="E116" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="F116" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>632</v>
+        <v>154</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B117" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="C117"/>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D117"/>
       <c r="E117" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="F117" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="G117" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="H117" t="s">
-        <v>204</v>
+        <v>642</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="C118"/>
+        <v>644</v>
+      </c>
+      <c r="C118" t="s">
+        <v>645</v>
+      </c>
       <c r="D118" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="E118" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="F118" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="G118"/>
-      <c r="H118"/>
+      <c r="H118" t="s">
+        <v>649</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="B119" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="E119" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="F119">
+        <v>221591030</v>
+      </c>
+      <c r="G119"/>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="B120" t="s">
-        <v>664</v>
+        <v>52</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>665</v>
+        <v>54</v>
       </c>
       <c r="E120" t="s">
-        <v>666</v>
+        <v>55</v>
       </c>
       <c r="F120" t="s">
-        <v>667</v>
+        <v>56</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>204</v>
+        <v>38</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="B121" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="C121"/>
       <c r="D121" t="s">
-        <v>671</v>
+        <v>657</v>
       </c>
       <c r="E121" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="F121" t="s">
-        <v>673</v>
+        <v>659</v>
       </c>
       <c r="G121" t="s">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="B122" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="C122"/>
+        <v>662</v>
+      </c>
+      <c r="C122" t="s">
+        <v>663</v>
+      </c>
       <c r="D122" t="s">
-        <v>677</v>
+        <v>664</v>
       </c>
       <c r="E122" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="F122" t="s">
-        <v>679</v>
+        <v>666</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="B123" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="C123"/>
+        <v>668</v>
+      </c>
+      <c r="C123" t="s">
+        <v>669</v>
+      </c>
       <c r="D123" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="E123" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="F123" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="G123"/>
-      <c r="H123"/>
+      <c r="H123" t="s">
+        <v>673</v>
+      </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>685</v>
+        <v>674</v>
       </c>
       <c r="B124" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="C124"/>
+        <v>675</v>
+      </c>
+      <c r="C124" t="s">
+        <v>676</v>
+      </c>
       <c r="D124" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="E124" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
       <c r="F124" t="s">
-        <v>689</v>
-[...4 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="G124" t="s">
+        <v>680</v>
+      </c>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="B125" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="C125"/>
+        <v>682</v>
+      </c>
+      <c r="C125" t="s">
+        <v>683</v>
+      </c>
       <c r="D125" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="E125" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="F125" t="s">
-        <v>693</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="G125"/>
       <c r="H125" t="s">
-        <v>26</v>
+        <v>687</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="B126" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-      <c r="D126"/>
+        <v>689</v>
+      </c>
+      <c r="C126" t="s">
+        <v>690</v>
+      </c>
+      <c r="D126" t="s">
+        <v>691</v>
+      </c>
       <c r="E126" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="F126" t="s">
-        <v>698</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="G126"/>
       <c r="H126" t="s">
-        <v>700</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="B127" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>695</v>
+      </c>
+      <c r="C127" t="s">
+        <v>696</v>
+      </c>
       <c r="D127" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="E127" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="F127" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="G127"/>
       <c r="H127" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="B128" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="C128"/>
-      <c r="D128"/>
+      <c r="D128" t="s">
+        <v>701</v>
+      </c>
       <c r="E128" t="s">
-        <v>708</v>
-[...3 lines deleted...]
-      <c r="H128"/>
+        <v>702</v>
+      </c>
+      <c r="F128" t="s">
+        <v>703</v>
+      </c>
+      <c r="G128" t="s">
+        <v>704</v>
+      </c>
+      <c r="H128" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>705</v>
+      </c>
+      <c r="B129" t="s">
+        <v>706</v>
+      </c>
+      <c r="C129"/>
+      <c r="D129" t="s">
+        <v>707</v>
+      </c>
+      <c r="E129" t="s">
+        <v>708</v>
+      </c>
+      <c r="F129" t="s">
         <v>709</v>
       </c>
-      <c r="B129" t="s">
+      <c r="G129" t="s">
         <v>710</v>
       </c>
-      <c r="C129" t="s">
-[...12 lines deleted...]
-      <c r="H129"/>
+      <c r="H129" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="B130" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="E130" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="F130" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="G130" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="H130" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="B131" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>133</v>
+        <v>719</v>
       </c>
       <c r="E131" t="s">
-        <v>287</v>
+        <v>720</v>
       </c>
       <c r="F131" t="s">
-        <v>135</v>
+        <v>721</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>56</v>
+        <v>154</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>722</v>
+      </c>
+      <c r="B132" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
+        <v>724</v>
+      </c>
+      <c r="E132" t="s">
         <v>725</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>726</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G132" t="s">
         <v>727</v>
       </c>
-      <c r="G132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H132" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>728</v>
+      </c>
+      <c r="B133" t="s">
         <v>729</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>730</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>731</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>732</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>733</v>
       </c>
-      <c r="F133" t="s">
+      <c r="G133" t="s">
         <v>734</v>
       </c>
-      <c r="G133"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>735</v>
+      </c>
+      <c r="B134" t="s">
         <v>736</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
+        <v>53</v>
+      </c>
+      <c r="D134" t="s">
         <v>737</v>
       </c>
-      <c r="C134"/>
-[...2 lines deleted...]
-      </c>
       <c r="E134" t="s">
-        <v>739</v>
+        <v>604</v>
       </c>
       <c r="F134" t="s">
-        <v>740</v>
+        <v>56</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>183</v>
+        <v>72</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>738</v>
+      </c>
+      <c r="B135" t="s">
+        <v>739</v>
+      </c>
+      <c r="C135" t="s">
+        <v>740</v>
+      </c>
+      <c r="D135" t="s">
         <v>741</v>
       </c>
-      <c r="B135" t="s">
+      <c r="E135" t="s">
         <v>742</v>
       </c>
-      <c r="C135"/>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>743</v>
       </c>
-      <c r="E135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G135"/>
-      <c r="H135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B136" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>745</v>
+      </c>
+      <c r="C136" t="s">
+        <v>746</v>
+      </c>
       <c r="D136"/>
       <c r="E136" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>748</v>
+      </c>
+      <c r="B137" t="s">
+        <v>749</v>
+      </c>
+      <c r="C137" t="s">
+        <v>750</v>
+      </c>
+      <c r="D137"/>
+      <c r="E137" t="s">
         <v>751</v>
       </c>
-      <c r="B137" t="s">
+      <c r="F137" t="s">
         <v>752</v>
       </c>
-      <c r="C137" t="s">
+      <c r="G137" t="s">
         <v>753</v>
       </c>
-      <c r="D137" t="s">
+      <c r="H137" t="s">
         <v>754</v>
       </c>
-      <c r="E137" t="s">
-[...8 lines deleted...]
-      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>755</v>
+      </c>
+      <c r="B138" t="s">
+        <v>756</v>
+      </c>
+      <c r="C138"/>
+      <c r="D138" t="s">
+        <v>757</v>
+      </c>
+      <c r="E138" t="s">
         <v>758</v>
       </c>
-      <c r="B138" t="s">
+      <c r="F138" t="s">
         <v>759</v>
       </c>
-      <c r="C138" t="s">
+      <c r="G138" t="s">
         <v>760</v>
       </c>
-      <c r="D138" t="s">
-[...6 lines deleted...]
-      <c r="G138"/>
       <c r="H138" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>761</v>
+      </c>
+      <c r="B139" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="E139" t="s">
         <v>764</v>
       </c>
-      <c r="F139" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F139"/>
+      <c r="G139"/>
       <c r="H139" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>765</v>
+      </c>
+      <c r="B140" t="s">
+        <v>766</v>
+      </c>
+      <c r="C140" t="s">
         <v>767</v>
       </c>
-      <c r="B140" t="s">
+      <c r="D140" t="s">
         <v>768</v>
       </c>
-      <c r="C140"/>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>769</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>770</v>
       </c>
-      <c r="F140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G140"/>
-      <c r="H140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>771</v>
+      </c>
+      <c r="B141" t="s">
         <v>772</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>773</v>
       </c>
-      <c r="C141"/>
       <c r="D141" t="s">
         <v>774</v>
       </c>
       <c r="E141" t="s">
         <v>775</v>
       </c>
       <c r="F141" t="s">
         <v>776</v>
       </c>
-      <c r="G141" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G141"/>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>777</v>
+      </c>
+      <c r="B142" t="s">
         <v>778</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
         <v>779</v>
       </c>
-      <c r="C142"/>
       <c r="D142" t="s">
         <v>780</v>
       </c>
       <c r="E142" t="s">
         <v>781</v>
       </c>
       <c r="F142" t="s">
         <v>782</v>
       </c>
       <c r="G142"/>
-      <c r="H142"/>
+      <c r="H142" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>783</v>
       </c>
       <c r="B143" t="s">
         <v>784</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
+        <v>22</v>
+      </c>
+      <c r="E143" t="s">
         <v>785</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G143" t="s">
         <v>787</v>
       </c>
       <c r="H143" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>788</v>
       </c>
       <c r="B144" t="s">
         <v>789</v>
       </c>
-      <c r="C144"/>
+      <c r="C144" t="s">
+        <v>790</v>
+      </c>
       <c r="D144" t="s">
-        <v>647</v>
+        <v>791</v>
       </c>
       <c r="E144" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F144" t="s">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="G144"/>
       <c r="H144" t="s">
-        <v>204</v>
+        <v>72</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B145" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C145" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D145" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="E145" t="s">
         <v>797</v>
       </c>
+      <c r="E145"/>
       <c r="F145" t="s">
         <v>798</v>
       </c>
-      <c r="G145"/>
+      <c r="G145" t="s">
+        <v>797</v>
+      </c>
       <c r="H145"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">