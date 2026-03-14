--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -38,897 +38,897 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Kingston Golf Club Inc</t>
+  </si>
+  <si>
+    <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
+  </si>
+  <si>
+    <t>kingstongolf@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kingstongolf.wixsite.com/home</t>
+  </si>
+  <si>
+    <t>PO Box 22 Kingston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society is a community organisation that screens hand-picked cinematic gems – world cinema, classics, documentaries – on Tuesday nights from May to September at Dorothy Browns Cinema in Arrowtown. It’s easy to become a member and great value at just $120 for the entire season of 20 films – that’s $6 per film if you go to all of them. We also offer part-season memberships and three-film samplers. We can't sell single tickets but if you want to get a taste of film society before joining, why not come along to one of our public screenings.  Tuesdays at Dorothy Browns Cinema 8.15 pm from 1 May 2018</t>
+  </si>
+  <si>
+    <t>info@queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wakatipu Netball Centre</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>Sue Albrecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/</t>
+  </si>
+  <si>
+    <t>027 309 2998</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Arrowtown Horticultural Society</t>
+  </si>
+  <si>
+    <t>A small group of garden enthusiasts who run an annual Flower Show in Arrowtown. Very school/community based. Please make contact! We have a great group of people who need your help to make the magic happen...</t>
+  </si>
+  <si>
+    <t>Jean Britton - President</t>
+  </si>
+  <si>
+    <t>jeanbobqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>442 3650</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
     <t>Wanaka Croquet Club</t>
   </si>
   <si>
     <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
   </si>
   <si>
     <t>Shirley Menlove</t>
   </si>
   <si>
     <t>ismenlove@xtra.co.nz</t>
   </si>
   <si>
     <t>http://croquet.org.nz/</t>
   </si>
   <si>
     <t>027 202 4970</t>
   </si>
   <si>
     <t>Wanaka</t>
   </si>
   <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
     <t>Federated Farmers</t>
   </si>
   <si>
     <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
   </si>
   <si>
     <t>0800@fedfarm.org.nz</t>
   </si>
   <si>
     <t>https://www.fedfarm.org.nz/</t>
   </si>
   <si>
     <t>03 443 1055 or 0800 327 656</t>
   </si>
   <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Glenorchy Riding Club</t>
+  </si>
+  <si>
+    <t>The GYRC is a group of horse enthusiasts who – regardless of their riding skills, experience or discipline – come together to enjoy the hacking, training or events that the area can provide. We organise regular hacks to various stations, farms and some conservation areas (gratefully with the support of local farmers and DOC), often followed by a BBQ. For competitive riders or simply for those who would like to improve their riding skills – there are options of coaching by visiting respected coaches (basic schooling, dressage, show jumping).</t>
+  </si>
+  <si>
+    <t>glenorchyridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.co.nz/glenorchy-riding-club/</t>
+  </si>
+  <si>
+    <t>027 464 9182</t>
+  </si>
+  <si>
+    <t>Piano Lessons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
+  </si>
+  <si>
+    <t>Kana Takahashi</t>
+  </si>
+  <si>
+    <t>kanat.piano@gmail.com</t>
+  </si>
+  <si>
+    <t>0272380555</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Glenorchy Golf Club</t>
+  </si>
+  <si>
+    <t>The beautiful Glenorchy 9 hole golf course is located at the recreation grounds on the corner of Mull and Oban Street.The Club holds a weekly 18 hole competition on a Sunday, starting at 3pm during daylight saving time and 1pm in the winter. Visitors are very welcome to join the competition or to play their own game. Green fees are $10 a round of golf (9 or 18 holes).</t>
+  </si>
+  <si>
+    <t>Damian Orman</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.nz/community/clubs/show/13/glenorchy-golf-club/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02178305 </t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Photography Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
+  </si>
+  <si>
+    <t>President – Suzy Walker</t>
+  </si>
+  <si>
+    <t>queenstownphotoclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstownphotographyclub.wordpress.com</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club supports all forms of climbing in the Wakatipu through development, access and conservation.Queenstown climbing club is led entirely by volunteers. we are a grass-roots, not-for-profit club dedicated to: Promoting climbing in the Wakatipu region, Providing a point of contact for members and new climbers in the Wakatipu area, Maintaining and increasing public access to the climbing areas in the Wakatipu region, Supporting the establishment of new climbing routes in the Wakatipu region, Promoting safe bolting and climbing practices, Promoting conservation of the natural environment around the rock climbing areas in the Wakatipu region, Promoting climbing to members and the public, and providing both information and resources for this purpose</t>
+  </si>
+  <si>
+    <t>Ioana Cosmina Pitiriciu - Secretary</t>
+  </si>
+  <si>
+    <t>queenstownclimbing@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownclimbing.com</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
     <t>Wakatipu Potters Group</t>
   </si>
   <si>
     <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
   </si>
   <si>
     <t>Secretary</t>
   </si>
   <si>
     <t>wakatipupotters@gmail.com</t>
   </si>
   <si>
     <t>http://www.wakatipupotters.com</t>
   </si>
   <si>
     <t>Frankton,</t>
   </si>
   <si>
-    <t>Upper Clutha Sports Community</t>
-[...29 lines deleted...]
-    <t>+64 21 818 318</t>
+    <t>Queenstown Bridge Club</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Bridge Club. We are one of the largest bridge clubs in Otago/Southland and we love new members.Meet to play bridge every Tuesday evening and Friday afternoon at the Queenstown Events Centre.</t>
+  </si>
+  <si>
+    <t>Annette Fea</t>
+  </si>
+  <si>
+    <t>annette@feaqt.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstown.bridge-club.org/</t>
+  </si>
+  <si>
+    <t>027 453 3573 or 0276006329</t>
+  </si>
+  <si>
+    <t>PO Box 389, Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka meets on Thursday nights, at Alchemy Cafe Wanaka from 530pm.The club is free to attend, you can arrive at a time that suits as we run until 8pm. Michelle from The Woven Co hosts the club most nights, the aim is to make a positive, supportive and friendly environment for socialising, knitting and learning.</t>
+  </si>
+  <si>
+    <t>Michelle Stewart</t>
+  </si>
+  <si>
+    <t>shop@thewoven.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/knitclubwanaka/</t>
+  </si>
+  <si>
+    <t>022 187 8840</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Salsa Queenstown</t>
+  </si>
+  <si>
+    <t>Salsa Class</t>
+  </si>
+  <si>
+    <t>Maria Beckingsale</t>
+  </si>
+  <si>
+    <t>pasionsalsaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/334148146609903/about/</t>
+  </si>
+  <si>
+    <t>021 242 3628</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Margaret O'Hanlon The Singers Workshop</t>
+  </si>
+  <si>
+    <t>Singing / Performaces in Qpact</t>
+  </si>
+  <si>
+    <t>Margaret O'Hanlon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">madrienne61@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/search/top?q=The%20Singers%20Workshop</t>
+  </si>
+  <si>
+    <t>027 422 1768</t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
   </si>
   <si>
     <t>Wakatipu Pony Club</t>
   </si>
   <si>
     <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
   </si>
   <si>
     <t xml:space="preserve"> Carl Johnstone</t>
   </si>
   <si>
     <t>bella.park99@gmail.com</t>
   </si>
   <si>
     <t>http://www.sporty.co.nz/wakatipupc/Home</t>
   </si>
   <si>
     <t>021343087</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...676 lines deleted...]
-  <si>
     <t>Wanaka Riding For Disabled</t>
   </si>
   <si>
     <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
   </si>
   <si>
     <t xml:space="preserve">Secretary - Kay Ross </t>
   </si>
   <si>
     <t xml:space="preserve">kaysutherlandross@gmail.com </t>
   </si>
   <si>
     <t>http://www.rda.org.nz/index.html</t>
   </si>
   <si>
     <t>034432611</t>
   </si>
   <si>
     <t>62 Kings Drive, Wanaka 9305</t>
-  </si>
-[...43 lines deleted...]
-    <t>Hawea Flat</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1293,1157 +1293,1157 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2"/>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...2 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="G5"/>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E6" t="s">
         <v>35</v>
       </c>
+      <c r="E6"/>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6"/>
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>39</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8"/>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G8"/>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>59</v>
-      </c>
-[...5 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
         <v>64</v>
       </c>
-      <c r="E11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
         <v>68</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
         <v>70</v>
       </c>
-      <c r="D12" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C13"/>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F14" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G14"/>
-      <c r="H14"/>
+      <c r="H14" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="E15"/>
       <c r="F15" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      <c r="D16"/>
+        <v>86</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
       <c r="E16" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F16"/>
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>89</v>
+      </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>92</v>
+      </c>
       <c r="D17" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F17" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="E18" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="F18" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="E19" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="F19" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="B20" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
       <c r="D20" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="E20" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>112</v>
+      </c>
+      <c r="G20"/>
       <c r="H20" t="s">
-        <v>119</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="D21"/>
+        <v>114</v>
+      </c>
+      <c r="C21"/>
+      <c r="D21" t="s">
+        <v>115</v>
+      </c>
       <c r="E21" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="E22" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="F22" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="G22"/>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E23"/>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="G23"/>
-      <c r="H23"/>
+      <c r="H23" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>129</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
       <c r="F24" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="E25" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="F25" t="s">
-        <v>145</v>
-[...6 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="B26" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="E26" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="B27" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C27" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D27"/>
       <c r="E27" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="F27" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="B28" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
       <c r="D28" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="E28" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="F28" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="C29" t="s">
-        <v>166</v>
-[...7 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>155</v>
+      </c>
+      <c r="F29"/>
       <c r="G29"/>
-      <c r="H29"/>
+      <c r="H29" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="B30" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
+      </c>
       <c r="D30" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="F30"/>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>177</v>
+        <v>163</v>
       </c>
       <c r="E31" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      <c r="H31"/>
+        <v>164</v>
+      </c>
+      <c r="F31" t="s">
+        <v>165</v>
+      </c>
+      <c r="G31" t="s">
+        <v>166</v>
+      </c>
+      <c r="H31" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>169</v>
+      </c>
       <c r="D32" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="E32" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="F32"/>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="D33" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>174</v>
+      </c>
+      <c r="E33" t="s">
+        <v>175</v>
+      </c>
       <c r="F33" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="G33"/>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="E34" t="s">
-        <v>193</v>
-[...9 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C35"/>
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>183</v>
+      </c>
       <c r="D35" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="E35" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>43</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="E36" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="G36"/>
+        <v>191</v>
+      </c>
+      <c r="F36" t="s">
+        <v>192</v>
+      </c>
+      <c r="G36" t="s">
+        <v>193</v>
+      </c>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>83</v>
+        <v>196</v>
       </c>
       <c r="D37" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="E37" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="F37" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="H37"/>
+        <v>199</v>
+      </c>
+      <c r="G37" t="s">
+        <v>200</v>
+      </c>
+      <c r="H37" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="E38" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="F38"/>
+        <v>205</v>
+      </c>
+      <c r="F38" t="s">
+        <v>206</v>
+      </c>
       <c r="G38"/>
-      <c r="H38"/>
+      <c r="H38" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="D39" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="E39" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="F39" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="G39"/>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="B40" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
+        <v>215</v>
+      </c>
       <c r="D40" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="E40" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="F40"/>
+        <v>217</v>
+      </c>
+      <c r="F40" t="s">
+        <v>218</v>
+      </c>
       <c r="G40" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="H40" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C41" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="E41" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F41" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="G41"/>
       <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B42" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="E42" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-      <c r="H42"/>
+        <v>230</v>
+      </c>
+      <c r="F42"/>
+      <c r="G42" t="s">
+        <v>231</v>
+      </c>
+      <c r="H42" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B43" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="C43" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="D43" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="E43" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="F43" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="G43"/>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C44" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="D44" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="E44" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="F44" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="G44"/>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="B45" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>255</v>
-[...5 lines deleted...]
-      <c r="G45"/>
+        <v>246</v>
+      </c>
+      <c r="E45" t="s">
+        <v>247</v>
+      </c>
+      <c r="F45"/>
+      <c r="G45" t="s">
+        <v>248</v>
+      </c>
       <c r="H45" t="s">
-        <v>80</v>
+        <v>249</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B46" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>251</v>
+      </c>
+      <c r="C46" t="s">
+        <v>252</v>
+      </c>
       <c r="D46" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="E46" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="F46"/>
+        <v>254</v>
+      </c>
+      <c r="F46" t="s">
+        <v>255</v>
+      </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B47" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="C47"/>
+        <v>257</v>
+      </c>
+      <c r="C47" t="s">
+        <v>258</v>
+      </c>
       <c r="D47" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E47" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>261</v>
+      </c>
+      <c r="B48" t="s">
+        <v>262</v>
+      </c>
+      <c r="C48" t="s">
+        <v>263</v>
+      </c>
+      <c r="D48" t="s">
+        <v>264</v>
+      </c>
+      <c r="E48" t="s">
         <v>265</v>
       </c>
-      <c r="B48" t="s">
+      <c r="F48" t="s">
         <v>266</v>
       </c>
-      <c r="C48"/>
-      <c r="D48" t="s">
+      <c r="G48" t="s">
         <v>267</v>
       </c>
-      <c r="E48" t="s">
-[...3 lines deleted...]
-      <c r="G48"/>
       <c r="H48" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>268</v>
+      </c>
+      <c r="B49" t="s">
         <v>269</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49"/>
+      <c r="D49" t="s">
         <v>270</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49"/>
+      <c r="F49" t="s">
         <v>271</v>
       </c>
-      <c r="D49" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G49"/>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>272</v>
+      </c>
+      <c r="B50" t="s">
+        <v>273</v>
+      </c>
+      <c r="C50" t="s">
+        <v>274</v>
+      </c>
+      <c r="D50" t="s">
+        <v>275</v>
+      </c>
+      <c r="E50" t="s">
         <v>276</v>
       </c>
-      <c r="B50" t="s">
+      <c r="F50" t="s">
         <v>277</v>
       </c>
-      <c r="C50"/>
-[...6 lines deleted...]
-      <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>278</v>
+      </c>
+      <c r="B51" t="s">
+        <v>279</v>
+      </c>
+      <c r="C51" t="s">
         <v>280</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>281</v>
       </c>
-      <c r="C51"/>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>282</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>283</v>
       </c>
-      <c r="F51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G51"/>
       <c r="H51" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>284</v>
+      </c>
+      <c r="B52" t="s">
         <v>285</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>286</v>
       </c>
-      <c r="C52"/>
       <c r="D52" t="s">
         <v>287</v>
       </c>
       <c r="E52" t="s">
         <v>288</v>
       </c>
       <c r="F52" t="s">
         <v>289</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>290</v>
+      </c>
       <c r="H52" t="s">
-        <v>290</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">