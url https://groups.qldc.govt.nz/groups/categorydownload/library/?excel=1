--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -38,330 +38,330 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Hāwea Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday: 10:00am - 12:00 noonTuesday &amp;amp; Wednesday: 10:00am - 5:00pmSaturday: 10:00am - 12:00 noon</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hawea@qldc.govt.nz </t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9371</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
     <t>Japanese Family Society of Queenstown</t>
   </si>
   <si>
     <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
   </si>
   <si>
     <t>Taeko Mori</t>
   </si>
   <si>
     <t>japanesefamilyqueenstown@gmail.com</t>
   </si>
   <si>
     <t>http://japanesefamily.weebly.com/</t>
   </si>
   <si>
     <t>021-048-0078</t>
   </si>
   <si>
+    <t>Wanaka Sun</t>
+  </si>
+  <si>
+    <t>The Wanaka Sun - Wanaka's Community Newspaper</t>
+  </si>
+  <si>
+    <t>admin@thewanakasun.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.thewanakasun.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 5252</t>
+  </si>
+  <si>
+    <t>PO Box 697, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Arrowtown Library</t>
+  </si>
+  <si>
+    <t>Open 10am - 5pm weekdays, 10am - 2pm Saturday</t>
+  </si>
+  <si>
+    <t>Lizzie - Librarian</t>
+  </si>
+  <si>
+    <t>arrowtown@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 442 1607</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Makarora Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday evenings: 6:00pm - 8:00pmThursdays 11:00am - 1:00pmBy request at other times.  The school children use the library during school hours, term time.</t>
+  </si>
+  <si>
+    <t>Careen Kemp - Community Librarian</t>
+  </si>
+  <si>
+    <t>makarora.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0272456645 </t>
+  </si>
+  <si>
+    <t>Makarora 9346</t>
+  </si>
+  <si>
+    <t>Kingston Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday: 3pm to 5pmSaturday: 11am to 1pm</t>
+  </si>
+  <si>
+    <t>kingston.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 248 8963 and 03 441 0600 (out of hours)</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
     <t>Mountain Scene</t>
   </si>
   <si>
     <t>Mountain Scene is an independent locally owned newspaper established in Queenstown in 1972. Mountain Scene has created its own unique identity and style and made a reputation that sees it continually dominating the fiercely competitive Queenstown media ‘battleground’. Mountain Scene is the number one broker of mass attention in the Wakatipu and is recognised as Queenstown’s most powerful media vehicle by readers, advertisers and independent research – with a 90% plus readership of 15+ Wakatipu residents.</t>
   </si>
   <si>
     <t>classified@scene.co.nz</t>
   </si>
   <si>
     <t>http://www.scene.co.nz</t>
   </si>
   <si>
     <t>03 442 7000</t>
   </si>
   <si>
     <t>PO Box 299, Queenstown</t>
   </si>
   <si>
     <t>Queenstown 9300</t>
   </si>
   <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Wānaka Library</t>
+  </si>
+  <si>
+    <t>Opening hours: Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am – 7:00pmFriday: 9:00am – 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Sue Gwilliam</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Radio Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka's Community Website for streaming radio, local news, events, jobs, whats on. Wanaka Weather, and Wanaka Crown Range Road Reports.</t>
+  </si>
+  <si>
+    <t>info@radiowanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakalive.com/</t>
+  </si>
+  <si>
+    <t>03 443 8838</t>
+  </si>
+  <si>
     <t>Queenstown Library</t>
   </si>
   <si>
-    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
-[...4 lines deleted...]
-  <si>
     <t>queenstown.library@qldc.govt.nz</t>
   </si>
   <si>
-    <t>https://qldclibraries.govt.nz/</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 03 441 0600</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...100 lines deleted...]
-  <si>
     <t>Upper Clutha Historical Records Society</t>
   </si>
   <si>
     <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
   </si>
   <si>
     <t>http://www.uppercluthahistory.org/</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...58 lines deleted...]
-  <si>
     <t>The Upper Clutha Messenger</t>
   </si>
   <si>
     <t>The Messenger is recognised as the most effective advertising medium in the district - by far. It sits in offices, homes, cafés and businesses for a whole week. There are businesses that have advertised continually for 20 years and more. We often see our readers pick the Messenger up outside our office at 8.30am on Wednesday, when we know there will be another copy in their mailbox by lunchtime – they can’t wait.</t>
   </si>
   <si>
     <t>hello@mymessenger.co.nz</t>
   </si>
   <si>
     <t>http://mymessenger.co.nz</t>
   </si>
   <si>
     <t>03 443 7805</t>
-  </si>
-[...37 lines deleted...]
-    <t>http://catalystnz.org/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,431 +739,431 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="H3" t="s">
         <v>20</v>
       </c>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="G4"/>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F6" t="s">
         <v>37</v>
       </c>
+      <c r="F6"/>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>41</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>51</v>
       </c>
-      <c r="C9"/>
-      <c r="D9" t="s">
+      <c r="G9"/>
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" t="s">
-[...6 lines deleted...]
-      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F11"/>
       <c r="G11"/>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" t="s">
         <v>67</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>68</v>
-      </c>
-[...5 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>71</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>72</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
+        <v>84</v>
+      </c>
+      <c r="G15" t="s">
         <v>82</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B17" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
       <c r="D17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E17" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="F17"/>
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="E18" t="s">
         <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" t="s">
         <v>100</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>101</v>
       </c>
-      <c r="F19"/>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>27</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>