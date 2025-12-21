--- v0 (2025-12-21)
+++ v1 (2025-12-21)
@@ -38,507 +38,507 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>St Paul's Anglican Church</t>
+  </si>
+  <si>
+    <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 8391</t>
+  </si>
+  <si>
+    <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Baptist Church</t>
+  </si>
+  <si>
+    <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pastor Jeff </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.qbbc.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027-364-8788</t>
+  </si>
+  <si>
+    <t>P O Box 339 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
     <t>Queenstown Bible Chapel</t>
   </si>
   <si>
     <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
   </si>
   <si>
     <t>Henk Hoogvliet</t>
   </si>
   <si>
     <t>henkh@xtra.co.nz</t>
   </si>
   <si>
     <t>http://www.queenstownbiblechapel.co.nz</t>
   </si>
   <si>
     <t>03 442 3728</t>
   </si>
   <si>
     <t>129 Hallenstein St, Boydtown,Queenstown</t>
   </si>
   <si>
-    <t>Queenstown</t>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Indian Religious Organisation</t>
+  </si>
+  <si>
+    <t>Religious sessions as per planned by the members</t>
+  </si>
+  <si>
+    <t>Rajendra Kumar</t>
+  </si>
+  <si>
+    <t>0212932514</t>
+  </si>
+  <si>
+    <t>247 Frankton Rd , Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
   </si>
   <si>
     <t>Queenstown BIBLE Baptist Church</t>
   </si>
   <si>
     <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
   </si>
   <si>
     <t>Pastor Jeff</t>
   </si>
   <si>
     <t>jgwill@xtra.co.nz</t>
   </si>
   <si>
     <t>02736498788</t>
   </si>
   <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
     <t>Queentown Seventh-day Adventist church</t>
   </si>
   <si>
     <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
   </si>
   <si>
     <t>kimpbon@yahoo.com</t>
   </si>
   <si>
     <t>http://queenstown.adventist.org.nz/</t>
   </si>
   <si>
     <t>+64 (0) 21 988 801</t>
   </si>
   <si>
     <t>Frankton</t>
   </si>
   <si>
-    <t>City Impact Church</t>
-[...289 lines deleted...]
-  <si>
     <t>St Josephs Catholic Parish</t>
   </si>
   <si>
     <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
   </si>
   <si>
-    <t>Father Jaime Lalaguna</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.stjosephsqueenstown.co.nz/</t>
   </si>
   <si>
-    <t>03 442 8414</t>
-[...1 lines deleted...]
-  <si>
     <t>P O Box 208 Queenstown 9348</t>
   </si>
   <si>
     <t>Jehovahs Witness Kingdom Hall</t>
   </si>
   <si>
     <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
   </si>
   <si>
     <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
-  </si>
-[...82 lines deleted...]
-    <t xml:space="preserve"> 021 740526</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -935,638 +935,638 @@
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="E3"/>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C4"/>
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G4"/>
+        <v>28</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
       <c r="F7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G8"/>
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="D9"/>
+        <v>59</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
       <c r="E9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="F10" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F11"/>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H11" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="C12"/>
       <c r="D12"/>
-      <c r="E12"/>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
       <c r="F12" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F13" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="D14" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E14" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G14"/>
+        <v>91</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C15"/>
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
       <c r="D15" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15"/>
       <c r="H15" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="C16"/>
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>98</v>
+      </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E16"/>
       <c r="F16" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-      <c r="H16"/>
+        <v>100</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="G17"/>
       <c r="H17" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>109</v>
+      </c>
       <c r="D18" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E18"/>
       <c r="F18" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="D19"/>
+        <v>113</v>
+      </c>
+      <c r="C19" t="s">
+        <v>114</v>
+      </c>
+      <c r="D19" t="s">
+        <v>115</v>
+      </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="G19" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="H19" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B20" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="C20"/>
       <c r="D20" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="F20" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-      <c r="G21"/>
+        <v>127</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21" t="s">
+        <v>126</v>
+      </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D22"/>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E22"/>
       <c r="F22" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G22" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H22" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>134</v>
+      </c>
+      <c r="C23" t="s">
+        <v>135</v>
+      </c>
       <c r="D23"/>
-      <c r="E23"/>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
       <c r="F23" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C24" t="s">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="D24" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="E24"/>
       <c r="F24" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="E25" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="G25" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>151</v>
+      </c>
       <c r="F26" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B27" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C27" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D27"/>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F27" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="G27" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B28" t="s">
-        <v>156</v>
-[...7 lines deleted...]
-      <c r="E28" t="s">
         <v>159</v>
       </c>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
       <c r="F28" t="s">
         <v>160</v>
       </c>
       <c r="G28"/>
-      <c r="H28"/>
+      <c r="H28" t="s">
+        <v>153</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>