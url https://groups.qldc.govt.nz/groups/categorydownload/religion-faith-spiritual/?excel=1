--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -38,507 +38,507 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Indian Religious Organisation</t>
+  </si>
+  <si>
+    <t>Religious sessions as per planned by the members</t>
+  </si>
+  <si>
+    <t>Rajendra Kumar</t>
+  </si>
+  <si>
+    <t>0212932514</t>
+  </si>
+  <si>
+    <t>247 Frankton Rd , Queenstown 9300</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
     <t>St Paul's Anglican Church</t>
   </si>
   <si>
     <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
   </si>
   <si>
-    <t>Rev Dr David Wright</t>
-[...7 lines deleted...]
-  <si>
     <t>03 442 8391</t>
   </si>
   <si>
     <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
   </si>
   <si>
     <t>Arrowtown</t>
   </si>
   <si>
-    <t>Wanaka Baptist Church</t>
-[...19 lines deleted...]
-  <si>
     <t>Queenstown Baptist Church</t>
   </si>
   <si>
     <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
   </si>
   <si>
     <t xml:space="preserve">Pastor Jeff </t>
   </si>
   <si>
     <t xml:space="preserve"> jgwill@xtra.co.nz</t>
   </si>
   <si>
     <t>https://www.qbbc.nz/</t>
   </si>
   <si>
     <t xml:space="preserve"> 027-364-8788</t>
   </si>
   <si>
     <t>P O Box 339 Queenstown</t>
   </si>
   <si>
-    <t>Queenstown</t>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
   </si>
   <si>
     <t>Wanaka New Life Church</t>
   </si>
   <si>
     <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
   </si>
   <si>
     <t>Pastor: Wayne Ward</t>
   </si>
   <si>
     <t>church@newlife.co.nz</t>
   </si>
   <si>
     <t>http://www.newlife.co.nz</t>
   </si>
   <si>
     <t>+64 (0)3 443 7170</t>
   </si>
   <si>
-    <t>City Impact Church</t>
-[...38 lines deleted...]
-    <t>P O Box 421 Queenstown</t>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
   </si>
   <si>
     <t>Queenstown Bible Chapel</t>
   </si>
   <si>
     <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
   </si>
   <si>
     <t>Henk Hoogvliet</t>
   </si>
   <si>
     <t>henkh@xtra.co.nz</t>
   </si>
   <si>
     <t>http://www.queenstownbiblechapel.co.nz</t>
   </si>
   <si>
     <t>03 442 3728</t>
   </si>
   <si>
     <t>129 Hallenstein St, Boydtown,Queenstown</t>
-  </si>
-[...307 lines deleted...]
-    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -909,663 +909,663 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2"/>
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...2 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4"/>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7"/>
       <c r="F7" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="G7"/>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="G8"/>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
       <c r="D9" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G9"/>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="E10" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C11"/>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F11"/>
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>64</v>
+      </c>
       <c r="G11" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="D12"/>
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="G12" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="H13"/>
+        <v>74</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="E14" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="G14"/>
       <c r="H14" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="C15"/>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G15"/>
+        <v>85</v>
+      </c>
+      <c r="F15"/>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
       <c r="H15" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C16" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>90</v>
+      </c>
       <c r="F16" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="G16"/>
+        <v>91</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
       <c r="H16" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="C17"/>
       <c r="D17" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="E17" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="B18" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="C18" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>101</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
       <c r="F18" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D19" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E19"/>
       <c r="F19" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
       <c r="D20" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="E20" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="F21"/>
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>118</v>
+      </c>
       <c r="G21" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C22" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-      <c r="E22"/>
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
+        <v>123</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G22"/>
       <c r="H22" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B23" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>111</v>
+      </c>
+      <c r="D23" t="s">
+        <v>112</v>
+      </c>
       <c r="E23" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="F23" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="G23"/>
+        <v>128</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
       <c r="H23" t="s">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="C24" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="D24" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>135</v>
+      </c>
       <c r="F24" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-      <c r="H24"/>
+        <v>136</v>
+      </c>
+      <c r="G24" t="s">
+        <v>137</v>
+      </c>
+      <c r="H24" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="E25" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F25" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-      <c r="H25"/>
+        <v>142</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>143</v>
+      </c>
+      <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
         <v>148</v>
-      </c>
-[...11 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B27" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27"/>
       <c r="F27" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="G27"/>
       <c r="H27" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>154</v>
+      </c>
+      <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>156</v>
+      </c>
+      <c r="D28" t="s">
+        <v>157</v>
+      </c>
+      <c r="E28" t="s">
         <v>158</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
         <v>159</v>
       </c>
-      <c r="C28"/>
-[...2 lines deleted...]
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>160</v>
       </c>
-      <c r="G28"/>
       <c r="H28" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">