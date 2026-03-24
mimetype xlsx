--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -56,489 +56,489 @@
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
     <t>Association of Presbyterian Women</t>
   </si>
   <si>
     <t>Office open Tuesday to Friday 9am to 2pm</t>
   </si>
   <si>
     <t>Margaret Little (Secretary)/Heather Ronald</t>
   </si>
   <si>
     <t>wcpchurch@xtra.co.nz</t>
   </si>
   <si>
     <t>03 442 2027/03 442 6270</t>
   </si>
   <si>
     <t>Queenstown</t>
   </si>
   <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Queenstown Indian Religious Organisation</t>
+  </si>
+  <si>
+    <t>Religious sessions as per planned by the members</t>
+  </si>
+  <si>
+    <t>Rajendra Kumar</t>
+  </si>
+  <si>
+    <t>0212932514</t>
+  </si>
+  <si>
+    <t>247 Frankton Rd , Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
     <t>St Columba Anglican Church</t>
   </si>
   <si>
     <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
   </si>
   <si>
     <t>Vicar: Damon Plimmer</t>
   </si>
   <si>
     <t>ucang@calledsouth.org.nz</t>
   </si>
   <si>
     <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
   </si>
   <si>
     <t>03 443 2440 &amp; 027 216 5165</t>
   </si>
   <si>
     <t>The Vicarage 186 Brownston Street, Wanaka</t>
   </si>
   <si>
     <t>Wanaka</t>
   </si>
   <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>St Paul's Anglican Church</t>
+  </si>
+  <si>
+    <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
+  </si>
+  <si>
+    <t>03 442 8391</t>
+  </si>
+  <si>
+    <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Queenstown Bible Chapel</t>
+  </si>
+  <si>
+    <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
+  </si>
+  <si>
+    <t>Henk Hoogvliet</t>
+  </si>
+  <si>
+    <t>henkh@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownbiblechapel.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 3728</t>
+  </si>
+  <si>
+    <t>129 Hallenstein St, Boydtown,Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>Queenstown Baptist Church</t>
+  </si>
+  <si>
+    <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pastor Jeff </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.qbbc.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027-364-8788</t>
+  </si>
+  <si>
+    <t>P O Box 339 Queenstown</t>
+  </si>
+  <si>
     <t>Vineyard Christian Fellowship</t>
   </si>
   <si>
     <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
   </si>
   <si>
     <t>Pastor Janet &amp; Chris Barraclough</t>
   </si>
   <si>
     <t>http://www.vineyard.org.nz/</t>
   </si>
   <si>
     <t>Box 983 Queenstown 9348</t>
   </si>
   <si>
-    <t>Anglican Family Care</t>
-[...98 lines deleted...]
-    <t>PO Box 875 Queenstown</t>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
   </si>
   <si>
     <t>Catholic Social Services</t>
   </si>
   <si>
     <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
   </si>
   <si>
     <t>http://www.cathsocialservices.org.nz/</t>
   </si>
   <si>
     <t>(03) 448 5385</t>
   </si>
   <si>
     <t>P O Box 2047, South Dunedin 9044</t>
-  </si>
-[...283 lines deleted...]
-    <t>129 Hallenstein St, Boydtown,Queenstown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -937,635 +937,635 @@
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3"/>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4" t="s">
         <v>24</v>
-      </c>
-[...6 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="G5"/>
+        <v>28</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6"/>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
         <v>43</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>49</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
         <v>50</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="E9" t="s">
-[...6 lines deleted...]
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
         <v>54</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>55</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="C11"/>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G11" t="s">
         <v>65</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
         <v>68</v>
       </c>
       <c r="E12" t="s">
         <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G12" t="s">
         <v>70</v>
       </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13"/>
-      <c r="E13"/>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
       <c r="F13" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G13"/>
       <c r="H13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="C14" t="s">
         <v>78</v>
       </c>
+      <c r="C14"/>
       <c r="D14" t="s">
         <v>79</v>
       </c>
       <c r="E14" t="s">
         <v>80</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="D15" t="s">
         <v>84</v>
       </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
         <v>85</v>
       </c>
-      <c r="F15"/>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
       <c r="G15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="G16" t="s">
         <v>92</v>
       </c>
+      <c r="G16"/>
       <c r="H16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17"/>
-      <c r="D17" t="s">
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>99</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>100</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>101</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18" t="s">
         <v>102</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18"/>
       <c r="H18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="G19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
+      <c r="H19" t="s">
         <v>107</v>
       </c>
-      <c r="E19"/>
-[...4 lines deleted...]
-      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>111</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>112</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>113</v>
       </c>
-      <c r="F20" t="s">
+      <c r="G20" t="s">
         <v>114</v>
       </c>
-      <c r="G20"/>
       <c r="H20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>115</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
-      <c r="C21"/>
+      <c r="C21" t="s">
+        <v>117</v>
+      </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="E21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F21" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-      <c r="H21"/>
+        <v>120</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>126</v>
+      </c>
+      <c r="G22" t="s">
+        <v>127</v>
+      </c>
       <c r="H22" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
       <c r="E23" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="F23" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="G23"/>
       <c r="H23" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F24" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C25"/>
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
       <c r="D25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E25" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F25" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="G25"/>
+        <v>144</v>
+      </c>
+      <c r="G25" t="s">
+        <v>145</v>
+      </c>
       <c r="H25" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B26" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C26" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D26"/>
       <c r="E26" t="s">
-        <v>147</v>
-[...4 lines deleted...]
-      <c r="G26"/>
+        <v>149</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26" t="s">
+        <v>150</v>
+      </c>
       <c r="H26" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B28" t="s">
-        <v>155</v>
-[...4 lines deleted...]
-      <c r="D28" t="s">
         <v>157</v>
       </c>
+      <c r="C28"/>
+      <c r="D28"/>
       <c r="E28" t="s">
         <v>158</v>
       </c>
       <c r="F28" t="s">
         <v>159</v>
       </c>
       <c r="G28" t="s">
         <v>160</v>
       </c>
       <c r="H28" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">