--- v3 (2026-03-24)
+++ v4 (2026-03-24)
@@ -38,507 +38,507 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>St Paul's Anglican Church</t>
+  </si>
+  <si>
+    <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
+  </si>
+  <si>
+    <t>03 442 8391</t>
+  </si>
+  <si>
+    <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>Queenstown Bible Chapel</t>
+  </si>
+  <si>
+    <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
+  </si>
+  <si>
+    <t>Henk Hoogvliet</t>
+  </si>
+  <si>
+    <t>henkh@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownbiblechapel.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 3728</t>
+  </si>
+  <si>
+    <t>129 Hallenstein St, Boydtown,Queenstown</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
     <t>Association of Presbyterian Women</t>
   </si>
   <si>
     <t>Office open Tuesday to Friday 9am to 2pm</t>
   </si>
   <si>
     <t>Margaret Little (Secretary)/Heather Ronald</t>
   </si>
   <si>
-    <t>wcpchurch@xtra.co.nz</t>
-[...1 lines deleted...]
-  <si>
     <t>03 442 2027/03 442 6270</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...19 lines deleted...]
-  <si>
     <t>Queenstown Indian Religious Organisation</t>
   </si>
   <si>
     <t>Religious sessions as per planned by the members</t>
   </si>
   <si>
     <t>Rajendra Kumar</t>
   </si>
   <si>
     <t>0212932514</t>
   </si>
   <si>
     <t>247 Frankton Rd , Queenstown 9300</t>
   </si>
   <si>
     <t>Queenstown Dharma Centre</t>
   </si>
   <si>
     <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
   </si>
   <si>
     <t>info@dharmacentre.org.nz</t>
   </si>
   <si>
     <t>http://dharmacentre.org.nz/</t>
   </si>
   <si>
-    <t>Wakatipu Community Presbyterian Church</t>
-[...328 lines deleted...]
-  <si>
     <t>Queenstown Baptist Church</t>
   </si>
   <si>
     <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
   </si>
   <si>
     <t xml:space="preserve">Pastor Jeff </t>
   </si>
   <si>
     <t xml:space="preserve"> jgwill@xtra.co.nz</t>
   </si>
   <si>
     <t>https://www.qbbc.nz/</t>
   </si>
   <si>
     <t xml:space="preserve"> 027-364-8788</t>
   </si>
   <si>
     <t>P O Box 339 Queenstown</t>
-  </si>
-[...43 lines deleted...]
-    <t>P O Box 2047, South Dunedin 9044</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -903,669 +903,669 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
+      <c r="C4"/>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C5"/>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="G8"/>
-      <c r="H8"/>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="G10"/>
       <c r="H10" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C11"/>
+      <c r="D11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11"/>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>74</v>
       </c>
-      <c r="D13"/>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>75</v>
       </c>
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>76</v>
       </c>
-      <c r="G13"/>
       <c r="H13" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
-      <c r="C14"/>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G14"/>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>83</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F15" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="G15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="E16"/>
       <c r="F16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-      <c r="D17"/>
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="C18"/>
       <c r="D18" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F18" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="E19" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="G19"/>
       <c r="H19" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F20" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G20" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H20" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F21" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="G21"/>
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>122</v>
+      </c>
       <c r="H21" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F22" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H22" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>132</v>
+      </c>
       <c r="D23" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E23" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F23" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C24" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D24"/>
       <c r="E24" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="G24"/>
+        <v>139</v>
+      </c>
+      <c r="F24"/>
+      <c r="G24" t="s">
+        <v>140</v>
+      </c>
       <c r="H24" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D25" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E25"/>
       <c r="F25" t="s">
         <v>144</v>
       </c>
-      <c r="G25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
         <v>146</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26" t="s">
         <v>148</v>
       </c>
-      <c r="D26"/>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>149</v>
       </c>
-      <c r="F26"/>
-[...2 lines deleted...]
-      </c>
       <c r="H26" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
         <v>151</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27"/>
+      <c r="D27" t="s">
         <v>152</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" t="s">
         <v>153</v>
       </c>
-      <c r="D27" t="s">
-[...6 lines deleted...]
-      <c r="G27"/>
+      <c r="F27"/>
+      <c r="G27" t="s">
+        <v>152</v>
+      </c>
       <c r="H27" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>154</v>
+      </c>
+      <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
         <v>156</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>157</v>
       </c>
-      <c r="C28"/>
-      <c r="D28"/>
       <c r="E28" t="s">
         <v>158</v>
       </c>
       <c r="F28" t="s">
         <v>159</v>
       </c>
       <c r="G28" t="s">
         <v>160</v>
       </c>
       <c r="H28" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">