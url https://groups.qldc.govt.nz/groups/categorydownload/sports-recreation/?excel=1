--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -38,1947 +38,1947 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Hawea Bowling Club</t>
+  </si>
+  <si>
+    <t>Hawea Bowling Club - Lawn Bowls</t>
+  </si>
+  <si>
+    <t>Lawrence Hardy</t>
+  </si>
+  <si>
+    <t>l.hardy@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://bowlsclub.org/</t>
+  </si>
+  <si>
+    <t>03 443 1072</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
     <t>Upper Clutha Sports Community</t>
   </si>
   <si>
     <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
   </si>
   <si>
     <t>uppercluthasportscommunity@gmail.com</t>
   </si>
   <si>
     <t>https://www.sporty.co.nz/ucsportscommunity</t>
   </si>
   <si>
     <t>03 443 8824</t>
   </si>
   <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wakatipu Artistic Swimming </t>
+  </si>
+  <si>
+    <t>We offer artistic swimming programs for recreational and competitive synchronised swimmers in a friendly &amp;amp; supportive club environment, based in Queenstown. Come along for a free introductory session at Alpine Aqualand - contact us for more information.Currently meeting every Wednesday and Friday evenings At Alpine Aqua Land. </t>
+  </si>
+  <si>
+    <t>wakatipuartisticswimming@gmail.com</t>
+  </si>
+  <si>
+    <t>https://synchroswimnz.org.nz/clubs/wakatipu-artistic-swimming-queenstown-lakes</t>
+  </si>
+  <si>
+    <t>Sport Central</t>
+  </si>
+  <si>
+    <t>Sport Central is a partnership between Sport Otago, Sport Southland, the Central Otago District Council, and the Queenstown Lakes District Council.  The programme, which commenced in 2002, is designed to address the specific sport and recreation issues facing the Central Otago community.  We are grateful for the support of the Community Trust of Otago and the Central Lakes Trust for supporting Sport Central.</t>
+  </si>
+  <si>
+    <t>sporto@sportotago.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.sportotago.co.nz/index.php/sport-central</t>
+  </si>
+  <si>
+    <t>03 474 6350</t>
+  </si>
+  <si>
+    <t>PO Box 969, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016  </t>
+  </si>
+  <si>
+    <t>Arrowtown Tennis Club</t>
+  </si>
+  <si>
+    <t>Senior club nights Wednesdays from 6pm at the courts at Jack Reid Park. New members most welcome. More information on joining from Fran McFarlane 021 299 9829. Coaching available from former ATP tour player Alistair Hunt 021 677 589.</t>
+  </si>
+  <si>
+    <t>03 442 0774</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Wanaka Squash Rackets Club</t>
+  </si>
+  <si>
+    <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
+  </si>
+  <si>
+    <t>info@wanakasquash.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
+  </si>
+  <si>
+    <t>021 105 2381</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Glenorchy Golf Club</t>
+  </si>
+  <si>
+    <t>The beautiful Glenorchy 9 hole golf course is located at the recreation grounds on the corner of Mull and Oban Street.The Club holds a weekly 18 hole competition on a Sunday, starting at 3pm during daylight saving time and 1pm in the winter. Visitors are very welcome to join the competition or to play their own game. Green fees are $10 a round of golf (9 or 18 holes).</t>
+  </si>
+  <si>
+    <t>Damian Orman</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.nz/community/clubs/show/13/glenorchy-golf-club/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02178305 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Rugby Football Club</t>
+  </si>
+  <si>
+    <t>Our Mission"To promote and govern rugby union in the Upper Clutha through maintaining stable structures for the game that enable its successful development at all levels for the benefit of all its participants’- with a focus on "country rugby philosophies and culture"."​</t>
+  </si>
+  <si>
+    <t>Club Captain - Nathan Simon</t>
+  </si>
+  <si>
+    <t>njbsimon@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/upperclutharugby</t>
+  </si>
+  <si>
+    <t>021632244</t>
+  </si>
+  <si>
+    <t>PO Box 209, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Wanaka Golf Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
+  </si>
+  <si>
+    <t>wanaka@golf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakagolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 182, Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka 9192</t>
+  </si>
+  <si>
+    <t>Wakatipu Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Established in 2008 and began regular training sessions in January 2009. We have a small, but dedicated, membership, who meet for training sessions every week. We all have one thing in common - the desire to enjoy an activity with our dogs that offers the dogs exercise, education, fun, and socialisation</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>info@wdac.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wdac.org.nz</t>
+  </si>
+  <si>
+    <t>027 337 5354</t>
+  </si>
+  <si>
+    <t>PO Box 899, Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai is a hard and fast style of karate with an emphasis on self-defence. Traditional dojo etiquette and discipline are also important in training. Shukokai - "way for all" - has aspects that are suitable for men, women, and children of all ages.Shukokai Karate Queenstown is a voluntary, non-profit organisation committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Shukokai Karate Queenstown is a part of the Karate NZ family which is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Sensei Liz Simpson - Nidan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">patsarat@gmail.com   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sites.google.com/site/samuraikaratenewzealand/home  </t>
+  </si>
+  <si>
+    <t>0274 316 236</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Futsal</t>
+  </si>
+  <si>
+    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
+  </si>
+  <si>
+    <t>Remarkables Orienteering Club</t>
+  </si>
+  <si>
+    <t>We are an orienteering club based in Queenstown, New Zealand with maps around the region.From absolute beginners to world champions, we support anyone wanting to get started in the sport of orienteering or make it on the world stage.For further information and upcoming events visit our webpage www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>remarkables.orienteering@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Cricket Club</t>
+  </si>
+  <si>
+    <t>One of Central Otago's leading Cricket Clubs, the Queenstown Cricket Club not only enjoys playing its home matches in one of the most picturesque landscapes found anywhere in the world, it also has the privilege of playing on some of the very best pitches in New Zealand.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emma Campbell</t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowncricketclub.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 124 2266 </t>
+  </si>
+  <si>
+    <t>Queenstown Tennis Club</t>
+  </si>
+  <si>
+    <t>QUEENSTOWN TENNIS CLUB offers a variety of competitions &amp;amp; recreational play sessions for senior and junior members. Saturday Interclub - singles, doubles and themed party Saturdays. Twilight Competition - Mixed doubles format runds through the season. Mid week tennis - Monday, Wednesday and Friday mornings; 09:30-12:00</t>
+  </si>
+  <si>
+    <t>queenstowntennisclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntennisclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 397 552</t>
+  </si>
+  <si>
+    <t>Box 1019 Queenstown</t>
+  </si>
+  <si>
+    <t>Southern Lakes Deerstalkers Association</t>
+  </si>
+  <si>
+    <t>Formed in 1937, the New Zealand Deerstalkers’ Association is New Zealand’s recognised National body representing and speaking for hunter generally. The fundamental aim of the association is to ensure that the organisation and management of recreational hunting in New Zealand is carried out by hunters.Our Mission Statement is:“to retain, enhance and create opportunities for the enjoyment of legitimate recreational hunting and the sport of shooting, for the members of the Association”</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>info@southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>021 942 328</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club Inc (Lake Hayes)</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club caters for Junior, Club and Masters Rowers. The Club is located at Lake Hayes in picturesque Queenstown.</t>
+  </si>
+  <si>
+    <t>wakatipurowing@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wakatipurowing/</t>
+  </si>
+  <si>
+    <t>027 778 7377</t>
+  </si>
+  <si>
+    <t>Shotover Four Wheel Drive Club</t>
+  </si>
+  <si>
+    <t>The Shotover 4WD Club is based in Queenstown, the home of New Zealand’s most spectacular scenery. We generally hold a couple of runs each month. Our trips can vary from easy family-friendly runs over gentle back country roads to tougher off road trips for more experienced drivers.If you are new to the Queenstown region, the Shotover 4WD Club is a great way to meet new friends and explore the amazing back country in our area. We have a variety of places to go in the wider Otago area; we even do runs in the West Coast and Southland areas.</t>
+  </si>
+  <si>
+    <t>Jake Gregory (President)</t>
+  </si>
+  <si>
+    <t>jimnyjake@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.shotover4wdclub.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 1116</t>
+  </si>
+  <si>
+    <t>Shotover 4WD Club, PO Box 1503, Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Community Pool</t>
+  </si>
+  <si>
+    <t>Summer season opening only.Join us for family fun at the outdoor pool in the heart of Arrowtown. Located just a few hundred metres from the heart of Arrowtown, the pool is open to the public seven days a week in Summer from 11am to 6pm, except for Christmas Day and New Year's Day.NB Opening hours for our various facilities are subject to change. This can be for pre-arranged maintenance and event bookings or occasionally for reasons beyond our control. In all cases we do our best to publicise changes in advance or as quickly as possible.For up to the minute news on closures or cancellations follow QLDC Sport &amp;amp; Recreation on Facebook. If you are making a special trip it is always worth giving Arrowtown Pool a call on (03) 442 0145 before you set out.</t>
+  </si>
+  <si>
+    <t>swim@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/swim/arrowtown-pool/</t>
+  </si>
+  <si>
+    <t>03 442 0145</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Wakatipu Gun/Claybird Shooting Club</t>
+  </si>
+  <si>
+    <t>The New Zealand Clay Target Association (NZCTA) is responsible for administering, promoting and fostering the sport of Clay Target shooting in New Zealand. The Association is made up of around 90 clubs throughout New Zealand who hold shoots in the various disciplines osf clay target shooting. These clubs range is size from small country clubs with one or two traps and maybe a skeet field to our two National grounds at Hamilton and Christchurch which have 10 DTL fields and 6 skeet fields each</t>
+  </si>
+  <si>
+    <t>cpirie@mactodd.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzclaytarget.org.nz/about</t>
+  </si>
+  <si>
+    <t>Queenstown Mountain Bike Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Mountain Bike Club (QMTBC) was formed in 2003 with the express purpose of facilitating the development of trails and areas within the Queenstown area in a coordinated, safe and legal manner. In recent years there has been significant growth in mountain biking in the Wakaitpu region, both in local uptake and in international travellers. This is directly attributable to the active and focused efforts of QTMBC.The Club has a committee group of 8 dedicated persons who volunteer their time to organise and run the club.The Club currently has over 400 enthusiastic members including families and youth and we cater to all types of mountain bikers from beginner and learners to enthusiasts to experts and extreme riders and all types of riding including:Freeride,Cross Country,Endurance,Downhill,Dirt Jumps, from beginner and learners to expert linesQueenstown has it all!Our trails also get utilised by a large number of visiting tourists to the area. Each summer a large amount of bikers of all standards flock to Queenstown as it is now seen as a destination for mountain bikers. Several professional mountain bikers use the region as a winter training ground.</t>
+  </si>
+  <si>
+    <t>bikers@queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Queenstown Ice Hockey Club</t>
+  </si>
+  <si>
+    <t>We provide the opportunity for players to play hockey in the wakatipu area, through leagues and training sessions. We are based at Queenstown Ice Arena. Our mission is More feet in skates We are part of the Southern Ice Hockey region and New Zealand Ice Hockey Federation (NZIHF).</t>
+  </si>
+  <si>
+    <t>Kimberley Dixonqueen</t>
+  </si>
+  <si>
+    <t>queenstownicehockey@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownicehockey.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 8000</t>
+  </si>
+  <si>
+    <t>Queenstown Gardens</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club is a community sporting club based in the Queenstown region (including Arrowtown, Glenorchy, Kingston and surrounding areas), in the South Island of New Zealand. We play in the Central Otago region with other local field hockey clubs.  Our main season is played in Winter - from about April to September, depending on the hockey grade. Hockey registrations normally open mid-February. If you're keen to play hockey, please get in touch - we'd love you to join us!</t>
+  </si>
+  <si>
+    <t>Karyn Battrick</t>
+  </si>
+  <si>
+    <t>wakatipuhockeyclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuhockeyclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Kingston Bowling Club</t>
+  </si>
+  <si>
+    <t>The Club House phone number is 03 248 8882.</t>
+  </si>
+  <si>
+    <t>Fran</t>
+  </si>
+  <si>
+    <t>027 492 7711</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Wanaka Riding For Disabled</t>
+  </si>
+  <si>
+    <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Kay Ross </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kaysutherlandross@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.rda.org.nz/index.html</t>
+  </si>
+  <si>
+    <t>034432611</t>
+  </si>
+  <si>
+    <t>62 Kings Drive, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Junior Rugby Wakatipu</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club has been going since 1953 and we have senior and junior teams playing. We’re always very happy to welcome new players to the club and to let you know it’s never too late to get involved! It’s a great activity for your child and a rewarding one for parents too – watching your child’s team develop and seeing them move through the age groups and grow stronger as a unit and as individuals.You’re generally with the same team every season of rugby so it’s an excellent opportunity to catch up and cheer them on.It is very important to register your child before they play as they will then be covered by the NZRU insurance scheme. Registration is not complete until subs are paid.Players can start as young as 5, and until the year they turn 8 they will be playing Rippa Rugby. Rippa Rugby is a very safe, non-contact, easy to play game for both boys and girls alike. While the rules are simple and the game easy to learn, Rippa Rugby will promote excellent ball handling and running skills, and give all kids a chance to participate in our national game.Once your child is in the under 8’s, they would normally be in a tackle team, but playing a smaller field with less players. As your child progresses the players and the field size increase. Your child can play throughout their schooling as we have a high school team and a senior team as well. We also have a female team in high school.</t>
+  </si>
+  <si>
+    <t>Club Captain: Damien O'Connell</t>
+  </si>
+  <si>
+    <t>juniors@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrugby.co.nz/juniors.html</t>
+  </si>
+  <si>
+    <t>0274 735 474</t>
+  </si>
+  <si>
+    <t>P O Box 2338 Wakatipu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Luggate Albion Cricket Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
+  </si>
+  <si>
+    <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
+  </si>
+  <si>
+    <t>albionjuniorcricket@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.albioncc.co.nz/</t>
+  </si>
+  <si>
+    <t>021 499 642</t>
+  </si>
+  <si>
+    <t>Arrowtown Rugby Club</t>
+  </si>
+  <si>
+    <t>Twenty minutes from Queenstown, in the historic town of Arrowtown is home of the Arrowtown Rugby Club. Playing from Jack Reid Park, the club as a proud history in playing in the Central Otago and Otago Country Wide Competitions - in 2008 Arrowtown won both of these competitions. They have also held the much sort after White Horse Cup for the 2009 and 2010 seasons.</t>
+  </si>
+  <si>
+    <t>Amy Wilson-White (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrugby@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/arrowtownrugby/</t>
+  </si>
+  <si>
+    <t>027 2288514</t>
+  </si>
+  <si>
+    <t>Arrowtown Golf Club</t>
+  </si>
+  <si>
+    <t>Playing golf in Queenstown? Just 20 minutes drive from Queenstown and rated 20th best course in New Zealand the Arrowtown Golf Course is a must play.The picturesque Arrowtown Golf Club is set in Central Otago, one of New Zealand's most historic and scenic regions. This Golf Course is a must when playing Queenstown Golf, surrounded by mountains the 18 hole course has superb views from every fairway. Take time to play golf in this inspiring setting - it's unique! Each hole has its own attraction and the diverse and challenging course attracts players from all over the world. Historic stone cottage ruins nestle amongst towering trees, a legacy of Arrowtown's pioneers.Golf clubs, trundlers and electric carts are available for hire. Concessions for groups. Please enquire at the clubhouse.The Arrowtown Golf Club is open all year round and welcomes green fee players.</t>
+  </si>
+  <si>
+    <t>info@arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 1719</t>
+  </si>
+  <si>
+    <t>P O Box 6, Arrowtown</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
+  </si>
+  <si>
+    <t>Central Otago Flying Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Website of the Central Otago Flying Club (COFC). We are a small Flying and Gliding club situated in Alexandra, in the South Island of New Zealand. We're blessed with uncluttered airspace and lots of fine weather for aviating about our stunning landscape.Our club owns two aircraft: a newly refurbished Cessna 172, and a 2-seater Twin Astir glider. We own a large hanger at the local airport and have comfortable clubrooms right by the taxiway. Alexandra has a good sealed runway and wide grass vectors. We welcome new pilots for flight training in our Cessna or glider. We have 3 gliding instructors, and power instruction is available by arrangement. Glider launching is by aerotow or winch.Our club actively promotes aviation for all ages. For example we hosted a "buddys flying day" during 2015. This enabled a group of local children, whose life circumstances indicate the need for additional mentoring and support, the opportunity to experience a flight in one of several light aircraft made available by generous club members.</t>
+  </si>
+  <si>
+    <t>http://www.cofc.co.nz/index.shtml</t>
+  </si>
+  <si>
+    <t>Box 159  Alexandra.</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Lakeside Football Club</t>
+  </si>
+  <si>
+    <t>Mostly non playing social rugby club. Main annual project is the running of the Glenorchy Races on the first Saturday of every year as a community fundraiser</t>
+  </si>
+  <si>
+    <t>Ann Percy</t>
+  </si>
+  <si>
+    <t>elfinbay@countrynet.co.nz</t>
+  </si>
+  <si>
+    <t>027 825 1003</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Queenstown Trails Trust</t>
+  </si>
+  <si>
+    <t>The Queenstown Trail is a 120km cycle and walking trail built and maintained in a unique partnership between the Queenstown Trails Trust and the Queenstown Lakes District Council. The trail forms part of Nga Haerenga, The New Zealand Cycle Trail and is one of the 22 'Great Rides'. It connects Queenstown with Arrowtown, Gibbston and Jacks Point.Since opening in October 2012 over 1 million unique trail journeys have been made and the Queenstown Trail is gaining a very positive international reputation and is also being celebrated by the community as an outstanding project and community asset.Our vision: To create, nurture and maintain a world class recreational trail network that is sustainable, integrated, well utilised and highly regarded, that enhances the health, well being and quality of life of all Wakatipu residents and that attracts visitors from around the world.Our role: We facilitate new trails and upgrades of existing trails to a world class standard; We advocate for linkages, standards, funding, trail extensions; We seek to support and assist our stakeholders; We facilitate funding for the QT Trail and associated links and loops; We share trail data intelligence. In 2015 we launched our new 10 year strategic plan, our key strategic points of action are:- Expand and enhance the existing trail network; Protect future opportunities for access; Increase the use of the trails by residents and visitors; Build on the trail networks national and international reputation via partnerships with key agencies; Develop sustainable funding strategies for ongoing trail maintenance and improvement to safeguard the future of the trails and our major focus for the next decade will be on trails for connecting our communities by way of off-road trail commute opportunities and ensuring the trail network that we have is of a world-class standard.</t>
+  </si>
+  <si>
+    <t>Mark Williams - CEO</t>
+  </si>
+  <si>
+    <t>mark.williams@queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 7536</t>
+  </si>
+  <si>
+    <t>PO Box 254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>Wakatipu Croquet Club Inc</t>
+  </si>
+  <si>
+    <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
+  </si>
+  <si>
+    <t>wakatipucroquet@gmail.com</t>
+  </si>
+  <si>
+    <t>027 751 6304</t>
+  </si>
+  <si>
+    <t>PO Box 520, Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Badminton Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Penny Batchelor</t>
+  </si>
+  <si>
+    <t>penny.batchelor@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 1767</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club</t>
+  </si>
+  <si>
+    <t>As the only rugby club located in Queenstown, New Zealand, the Wakatipu Rugby Club has a proud record of one of the strongest Otago Country Rugby Clubs around. Formed in 1953 the club currently fields two senior rugby teams, the Premiers and Wanderers as well as an U17,U16, U15, U14, a girl’s team and nine teams in the junior club. If you are looking for a club to play for in NZ where you will make friends for life then the Wakatipu Rugby Club is an ideal location set amongst NZ’s Adventure Capital of the world.</t>
+  </si>
+  <si>
+    <t>info@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>027 736 9446</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club</t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club OUR MISSION: Hawea Wanaka Pony Club aims to provide a safe, fun &amp;amp; supportive environment for equestrian families in the district.   We aim to provide high quality equestrian education and foster development of NZ young riders of the future. OUR VALUES Fun, Supportive &amp;amp; Educational OUR OBJECTIVES Provide a fun &amp;amp; sociable rallies and experiences, where riders will develop their knowledge and skills to progress with their certificate work. Build a reputation for being a club that develops young riders, that are competitive at any level in any discipline. Provide strong development opportunities for riders and coaches alike. Maintaining a financially strong club, with a large and growing membership. Key information and times are listed on the Hawea Wanaka Pony Club Members page.  Please request to join this as this is where all key information is listed.  Request to join via Andrea Kendrick on messenger. The pony club season runs from 1st of August through to May. Rallies can be either mounted (with your pony) or unmounted (theory and horsemanship) Rallies are planned at the beginning of the season and are more frequent in the summer months, but can range from 1 x a week, to 1 x a month, just depending on other competitions and availability of coaches. New members are welcome to attend 3 rallies, to see if it was you are looking for. Please ask for assistance, when joining, as this is all done through a nationwide database, called Nominate. There is a link on our facebook page, titled 'how to join pony club' On nominate, you can purchase merchandise, but most information is shared on the Face book page. We look forward to meeting you and your pony soon :) Andrea (Treasurer)</t>
+  </si>
+  <si>
+    <t>ponyclub.ac@gmail.com</t>
+  </si>
+  <si>
+    <t>0212221418</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Basketball League</t>
+  </si>
+  <si>
+    <t>Our season generally is winter time (term 2 and a few weeks in term 3) in New Zealand.  We run social based inhouse competition for years 7-13, or U18years on a Friday night between 3:30pm and 9:00pm.  We post all our updates on our website qjbc.wordpress.com.  Registration forms for 2021 will be available from approximately March 2021 on our website.  Please "follow" the website for all our updates (you receive the posts by your email that you register under).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President - Trudy </t>
+  </si>
+  <si>
+    <t>qtnjuniorbball@gmail.com</t>
+  </si>
+  <si>
+    <t>http://QJBC.wordpress.com</t>
+  </si>
+  <si>
+    <t>03 450 9129</t>
+  </si>
+  <si>
+    <t>P O Box 2009 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Glenorchy Riding Club</t>
+  </si>
+  <si>
+    <t>The GYRC is a group of horse enthusiasts who – regardless of their riding skills, experience or discipline – come together to enjoy the hacking, training or events that the area can provide. We organise regular hacks to various stations, farms and some conservation areas (gratefully with the support of local farmers and DOC), often followed by a BBQ. For competitive riders or simply for those who would like to improve their riding skills – there are options of coaching by visiting respected coaches (basic schooling, dressage, show jumping).</t>
+  </si>
+  <si>
+    <t>glenorchyridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.co.nz/glenorchy-riding-club/</t>
+  </si>
+  <si>
+    <t>027 464 9182</t>
+  </si>
+  <si>
+    <t>Wanaka Nordic Ski Club</t>
+  </si>
+  <si>
+    <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
+  </si>
+  <si>
+    <t>Secretary:  Susan Helmore</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
+  </si>
+  <si>
+    <t>http://waioraunordicsportsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1281</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Upper Clutha Tracks Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Info@uctt.org.nz</t>
+  </si>
+  <si>
+    <t>http://uppercluthatrackstrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Omarama Gliding Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Omarama Gliding Club We are a soaring orientated club based at Omarama, Central Otago, New Zealand. Some of the worlds best soaring can be enjoyed from well equipped modern facilities in the company of some of New Zealand's finest pilots.Please feel free to contact us on any matter. We can assist you with your gliding in New Zealand - with accomodation in New Zealand, travelling to Omarama, staying at Omarama and of course, gliding at Omarama!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Savage - President </t>
+  </si>
+  <si>
+    <t>brian.savage@fossicking.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.omarama.com</t>
+  </si>
+  <si>
+    <t>021 619 539</t>
+  </si>
+  <si>
+    <t>PO Box 11-289, Sockburn Christchurch</t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club was founded by Craig McLachlan in 1989. We have hosted many internationally renowned instructors over the last 25 years including Higaonna Sensei, Terauchi Sensei, Bakkies Sensei, Molyneux Sensei, Kuramoto Sensei, Fujimaki Sensei, Sensei Joe Roses, Sensei Chris Larkin and Sensei David Lambert.To find out more about the Dojo (Club) and Karate, feel free to visit our website.</t>
+  </si>
+  <si>
+    <t>Chris Rae</t>
+  </si>
+  <si>
+    <t>chris@darkside.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>0210 221 8625</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Boxing &amp; Muay Thai</t>
+  </si>
+  <si>
+    <t>Industrial Fitness Gym &amp;amp; Fight Club is Queenstown’s friendliest environment with a range of classes to suit all ages and fitness levels. Our training facility emphasizes a safe, comfortable, and effective atmosphere for our members to achieve their best fitness levels.BOXING - MUAY THAI - STRENGTH &amp;amp; CONDITIONING - PERSONAL TRAINING - BOOTCAMPS - OLYMPIC LIFTING</t>
+  </si>
+  <si>
+    <t>info@industrialfitness.co.nz</t>
+  </si>
+  <si>
+    <t>http://ifyoudare.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 8311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club Inc</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club is a member of the Southland Yachting Association and is affiliated to Yachting New Zealand the National Sport Body in NZ for the sport of sailing at all levels.Wakatipu Yacht Club is a non-profit organisation and is operated and organised by members who freely donate their personal time and energies.Wakatipu Yacht Club sails on Wednesdays and Sundays, with courses set around the Frankton Arm and out into the lake. The trailer yachts often compete in longer distance events to Walter and Cecil Peaks and even as far as Glenorchy at the headwaters of Lake Wakatipu.</t>
+  </si>
+  <si>
+    <t>Secretary Nikki Jackson</t>
+  </si>
+  <si>
+    <t>wakatipuyachtclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuyachtclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 347 306</t>
+  </si>
+  <si>
+    <t>PO Box 182, QUEENSTOWN</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club was established in 2000 as an amalgamation of two existing clubs within the Wakatipu. The club currently honours three life members for their contribution to swimming in Queenstown; Colin Walker, Chris Thompson &amp;amp; Sharon Burke.As a community based club our intention is to encourage, nurture and develop all swimmers to the very best of their ability and enable a dedicated focus to goal setting and achievement. We hope to instill a life long love of swimming.The Club offers professional and dedicated coaching across abilities from foundation to age group swimmers.Morning and afternoon training sessions are run from Alpine Aqualand in Frankton.</t>
+  </si>
+  <si>
+    <t>Maria Frewen</t>
+  </si>
+  <si>
+    <t>queenstownswim@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://queenstown.swimming.org.nz/page.php?id=2712</t>
+  </si>
+  <si>
+    <t>0274 412286</t>
+  </si>
+  <si>
+    <t>Queenstown Alpine Ski Team</t>
+  </si>
+  <si>
+    <t>QAST provides programmes for athletes to enhance their athletic skill, and in the process of doing so, to build character. It is a place to learn core values, commitment, teamwork, loyalty, sportsmanship, humility and integrity. It is a place to learn self management, work ethic, discipline, focus, self motivation and healthy competitive attitudes. Our coaches aim to enhance these elements in programmes which build self-esteem and a sense of accomplishment while enabling our athletes to achieve their full potential in apline ski racing in an environment of friendship and fun.</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>admin@qast.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.qast.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 8182</t>
+  </si>
+  <si>
+    <t>P O Box 848 Queenstown</t>
+  </si>
+  <si>
+    <t>Bike Wanaka</t>
+  </si>
+  <si>
+    <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
+  </si>
+  <si>
+    <t>secretary@bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club is a non-profit organisation, and is affiliated with Dogs NZ (New Zealand Kennel Club).Come and join us for agility whether for fun or competing. We offer weekly training sessions, at the Lake Hayes Showgrounds, with our club trainers and the opportunity to train with visiting trainers.</t>
+  </si>
+  <si>
+    <t>Diana Scott</t>
+  </si>
+  <si>
+    <t>QDAC2020@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.qdac.org.nz/</t>
+  </si>
+  <si>
+    <t>PO BOX 1307, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club, Inc. (WRC) is an affiliated member of New Zealand Riding Clubs, Inc. and Bridleways NZ. We are an open, active, fun group of adult horse lovers who share a common passion for equestrian activities and information.We organise and host competitions, treks and other equestrian events to provide riding and social opportunities for our members and other riders. We also promote the communication of a wide range of equestrian-related information relevant to the Wakatipu community.Our club meets once per month, and all members are encouraged to attend. New members are always welcome! Membership is just $25 per year. For more information about our meetings, our committee, and becoming a financial member of the WRC, feel free to contact us on wakatipuridingclub@gmail.com for any other information. Wakatipu Riding Club, Inc. is here to encourage equine adventures of all types in this wonderful region.</t>
+  </si>
+  <si>
+    <t>wakatipuridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/529726693705922/</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Freediving Club Incorporated</t>
+  </si>
+  <si>
+    <t>We provide intro sessions for new members and people who just want to learn a bit about freediving, breath holding and breath control. We train in the pool year round (statics and dynamics) and in Lake Wakatipu (depth) over summer. We offer freediving education and regular training in both pool and lake in Queenstown and Wanaka for adults aged 16+.Find us on Facebook or email queenstownfreediving@gmail.com </t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>QueenstownFreediving@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/QueenstownFreediving/</t>
+  </si>
+  <si>
+    <t>027 294 8620</t>
+  </si>
+  <si>
+    <t>Arrowtown Netball Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.Providing netball for all ages in the Wakatipu basin, from our Future Ferns to our Premier League. For more information on our Clubs/Sponsors/Committee please see our website</t>
+  </si>
+  <si>
+    <t>Kay O’Connell</t>
+  </si>
+  <si>
+    <t>damkay17@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/teams-committee-sponsors/teams/premier/</t>
+  </si>
+  <si>
+    <t>027 66688 21</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Wakatipu Ski Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Ski Club, situated at the base of the field of Coronet Peak in Queenstown, New Zealand, offers subsidised ski &amp;amp; snowboard lessons for adults and children of all abilities (from beginner to advanced). We wish to promote snowsports among local families.</t>
+  </si>
+  <si>
+    <t>Jo Grimmer (Secretary)</t>
+  </si>
+  <si>
+    <t>secretary@wsc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wsc.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 21 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Rodeo Club</t>
+  </si>
+  <si>
+    <t>You can also contact Murray Sarginson on 03 248 8587.</t>
+  </si>
+  <si>
+    <t>Kay McLeod</t>
+  </si>
+  <si>
+    <t>03 442 2713</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Otago Scottish Country Dance</t>
+  </si>
+  <si>
+    <t>The RSCDS New Zealand Branch Inc is an autonomous local association of the Royal Scottish Country Dance Society. It aims to: preserve and further the practice of traditional Scottish Country Dances and modern dances in traditional style provide or assist in providing instruction in the dancing of Scottish Country Dances promote the enjoyment and appreciation of Scottish Country Dancing and music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Stuart Strachan </t>
+  </si>
+  <si>
+    <t>otago@dancescottish.org.nz</t>
+  </si>
+  <si>
+    <t>http://dancescottish.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club is situated in the amphitheatre of the Remarkable Mountains and offers a unique opportunity to play on what is internationally regarded as one of the most picturesque golf courses in the world. Tour our website and enjoy some wonderful scenes that will give you a taste of what we have to offer.Visitors are welcome 7 days a week, reservations are recommended. You will not be disappointed!</t>
+  </si>
+  <si>
+    <t>Matthew Judd (Head Pro)</t>
+  </si>
+  <si>
+    <t>admin@queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 9169 ex 1</t>
+  </si>
+  <si>
+    <t>P O Box 2141 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelvin Heights </t>
+  </si>
+  <si>
+    <t>Queenstown Squash Club</t>
+  </si>
+  <si>
+    <t>New members are very welcome, if you would prefer to try the Club before you commit to membership you are welcome to pay and play using our Pay2Play online booking system. Go to www.pay2play.co.nz and select Queenstown Squash Club and follow the instructions. Alternatively you are welcome to come and join one of our Tuesday Club Nights, there is just a small fee of $5 for non members.</t>
+  </si>
+  <si>
+    <t>Dan Batchelor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> queenstownsquashclub@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>https://queenstown.squashclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 498 848</t>
+  </si>
+  <si>
+    <t>PO Box 100, Queenstown 9348</t>
+  </si>
+  <si>
     <t>Department of Conservation - Queenstown Visitor Centre</t>
   </si>
   <si>
     <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
   </si>
   <si>
     <t>Wakatipu Area Office</t>
   </si>
   <si>
     <t>queenstownvc@doc.govt.nz</t>
   </si>
   <si>
     <t>http://www.doc.govt.nz/</t>
   </si>
   <si>
     <t>+64 3 442 7935</t>
   </si>
   <si>
     <t>P O Box 811 Queenstown</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...53 lines deleted...]
-    <t>Arrowtown</t>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club is a social club playing from 7.00pm - 9.00pm every Monday usually beginning sometime in April &amp;amp; running through till September.$7.00 per night casual players, $5.00 per night club members.The Event Centre has some rackets for hire as does the club</t>
+  </si>
+  <si>
+    <t>Alison Mitchell</t>
+  </si>
+  <si>
+    <t>jandamitchell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>021 299 9829</t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Hawea Picnic Racing Club</t>
+  </si>
+  <si>
+    <t>Join Hawea Picnic Races for their annual Equalisator event. Featuring both harness and thoroughbred racing as well as the always exciting saddle pace, this is a great day out for all the family. There will be ice creams and BBQ on the day or bring along your own picnic and enjoy!</t>
+  </si>
+  <si>
+    <t>Bill McCarthy</t>
+  </si>
+  <si>
+    <t>03 443 1456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hawea Flat Wanaka </t>
   </si>
   <si>
     <t>Kingston Golf Club Inc</t>
   </si>
   <si>
     <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
   </si>
   <si>
     <t>kingstongolf@gmail.com</t>
   </si>
   <si>
     <t>https://kingstongolf.wixsite.com/home</t>
   </si>
   <si>
     <t>PO Box 22 Kingston</t>
   </si>
   <si>
-    <t>Kingston</t>
-[...247 lines deleted...]
-  <si>
     <t>Six a Side Cricket</t>
   </si>
   <si>
     <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
   </si>
   <si>
     <t xml:space="preserve">Emma Campbell </t>
   </si>
   <si>
-    <t>emma@coaching-solutions.co.nz</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
   </si>
   <si>
     <t>0211242266</t>
   </si>
   <si>
     <t>Queenstown, New Zealand</t>
   </si>
   <si>
-    <t>Remarkables Orienteering Club</t>
-[...196 lines deleted...]
-  <si>
     <t>Arrowtown Swimming Club</t>
   </si>
   <si>
     <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
   </si>
   <si>
     <t>arrowtownswimclub@gmail.com</t>
   </si>
   <si>
     <t>0212971422</t>
   </si>
   <si>
     <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
-  </si>
-[...1306 lines deleted...]
-    <t>027 825 1003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2343,2583 +2343,2583 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C3"/>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4"/>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G4"/>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7"/>
+      <c r="F7" t="s">
         <v>40</v>
       </c>
-      <c r="C7"/>
-      <c r="D7" t="s">
+      <c r="G7"/>
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...8 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>46</v>
-      </c>
-[...8 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="D9"/>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10"/>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11"/>
+      <c r="D11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="D11"/>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>63</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11"/>
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
         <v>65</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12"/>
+      <c r="E12" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>68</v>
       </c>
-      <c r="E12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12"/>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>72</v>
       </c>
-      <c r="C13"/>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>73</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>74</v>
       </c>
-      <c r="F13"/>
-      <c r="G13"/>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="C16" t="s">
         <v>89</v>
       </c>
+      <c r="C16"/>
       <c r="D16" t="s">
         <v>90</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>92</v>
       </c>
       <c r="G16" t="s">
         <v>93</v>
       </c>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>96</v>
+      </c>
+      <c r="C17" t="s">
+        <v>97</v>
+      </c>
       <c r="D17" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
       <c r="F17" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="H17"/>
+        <v>100</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E18" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F18" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E19" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F19" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-      <c r="H19"/>
+        <v>114</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C20" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>118</v>
+      </c>
       <c r="E20" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F20"/>
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" t="s">
-        <v>117</v>
+        <v>79</v>
       </c>
       <c r="E21" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="F21" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="G21" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-      <c r="F22" t="s">
         <v>125</v>
       </c>
-      <c r="G22" t="s">
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F22"/>
+      <c r="G22"/>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>127</v>
       </c>
       <c r="B23" t="s">
         <v>128</v>
       </c>
       <c r="C23" t="s">
         <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>130</v>
       </c>
       <c r="E23" t="s">
         <v>131</v>
       </c>
       <c r="F23" t="s">
         <v>132</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
         <v>136</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>137</v>
       </c>
-      <c r="F24"/>
-[...1 lines deleted...]
-      <c r="H24"/>
+      <c r="G24" t="s">
+        <v>138</v>
+      </c>
+      <c r="H24" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F25" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="G25" t="s">
         <v>144</v>
       </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>145</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
         <v>146</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26"/>
+      <c r="D26" t="s">
         <v>147</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>148</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>149</v>
       </c>
-      <c r="E26" t="s">
-[...2 lines deleted...]
-      <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>153</v>
       </c>
-      <c r="C27"/>
-      <c r="D27"/>
       <c r="E27" t="s">
         <v>154</v>
       </c>
-      <c r="F27"/>
+      <c r="F27" t="s">
+        <v>155</v>
+      </c>
       <c r="G27" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="H27" t="s">
         <v>156</v>
       </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>157</v>
       </c>
       <c r="B28" t="s">
         <v>158</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>159</v>
       </c>
       <c r="E28" t="s">
         <v>160</v>
       </c>
       <c r="F28" t="s">
         <v>161</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
         <v>163</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>164</v>
       </c>
-      <c r="C29"/>
-      <c r="D29" t="s">
+      <c r="D29"/>
+      <c r="E29" t="s">
         <v>165</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29"/>
-      <c r="G29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G29"/>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30"/>
+      <c r="D30" t="s">
         <v>168</v>
       </c>
-      <c r="B30" t="s">
+      <c r="E30" t="s">
         <v>169</v>
       </c>
-      <c r="C30" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E31" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="F31"/>
       <c r="G31"/>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="E32" t="s">
+        <v>178</v>
+      </c>
+      <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>20</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>180</v>
+      </c>
+      <c r="B33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" t="s">
+        <v>182</v>
+      </c>
+      <c r="D33" t="s">
+        <v>183</v>
+      </c>
+      <c r="E33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F33" t="s">
         <v>185</v>
       </c>
-      <c r="B33" t="s">
+      <c r="G33"/>
+      <c r="H33" t="s">
         <v>186</v>
       </c>
-      <c r="C33"/>
-[...10 lines deleted...]
-      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
         <v>189</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>190</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" t="s">
         <v>191</v>
       </c>
-      <c r="D34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>194</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35" t="s">
         <v>195</v>
-      </c>
-[...11 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>20</v>
+        <v>196</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
+        <v>199</v>
+      </c>
+      <c r="E36" t="s">
+        <v>200</v>
+      </c>
+      <c r="F36" t="s">
+        <v>201</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36" t="s">
         <v>202</v>
-      </c>
-[...8 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>203</v>
+      </c>
+      <c r="B37" t="s">
+        <v>204</v>
+      </c>
+      <c r="C37" t="s">
         <v>205</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>206</v>
       </c>
-      <c r="C37" t="s">
+      <c r="E37" t="s">
         <v>207</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37" t="s">
         <v>208</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>209</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37"/>
       <c r="H37" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>210</v>
+      </c>
+      <c r="B38" t="s">
         <v>211</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>212</v>
       </c>
-      <c r="C38"/>
       <c r="D38" t="s">
         <v>213</v>
       </c>
       <c r="E38" t="s">
         <v>214</v>
       </c>
       <c r="F38" t="s">
         <v>215</v>
       </c>
-      <c r="G38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G38" t="s">
+        <v>216</v>
+      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="C39"/>
+        <v>218</v>
+      </c>
+      <c r="C39" t="s">
+        <v>219</v>
+      </c>
       <c r="D39" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E39" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F39" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="G39"/>
+        <v>222</v>
+      </c>
+      <c r="G39" t="s">
+        <v>223</v>
+      </c>
       <c r="H39" t="s">
-        <v>20</v>
+        <v>224</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B40" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C40" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D40" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E40" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="F40" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B41" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      <c r="E41"/>
+        <v>232</v>
+      </c>
+      <c r="C41" t="s">
+        <v>233</v>
+      </c>
+      <c r="D41" t="s">
+        <v>234</v>
+      </c>
+      <c r="E41" t="s">
+        <v>235</v>
+      </c>
       <c r="F41" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="E42" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="F42"/>
+        <v>240</v>
+      </c>
+      <c r="F42" t="s">
+        <v>241</v>
+      </c>
       <c r="G42" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="H42" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="G43" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H43" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B44" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="C44"/>
+        <v>249</v>
+      </c>
+      <c r="C44" t="s">
+        <v>250</v>
+      </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E44" t="s">
-        <v>246</v>
-[...6 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="F44"/>
+      <c r="G44"/>
       <c r="H44" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B45" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C45" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="D45"/>
       <c r="E45" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F45" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="G45"/>
-      <c r="H45"/>
+      <c r="H45" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B46" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E46" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F46" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B47" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C47" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D47" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="E47" t="s">
-        <v>264</v>
-[...6 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47"/>
       <c r="H47" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B48" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C48" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D48" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E48" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F48" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="G48"/>
+        <v>273</v>
+      </c>
+      <c r="G48" t="s">
+        <v>274</v>
+      </c>
       <c r="H48" t="s">
-        <v>273</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B49" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C49"/>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
       <c r="E49" t="s">
         <v>277</v>
       </c>
-      <c r="F49" t="s">
+      <c r="F49"/>
+      <c r="G49" t="s">
         <v>278</v>
       </c>
-      <c r="G49"/>
-      <c r="H49"/>
+      <c r="H49" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B50" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="C50" t="s">
         <v>281</v>
       </c>
-      <c r="D50"/>
+      <c r="C50"/>
+      <c r="D50" t="s">
+        <v>282</v>
+      </c>
       <c r="E50" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="F50"/>
+        <v>283</v>
+      </c>
+      <c r="F50" t="s">
+        <v>284</v>
+      </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B51" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C51" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D51" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E51" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      <c r="H51"/>
+        <v>289</v>
+      </c>
+      <c r="F51" t="s">
+        <v>290</v>
+      </c>
+      <c r="G51" t="s">
+        <v>291</v>
+      </c>
+      <c r="H51" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B52" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="C52"/>
+        <v>293</v>
+      </c>
+      <c r="C52" t="s">
+        <v>294</v>
+      </c>
       <c r="D52" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="G52"/>
       <c r="H52" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B53" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="C53"/>
+        <v>299</v>
+      </c>
+      <c r="C53" t="s">
+        <v>300</v>
+      </c>
       <c r="D53" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="E53" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      <c r="H53"/>
+        <v>302</v>
+      </c>
+      <c r="F53" t="s">
+        <v>303</v>
+      </c>
+      <c r="G53" t="s">
+        <v>304</v>
+      </c>
+      <c r="H53" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B54" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C54" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="D54" t="s">
-        <v>302</v>
+        <v>220</v>
       </c>
       <c r="E54" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F54" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="G54" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="H54" t="s">
-        <v>20</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B55" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>308</v>
-[...6 lines deleted...]
-      <c r="H55"/>
+        <v>313</v>
+      </c>
+      <c r="E55"/>
+      <c r="F55" t="s">
+        <v>314</v>
+      </c>
+      <c r="G55" t="s">
+        <v>315</v>
+      </c>
+      <c r="H55" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B56" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C56" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D56" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="G56"/>
-      <c r="H56"/>
+      <c r="H56" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B57" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="C57"/>
+        <v>322</v>
+      </c>
+      <c r="C57" t="s">
+        <v>323</v>
+      </c>
       <c r="D57" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>324</v>
+      </c>
+      <c r="E57" t="s">
+        <v>325</v>
+      </c>
       <c r="F57" t="s">
-        <v>319</v>
-[...6 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B58" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C58" t="s">
-        <v>323</v>
-[...7 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>330</v>
+      </c>
+      <c r="F58"/>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B59" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C59" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="D59"/>
       <c r="E59" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F59" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="G59"/>
       <c r="H59" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B60" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="C60"/>
       <c r="D60" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E60" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="F60"/>
+        <v>339</v>
+      </c>
+      <c r="F60" t="s">
+        <v>340</v>
+      </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B61" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C61"/>
       <c r="D61" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E61" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F61" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>20</v>
+        <v>346</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B62" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="E62"/>
       <c r="F62" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B63" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E63" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F63" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G63" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H63" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B64" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E64" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F64"/>
-      <c r="G64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G64"/>
       <c r="H64" t="s">
-        <v>362</v>
+        <v>47</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>362</v>
+      </c>
+      <c r="B65" t="s">
         <v>363</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65"/>
+      <c r="D65" t="s">
         <v>364</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>365</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>366</v>
       </c>
-      <c r="E65" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G65"/>
       <c r="H65" t="s">
-        <v>31</v>
+        <v>297</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>367</v>
+      </c>
+      <c r="B66" t="s">
+        <v>368</v>
+      </c>
+      <c r="C66" t="s">
+        <v>369</v>
+      </c>
+      <c r="D66" t="s">
         <v>370</v>
       </c>
-      <c r="B66" t="s">
+      <c r="E66" t="s">
         <v>371</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66" t="s">
         <v>372</v>
-      </c>
-[...5 lines deleted...]
-        <v>374</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>373</v>
+      </c>
+      <c r="B67" t="s">
+        <v>374</v>
+      </c>
+      <c r="C67" t="s">
         <v>375</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>376</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>377</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>378</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>379</v>
       </c>
-      <c r="F67"/>
-[...2 lines deleted...]
-      </c>
       <c r="H67" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>380</v>
+      </c>
+      <c r="B68" t="s">
         <v>381</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68"/>
+      <c r="D68" t="s">
         <v>382</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>383</v>
       </c>
-      <c r="D68" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F68"/>
       <c r="G68"/>
-      <c r="H68"/>
+      <c r="H68" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>384</v>
+      </c>
+      <c r="B69" t="s">
+        <v>385</v>
+      </c>
+      <c r="C69" t="s">
+        <v>386</v>
+      </c>
+      <c r="D69" t="s">
         <v>387</v>
       </c>
-      <c r="B69" t="s">
+      <c r="E69" t="s">
         <v>388</v>
       </c>
-      <c r="C69" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="F69"/>
+      <c r="G69"/>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="B70" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C70" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="D70" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="E70" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="C71"/>
+        <v>395</v>
+      </c>
+      <c r="C71" t="s">
+        <v>396</v>
+      </c>
       <c r="D71" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="E71" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="F71" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B72" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="C72" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="D72" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="E72" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="F72" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B73" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="D73" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="E73" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="F73" t="s">
-        <v>418</v>
-[...1 lines deleted...]
-      <c r="G73"/>
+        <v>411</v>
+      </c>
+      <c r="G73" t="s">
+        <v>412</v>
+      </c>
       <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B74" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="C74"/>
+        <v>414</v>
+      </c>
+      <c r="C74" t="s">
+        <v>415</v>
+      </c>
       <c r="D74" t="s">
-        <v>421</v>
-[...4 lines deleted...]
-      <c r="F74"/>
+        <v>416</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74" t="s">
+        <v>417</v>
+      </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B75" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="C75"/>
       <c r="D75" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="E75" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="F75" t="s">
-        <v>428</v>
-[...6 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="B76" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="C76" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="D76" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="E76" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="F76" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="B77" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C77" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="D77" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="E77"/>
       <c r="F77" t="s">
-        <v>441</v>
-[...4 lines deleted...]
-      <c r="H77"/>
+        <v>433</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="B78" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="C78"/>
+        <v>435</v>
+      </c>
+      <c r="C78" t="s">
+        <v>436</v>
+      </c>
       <c r="D78" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="E78" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="F78"/>
+        <v>438</v>
+      </c>
+      <c r="F78" t="s">
+        <v>439</v>
+      </c>
       <c r="G78"/>
       <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="B79" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="C79"/>
       <c r="D79" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="E79" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="F79" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="B80" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="C80" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="D80" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>448</v>
+      </c>
+      <c r="E80" t="s">
+        <v>449</v>
+      </c>
       <c r="F80" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B81" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="C81" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="D81"/>
       <c r="E81" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="F81" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="G81"/>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="B82" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="C82" t="s">
-        <v>467</v>
-[...3 lines deleted...]
-      </c>
+        <v>458</v>
+      </c>
+      <c r="D82"/>
       <c r="E82" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="F82" t="s">
-        <v>470</v>
-[...4 lines deleted...]
-      <c r="H82"/>
+        <v>460</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82" t="s">
+        <v>461</v>
+      </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="B83" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="C83" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-      <c r="E83"/>
+        <v>464</v>
+      </c>
+      <c r="D83" t="s">
+        <v>465</v>
+      </c>
+      <c r="E83" t="s">
+        <v>466</v>
+      </c>
       <c r="F83" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="G83"/>
+        <v>467</v>
+      </c>
+      <c r="G83" t="s">
+        <v>468</v>
+      </c>
       <c r="H83" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B84" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C84" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="D84" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="E84" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F84" t="s">
-        <v>194</v>
+        <v>398</v>
       </c>
       <c r="G84"/>
-      <c r="H84"/>
+      <c r="H84" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B85" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="C85"/>
       <c r="D85" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="E85" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="F85"/>
+        <v>477</v>
+      </c>
+      <c r="F85" t="s">
+        <v>478</v>
+      </c>
       <c r="G85"/>
-      <c r="H85"/>
+      <c r="H85" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="B86" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="C86" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="D86" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
       <c r="E86" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="F86" t="s">
-        <v>489</v>
-[...6 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="G86"/>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>485</v>
+      </c>
+      <c r="B87" t="s">
+        <v>486</v>
+      </c>
+      <c r="C87" t="s">
+        <v>487</v>
+      </c>
+      <c r="D87" t="s">
+        <v>488</v>
+      </c>
+      <c r="E87" t="s">
+        <v>489</v>
+      </c>
+      <c r="F87" t="s">
+        <v>490</v>
+      </c>
+      <c r="G87" t="s">
         <v>491</v>
       </c>
-      <c r="B87" t="s">
-[...14 lines deleted...]
-      <c r="G87"/>
       <c r="H87" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B88" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="C88"/>
       <c r="D88" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="E88" t="s">
-        <v>501</v>
-[...9 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="F88"/>
+      <c r="G88"/>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B89" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="C89" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="D89" t="s">
-        <v>130</v>
+        <v>499</v>
       </c>
       <c r="E89" t="s">
-        <v>507</v>
-[...4 lines deleted...]
-      <c r="G89"/>
+        <v>500</v>
+      </c>
+      <c r="F89"/>
+      <c r="G89" t="s">
+        <v>501</v>
+      </c>
       <c r="H89" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B90" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C90"/>
       <c r="D90" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-      <c r="F90"/>
+        <v>504</v>
+      </c>
+      <c r="E90" t="s">
+        <v>505</v>
+      </c>
+      <c r="F90" t="s">
+        <v>506</v>
+      </c>
       <c r="G90"/>
-      <c r="H90"/>
+      <c r="H90" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="B91" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="E91" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="F91"/>
-      <c r="G91"/>
+      <c r="G91" t="s">
+        <v>509</v>
+      </c>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="B92" t="s">
-        <v>518</v>
-[...9 lines deleted...]
-      <c r="G92"/>
+        <v>512</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92" t="s">
+        <v>513</v>
+      </c>
+      <c r="E92" t="s">
+        <v>514</v>
+      </c>
+      <c r="F92"/>
+      <c r="G92" t="s">
+        <v>515</v>
+      </c>
       <c r="H92" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>516</v>
+      </c>
+      <c r="B93" t="s">
+        <v>517</v>
+      </c>
+      <c r="C93" t="s">
+        <v>518</v>
+      </c>
+      <c r="D93" t="s">
+        <v>519</v>
+      </c>
+      <c r="E93" t="s">
+        <v>520</v>
+      </c>
+      <c r="F93" t="s">
         <v>521</v>
       </c>
-      <c r="B93" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>522</v>
+      </c>
+      <c r="B94" t="s">
+        <v>523</v>
+      </c>
+      <c r="C94" t="s">
+        <v>524</v>
+      </c>
+      <c r="D94" t="s">
+        <v>525</v>
+      </c>
+      <c r="E94" t="s">
         <v>526</v>
       </c>
-      <c r="B94" t="s">
+      <c r="F94" t="s">
         <v>527</v>
-      </c>
-[...8 lines deleted...]
-        <v>530</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>528</v>
+      </c>
+      <c r="B95" t="s">
+        <v>529</v>
+      </c>
+      <c r="C95" t="s">
+        <v>530</v>
+      </c>
+      <c r="D95" t="s">
         <v>531</v>
       </c>
-      <c r="B95" t="s">
+      <c r="E95" t="s">
         <v>532</v>
       </c>
-      <c r="C95" t="s">
+      <c r="F95" t="s">
         <v>533</v>
       </c>
-      <c r="D95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95"/>
-      <c r="H95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B96" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
+        <v>536</v>
+      </c>
+      <c r="E96" t="s">
+        <v>537</v>
+      </c>
+      <c r="F96" t="s">
+        <v>538</v>
+      </c>
+      <c r="G96" t="s">
+        <v>539</v>
+      </c>
+      <c r="H96" t="s">
         <v>540</v>
-      </c>
-[...8 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>541</v>
+      </c>
+      <c r="B97" t="s">
+        <v>542</v>
+      </c>
+      <c r="C97" t="s">
         <v>543</v>
       </c>
-      <c r="B97" t="s">
+      <c r="D97" t="s">
         <v>544</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>545</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97"/>
+      <c r="G97" t="s">
         <v>546</v>
       </c>
-      <c r="E97" t="s">
-[...5 lines deleted...]
-      <c r="G97"/>
       <c r="H97" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>547</v>
+      </c>
+      <c r="B98" t="s">
+        <v>548</v>
+      </c>
+      <c r="C98" t="s">
         <v>549</v>
       </c>
-      <c r="B98" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>551</v>
+      </c>
+      <c r="B99" t="s">
+        <v>552</v>
+      </c>
+      <c r="C99" t="s">
+        <v>553</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
         <v>554</v>
       </c>
-      <c r="B99" t="s">
+      <c r="F99" t="s">
         <v>555</v>
       </c>
-      <c r="C99" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G99"/>
       <c r="H99" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B100" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C100" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="D100" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="E100" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>560</v>
+      </c>
+      <c r="F100"/>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="B101" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E101" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-      <c r="G101"/>
+        <v>564</v>
+      </c>
+      <c r="F101"/>
+      <c r="G101" t="s">
+        <v>565</v>
+      </c>
       <c r="H101" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>566</v>
+      </c>
+      <c r="B102" t="s">
+        <v>567</v>
+      </c>
+      <c r="C102" t="s">
+        <v>568</v>
+      </c>
+      <c r="D102" t="s">
+        <v>569</v>
+      </c>
+      <c r="E102" t="s">
+        <v>570</v>
+      </c>
+      <c r="F102" t="s">
+        <v>571</v>
+      </c>
+      <c r="G102" t="s">
+        <v>572</v>
+      </c>
+      <c r="H102" t="s">
         <v>573</v>
-      </c>
-[...17 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>574</v>
+      </c>
+      <c r="B103" t="s">
+        <v>575</v>
+      </c>
+      <c r="C103" t="s">
+        <v>576</v>
+      </c>
+      <c r="D103" t="s">
+        <v>577</v>
+      </c>
+      <c r="E103" t="s">
+        <v>578</v>
+      </c>
+      <c r="F103" t="s">
+        <v>579</v>
+      </c>
+      <c r="G103" t="s">
         <v>580</v>
       </c>
-      <c r="B103" t="s">
-[...12 lines deleted...]
-      <c r="G103"/>
       <c r="H103" t="s">
-        <v>585</v>
+        <v>47</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>581</v>
+      </c>
+      <c r="B104" t="s">
+        <v>582</v>
+      </c>
+      <c r="C104" t="s">
+        <v>583</v>
+      </c>
+      <c r="D104" t="s">
+        <v>584</v>
+      </c>
+      <c r="E104" t="s">
+        <v>585</v>
+      </c>
+      <c r="F104" t="s">
         <v>586</v>
       </c>
-      <c r="B104" t="s">
+      <c r="G104" t="s">
         <v>587</v>
       </c>
-      <c r="C104" t="s">
-[...9 lines deleted...]
-      <c r="G104"/>
       <c r="H104" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>588</v>
+      </c>
+      <c r="B105" t="s">
+        <v>589</v>
+      </c>
+      <c r="C105" t="s">
+        <v>590</v>
+      </c>
+      <c r="D105" t="s">
         <v>591</v>
       </c>
-      <c r="B105" t="s">
+      <c r="E105" t="s">
         <v>592</v>
       </c>
-      <c r="C105" t="s">
+      <c r="F105" t="s">
         <v>593</v>
       </c>
-      <c r="D105" t="s">
+      <c r="G105" t="s">
         <v>594</v>
       </c>
-      <c r="E105" t="s">
-[...3 lines deleted...]
-      <c r="G105"/>
       <c r="H105" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>595</v>
+      </c>
+      <c r="B106" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
+        <v>597</v>
+      </c>
+      <c r="E106" t="s">
         <v>598</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>599</v>
       </c>
-      <c r="F106" t="s">
+      <c r="G106" t="s">
         <v>600</v>
       </c>
-      <c r="G106"/>
       <c r="H106" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>601</v>
       </c>
       <c r="B107" t="s">
         <v>602</v>
       </c>
       <c r="C107" t="s">
         <v>603</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>604</v>
+      </c>
       <c r="E107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>31</v>
+        <v>607</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B108" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D108" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="E108"/>
       <c r="F108" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="G108" t="s">
         <v>612</v>
       </c>
+      <c r="G108"/>
       <c r="H108" t="s">
-        <v>20</v>
+        <v>346</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>613</v>
       </c>
       <c r="B109" t="s">
         <v>614</v>
       </c>
       <c r="C109" t="s">
+        <v>141</v>
+      </c>
+      <c r="D109" t="s">
         <v>615</v>
       </c>
-      <c r="D109"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E109"/>
+      <c r="F109"/>
       <c r="G109"/>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>616</v>
+      </c>
+      <c r="B110" t="s">
+        <v>617</v>
+      </c>
+      <c r="C110"/>
+      <c r="D110" t="s">
         <v>618</v>
       </c>
-      <c r="B110" t="s">
+      <c r="E110" t="s">
         <v>619</v>
       </c>
-      <c r="C110" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F110"/>
       <c r="G110"/>
-      <c r="H110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="B111" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="C111" t="s">
-        <v>626</v>
-[...7 lines deleted...]
-      <c r="F111"/>
+        <v>622</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
+      <c r="F111" t="s">
+        <v>623</v>
+      </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>31</v>
+        <v>624</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>625</v>
+      </c>
+      <c r="B112" t="s">
+        <v>626</v>
+      </c>
+      <c r="C112"/>
+      <c r="D112" t="s">
+        <v>627</v>
+      </c>
+      <c r="E112" t="s">
+        <v>628</v>
+      </c>
+      <c r="F112"/>
+      <c r="G112" t="s">
         <v>629</v>
       </c>
-      <c r="B112" t="s">
-[...17 lines deleted...]
-      <c r="H112"/>
+      <c r="H112" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>630</v>
+      </c>
+      <c r="B113" t="s">
         <v>631</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>632</v>
       </c>
-      <c r="C113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" t="s">
+        <v>130</v>
+      </c>
+      <c r="E113" t="s">
         <v>633</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>20</v>
+        <v>635</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>636</v>
       </c>
       <c r="B114" t="s">
         <v>637</v>
       </c>
-      <c r="C114" t="s">
+      <c r="C114"/>
+      <c r="D114" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
+        <v>639</v>
+      </c>
+      <c r="G114" t="s">
         <v>640</v>
       </c>
-      <c r="G114"/>
       <c r="H114" t="s">
-        <v>349</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">