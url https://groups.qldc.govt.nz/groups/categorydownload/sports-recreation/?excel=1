--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -38,1947 +38,1947 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Cricket Club</t>
+  </si>
+  <si>
+    <t>One of Central Otago's leading Cricket Clubs, the Queenstown Cricket Club not only enjoys playing its home matches in one of the most picturesque landscapes found anywhere in the world, it also has the privilege of playing on some of the very best pitches in New Zealand.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emma Campbell</t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowncricketclub.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 124 2266 </t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Lakeside Football Club</t>
+  </si>
+  <si>
+    <t>Mostly non playing social rugby club. Main annual project is the running of the Glenorchy Races on the first Saturday of every year as a community fundraiser</t>
+  </si>
+  <si>
+    <t>Ann Percy</t>
+  </si>
+  <si>
+    <t>elfinbay@countrynet.co.nz</t>
+  </si>
+  <si>
+    <t>027 825 1003</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club</t>
+  </si>
+  <si>
+    <t>As the only rugby club located in Queenstown, New Zealand, the Wakatipu Rugby Club has a proud record of one of the strongest Otago Country Rugby Clubs around. Formed in 1953 the club currently fields two senior rugby teams, the Premiers and Wanderers as well as an U17,U16, U15, U14, a girl’s team and nine teams in the junior club. If you are looking for a club to play for in NZ where you will make friends for life then the Wakatipu Rugby Club is an ideal location set amongst NZ’s Adventure Capital of the world.</t>
+  </si>
+  <si>
+    <t>info@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>027 736 9446</t>
+  </si>
+  <si>
+    <t>Queenstown Freediving Club Incorporated</t>
+  </si>
+  <si>
+    <t>We provide intro sessions for new members and people who just want to learn a bit about freediving, breath holding and breath control. We train in the pool year round (statics and dynamics) and in Lake Wakatipu (depth) over summer. We offer freediving education and regular training in both pool and lake in Queenstown and Wanaka for adults aged 16+.Find us on Facebook or email queenstownfreediving@gmail.com </t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>QueenstownFreediving@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/QueenstownFreediving/</t>
+  </si>
+  <si>
+    <t>027 294 8620</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>Junior Rugby Wakatipu</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club has been going since 1953 and we have senior and junior teams playing. We’re always very happy to welcome new players to the club and to let you know it’s never too late to get involved! It’s a great activity for your child and a rewarding one for parents too – watching your child’s team develop and seeing them move through the age groups and grow stronger as a unit and as individuals.You’re generally with the same team every season of rugby so it’s an excellent opportunity to catch up and cheer them on.It is very important to register your child before they play as they will then be covered by the NZRU insurance scheme. Registration is not complete until subs are paid.Players can start as young as 5, and until the year they turn 8 they will be playing Rippa Rugby. Rippa Rugby is a very safe, non-contact, easy to play game for both boys and girls alike. While the rules are simple and the game easy to learn, Rippa Rugby will promote excellent ball handling and running skills, and give all kids a chance to participate in our national game.Once your child is in the under 8’s, they would normally be in a tackle team, but playing a smaller field with less players. As your child progresses the players and the field size increase. Your child can play throughout their schooling as we have a high school team and a senior team as well. We also have a female team in high school.</t>
+  </si>
+  <si>
+    <t>Club Captain: Damien O'Connell</t>
+  </si>
+  <si>
+    <t>juniors@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrugby.co.nz/juniors.html</t>
+  </si>
+  <si>
+    <t>0274 735 474</t>
+  </si>
+  <si>
+    <t>P O Box 2338 Wakatipu</t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club</t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club OUR MISSION: Hawea Wanaka Pony Club aims to provide a safe, fun &amp;amp; supportive environment for equestrian families in the district.   We aim to provide high quality equestrian education and foster development of NZ young riders of the future. OUR VALUES Fun, Supportive &amp;amp; Educational OUR OBJECTIVES Provide a fun &amp;amp; sociable rallies and experiences, where riders will develop their knowledge and skills to progress with their certificate work. Build a reputation for being a club that develops young riders, that are competitive at any level in any discipline. Provide strong development opportunities for riders and coaches alike. Maintaining a financially strong club, with a large and growing membership. Key information and times are listed on the Hawea Wanaka Pony Club Members page.  Please request to join this as this is where all key information is listed.  Request to join via Andrea Kendrick on messenger. The pony club season runs from 1st of August through to May. Rallies can be either mounted (with your pony) or unmounted (theory and horsemanship) Rallies are planned at the beginning of the season and are more frequent in the summer months, but can range from 1 x a week, to 1 x a month, just depending on other competitions and availability of coaches. New members are welcome to attend 3 rallies, to see if it was you are looking for. Please ask for assistance, when joining, as this is all done through a nationwide database, called Nominate. There is a link on our facebook page, titled 'how to join pony club' On nominate, you can purchase merchandise, but most information is shared on the Face book page. We look forward to meeting you and your pony soon :) Andrea (Treasurer)</t>
+  </si>
+  <si>
+    <t>ponyclub.ac@gmail.com</t>
+  </si>
+  <si>
+    <t>0212221418</t>
+  </si>
+  <si>
+    <t>Arrowtown Rugby Club</t>
+  </si>
+  <si>
+    <t>Twenty minutes from Queenstown, in the historic town of Arrowtown is home of the Arrowtown Rugby Club. Playing from Jack Reid Park, the club as a proud history in playing in the Central Otago and Otago Country Wide Competitions - in 2008 Arrowtown won both of these competitions. They have also held the much sort after White Horse Cup for the 2009 and 2010 seasons.</t>
+  </si>
+  <si>
+    <t>Amy Wilson-White (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrugby@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/arrowtownrugby/</t>
+  </si>
+  <si>
+    <t>027 2288514</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
+    <t>Kingston Bowling Club</t>
+  </si>
+  <si>
+    <t>The Club House phone number is 03 248 8882.</t>
+  </si>
+  <si>
+    <t>Fran</t>
+  </si>
+  <si>
+    <t>027 492 7711</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Wanaka Nordic Ski Club</t>
+  </si>
+  <si>
+    <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
+  </si>
+  <si>
+    <t>Secretary:  Susan Helmore</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
+  </si>
+  <si>
+    <t>http://waioraunordicsportsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1281</t>
+  </si>
+  <si>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Basketball League</t>
+  </si>
+  <si>
+    <t>Our season generally is winter time (term 2 and a few weeks in term 3) in New Zealand.  We run social based inhouse competition for years 7-13, or U18years on a Friday night between 3:30pm and 9:00pm.  We post all our updates on our website qjbc.wordpress.com.  Registration forms for 2021 will be available from approximately March 2021 on our website.  Please "follow" the website for all our updates (you receive the posts by your email that you register under).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President - Trudy </t>
+  </si>
+  <si>
+    <t>qtnjuniorbball@gmail.com</t>
+  </si>
+  <si>
+    <t>http://QJBC.wordpress.com</t>
+  </si>
+  <si>
+    <t>03 450 9129</t>
+  </si>
+  <si>
+    <t>P O Box 2009 Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Queenstown Tennis Club</t>
+  </si>
+  <si>
+    <t>QUEENSTOWN TENNIS CLUB offers a variety of competitions &amp;amp; recreational play sessions for senior and junior members. Saturday Interclub - singles, doubles and themed party Saturdays. Twilight Competition - Mixed doubles format runds through the season. Mid week tennis - Monday, Wednesday and Friday mornings; 09:30-12:00</t>
+  </si>
+  <si>
+    <t>queenstowntennisclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntennisclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 397 552</t>
+  </si>
+  <si>
+    <t>Box 1019 Queenstown</t>
+  </si>
+  <si>
+    <t>Upper Clutha Rugby Football Club</t>
+  </si>
+  <si>
+    <t>Our Mission"To promote and govern rugby union in the Upper Clutha through maintaining stable structures for the game that enable its successful development at all levels for the benefit of all its participants’- with a focus on "country rugby philosophies and culture"."​</t>
+  </si>
+  <si>
+    <t>Club Captain - Nathan Simon</t>
+  </si>
+  <si>
+    <t>njbsimon@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/upperclutharugby</t>
+  </si>
+  <si>
+    <t>021632244</t>
+  </si>
+  <si>
+    <t>PO Box 209, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Arrowtown Swimming Club</t>
+  </si>
+  <si>
+    <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
+  </si>
+  <si>
+    <t>arrowtownswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>0212971422</t>
+  </si>
+  <si>
+    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club was established in 2000 as an amalgamation of two existing clubs within the Wakatipu. The club currently honours three life members for their contribution to swimming in Queenstown; Colin Walker, Chris Thompson &amp;amp; Sharon Burke.As a community based club our intention is to encourage, nurture and develop all swimmers to the very best of their ability and enable a dedicated focus to goal setting and achievement. We hope to instill a life long love of swimming.The Club offers professional and dedicated coaching across abilities from foundation to age group swimmers.Morning and afternoon training sessions are run from Alpine Aqualand in Frankton.</t>
+  </si>
+  <si>
+    <t>Maria Frewen</t>
+  </si>
+  <si>
+    <t>queenstownswim@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://queenstown.swimming.org.nz/page.php?id=2712</t>
+  </si>
+  <si>
+    <t>0274 412286</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club Inc</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club is a member of the Southland Yachting Association and is affiliated to Yachting New Zealand the National Sport Body in NZ for the sport of sailing at all levels.Wakatipu Yacht Club is a non-profit organisation and is operated and organised by members who freely donate their personal time and energies.Wakatipu Yacht Club sails on Wednesdays and Sundays, with courses set around the Frankton Arm and out into the lake. The trailer yachts often compete in longer distance events to Walter and Cecil Peaks and even as far as Glenorchy at the headwaters of Lake Wakatipu.</t>
+  </si>
+  <si>
+    <t>Secretary Nikki Jackson</t>
+  </si>
+  <si>
+    <t>wakatipuyachtclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuyachtclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 347 306</t>
+  </si>
+  <si>
+    <t>PO Box 182, QUEENSTOWN</t>
+  </si>
+  <si>
+    <t>Otago Scottish Country Dance</t>
+  </si>
+  <si>
+    <t>The RSCDS New Zealand Branch Inc is an autonomous local association of the Royal Scottish Country Dance Society. It aims to: preserve and further the practice of traditional Scottish Country Dances and modern dances in traditional style provide or assist in providing instruction in the dancing of Scottish Country Dances promote the enjoyment and appreciation of Scottish Country Dancing and music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Stuart Strachan </t>
+  </si>
+  <si>
+    <t>otago@dancescottish.org.nz</t>
+  </si>
+  <si>
+    <t>http://dancescottish.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Tracks Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Info@uctt.org.nz</t>
+  </si>
+  <si>
+    <t>http://uppercluthatrackstrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai is a hard and fast style of karate with an emphasis on self-defence. Traditional dojo etiquette and discipline are also important in training. Shukokai - "way for all" - has aspects that are suitable for men, women, and children of all ages.Shukokai Karate Queenstown is a voluntary, non-profit organisation committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Shukokai Karate Queenstown is a part of the Karate NZ family which is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Sensei Liz Simpson - Nidan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">patsarat@gmail.com   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sites.google.com/site/samuraikaratenewzealand/home  </t>
+  </si>
+  <si>
+    <t>0274 316 236</t>
+  </si>
+  <si>
+    <t>Omarama Gliding Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Omarama Gliding Club We are a soaring orientated club based at Omarama, Central Otago, New Zealand. Some of the worlds best soaring can be enjoyed from well equipped modern facilities in the company of some of New Zealand's finest pilots.Please feel free to contact us on any matter. We can assist you with your gliding in New Zealand - with accomodation in New Zealand, travelling to Omarama, staying at Omarama and of course, gliding at Omarama!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Savage - President </t>
+  </si>
+  <si>
+    <t>brian.savage@fossicking.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.omarama.com</t>
+  </si>
+  <si>
+    <t>021 619 539</t>
+  </si>
+  <si>
+    <t>PO Box 11-289, Sockburn Christchurch</t>
+  </si>
+  <si>
+    <t>Glenorchy Riding Club</t>
+  </si>
+  <si>
+    <t>The GYRC is a group of horse enthusiasts who – regardless of their riding skills, experience or discipline – come together to enjoy the hacking, training or events that the area can provide. We organise regular hacks to various stations, farms and some conservation areas (gratefully with the support of local farmers and DOC), often followed by a BBQ. For competitive riders or simply for those who would like to improve their riding skills – there are options of coaching by visiting respected coaches (basic schooling, dressage, show jumping).</t>
+  </si>
+  <si>
+    <t>glenorchyridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.co.nz/glenorchy-riding-club/</t>
+  </si>
+  <si>
+    <t>027 464 9182</t>
+  </si>
+  <si>
+    <t>Sport Central</t>
+  </si>
+  <si>
+    <t>Sport Central is a partnership between Sport Otago, Sport Southland, the Central Otago District Council, and the Queenstown Lakes District Council.  The programme, which commenced in 2002, is designed to address the specific sport and recreation issues facing the Central Otago community.  We are grateful for the support of the Community Trust of Otago and the Central Lakes Trust for supporting Sport Central.</t>
+  </si>
+  <si>
+    <t>sporto@sportotago.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.sportotago.co.nz/index.php/sport-central</t>
+  </si>
+  <si>
+    <t>03 474 6350</t>
+  </si>
+  <si>
+    <t>PO Box 969, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016  </t>
+  </si>
+  <si>
+    <t>Wakatipu Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Established in 2008 and began regular training sessions in January 2009. We have a small, but dedicated, membership, who meet for training sessions every week. We all have one thing in common - the desire to enjoy an activity with our dogs that offers the dogs exercise, education, fun, and socialisation</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>info@wdac.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wdac.org.nz</t>
+  </si>
+  <si>
+    <t>027 337 5354</t>
+  </si>
+  <si>
+    <t>PO Box 899, Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Queenstown Ice Hockey Club</t>
+  </si>
+  <si>
+    <t>We provide the opportunity for players to play hockey in the wakatipu area, through leagues and training sessions. We are based at Queenstown Ice Arena. Our mission is More feet in skates We are part of the Southern Ice Hockey region and New Zealand Ice Hockey Federation (NZIHF).</t>
+  </si>
+  <si>
+    <t>Kimberley Dixonqueen</t>
+  </si>
+  <si>
+    <t>queenstownicehockey@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownicehockey.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 8000</t>
+  </si>
+  <si>
+    <t>Queenstown Gardens</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Futsal</t>
+  </si>
+  <si>
+    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Boxing &amp; Muay Thai</t>
+  </si>
+  <si>
+    <t>Industrial Fitness Gym &amp;amp; Fight Club is Queenstown’s friendliest environment with a range of classes to suit all ages and fitness levels. Our training facility emphasizes a safe, comfortable, and effective atmosphere for our members to achieve their best fitness levels.BOXING - MUAY THAI - STRENGTH &amp;amp; CONDITIONING - PERSONAL TRAINING - BOOTCAMPS - OLYMPIC LIFTING</t>
+  </si>
+  <si>
+    <t>info@industrialfitness.co.nz</t>
+  </si>
+  <si>
+    <t>http://ifyoudare.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 8311</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Remarkables Orienteering Club</t>
+  </si>
+  <si>
+    <t>We are an orienteering club based in Queenstown, New Zealand with maps around the region.From absolute beginners to world champions, we support anyone wanting to get started in the sport of orienteering or make it on the world stage.For further information and upcoming events visit our webpage www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>remarkables.orienteering@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Luggate Albion Cricket Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
+  </si>
+  <si>
+    <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
+  </si>
+  <si>
+    <t>albionjuniorcricket@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.albioncc.co.nz/</t>
+  </si>
+  <si>
+    <t>021 499 642</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Queenstown Trails Trust</t>
+  </si>
+  <si>
+    <t>The Queenstown Trail is a 120km cycle and walking trail built and maintained in a unique partnership between the Queenstown Trails Trust and the Queenstown Lakes District Council. The trail forms part of Nga Haerenga, The New Zealand Cycle Trail and is one of the 22 'Great Rides'. It connects Queenstown with Arrowtown, Gibbston and Jacks Point.Since opening in October 2012 over 1 million unique trail journeys have been made and the Queenstown Trail is gaining a very positive international reputation and is also being celebrated by the community as an outstanding project and community asset.Our vision: To create, nurture and maintain a world class recreational trail network that is sustainable, integrated, well utilised and highly regarded, that enhances the health, well being and quality of life of all Wakatipu residents and that attracts visitors from around the world.Our role: We facilitate new trails and upgrades of existing trails to a world class standard; We advocate for linkages, standards, funding, trail extensions; We seek to support and assist our stakeholders; We facilitate funding for the QT Trail and associated links and loops; We share trail data intelligence. In 2015 we launched our new 10 year strategic plan, our key strategic points of action are:- Expand and enhance the existing trail network; Protect future opportunities for access; Increase the use of the trails by residents and visitors; Build on the trail networks national and international reputation via partnerships with key agencies; Develop sustainable funding strategies for ongoing trail maintenance and improvement to safeguard the future of the trails and our major focus for the next decade will be on trails for connecting our communities by way of off-road trail commute opportunities and ensuring the trail network that we have is of a world-class standard.</t>
+  </si>
+  <si>
+    <t>Mark Williams - CEO</t>
+  </si>
+  <si>
+    <t>mark.williams@queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 7536</t>
+  </si>
+  <si>
+    <t>PO Box 254</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club was founded by Craig McLachlan in 1989. We have hosted many internationally renowned instructors over the last 25 years including Higaonna Sensei, Terauchi Sensei, Bakkies Sensei, Molyneux Sensei, Kuramoto Sensei, Fujimaki Sensei, Sensei Joe Roses, Sensei Chris Larkin and Sensei David Lambert.To find out more about the Dojo (Club) and Karate, feel free to visit our website.</t>
+  </si>
+  <si>
+    <t>Chris Rae</t>
+  </si>
+  <si>
+    <t>chris@darkside.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>0210 221 8625</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Glenorchy Golf Club</t>
+  </si>
+  <si>
+    <t>The beautiful Glenorchy 9 hole golf course is located at the recreation grounds on the corner of Mull and Oban Street.The Club holds a weekly 18 hole competition on a Sunday, starting at 3pm during daylight saving time and 1pm in the winter. Visitors are very welcome to join the competition or to play their own game. Green fees are $10 a round of golf (9 or 18 holes).</t>
+  </si>
+  <si>
+    <t>Damian Orman</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.nz/community/clubs/show/13/glenorchy-golf-club/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02178305 </t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Wakatipu Rodeo Club</t>
+  </si>
+  <si>
+    <t>You can also contact Murray Sarginson on 03 248 8587.</t>
+  </si>
+  <si>
+    <t>Kay McLeod</t>
+  </si>
+  <si>
+    <t>03 442 2713</t>
+  </si>
+  <si>
+    <t>Hawea Picnic Racing Club</t>
+  </si>
+  <si>
+    <t>Join Hawea Picnic Races for their annual Equalisator event. Featuring both harness and thoroughbred racing as well as the always exciting saddle pace, this is a great day out for all the family. There will be ice creams and BBQ on the day or bring along your own picnic and enjoy!</t>
+  </si>
+  <si>
+    <t>Bill McCarthy</t>
+  </si>
+  <si>
+    <t>03 443 1456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hawea Flat Wanaka </t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Arrowtown Community Pool</t>
+  </si>
+  <si>
+    <t>Summer season opening only.Join us for family fun at the outdoor pool in the heart of Arrowtown. Located just a few hundred metres from the heart of Arrowtown, the pool is open to the public seven days a week in Summer from 11am to 6pm, except for Christmas Day and New Year's Day.NB Opening hours for our various facilities are subject to change. This can be for pre-arranged maintenance and event bookings or occasionally for reasons beyond our control. In all cases we do our best to publicise changes in advance or as quickly as possible.For up to the minute news on closures or cancellations follow QLDC Sport &amp;amp; Recreation on Facebook. If you are making a special trip it is always worth giving Arrowtown Pool a call on (03) 442 0145 before you set out.</t>
+  </si>
+  <si>
+    <t>swim@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/swim/arrowtown-pool/</t>
+  </si>
+  <si>
+    <t>03 442 0145</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Mountain Bike Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Mountain Bike Club (QMTBC) was formed in 2003 with the express purpose of facilitating the development of trails and areas within the Queenstown area in a coordinated, safe and legal manner. In recent years there has been significant growth in mountain biking in the Wakaitpu region, both in local uptake and in international travellers. This is directly attributable to the active and focused efforts of QTMBC.The Club has a committee group of 8 dedicated persons who volunteer their time to organise and run the club.The Club currently has over 400 enthusiastic members including families and youth and we cater to all types of mountain bikers from beginner and learners to enthusiasts to experts and extreme riders and all types of riding including:Freeride,Cross Country,Endurance,Downhill,Dirt Jumps, from beginner and learners to expert linesQueenstown has it all!Our trails also get utilised by a large number of visiting tourists to the area. Each summer a large amount of bikers of all standards flock to Queenstown as it is now seen as a destination for mountain bikers. Several professional mountain bikers use the region as a winter training ground.</t>
+  </si>
+  <si>
+    <t>bikers@queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Six a Side Cricket</t>
+  </si>
+  <si>
+    <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emma Campbell </t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
+  </si>
+  <si>
+    <t>0211242266</t>
+  </si>
+  <si>
+    <t>Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>Southern Lakes Deerstalkers Association</t>
+  </si>
+  <si>
+    <t>Formed in 1937, the New Zealand Deerstalkers’ Association is New Zealand’s recognised National body representing and speaking for hunter generally. The fundamental aim of the association is to ensure that the organisation and management of recreational hunting in New Zealand is carried out by hunters.Our Mission Statement is:“to retain, enhance and create opportunities for the enjoyment of legitimate recreational hunting and the sport of shooting, for the members of the Association”</t>
+  </si>
+  <si>
+    <t>info@southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>021 942 328</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club is situated in the amphitheatre of the Remarkable Mountains and offers a unique opportunity to play on what is internationally regarded as one of the most picturesque golf courses in the world. Tour our website and enjoy some wonderful scenes that will give you a taste of what we have to offer.Visitors are welcome 7 days a week, reservations are recommended. You will not be disappointed!</t>
+  </si>
+  <si>
+    <t>Matthew Judd (Head Pro)</t>
+  </si>
+  <si>
+    <t>admin@queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 9169 ex 1</t>
+  </si>
+  <si>
+    <t>P O Box 2141 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelvin Heights </t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club is a social club playing from 7.00pm - 9.00pm every Monday usually beginning sometime in April &amp;amp; running through till September.$7.00 per night casual players, $5.00 per night club members.The Event Centre has some rackets for hire as does the club</t>
+  </si>
+  <si>
+    <t>Alison Mitchell</t>
+  </si>
+  <si>
+    <t>jandamitchell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>021 299 9829</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Central Otago Flying Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Website of the Central Otago Flying Club (COFC). We are a small Flying and Gliding club situated in Alexandra, in the South Island of New Zealand. We're blessed with uncluttered airspace and lots of fine weather for aviating about our stunning landscape.Our club owns two aircraft: a newly refurbished Cessna 172, and a 2-seater Twin Astir glider. We own a large hanger at the local airport and have comfortable clubrooms right by the taxiway. Alexandra has a good sealed runway and wide grass vectors. We welcome new pilots for flight training in our Cessna or glider. We have 3 gliding instructors, and power instruction is available by arrangement. Glider launching is by aerotow or winch.Our club actively promotes aviation for all ages. For example we hosted a "buddys flying day" during 2015. This enabled a group of local children, whose life circumstances indicate the need for additional mentoring and support, the opportunity to experience a flight in one of several light aircraft made available by generous club members.</t>
+  </si>
+  <si>
+    <t>http://www.cofc.co.nz/index.shtml</t>
+  </si>
+  <si>
+    <t>Box 159  Alexandra.</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Bike Wanaka</t>
+  </si>
+  <si>
+    <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
+  </si>
+  <si>
+    <t>secretary@bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club Inc (Lake Hayes)</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club caters for Junior, Club and Masters Rowers. The Club is located at Lake Hayes in picturesque Queenstown.</t>
+  </si>
+  <si>
+    <t>wakatipurowing@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wakatipurowing/</t>
+  </si>
+  <si>
+    <t>027 778 7377</t>
+  </si>
+  <si>
+    <t>Shotover Four Wheel Drive Club</t>
+  </si>
+  <si>
+    <t>The Shotover 4WD Club is based in Queenstown, the home of New Zealand’s most spectacular scenery. We generally hold a couple of runs each month. Our trips can vary from easy family-friendly runs over gentle back country roads to tougher off road trips for more experienced drivers.If you are new to the Queenstown region, the Shotover 4WD Club is a great way to meet new friends and explore the amazing back country in our area. We have a variety of places to go in the wider Otago area; we even do runs in the West Coast and Southland areas.</t>
+  </si>
+  <si>
+    <t>Jake Gregory (President)</t>
+  </si>
+  <si>
+    <t>jimnyjake@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.shotover4wdclub.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 1116</t>
+  </si>
+  <si>
+    <t>Shotover 4WD Club, PO Box 1503, Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Arrowtown Netball Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.Providing netball for all ages in the Wakatipu basin, from our Future Ferns to our Premier League. For more information on our Clubs/Sponsors/Committee please see our website</t>
+  </si>
+  <si>
+    <t>Kay O’Connell</t>
+  </si>
+  <si>
+    <t>damkay17@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/teams-committee-sponsors/teams/premier/</t>
+  </si>
+  <si>
+    <t>027 66688 21</t>
+  </si>
+  <si>
+    <t>Wakatipu Gun/Claybird Shooting Club</t>
+  </si>
+  <si>
+    <t>The New Zealand Clay Target Association (NZCTA) is responsible for administering, promoting and fostering the sport of Clay Target shooting in New Zealand. The Association is made up of around 90 clubs throughout New Zealand who hold shoots in the various disciplines osf clay target shooting. These clubs range is size from small country clubs with one or two traps and maybe a skeet field to our two National grounds at Hamilton and Christchurch which have 10 DTL fields and 6 skeet fields each</t>
+  </si>
+  <si>
+    <t>cpirie@mactodd.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzclaytarget.org.nz/about</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Squash Club</t>
+  </si>
+  <si>
+    <t>New members are very welcome, if you would prefer to try the Club before you commit to membership you are welcome to pay and play using our Pay2Play online booking system. Go to www.pay2play.co.nz and select Queenstown Squash Club and follow the instructions. Alternatively you are welcome to come and join one of our Tuesday Club Nights, there is just a small fee of $5 for non members.</t>
+  </si>
+  <si>
+    <t>Dan Batchelor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> queenstownsquashclub@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>https://queenstown.squashclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 498 848</t>
+  </si>
+  <si>
+    <t>PO Box 100, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wakatipu Artistic Swimming </t>
+  </si>
+  <si>
+    <t>We offer artistic swimming programs for recreational and competitive synchronised swimmers in a friendly &amp;amp; supportive club environment, based in Queenstown. Come along for a free introductory session at Alpine Aqualand - contact us for more information.Currently meeting every Wednesday and Friday evenings At Alpine Aqua Land. </t>
+  </si>
+  <si>
+    <t>wakatipuartisticswimming@gmail.com</t>
+  </si>
+  <si>
+    <t>https://synchroswimnz.org.nz/clubs/wakatipu-artistic-swimming-queenstown-lakes</t>
+  </si>
+  <si>
+    <t>Queenstown Alpine Ski Team</t>
+  </si>
+  <si>
+    <t>QAST provides programmes for athletes to enhance their athletic skill, and in the process of doing so, to build character. It is a place to learn core values, commitment, teamwork, loyalty, sportsmanship, humility and integrity. It is a place to learn self management, work ethic, discipline, focus, self motivation and healthy competitive attitudes. Our coaches aim to enhance these elements in programmes which build self-esteem and a sense of accomplishment while enabling our athletes to achieve their full potential in apline ski racing in an environment of friendship and fun.</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>admin@qast.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.qast.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 8182</t>
+  </si>
+  <si>
+    <t>P O Box 848 Queenstown</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club is a non-profit organisation, and is affiliated with Dogs NZ (New Zealand Kennel Club).Come and join us for agility whether for fun or competing. We offer weekly training sessions, at the Lake Hayes Showgrounds, with our club trainers and the opportunity to train with visiting trainers.</t>
+  </si>
+  <si>
+    <t>Diana Scott</t>
+  </si>
+  <si>
+    <t>QDAC2020@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.qdac.org.nz/</t>
+  </si>
+  <si>
+    <t>PO BOX 1307, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Arrowtown Golf Club</t>
+  </si>
+  <si>
+    <t>Playing golf in Queenstown? Just 20 minutes drive from Queenstown and rated 20th best course in New Zealand the Arrowtown Golf Course is a must play.The picturesque Arrowtown Golf Club is set in Central Otago, one of New Zealand's most historic and scenic regions. This Golf Course is a must when playing Queenstown Golf, surrounded by mountains the 18 hole course has superb views from every fairway. Take time to play golf in this inspiring setting - it's unique! Each hole has its own attraction and the diverse and challenging course attracts players from all over the world. Historic stone cottage ruins nestle amongst towering trees, a legacy of Arrowtown's pioneers.Golf clubs, trundlers and electric carts are available for hire. Concessions for groups. Please enquire at the clubhouse.The Arrowtown Golf Club is open all year round and welcomes green fee players.</t>
+  </si>
+  <si>
+    <t>info@arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 1719</t>
+  </si>
+  <si>
+    <t>P O Box 6, Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Tennis Club</t>
+  </si>
+  <si>
+    <t>Senior club nights Wednesdays from 6pm at the courts at Jack Reid Park. New members most welcome. More information on joining from Fran McFarlane 021 299 9829. Coaching available from former ATP tour player Alistair Hunt 021 677 589.</t>
+  </si>
+  <si>
+    <t>03 442 0774</t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club is a community sporting club based in the Queenstown region (including Arrowtown, Glenorchy, Kingston and surrounding areas), in the South Island of New Zealand. We play in the Central Otago region with other local field hockey clubs.  Our main season is played in Winter - from about April to September, depending on the hockey grade. Hockey registrations normally open mid-February. If you're keen to play hockey, please get in touch - we'd love you to join us!</t>
+  </si>
+  <si>
+    <t>Karyn Battrick</t>
+  </si>
+  <si>
+    <t>wakatipuhockeyclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuhockeyclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Wanaka Badminton Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Penny Batchelor</t>
+  </si>
+  <si>
+    <t>penny.batchelor@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 1767</t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club, Inc. (WRC) is an affiliated member of New Zealand Riding Clubs, Inc. and Bridleways NZ. We are an open, active, fun group of adult horse lovers who share a common passion for equestrian activities and information.We organise and host competitions, treks and other equestrian events to provide riding and social opportunities for our members and other riders. We also promote the communication of a wide range of equestrian-related information relevant to the Wakatipu community.Our club meets once per month, and all members are encouraged to attend. New members are always welcome! Membership is just $25 per year. For more information about our meetings, our committee, and becoming a financial member of the WRC, feel free to contact us on wakatipuridingclub@gmail.com for any other information. Wakatipu Riding Club, Inc. is here to encourage equine adventures of all types in this wonderful region.</t>
+  </si>
+  <si>
+    <t>wakatipuridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/529726693705922/</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
     <t>Hawea Bowling Club</t>
   </si>
   <si>
     <t>Hawea Bowling Club - Lawn Bowls</t>
   </si>
   <si>
     <t>Lawrence Hardy</t>
   </si>
   <si>
     <t>l.hardy@xtra.co.nz</t>
   </si>
   <si>
     <t>http://bowlsclub.org/</t>
   </si>
   <si>
     <t>03 443 1072</t>
   </si>
   <si>
     <t>Hawea</t>
   </si>
   <si>
-    <t>Upper Clutha Sports Community</t>
-[...13 lines deleted...]
-  <si>
     <t>Wanaka Croquet Club</t>
   </si>
   <si>
     <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
   </si>
   <si>
     <t>Shirley Menlove</t>
   </si>
   <si>
     <t>ismenlove@xtra.co.nz</t>
   </si>
   <si>
     <t>http://croquet.org.nz/</t>
   </si>
   <si>
     <t>027 202 4970</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...80 lines deleted...]
-    <t>03 443 4791</t>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Wakatipu Croquet Club Inc</t>
+  </si>
+  <si>
+    <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
+  </si>
+  <si>
+    <t>wakatipucroquet@gmail.com</t>
+  </si>
+  <si>
+    <t>027 751 6304</t>
+  </si>
+  <si>
+    <t>PO Box 520, Queenstown</t>
+  </si>
+  <si>
+    <t>Kingston Golf Club Inc</t>
+  </si>
+  <si>
+    <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
+  </si>
+  <si>
+    <t>kingstongolf@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kingstongolf.wixsite.com/home</t>
+  </si>
+  <si>
+    <t>PO Box 22 Kingston</t>
   </si>
   <si>
     <t>Wanaka Squash Rackets Club</t>
   </si>
   <si>
     <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
   </si>
   <si>
     <t>info@wanakasquash.co.nz</t>
   </si>
   <si>
     <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
   </si>
   <si>
     <t>021 105 2381</t>
   </si>
   <si>
-    <t>Aspiring Trampolining</t>
-[...85 lines deleted...]
-  <si>
     <t>Wanaka Golf Club</t>
   </si>
   <si>
     <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
   </si>
   <si>
     <t>wanaka@golf.co.nz</t>
   </si>
   <si>
     <t>http://www.wanakagolf.co.nz</t>
   </si>
   <si>
     <t>03 443 7888</t>
   </si>
   <si>
     <t xml:space="preserve">PO Box 182, Wanaka </t>
   </si>
   <si>
     <t>Wanaka 9192</t>
   </si>
   <si>
-    <t>Wakatipu Dog Agility Club</t>
-[...320 lines deleted...]
-    <t>Glenorchy 9372</t>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
   </si>
   <si>
     <t>Wanaka Riding For Disabled</t>
   </si>
   <si>
     <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
   </si>
   <si>
     <t xml:space="preserve">Secretary - Kay Ross </t>
   </si>
   <si>
     <t xml:space="preserve">kaysutherlandross@gmail.com </t>
   </si>
   <si>
     <t>http://www.rda.org.nz/index.html</t>
   </si>
   <si>
     <t>034432611</t>
   </si>
   <si>
     <t>62 Kings Drive, Wanaka 9305</t>
   </si>
   <si>
-    <t>Junior Rugby Wakatipu</t>
-[...991 lines deleted...]
-  <si>
     <t>Wakatipu Ski Club</t>
   </si>
   <si>
     <t>The Wakatipu Ski Club, situated at the base of the field of Coronet Peak in Queenstown, New Zealand, offers subsidised ski &amp;amp; snowboard lessons for adults and children of all abilities (from beginner to advanced). We wish to promote snowsports among local families.</t>
   </si>
   <si>
     <t>Jo Grimmer (Secretary)</t>
   </si>
   <si>
     <t>secretary@wsc.co.nz</t>
   </si>
   <si>
     <t>http://www.wsc.co.nz/</t>
   </si>
   <si>
     <t>P O Box 21 Queenstown</t>
-  </si>
-[...280 lines deleted...]
-    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2367,2559 +2367,2559 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C5"/>
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
       <c r="D5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="F5"/>
+        <v>31</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
       <c r="G5"/>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      <c r="E7"/>
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
       <c r="F7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
       <c r="F8" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C11"/>
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="D12"/>
+        <v>70</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
       <c r="E12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G12"/>
-      <c r="H12"/>
+      <c r="H12" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="H13"/>
+        <v>77</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F15" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="C16"/>
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...10 lines deleted...]
-      <c r="H16" t="s">
         <v>94</v>
       </c>
+      <c r="E16"/>
+      <c r="F16"/>
+      <c r="G16"/>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>95</v>
       </c>
       <c r="B17" t="s">
         <v>96</v>
       </c>
       <c r="C17" t="s">
         <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>98</v>
       </c>
       <c r="E17" t="s">
         <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>100</v>
       </c>
       <c r="G17" t="s">
         <v>101</v>
       </c>
       <c r="H17" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>102</v>
       </c>
       <c r="B18" t="s">
         <v>103</v>
       </c>
       <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
         <v>105</v>
       </c>
       <c r="E18" t="s">
         <v>106</v>
       </c>
       <c r="F18" t="s">
         <v>107</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>109</v>
       </c>
       <c r="B19" t="s">
         <v>110</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C19"/>
+      <c r="D19" t="s">
         <v>111</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>112</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>113</v>
       </c>
-      <c r="F19" t="s">
+      <c r="G19" t="s">
         <v>114</v>
       </c>
-      <c r="G19"/>
       <c r="H19" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>115</v>
       </c>
       <c r="B20" t="s">
         <v>116</v>
       </c>
       <c r="C20" t="s">
         <v>117</v>
       </c>
       <c r="D20" t="s">
         <v>118</v>
       </c>
       <c r="E20" t="s">
         <v>119</v>
       </c>
       <c r="F20" t="s">
         <v>120</v>
       </c>
-      <c r="G20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G20" t="s">
+        <v>121</v>
+      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
-        <v>81</v>
+        <v>127</v>
       </c>
       <c r="G21" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>128</v>
+      </c>
+      <c r="H21" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E22" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="F22"/>
+        <v>133</v>
+      </c>
+      <c r="F22" t="s">
+        <v>134</v>
+      </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="D23" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="G23"/>
+        <v>140</v>
+      </c>
+      <c r="G23" t="s">
+        <v>141</v>
+      </c>
       <c r="H23" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="E24"/>
       <c r="F24" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="G24" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="H24" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D25" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="E25" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F25" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>154</v>
+      </c>
+      <c r="C26" t="s">
+        <v>155</v>
+      </c>
       <c r="D26" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="F26" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="G26"/>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C27" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="F27" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
-[...4 lines deleted...]
-      <c r="G28"/>
+        <v>168</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28" t="s">
+        <v>169</v>
+      </c>
       <c r="H28" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>172</v>
+      </c>
+      <c r="D29" t="s">
+        <v>173</v>
+      </c>
       <c r="E29" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      <c r="H29"/>
+        <v>174</v>
+      </c>
+      <c r="F29" t="s">
+        <v>175</v>
+      </c>
+      <c r="G29" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B30" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>179</v>
+      </c>
       <c r="D30" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="E30" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="D32" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="E32" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="F32"/>
+        <v>190</v>
+      </c>
+      <c r="F32" t="s">
+        <v>191</v>
+      </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="D33" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="E33" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="F33" t="s">
-        <v>185</v>
-[...4 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="E34" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="F34"/>
+        <v>202</v>
+      </c>
+      <c r="F34" t="s">
+        <v>203</v>
+      </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>193</v>
-[...5 lines deleted...]
-      <c r="E35"/>
+        <v>205</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35" t="s">
+        <v>206</v>
+      </c>
+      <c r="E35" t="s">
+        <v>207</v>
+      </c>
       <c r="F35" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>208</v>
+      </c>
+      <c r="G35" t="s">
+        <v>209</v>
+      </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C36"/>
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>213</v>
+      </c>
       <c r="D36" t="s">
-        <v>199</v>
+        <v>214</v>
       </c>
       <c r="E36" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="F36" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="G36"/>
+        <v>216</v>
+      </c>
+      <c r="G36" t="s">
+        <v>217</v>
+      </c>
       <c r="H36" t="s">
-        <v>202</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="C37" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D37"/>
       <c r="E37" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="F37" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="B38" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="C38" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="D38" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="E38" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="F38" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="H38"/>
+        <v>228</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="B39" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="C39" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="D39" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="E39" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="F39" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="G39" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="B40" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="C40"/>
       <c r="D40" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="E40" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F40" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="B41" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="C41" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="D41"/>
       <c r="E41" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="F41"/>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="B42" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="E42" t="s">
-        <v>240</v>
-[...9 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="F42"/>
+      <c r="G42"/>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>251</v>
+      </c>
+      <c r="E43" t="s">
+        <v>252</v>
+      </c>
       <c r="F43" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="G43"/>
       <c r="H43" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B44" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C44" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D44" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E44" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="F44"/>
+        <v>258</v>
+      </c>
+      <c r="F44" t="s">
+        <v>259</v>
+      </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B45" t="s">
-        <v>254</v>
-[...4 lines deleted...]
-      <c r="D45"/>
+        <v>261</v>
+      </c>
+      <c r="C45"/>
+      <c r="D45" t="s">
+        <v>262</v>
+      </c>
       <c r="E45" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="F45"/>
       <c r="G45"/>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B46" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>265</v>
+      </c>
+      <c r="C46" t="s">
+        <v>266</v>
+      </c>
       <c r="D46" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E46" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F46" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="G46"/>
+        <v>269</v>
+      </c>
+      <c r="G46" t="s">
+        <v>270</v>
+      </c>
       <c r="H46" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="B47" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="E47" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="G47"/>
+        <v>274</v>
+      </c>
+      <c r="F47" t="s">
+        <v>275</v>
+      </c>
+      <c r="G47" t="s">
+        <v>276</v>
+      </c>
       <c r="H47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="B48" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="C48" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="D48" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="E48" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="F48" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="B49" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-      <c r="D49"/>
+        <v>284</v>
+      </c>
+      <c r="C49" t="s">
+        <v>285</v>
+      </c>
+      <c r="D49" t="s">
+        <v>286</v>
+      </c>
       <c r="E49" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="F49"/>
+        <v>287</v>
+      </c>
+      <c r="F49" t="s">
+        <v>288</v>
+      </c>
       <c r="G49" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="H49" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="B50" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="C50"/>
+        <v>292</v>
+      </c>
+      <c r="C50" t="s">
+        <v>293</v>
+      </c>
       <c r="D50" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E50" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="F50"/>
       <c r="G50"/>
-      <c r="H50"/>
+      <c r="H50" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="B51" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="C51" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="D51" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="E51" t="s">
-        <v>289</v>
-[...6 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51"/>
       <c r="H51" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B52" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="C52" t="s">
-        <v>294</v>
-[...4 lines deleted...]
-      <c r="E52"/>
+        <v>304</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>305</v>
+      </c>
       <c r="F52" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="B53" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="E53" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="F53" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="G53"/>
       <c r="H53" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B54" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C54" t="s">
-        <v>307</v>
-[...6 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="G54"/>
       <c r="H54" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B55" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="C55" t="s">
+        <v>318</v>
+      </c>
+      <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="G55"/>
       <c r="H55" t="s">
-        <v>47</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B56" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C56" t="s">
-        <v>318</v>
+        <v>232</v>
       </c>
       <c r="D56" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>233</v>
+      </c>
+      <c r="E56" t="s">
+        <v>234</v>
+      </c>
       <c r="F56" t="s">
-        <v>320</v>
+        <v>235</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B57" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="C57"/>
       <c r="D57" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E57" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F57" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G57"/>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B58" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="C58" t="s">
         <v>329</v>
       </c>
-      <c r="D58"/>
-      <c r="E58" t="s">
+      <c r="C58"/>
+      <c r="D58" t="s">
         <v>330</v>
       </c>
-      <c r="F58"/>
-      <c r="G58"/>
+      <c r="E58"/>
+      <c r="F58" t="s">
+        <v>331</v>
+      </c>
+      <c r="G58" t="s">
+        <v>332</v>
+      </c>
       <c r="H58" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B59" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C59" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="D59"/>
+        <v>335</v>
+      </c>
+      <c r="D59" t="s">
+        <v>336</v>
+      </c>
       <c r="E59" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="F59" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="G59"/>
+        <v>338</v>
+      </c>
+      <c r="G59" t="s">
+        <v>339</v>
+      </c>
       <c r="H59" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B60" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="E60" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="F60" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B61" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="E61" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="F61"/>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>346</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B62" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C62"/>
+        <v>350</v>
+      </c>
+      <c r="C62" t="s">
+        <v>351</v>
+      </c>
       <c r="D62" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>352</v>
+      </c>
+      <c r="E62" t="s">
+        <v>353</v>
+      </c>
       <c r="F62" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-      <c r="H62"/>
+        <v>354</v>
+      </c>
+      <c r="G62" t="s">
+        <v>355</v>
+      </c>
+      <c r="H62" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B63" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C63" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D63" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="E63" t="s">
-        <v>355</v>
-[...6 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="F63"/>
+      <c r="G63"/>
       <c r="H63" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B64" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E64" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B65" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="C65"/>
+        <v>366</v>
+      </c>
+      <c r="C65" t="s">
+        <v>367</v>
+      </c>
       <c r="D65" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E65" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F65" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>297</v>
+        <v>27</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B66" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C66" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D66" t="s">
-        <v>370</v>
+        <v>18</v>
       </c>
       <c r="E66" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="F66" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>26</v>
+        <v>376</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B67" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C67" t="s">
-        <v>375</v>
+        <v>93</v>
       </c>
       <c r="D67" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="E67" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F67" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="G67"/>
       <c r="H67" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B68" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="C68"/>
+        <v>383</v>
+      </c>
+      <c r="C68" t="s">
+        <v>384</v>
+      </c>
       <c r="D68" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E68" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-      <c r="G68"/>
+        <v>386</v>
+      </c>
+      <c r="F68" t="s">
+        <v>387</v>
+      </c>
+      <c r="G68" t="s">
+        <v>388</v>
+      </c>
       <c r="H68" t="s">
-        <v>26</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="B69" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C69" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="D69" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="E69" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="F69"/>
+        <v>393</v>
+      </c>
+      <c r="F69" t="s">
+        <v>370</v>
+      </c>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B70" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C70" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D70"/>
       <c r="E70" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="F70"/>
+        <v>397</v>
+      </c>
+      <c r="F70" t="s">
+        <v>398</v>
+      </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B71" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C71" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D71" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="E71"/>
       <c r="F71" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="G71"/>
-      <c r="H71"/>
+      <c r="H71" t="s">
+        <v>404</v>
+      </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B72" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C72" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="D72" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="E72" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F72" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="G72"/>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B73" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="E73" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="F73" t="s">
-        <v>411</v>
-[...4 lines deleted...]
-      <c r="H73"/>
+        <v>415</v>
+      </c>
+      <c r="G73"/>
+      <c r="H73" t="s">
+        <v>416</v>
+      </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B74" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C74" t="s">
-        <v>415</v>
-[...4 lines deleted...]
-      <c r="E74"/>
+        <v>419</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>420</v>
+      </c>
       <c r="F74" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B75" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="C75"/>
+        <v>423</v>
+      </c>
+      <c r="C75" t="s">
+        <v>424</v>
+      </c>
       <c r="D75" t="s">
-        <v>420</v>
+        <v>286</v>
       </c>
       <c r="E75" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F75" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-      <c r="H75"/>
+        <v>426</v>
+      </c>
+      <c r="G75" t="s">
+        <v>427</v>
+      </c>
+      <c r="H75" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B76" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C76" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D76" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="E76" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="F76" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="G76"/>
+        <v>433</v>
+      </c>
+      <c r="G76" t="s">
+        <v>434</v>
+      </c>
       <c r="H76" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="B77" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="C77" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="D77" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>438</v>
+      </c>
+      <c r="E77" t="s">
+        <v>439</v>
+      </c>
       <c r="F77" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>346</v>
+        <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="B78" t="s">
-        <v>435</v>
-[...6 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="C78"/>
+      <c r="D78"/>
       <c r="E78" t="s">
-        <v>438</v>
-[...5 lines deleted...]
-      <c r="H78"/>
+        <v>443</v>
+      </c>
+      <c r="F78"/>
+      <c r="G78" t="s">
+        <v>444</v>
+      </c>
+      <c r="H78" t="s">
+        <v>445</v>
+      </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B79" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="E79" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="F79"/>
       <c r="G79"/>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B80" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="C80"/>
       <c r="D80" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="E80" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="F80" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C81" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="D81"/>
+        <v>457</v>
+      </c>
+      <c r="D81" t="s">
+        <v>458</v>
+      </c>
       <c r="E81" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="F81" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="G81"/>
+        <v>460</v>
+      </c>
+      <c r="G81" t="s">
+        <v>461</v>
+      </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B82" t="s">
-        <v>457</v>
-[...4 lines deleted...]
-      <c r="D82"/>
+        <v>463</v>
+      </c>
+      <c r="C82"/>
+      <c r="D82" t="s">
+        <v>464</v>
+      </c>
       <c r="E82" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="F82" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>461</v>
+        <v>404</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B83" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C83" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="D83" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="E83" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="F83" t="s">
-        <v>467</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="G83"/>
       <c r="H83" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B84" t="s">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>474</v>
+      </c>
+      <c r="C84"/>
       <c r="D84" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E84" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="F84"/>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B85" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="C85"/>
+        <v>478</v>
+      </c>
+      <c r="C85" t="s">
+        <v>479</v>
+      </c>
       <c r="D85" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="E85"/>
       <c r="F85" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>47</v>
+        <v>404</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B86" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C86" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="D86"/>
       <c r="E86" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="F86"/>
       <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B87" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C87" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D87" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E87" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F87" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G87" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H87" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B88" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E88" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F88"/>
-      <c r="G88"/>
-      <c r="H88"/>
+      <c r="G88" t="s">
+        <v>497</v>
+      </c>
+      <c r="H88" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B89" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="C89"/>
       <c r="D89" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E89" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F89"/>
-      <c r="G89" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G89"/>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>502</v>
       </c>
       <c r="B90" t="s">
         <v>503</v>
       </c>
-      <c r="C90"/>
+      <c r="C90" t="s">
+        <v>504</v>
+      </c>
       <c r="D90" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E90" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F90" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="G90"/>
+        <v>507</v>
+      </c>
+      <c r="G90" t="s">
+        <v>508</v>
+      </c>
       <c r="H90" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B91" t="s">
-        <v>508</v>
-[...4 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C91" t="s">
+        <v>511</v>
+      </c>
+      <c r="D91"/>
       <c r="E91" t="s">
-        <v>510</v>
-[...5 lines deleted...]
-      <c r="H91"/>
+        <v>512</v>
+      </c>
+      <c r="F91" t="s">
+        <v>513</v>
+      </c>
+      <c r="G91"/>
+      <c r="H91" t="s">
+        <v>514</v>
+      </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B92" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="C92"/>
+        <v>516</v>
+      </c>
+      <c r="C92" t="s">
+        <v>517</v>
+      </c>
       <c r="D92" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E92" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="F92"/>
-      <c r="G92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G92"/>
       <c r="H92" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B93" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C93" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="D93" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="E93" t="s">
-        <v>520</v>
-[...5 lines deleted...]
-      <c r="H93"/>
+        <v>524</v>
+      </c>
+      <c r="F93"/>
+      <c r="G93" t="s">
+        <v>525</v>
+      </c>
+      <c r="H93" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B94" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C94" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="D94" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="E94" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="F94" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>47</v>
+        <v>532</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B95" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="C95"/>
       <c r="D95" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="E95" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="F95" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-      <c r="H95"/>
+        <v>537</v>
+      </c>
+      <c r="G95" t="s">
+        <v>538</v>
+      </c>
+      <c r="H95" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B96" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C96"/>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D96"/>
+      <c r="E96"/>
       <c r="F96" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="G96"/>
       <c r="H96" t="s">
-        <v>540</v>
+        <v>68</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B97" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="C97" t="s">
         <v>543</v>
       </c>
+      <c r="C97"/>
       <c r="D97" t="s">
         <v>544</v>
       </c>
       <c r="E97" t="s">
         <v>545</v>
       </c>
-      <c r="F97"/>
-      <c r="G97" t="s">
+      <c r="F97" t="s">
         <v>546</v>
       </c>
+      <c r="G97"/>
       <c r="H97" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>547</v>
       </c>
       <c r="B98" t="s">
         <v>548</v>
       </c>
       <c r="C98" t="s">
         <v>549</v>
       </c>
-      <c r="D98"/>
-[...1 lines deleted...]
-      <c r="F98" t="s">
+      <c r="D98" t="s">
         <v>550</v>
       </c>
+      <c r="E98" t="s">
+        <v>551</v>
+      </c>
+      <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B99" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C99" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-      <c r="E99" t="s">
         <v>554</v>
       </c>
+      <c r="D99" t="s">
+        <v>555</v>
+      </c>
+      <c r="E99"/>
       <c r="F99" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B100" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C100" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D100" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="E100" t="s">
         <v>560</v>
       </c>
-      <c r="F100"/>
+      <c r="E100"/>
+      <c r="F100" t="s">
+        <v>561</v>
+      </c>
       <c r="G100"/>
-      <c r="H100"/>
+      <c r="H100" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B101" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="C101"/>
+        <v>563</v>
+      </c>
+      <c r="C101" t="s">
+        <v>564</v>
+      </c>
       <c r="D101" t="s">
-        <v>563</v>
-[...5 lines deleted...]
-      <c r="G101" t="s">
         <v>565</v>
       </c>
+      <c r="E101"/>
+      <c r="F101" t="s">
+        <v>566</v>
+      </c>
+      <c r="G101"/>
       <c r="H101" t="s">
-        <v>405</v>
+        <v>68</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B102" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="C102" t="s">
         <v>568</v>
       </c>
+      <c r="C102"/>
       <c r="D102" t="s">
         <v>569</v>
       </c>
       <c r="E102" t="s">
         <v>570</v>
       </c>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F102"/>
       <c r="G102" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>571</v>
+      </c>
+      <c r="B103" t="s">
+        <v>572</v>
+      </c>
+      <c r="C103"/>
+      <c r="D103" t="s">
+        <v>573</v>
+      </c>
+      <c r="E103" t="s">
         <v>574</v>
       </c>
-      <c r="B103" t="s">
+      <c r="F103" t="s">
         <v>575</v>
       </c>
-      <c r="C103" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G103"/>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="B104" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="E104" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="F104" t="s">
-        <v>586</v>
-[...6 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="G104"/>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="B105" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="C105" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="D105" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="E105" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="F105" t="s">
-        <v>593</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="G105"/>
       <c r="H105" t="s">
-        <v>26</v>
+        <v>587</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="B106" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="C106"/>
+        <v>589</v>
+      </c>
+      <c r="C106" t="s">
+        <v>590</v>
+      </c>
       <c r="D106" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="E106" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="F106" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="G106"/>
       <c r="H106" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="B107" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="E107" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="F107" t="s">
-        <v>606</v>
-[...1 lines deleted...]
-      <c r="G107"/>
+        <v>598</v>
+      </c>
+      <c r="G107" t="s">
+        <v>599</v>
+      </c>
       <c r="H107" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="B108" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="C108"/>
       <c r="D108" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="G108"/>
+        <v>604</v>
+      </c>
+      <c r="G108" t="s">
+        <v>605</v>
+      </c>
       <c r="H108" t="s">
-        <v>346</v>
+        <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="B109" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="C109"/>
       <c r="D109" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="E109"/>
+        <v>608</v>
+      </c>
+      <c r="E109" t="s">
+        <v>609</v>
+      </c>
       <c r="F109"/>
-      <c r="G109"/>
-      <c r="H109"/>
+      <c r="G109" t="s">
+        <v>610</v>
+      </c>
+      <c r="H109" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B110" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="E110" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="F110"/>
+        <v>614</v>
+      </c>
+      <c r="F110" t="s">
+        <v>615</v>
+      </c>
       <c r="G110"/>
-      <c r="H110"/>
+      <c r="H110" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>616</v>
+      </c>
+      <c r="B111" t="s">
+        <v>617</v>
+      </c>
+      <c r="C111"/>
+      <c r="D111" t="s">
+        <v>618</v>
+      </c>
+      <c r="E111" t="s">
+        <v>619</v>
+      </c>
+      <c r="F111" t="s">
         <v>620</v>
       </c>
-      <c r="B111" t="s">
+      <c r="G111" t="s">
         <v>621</v>
       </c>
-      <c r="C111" t="s">
+      <c r="H111" t="s">
         <v>622</v>
-      </c>
-[...7 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>623</v>
+      </c>
+      <c r="B112" t="s">
+        <v>624</v>
+      </c>
+      <c r="C112" t="s">
         <v>625</v>
       </c>
-      <c r="B112" t="s">
+      <c r="D112" t="s">
         <v>626</v>
       </c>
-      <c r="C112"/>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>627</v>
       </c>
-      <c r="E112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F112"/>
-      <c r="G112" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G112"/>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>628</v>
+      </c>
+      <c r="B113" t="s">
+        <v>629</v>
+      </c>
+      <c r="C113" t="s">
         <v>630</v>
       </c>
-      <c r="B113" t="s">
+      <c r="D113" t="s">
         <v>631</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>632</v>
       </c>
-      <c r="D113" t="s">
-[...2 lines deleted...]
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>633</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
         <v>634</v>
       </c>
-      <c r="G113"/>
       <c r="H113" t="s">
-        <v>635</v>
+        <v>27</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>635</v>
+      </c>
+      <c r="B114" t="s">
         <v>636</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>637</v>
       </c>
-      <c r="C114"/>
       <c r="D114" t="s">
         <v>638</v>
       </c>
-      <c r="E114"/>
-      <c r="F114" t="s">
+      <c r="E114" t="s">
         <v>639</v>
       </c>
+      <c r="F114"/>
       <c r="G114" t="s">
         <v>640</v>
       </c>
       <c r="H114" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">