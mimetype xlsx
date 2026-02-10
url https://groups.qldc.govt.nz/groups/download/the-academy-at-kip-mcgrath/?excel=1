--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -32,63 +32,63 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>The Academy At Kip McGrath</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
-    <t>theacademyqt@gmail.com</t>
+    <t>director@academy-education.co.nz</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
-    <t>https://www.theacademyatkip.co.nz/</t>
+    <t>https://www.academy-education.co.nz/</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
-    <t>027 270 9004</t>
+    <t>03 442 4615</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
     <t>Remarkables</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>