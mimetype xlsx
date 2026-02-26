--- v0 (2025-12-20)
+++ v1 (2026-02-26)
@@ -38,102 +38,102 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
     <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
   </si>
   <si>
     <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
   </si>
   <si>
     <t xml:space="preserve">Community Networks/LINK </t>
   </si>
   <si>
     <t>info@communitynetworks.co.nz</t>
   </si>
   <si>
     <t>03 555 3010</t>
-  </si>
-[...37 lines deleted...]
-    <t>Albert Town 9305</t>
   </si>
   <si>
     <t>Aspiring Trampolining</t>
   </si>
   <si>
     <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
   </si>
   <si>
     <t>aspiring-trampolining@outlook.com</t>
   </si>
   <si>
     <t>https://www.sporty.co.nz/aspiringtrampolining</t>
   </si>
   <si>
     <t>021 203 8798</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -519,125 +519,125 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H2"/>
+        <v>13</v>
+      </c>
+      <c r="G2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="F4"/>
-[...1 lines deleted...]
-      <c r="H4" t="s">
+      <c r="E4"/>
+      <c r="F4" t="s">
         <v>25</v>
       </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">