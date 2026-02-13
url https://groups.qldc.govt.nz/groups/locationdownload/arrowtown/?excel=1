--- v0 (2025-10-14)
+++ v1 (2026-02-13)
@@ -38,690 +38,690 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown Village Association</t>
+  </si>
+  <si>
+    <t>We aim to be the voice of the Arrowtown community. As well as initiating new projects the AVA works with the community and statutory authorities to improve the outcomes for the Arrowtown community and environment.  </t>
+  </si>
+  <si>
+    <t>chairperson@arrowtownvillage.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownvillage.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 140 Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Arrowtown Medical Centre</t>
+  </si>
+  <si>
+    <t>Right care delivered by the right person in the right place at the right time.Queenstown Medical Centre (QMC) operates across three sites – Queenstown, Arrowtown and Frankton (Remarkables Park). In addition to General Practice, Isle St houses an Accident &amp;amp; Medical clinic and facilitates access to a range of health services including Radiology and Ultrasound, Psychology, Physiotherapy, Pharmacy, Immigration Medicals, Travel Medicine and Sexual Health and Family Planning.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 450 1355 </t>
+  </si>
+  <si>
+    <t>Arrowtown Choppers</t>
+  </si>
+  <si>
+    <t>Stopping the wilding tree spread. A volunteer group to help remove wilding trees from the Arrowtown hills. The long-term goal is not just the removal of wilding species, but reintroduction of a mix of locally sourced native plants for biodiversity and selective non-spreading exotic trees to enhance Arrowtown’s brilliant autumn colours.</t>
+  </si>
+  <si>
+    <t>Karl Walker</t>
+  </si>
+  <si>
+    <t>arrowtownchoppers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/arrowtownchoppers</t>
+  </si>
+  <si>
+    <t>021877485</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Preschool</t>
+  </si>
+  <si>
+    <t>At Arrowtown Preschool the opportunities for learning that children experience are outstanding both within the Preschools and the community. Children are seen as capable learners who bring with them a huge range of knowledge, interests and experiences. Teachers build on these to empower confidence, build resilience and encourage responsibility. Respectful relationships with families, community and our environment are key.Our programmes are inspired by aspects of the Reggio Emilia approach and Nature Based learning with a strong focus on movement and physical challenges.Arrowtown Preschool is a non-profit organisation which guarantees any profit is invested back into learning opportunities for the children.</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>admin@arrowtownpreschool.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownpreschool.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1416</t>
+  </si>
+  <si>
+    <t>Arrowtown Autumn Festival Committee</t>
+  </si>
+  <si>
+    <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
+  </si>
+  <si>
+    <t>Carole Watts</t>
+  </si>
+  <si>
+    <t>info@arrowtownautumnfestival.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
+  </si>
+  <si>
+    <t>027 256 0426</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society is a community organisation that screens hand-picked cinematic gems – world cinema, classics, documentaries – on Tuesday nights from May to September at Dorothy Browns Cinema in Arrowtown. It’s easy to become a member and great value at just $120 for the entire season of 20 films – that’s $6 per film if you go to all of them. We also offer part-season memberships and three-film samplers. We can't sell single tickets but if you want to get a taste of film society before joining, why not come along to one of our public screenings.  Tuesdays at Dorothy Browns Cinema 8.15 pm from 1 May 2018</t>
+  </si>
+  <si>
+    <t>info@queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>Arrowtown Community Pool</t>
+  </si>
+  <si>
+    <t>Summer season opening only.Join us for family fun at the outdoor pool in the heart of Arrowtown. Located just a few hundred metres from the heart of Arrowtown, the pool is open to the public seven days a week in Summer from 11am to 6pm, except for Christmas Day and New Year's Day.NB Opening hours for our various facilities are subject to change. This can be for pre-arranged maintenance and event bookings or occasionally for reasons beyond our control. In all cases we do our best to publicise changes in advance or as quickly as possible.For up to the minute news on closures or cancellations follow QLDC Sport &amp;amp; Recreation on Facebook. If you are making a special trip it is always worth giving Arrowtown Pool a call on (03) 442 0145 before you set out.</t>
+  </si>
+  <si>
+    <t>swim@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/swim/arrowtown-pool/</t>
+  </si>
+  <si>
+    <t>03 442 0145</t>
+  </si>
+  <si>
+    <t>Lake Hayes / Arrowtown Line dancers</t>
+  </si>
+  <si>
+    <t>Cost - $10 per sessionLake Hayes PavilionMonday 10-12pm Beginner / ImproverWednesday 10-12pm Beginner / Improver 12-2pm Easy Intermediate / Intermediate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molly Crawford </t>
+  </si>
+  <si>
+    <t>mollycrawford56@gmail.com</t>
+  </si>
+  <si>
+    <t>020 4111 9081</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Montessori Arrowtown</t>
+  </si>
+  <si>
+    <t>The team at Montessori Arrowtown understand the importance of Early Childhood Education (ECE) who are all focussed on providing the absolute best quality care and education based on our Montessori Philosophy and Te Whariki, our early childhood curriculum. It is important for us to make families and whanau feel welcome respected and comfortable. We’d love you and your family to join us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> mont.arrowtown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-montessori-arrowtown</t>
+  </si>
+  <si>
+    <t>03 442 0032</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus provides classes for both Kids and Adults. It focuses on: Tumbling, Adagio, Handstands, Silks, Trapeze, Juggling, Hoops and Act Creation.</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>0220172046</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club is a social club playing from 7.00pm - 9.00pm every Monday usually beginning sometime in April &amp;amp; running through till September.$7.00 per night casual players, $5.00 per night club members.The Event Centre has some rackets for hire as does the club</t>
+  </si>
+  <si>
+    <t>Alison Mitchell</t>
+  </si>
+  <si>
+    <t>jandamitchell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>021 299 9829</t>
+  </si>
+  <si>
+    <t>Arrowtown Swimming Club</t>
+  </si>
+  <si>
+    <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
+  </si>
+  <si>
+    <t>arrowtownswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>0212971422</t>
+  </si>
+  <si>
+    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
+  </si>
+  <si>
+    <t>Arrowtown Rugby Club</t>
+  </si>
+  <si>
+    <t>Twenty minutes from Queenstown, in the historic town of Arrowtown is home of the Arrowtown Rugby Club. Playing from Jack Reid Park, the club as a proud history in playing in the Central Otago and Otago Country Wide Competitions - in 2008 Arrowtown won both of these competitions. They have also held the much sort after White Horse Cup for the 2009 and 2010 seasons.</t>
+  </si>
+  <si>
+    <t>Amy Wilson-White (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrugby@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/arrowtownrugby/</t>
+  </si>
+  <si>
+    <t>027 2288514</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>St Paul's Anglican Church</t>
+  </si>
+  <si>
+    <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 8391</t>
+  </si>
+  <si>
+    <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown Mainly Music for Preschoolers</t>
+  </si>
+  <si>
+    <t>Meet during school terms only Tuesday 10am and Wednesday 1:30pm at the St Johns Presbyterian Church in Berkshire StreetYoung children develop skills – co-ordination, fine motor movements, large motor movements, social interaction, appreciation of music and musical styles, and language development. mainly music provides children with a structured learning environment and then a time of free play. mainly music brings adult and child together for a time of safe interaction, and in doing so, teaching adults rhymes and songs that can be used at home to help with cleaning up, colours, counting, and more. There is an opportunity for parents to network with other parents of young children. Some groups stage additional events to encourage family fun.Stay up to date with mainly music Arrowtown on their facebook page.</t>
+  </si>
+  <si>
+    <t>Marion Patton</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/people/MainlyMusic-Arrowtown/100009692776591</t>
+  </si>
+  <si>
+    <t>03 442 1992</t>
+  </si>
+  <si>
+    <t>Arrowtown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Phone number at the Station is: 03 442 1740 (unmanned station) Chief - Murray Forward - 0274 376 927 In case of emergency call 111</t>
+  </si>
+  <si>
+    <t>Murray Forward</t>
+  </si>
+  <si>
+    <t>027 437 6927</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Arrowtown Returned Services Assn</t>
+  </si>
+  <si>
+    <t>Our mission is to remember and care for all those impacted by service for New Zealand on military operations. The Royal New Zealand Returned and Services’ Association is made up of over 180 local RSAs around the country, each an entity in their own right, with over 100,000 members.</t>
+  </si>
+  <si>
+    <t>Linda Harrison (Secretary)/Lindsay Stirling (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrsa@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.rsa.org.nz/</t>
+  </si>
+  <si>
+    <t>03 409 8857</t>
+  </si>
+  <si>
+    <t>PO Box 28, Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Arrowtown Netball Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.Providing netball for all ages in the Wakatipu basin, from our Future Ferns to our Premier League. For more information on our Clubs/Sponsors/Committee please see our website</t>
+  </si>
+  <si>
+    <t>Kay O’Connell</t>
+  </si>
+  <si>
+    <t>damkay17@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/teams-committee-sponsors/teams/premier/</t>
+  </si>
+  <si>
+    <t>027 66688 21</t>
+  </si>
+  <si>
+    <t>Arrowtown Library</t>
+  </si>
+  <si>
+    <t>Open 10am - 5pm weekdays, 10am - 2pm Saturday</t>
+  </si>
+  <si>
+    <t>Lizzie - Librarian</t>
+  </si>
+  <si>
+    <t>arrowtown@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1607</t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>sKids Arrowtown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Arrowtown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave. We’ll feed them, help them with their home work, let them play then do a fun activity with them so you can rest assured that they are safe, secure and having the time of their life.</t>
+  </si>
+  <si>
+    <t>Programme Owner – Meryl Stevens</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> arrowtown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/arrowtown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Arrowtown Golf Club</t>
+  </si>
+  <si>
+    <t>Playing golf in Queenstown? Just 20 minutes drive from Queenstown and rated 20th best course in New Zealand the Arrowtown Golf Course is a must play.The picturesque Arrowtown Golf Club is set in Central Otago, one of New Zealand's most historic and scenic regions. This Golf Course is a must when playing Queenstown Golf, surrounded by mountains the 18 hole course has superb views from every fairway. Take time to play golf in this inspiring setting - it's unique! Each hole has its own attraction and the diverse and challenging course attracts players from all over the world. Historic stone cottage ruins nestle amongst towering trees, a legacy of Arrowtown's pioneers.Golf clubs, trundlers and electric carts are available for hire. Concessions for groups. Please enquire at the clubhouse.The Arrowtown Golf Club is open all year round and welcomes green fee players.</t>
+  </si>
+  <si>
+    <t>info@arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 1719</t>
+  </si>
+  <si>
+    <t>P O Box 6, Arrowtown</t>
+  </si>
+  <si>
     <t>Public Health Nurse</t>
   </si>
   <si>
     <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
   </si>
   <si>
     <t>publichealthnursing@southerndhb.govt.nz</t>
   </si>
   <si>
     <t>03 450 9156</t>
   </si>
   <si>
     <t>PO Box 2180 Frankton Queenstown 9349</t>
   </si>
   <si>
     <t>Remarkables Park, Town Centre Queenstown</t>
   </si>
   <si>
-    <t>Arrowtown Menzshed</t>
-[...137 lines deleted...]
-    <t>021877485</t>
+    <t>Predator Free Arrowtown</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown sets out and manages humane kill traps targeted to rodents, possums, and mustelids in the hills and river behind Arrowtown to help the native flora and fauna. Anyone who is moderately fit and keen to get involved in checking traps can check out the Facebook page or email predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t>predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> https://www.wakatipuwildlifetrust.org.nz/predator-free-arrowtown/</t>
+  </si>
+  <si>
+    <t>0224384552</t>
+  </si>
+  <si>
+    <t>Lakes District Museum &amp; Gallery</t>
+  </si>
+  <si>
+    <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
+  </si>
+  <si>
+    <t>David Clarke (Director)</t>
+  </si>
+  <si>
+    <t>info@museumqueenstown.com</t>
+  </si>
+  <si>
+    <t>http://www.MuseumQueenstown.com</t>
+  </si>
+  <si>
+    <t>442 1824</t>
+  </si>
+  <si>
+    <t>Arrowtown Tennis Club</t>
+  </si>
+  <si>
+    <t>Senior club nights Wednesdays from 6pm at the courts at Jack Reid Park. New members most welcome. More information on joining from Fran McFarlane 021 299 9829. Coaching available from former ATP tour player Alistair Hunt 021 677 589.</t>
+  </si>
+  <si>
+    <t>03 442 0774</t>
+  </si>
+  <si>
+    <t>Arrowtown Primary School</t>
+  </si>
+  <si>
+    <t>Arrowtown School is a state-funded, co-educational school. It is a full primary school with Year 1-8 students from 5 to 13 years of age. The current school roll is approximately 580. Arrowtown School started in 1863 and has been on its present site since 1997.The school is modern, very well resourced and has a large, attractive school hall and excellent recreation facilities. Arrowtown is 20 kilometres from the tourist town of Queenstown. It has a population of around 2400 and is a picturesque township with an interesting and colourful history based on the discovery of gold in the 1860’s. The school’s community consists of the township and its rural area. About three quarters of our pupils live in the town with the rest living on lifestyle blocks close by.The township is situated in the Lakes District, a major New Zealand tourist destination offering a diverse range of opportunities and experiences, including outdoor pursuits, alpine sports and adventure tourism and water activities. We take advantage of this beautiful environment and incorporate a number of the district’s outdoor activities into our school programmes.</t>
+  </si>
+  <si>
+    <t>Chris Bryant</t>
+  </si>
+  <si>
+    <t>admin@arrowtown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 1854</t>
+  </si>
+  <si>
+    <t>P O Box 173, Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Business and Promotion Association (ABPA)</t>
+  </si>
+  <si>
+    <t>APBA represents Arrowtown’s businesses. It is responsible for the town’s promotion, and for the arrowtown.com website.The board of the Arrowtown Promotion and Business Association is elected annually by the Association’s members who are business ratepayers. Central to its work, is the belief that the well being of the town is dependent on the preservation of its historic heritage and its natural surrounds. APBA promotes Arrowtown’s tourism, and liaises with its major funder, the Queenstown Lakes District Council.</t>
+  </si>
+  <si>
+    <t>Nicky Busst</t>
+  </si>
+  <si>
+    <t>info@arrowtown.com</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.com</t>
+  </si>
+  <si>
+    <t>027 7219017</t>
+  </si>
+  <si>
+    <t>Arrowtown Plunket</t>
+  </si>
+  <si>
+    <t>Hours: Mon, Wed, Thurs, Friday 10am-12pm under 5's. Wed 1pm - 3pm Babies group</t>
+  </si>
+  <si>
+    <t>Linsey Whitchurch</t>
+  </si>
+  <si>
+    <t>arrowtown.plunket@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz</t>
+  </si>
+  <si>
+    <t>027 636 1112</t>
+  </si>
+  <si>
+    <t>Arrowtown Newcomers and Locals Network</t>
+  </si>
+  <si>
+    <t>Please note our name change from Arrowtown Newcomers Network, so that not just newcomers can come along to our functions.</t>
+  </si>
+  <si>
+    <t>Neil and Jenny Logan</t>
+  </si>
+  <si>
+    <t>Loganfamily@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://arrowtownvillage.co.nz/index.php?ti=29</t>
+  </si>
+  <si>
+    <t>409 8968</t>
   </si>
   <si>
     <t>Arrowtown Horticultural Society</t>
   </si>
   <si>
     <t>A small group of garden enthusiasts who run an annual Flower Show in Arrowtown. Very school/community based. Please make contact! We have a great group of people who need your help to make the magic happen...</t>
   </si>
   <si>
     <t>Jean Britton - President</t>
   </si>
   <si>
     <t>jeanbobqt@xtra.co.nz</t>
   </si>
   <si>
     <t>442 3650</t>
-  </si>
-[...466 lines deleted...]
-    <t>027 66688 21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1086,907 +1086,907 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
         <v>12</v>
       </c>
+      <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F3"/>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4"/>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>29</v>
-      </c>
-[...5 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>35</v>
-      </c>
-[...2 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>38</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7"/>
+      <c r="F7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
+      <c r="G7" t="s">
         <v>40</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7"/>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>45</v>
       </c>
-      <c r="C8"/>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
         <v>49</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
         <v>61</v>
-      </c>
-[...11 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
         <v>72</v>
-      </c>
-[...11 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
         <v>78</v>
       </c>
-      <c r="C14"/>
-[...12 lines deleted...]
-      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="E15" t="s">
         <v>83</v>
       </c>
-      <c r="C15"/>
-[...1 lines deleted...]
-      <c r="E15"/>
       <c r="F15" t="s">
         <v>84</v>
       </c>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>85</v>
       </c>
       <c r="B16" t="s">
         <v>86</v>
       </c>
-      <c r="C16"/>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
       <c r="D16" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="E16" t="s">
         <v>88</v>
       </c>
+      <c r="E16"/>
       <c r="F16" t="s">
         <v>89</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>92</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17"/>
+      <c r="F17" t="s">
         <v>93</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
         <v>94</v>
       </c>
-      <c r="F17" t="s">
-[...3 lines deleted...]
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
         <v>96</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>97</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>98</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>99</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19"/>
+      <c r="D19" t="s">
         <v>103</v>
       </c>
-      <c r="B19" t="s">
+      <c r="E19" t="s">
         <v>104</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
         <v>105</v>
-      </c>
-[...3 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>108</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>109</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>110</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>113</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
       <c r="C21" t="s">
         <v>115</v>
       </c>
       <c r="D21" t="s">
         <v>116</v>
       </c>
       <c r="E21" t="s">
         <v>117</v>
       </c>
       <c r="F21" t="s">
         <v>118</v>
       </c>
-      <c r="G21"/>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
       <c r="H21" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
       <c r="D22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      <c r="E23" t="s">
         <v>128</v>
       </c>
-      <c r="F23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23" t="s">
+        <v>129</v>
+      </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="G25"/>
+        <v>141</v>
+      </c>
+      <c r="G25" t="s">
+        <v>142</v>
+      </c>
       <c r="H25" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F26" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B27" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
+        <v>151</v>
+      </c>
       <c r="D27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E27" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F27"/>
+        <v>153</v>
+      </c>
+      <c r="F27" t="s">
+        <v>154</v>
+      </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C28" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D28" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="E28"/>
       <c r="F28" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C29" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D29" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E29" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F29" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-      <c r="H29" t="s">
         <v>165</v>
       </c>
+      <c r="G29"/>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>166</v>
       </c>
       <c r="B30" t="s">
         <v>167</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C30"/>
+      <c r="D30" t="s">
         <v>168</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>169</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>170</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30" t="s">
         <v>171</v>
       </c>
-      <c r="G30"/>
       <c r="H30" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>172</v>
       </c>
       <c r="B31" t="s">
         <v>173</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C31"/>
+      <c r="D31" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
+        <v>175</v>
+      </c>
+      <c r="G31" t="s">
         <v>176</v>
       </c>
-      <c r="G31"/>
       <c r="H31" t="s">
-        <v>26</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D33" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C34"/>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="D34"/>
+      <c r="E34"/>
+      <c r="F34" t="s">
         <v>191</v>
       </c>
-      <c r="F34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
         <v>193</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>194</v>
       </c>
-      <c r="C35"/>
       <c r="D35" t="s">
         <v>195</v>
       </c>
       <c r="E35" t="s">
         <v>196</v>
       </c>
       <c r="F35" t="s">
         <v>197</v>
       </c>
-      <c r="G35"/>
-      <c r="H35"/>
+      <c r="G35" t="s">
+        <v>198</v>
+      </c>
+      <c r="H35" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F36" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G36" t="s">
         <v>204</v>
       </c>
+      <c r="G36"/>
       <c r="H36" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>205</v>
       </c>
       <c r="B37" t="s">
         <v>206</v>
       </c>
-      <c r="C37"/>
+      <c r="C37" t="s">
+        <v>207</v>
+      </c>
       <c r="D37" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="E37"/>
+        <v>208</v>
+      </c>
+      <c r="E37" t="s">
+        <v>209</v>
+      </c>
       <c r="F37" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D39" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="E39" t="s">
         <v>220</v>
       </c>
+      <c r="E39"/>
       <c r="F39" t="s">
         <v>221</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">