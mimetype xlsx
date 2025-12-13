--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -38,2904 +38,2904 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
+    <t>Brain Injury Assoiation</t>
+  </si>
+  <si>
+    <t>Every day, 90 New Zealanders sustain a brain injury. Brain injuries are more common than you think, and can happen to anyone at anytime. Sudden knocks to the head through falls, sporting injuries and car crashes can all result in a brain injury. In fact, if you have ever suffered a concussion, no matter how mild, then you have sustained a brain injury.</t>
+  </si>
+  <si>
+    <t>liaison.dunedin@brain-injury.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.brain-injury.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6156</t>
+  </si>
+  <si>
+    <t>PO Box 5222, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Central Otago REAP</t>
+  </si>
+  <si>
+    <t>Central Otago REAP provides a diverse and extensive educational resource to rural communities, implementing a life long learning approach. The overall purpose of Central Otago REAP is to provide educational support and assistance across all sectors including early childhood, primary, secondary and adult education.Central Otago REAP is a community-based flexible resource providing formal and non-formal learning opportunities.</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>admin@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://coreap.org.nz/</t>
+  </si>
+  <si>
+    <t>03 448 6115</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Budgeting Advice</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it’s not always an easy place to live. More than ever before, families are struggling to gain control of their finances. Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.Our Financial Mentors offer free, confidential advice by phone, text, email and live chat.Phone: 0800 345 123Text: 4029 </t>
+  </si>
+  <si>
+    <t>help@moneytalks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.nbfcct.com/</t>
+  </si>
+  <si>
+    <t>03 448 8072</t>
+  </si>
+  <si>
+    <t>PO Box 114 Queenstown</t>
+  </si>
+  <si>
+    <t>Parent to Parent Inc</t>
+  </si>
+  <si>
+    <t>Monday – Wednesday 9:00am – 3:30pm and Thursday 9.00am-4.30pm Often raising a child with a disability is an experience that isn’t planned, and we know it can be a challenging journey. We can inform, educate, inspire and support you as you navigate your way through your family’s experience with disability. Our services are free and confidential.</t>
+  </si>
+  <si>
+    <t>MaryAnn Hughes</t>
+  </si>
+  <si>
+    <t>otago@parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>027 808 3949</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t>Omarama Gliding Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Omarama Gliding Club We are a soaring orientated club based at Omarama, Central Otago, New Zealand. Some of the worlds best soaring can be enjoyed from well equipped modern facilities in the company of some of New Zealand's finest pilots.Please feel free to contact us on any matter. We can assist you with your gliding in New Zealand - with accomodation in New Zealand, travelling to Omarama, staying at Omarama and of course, gliding at Omarama!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Savage - President </t>
+  </si>
+  <si>
+    <t>brian.savage@fossicking.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.omarama.com</t>
+  </si>
+  <si>
+    <t>021 619 539</t>
+  </si>
+  <si>
+    <t>PO Box 11-289, Sockburn Christchurch</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School is one of New Zealand’s newest primary schools, which welcomed students in Term 1, 2010. The official opening was held on the 27th of August 2010. This school is unique in what it offers to all those who become part of this learning community. The school has had a staged opening beginning with our Year 1 and 2 students in Term 1, 2010 and our Year 3 and 4 students in Term 3, 2010. We welcomed our Year 5 and 6 students at the beginning of Term 1 in 2011. In 2012 we opened to Year 7 and 8 students and will grow to our capacity of 460.The school's vision is Remarkables Primary School aims to equip and inspire each student to take full advantage of life’s opportunities within a global community.Our Mission Statement is: ‘Truly Remarkable People – Ngai Iwi Tumeke.’</t>
+  </si>
+  <si>
+    <t>Debbie Dickson - Principal</t>
+  </si>
+  <si>
+    <t>office@remarkables.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.remarkablesprimary.school.nz</t>
+  </si>
+  <si>
+    <t>P.O. Box 2564, Wakatipu 9349</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Central Otago Flying Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Website of the Central Otago Flying Club (COFC). We are a small Flying and Gliding club situated in Alexandra, in the South Island of New Zealand. We're blessed with uncluttered airspace and lots of fine weather for aviating about our stunning landscape.Our club owns two aircraft: a newly refurbished Cessna 172, and a 2-seater Twin Astir glider. We own a large hanger at the local airport and have comfortable clubrooms right by the taxiway. Alexandra has a good sealed runway and wide grass vectors. We welcome new pilots for flight training in our Cessna or glider. We have 3 gliding instructors, and power instruction is available by arrangement. Glider launching is by aerotow or winch.Our club actively promotes aviation for all ages. For example we hosted a "buddys flying day" during 2015. This enabled a group of local children, whose life circumstances indicate the need for additional mentoring and support, the opportunity to experience a flight in one of several light aircraft made available by generous club members.</t>
+  </si>
+  <si>
+    <t>http://www.cofc.co.nz/index.shtml</t>
+  </si>
+  <si>
+    <t>Box 159  Alexandra.</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Attendance Services</t>
+  </si>
+  <si>
+    <t>" The Attendance Service supports schools and students to manage and improve attendance. Attendance Services combines the Non-Enrolled Truancy Service (NETS) and the District Truancy Service (DTS) into one integrated service. We aim to support schools to: - effectively manage attendance - reduce unjustified absence rates and non-enrolment - reduce the time taken to return students to education."</t>
+  </si>
+  <si>
+    <t>Valda Muller</t>
+  </si>
+  <si>
+    <t>nznut1@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.education.govt.nz/school/managing-and-supporting-students/managing-student-attendance/attendance-services/</t>
+  </si>
+  <si>
+    <t>027 446 6112</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
+    <t>Te Ao Marama Incorporated (Southern Iwi)</t>
+  </si>
+  <si>
+    <t>Te Aō Marama is an organisation of around 100 members, who provide leadership, representation and support to the Māori oral health workforce including clinicians, specialists, health promoters, support staff, researchers, teachers and students. Our membership remains committed to our vision of ‘Hei oranga niho mo te iwi Māori’ – Good Oral health for Māori, for life.</t>
+  </si>
+  <si>
+    <t>nzteaomarama@gmail.com</t>
+  </si>
+  <si>
+    <t>https://teaomarama.org.nz/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>P O Box 7078 Invercargill</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Kidstart (Barnardos)</t>
+  </si>
+  <si>
+    <t>Kidstart is a home-based care and learning service for children aged from birth to five years. It is provided in the homes of trained Educators, all of whom are supported by fully qualified teachers.</t>
+  </si>
+  <si>
+    <t>CromwellELC@Barnardos.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidstart.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 4728</t>
+  </si>
+  <si>
+    <t>PO Box 114 Alexandra</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Central Otago Living Options</t>
+  </si>
+  <si>
+    <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
+  </si>
+  <si>
+    <t>Alison Wildey</t>
+  </si>
+  <si>
+    <t>alison@livingoptions.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
+  </si>
+  <si>
+    <t>03 4487748</t>
+  </si>
+  <si>
+    <t>PO Box 446 Alexandra</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Compassionate Friends</t>
+  </si>
+  <si>
+    <t>We gather together to support each other every two months where we either have a speaker, watch a video on aspects of grief, share each others grief or chat informally. Personal support is given by phone calls and home visits particularly to the newly bereaved and where a need is known. Once a year we endeavour to run a grief workshop.There are no subscriptions. The newsletter and workshops are free to bereaved families. No commitment is expected from bereaved families to attend workshops, bi-monthly gatherings or receive newslettersTHE AREA ENCOMPASSED BY CENTRAL OTAGO COMPASSIONATE FRIENDS The Teviot Valley – The Maniototo – Queenstown – Wanaka – Cromwell – Alexandra All the areas in between and surrounding the above places</t>
+  </si>
+  <si>
+    <t>Pauline Trotter</t>
+  </si>
+  <si>
+    <t>centralotagocf@gmail.com</t>
+  </si>
+  <si>
+    <t>http://compassionatefriends.org.nz/contact.html</t>
+  </si>
+  <si>
+    <t>027 396 0611</t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Stop Smoking NZ</t>
+  </si>
+  <si>
+    <t>There are Stop Smoking Service providers located throughout New Zealand, and they can help you on your quit journey. Your local service will be able to work with you to create your quit plan, with free and flexible support and free Nicotine Replacement Therapy (NRT).</t>
+  </si>
+  <si>
+    <t>admin@stopsmoking.nz</t>
+  </si>
+  <si>
+    <t>https://www.smokefree.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 925 242</t>
+  </si>
+  <si>
+    <t>Southern Support Eating Disorders (SSED) Service</t>
+  </si>
+  <si>
+    <t>The SSED Service in the community and primary health sector is a free service that provides early identification, assessment, treatment and referral for people with symptoms and / or behaviours consistent with an eating disorder. The service also provides advice for families/whanau to access support networks. Education, training and information for a range of professionals, about eating disorders is a key focus. </t>
+  </si>
+  <si>
+    <t>Trudy Dent</t>
+  </si>
+  <si>
+    <t>southernsupport@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>03 476 2092</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Babysits</t>
+  </si>
+  <si>
+    <t>Babysits is a website that creates a community of babysitters and parents searching for child care services. There are over 10,000 people actively using the Babysits platform in New Zealand. It is very intuitive to use and is a transparent way to help connect babysitters and parents in need. Babysits' mission is to empower communities around childcare.</t>
+  </si>
+  <si>
+    <t>http://www.babysits.nz</t>
+  </si>
+  <si>
+    <t>NZ Immigration Service</t>
+  </si>
+  <si>
+    <t>We work with international organisations and industry partners to improve border security and make immigration easier. We lead government strategy designed to help migrants settle in New Zealand.Freephone (within New Zealand) 0508 55 88 55 Opening hours: 6:00am Monday to midnight on Saturday (NZ local time).</t>
+  </si>
+  <si>
+    <t>http://www.immigration.govt.nz</t>
+  </si>
+  <si>
+    <t>0508 558 855</t>
+  </si>
+  <si>
+    <t>Auckland Central 1010</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Queenstown and District Historical Society</t>
+  </si>
+  <si>
+    <t>The Historical Society was formed in 1965 in order to protect, celebrate and promote the history of the Wakatipu area. We organise meetings and activities for members and the public; publish a bi-annual magazine which is searchable on our website; have an app of historic sites; support the publication of local history; monitor development in the district to ensure history is protected; and collaborate with other organisations in promoting local history.</t>
+  </si>
+  <si>
+    <t>Marion Borrell (Chairperson)</t>
+  </si>
+  <si>
+    <t>marionborrell@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownhistoricalsociety.org.nz</t>
+  </si>
+  <si>
+    <t>P O Box 132, Queenstown</t>
+  </si>
+  <si>
+    <t>Shotover Four Wheel Drive Club</t>
+  </si>
+  <si>
+    <t>The Shotover 4WD Club is based in Queenstown, the home of New Zealand’s most spectacular scenery. We generally hold a couple of runs each month. Our trips can vary from easy family-friendly runs over gentle back country roads to tougher off road trips for more experienced drivers.If you are new to the Queenstown region, the Shotover 4WD Club is a great way to meet new friends and explore the amazing back country in our area. We have a variety of places to go in the wider Otago area; we even do runs in the West Coast and Southland areas.</t>
+  </si>
+  <si>
+    <t>Jake Gregory (President)</t>
+  </si>
+  <si>
+    <t>jimnyjake@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.shotover4wdclub.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 1116</t>
+  </si>
+  <si>
+    <t>Shotover 4WD Club, PO Box 1503, Queenstown</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Idea (Intellectual Disability Empowerment in Action)</t>
+  </si>
+  <si>
+    <t>Welcome to IHC New Zealand. IHC will advocate for the rights, inclusion and welfare of all people with intellectual disabilities and support them to live satisfying lives in the community.IHC, through IDEA Services, supports adults of all ages with intellectual disabilities to live in their own homes and be part of their local communities.</t>
+  </si>
+  <si>
+    <t>southern@idea.org.nz</t>
+  </si>
+  <si>
+    <t>https://ihc.org.nz/</t>
+  </si>
+  <si>
+    <t>03 341 9299</t>
+  </si>
+  <si>
+    <t>PO Box 27202, Christchurch 8640</t>
+  </si>
+  <si>
+    <t>ACC</t>
+  </si>
+  <si>
+    <t>We help prevent injuries and get New Zealanders and visitors back to everyday life if they’ve had an accident.We touch the lives of a large number of New Zealanders. The health, rehabilitation and service providers who help people who are injured, the businesses, vehicle owners and workers who contribute to the Scheme, and any New Zealander or visitor to New Zealand who's injured in an accident.</t>
+  </si>
+  <si>
+    <t>information@acc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.acc.co.nz/ </t>
+  </si>
+  <si>
+    <t>04 816 7400</t>
+  </si>
+  <si>
+    <t>PO Box 242, Wellington 6140</t>
+  </si>
+  <si>
+    <t>Queenstown Wedding Association</t>
+  </si>
+  <si>
+    <t>The Queenstown Wedding Association (QWA) is a non-profit association with the goal of providing Queenstown wedding suppliers with a collective voice to promote Queenstown as a premier wedding destination both locally and internationally. Along with the various marketing initiatives, the QWA will focus bringing together the wide array of wedding suppliers for networking and professional events throughout the year.</t>
+  </si>
+  <si>
+    <t>Tracey Maclaren - President</t>
+  </si>
+  <si>
+    <t>info@queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>http://www.queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>Mountain Scene</t>
+  </si>
+  <si>
+    <t>Mountain Scene is an independent locally owned newspaper established in Queenstown in 1972. Mountain Scene has created its own unique identity and style and made a reputation that sees it continually dominating the fiercely competitive Queenstown media ‘battleground’. Mountain Scene is the number one broker of mass attention in the Wakatipu and is recognised as Queenstown’s most powerful media vehicle by readers, advertisers and independent research – with a 90% plus readership of 15+ Wakatipu residents.</t>
+  </si>
+  <si>
+    <t>classified@scene.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.scene.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7000</t>
+  </si>
+  <si>
+    <t>PO Box 299, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Human Rights Commission</t>
+  </si>
+  <si>
+    <t>The Human Rights Commission was set up in 1977 and works under the Human Rights Act 1993. Our purpose is to promote and protect the human rights of all people in Aotearoa New Zealand. We work for a free, fair, safe and just New Zealand, where diversity is valued and human dignity and rights are respected.The Human Rights Commission works across Aotearoa New Zealand to increase human rights standards in law, policy and practice. We provide communities with education and tools to protect and promote their human rights, and deliver human rights programmes to government departments, Crown entities and kiwi organisations. Language Line, an interpreting service, is available. An appointment with a sign language interpreter is available.If you have a hearing or speech impairment, you can contact the Commission using the New Zealand Relay Service. NZ Relay is a telecommunications service and all calls are confidential. www.nzrelay.co.nz</t>
+  </si>
+  <si>
+    <t>infoline@hrc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.hrc.co.nz</t>
+  </si>
+  <si>
+    <t>0800 496 877</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Mary Ferguson</t>
+  </si>
+  <si>
+    <t>Psychotherapist/CounsellorI am a Registered Psychotherapist with both an adult and a specialised child, adolescent &amp;amp; family scope of practice. This is because I have a Postgraduate qualification in Child &amp;amp; Adolescent Psychotherapy.I work across the Central Lakes region consulting in Queenstown, Cromwell and Wanaka. When I meet with a new client it is important to start our work by establishing a warm and supportive relationship. By reaching an understanding of your concerns and difficulties it means that your goals and a treatment plan can be established.</t>
+  </si>
+  <si>
+    <t>maryferguson3@gmail.com</t>
+  </si>
+  <si>
+    <t>http://mary-ferguson.co.nz/</t>
+  </si>
+  <si>
+    <t>0275 044 730</t>
+  </si>
+  <si>
+    <t>P O Box 1628, Queenstown</t>
+  </si>
+  <si>
+    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
+  </si>
+  <si>
+    <t>The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/branches/central-otago-lakes</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Alzheimers Society Otago, Queenstown</t>
+  </si>
+  <si>
+    <t>Affiliated to Alzheimers New Zealand Inc, Alzheimers Otago is an autonomous society operating from three offices across Otago. Our primary role is to support people with dementia and the family, friends, neighbours and communities who care for them.We do this by providing information, support, advice, carer support groups, home visits by qualified staff, education, a shoulder to lean on and a companion on this, at times, long and difficult journey. Queenstown Office days: Tuesday, Wednesday, ThursdayHours: 9am - 4pm</t>
+  </si>
+  <si>
+    <t>queenstown@alzheimersotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/otago</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(03) 441 4955 or 027 441 4960 </t>
+  </si>
+  <si>
+    <t>Parkinsons New Zealand, Otago</t>
+  </si>
+  <si>
+    <t>Founded in 1983, The Parkinson's New Zealand Charitable Trust (Parkinson’s New Zealand) is a community based, non-profit organisation, registered with the Charities Commission and reliant on funding from grants, bequests and donations.We also provide information and educational services to non-members, health professionals and the general public. We work closely with other neurological organisations, and in some less populated areas, Parkinson's Community Educator Services are supplied by the Multiple Sclerosis Society.</t>
+  </si>
+  <si>
+    <t>Paula Ryan</t>
+  </si>
+  <si>
+    <t>paula.ryan@parkinsons.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parkinsons.org.nz/</t>
+  </si>
+  <si>
+    <t>Phone: 03 262 7040 or 027 221 5353</t>
+  </si>
+  <si>
+    <t>Arrowtown Kids Circus</t>
+  </si>
+  <si>
+    <t>Circus class for anyone over 6years. A fun class of Trapeze, Aerial Fabric, Rope, Tumbling, Juggling and Hoops. Arrowtown Primary School Hall Thursdays 5.30pm Sundays 4pm   Ask about adult training!</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://Www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>022 017 2046</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art Club</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art club is for people who enjoy floral art and who live within the Central Otago region of New Zealand.We meet at a number of places - Cromwell, Wanaka, Queenstown</t>
+  </si>
+  <si>
+    <t>pmcgeorge@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fasnz.org.nz/</t>
+  </si>
+  <si>
+    <t>0272766461</t>
+  </si>
+  <si>
+    <t>Comcol - Community Colleges New Zealand</t>
+  </si>
+  <si>
+    <t>Community Colleges NZ is a charitable training establishment with six colleges South Island-wide. We have over 30 years' experience providing quality, hands-on learning and currently offer practical training to people 16+ years of age. Through our practical training courses you'll gain NZQA unit standards and have the opportunity to work towards NCEA and a recognised New Zealand qualification.</t>
+  </si>
+  <si>
+    <t>Jodie Mitchell</t>
+  </si>
+  <si>
+    <t>info.dn@comcol.ac.nz</t>
+  </si>
+  <si>
+    <t>http://comcol.ac.nz/colleges/comcol-dunedin-0800-887-005/</t>
+  </si>
+  <si>
+    <t>(03) 477 7790</t>
+  </si>
+  <si>
+    <t>PO Box 715, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview Club</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview club {formerly Probus} is a group of retirees that meet monthly to exchange ideas and listen to guest speakers on a wide variety of subjects. We meet at 10AM on the 3rd Monday of each month at the Wanaka Community Hub. </t>
+  </si>
+  <si>
+    <t>davidleslie2102@gmail.com</t>
+  </si>
+  <si>
+    <t>03 443 9262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka </t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Wanaka Police Station open hours: 9.00am - 5.00pm Mon - Fri 10.00am - 6.00pm Sat and Sun.</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 18, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services Ltd (COHSL) is the community owned, not-for-profit company which is responsible for providing health services out of Dunstan Hospital.Our mission is to provide an integrated health service that is client/patient focused, clinically competent, efficiently delivered, well co-ordinated, culturally appropriate and meets the changing needs of the COHSL service areas.</t>
+  </si>
+  <si>
+    <t>https://www.cohsl.co.nz/</t>
+  </si>
+  <si>
+    <t>03 440 4300</t>
+  </si>
+  <si>
+    <t>PO Box 30, Clyde 9341</t>
+  </si>
+  <si>
+    <t>Clyde</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromwell College </t>
+  </si>
+  <si>
+    <t>We are proud of the quality education and the many opportunities that we provide for our students and we know that this prepares them well for life beyond school. We pride ourselves on our dedicated staff, excellent facilities, friendly students, and engaging programmes set amongst the stunning landscapes of Central Otago.Cromwell College is a secondary school with a difference. Since 1995 over 300 students have enjoyed our highly regarded and popular Outdoor Pursuits Academy. This academy enables students from around New Zealand and overseas to experience life in Central Otago for their final years of secondary schooling.</t>
+  </si>
+  <si>
+    <t>admin@cromwell.school.nz</t>
+  </si>
+  <si>
+    <t>http://cromwell.school.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 1121</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation is a free parenting course that’s available all year around New Zealand. At the course, you’ll get practical advice to help you understand and manage the needs of your children following separation.The Parenting Through Separation course can also help grandparents and other family and whānau members who may be involved in caring for your children.</t>
+  </si>
+  <si>
+    <t>https://www.justice.govt.nz/family/care-of-children/resolving-parentings-disagreements/parenting-through-separation/</t>
+  </si>
+  <si>
+    <t>03 466 4600</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Ashburn Psychiatric Health Care</t>
+  </si>
+  <si>
+    <t>Ashburn Clinic is a not-for-profit rehabilitation clinic and therapeutic community in Dunedin, offering a professional and supportive environment for diagnosis, treatment and recovery from mental illness and addictions.</t>
+  </si>
+  <si>
+    <t>ashburn@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ashburn.co.nz/</t>
+  </si>
+  <si>
+    <t>Private Bag 1916, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9010 </t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa is a national organisation representing the voice of Deaf people, and the national service provider for Deaf people in New Zealand. Deaf Aotearoa also works closely with Deaf communities, government agencies and other organisations to increase awareness, promote New Zealand Sign Language and strengthen the rights of Deaf people.Deaf Aotearoa delivers flexible and responsive services which accomodates the Deaf community’s needs. We provide knowledge, information, resources and skills. With these, Deaf people are able to independently manage events in their own lives.</t>
+  </si>
+  <si>
+    <t>national@deaf.org.nz</t>
+  </si>
+  <si>
+    <t>http://deaf.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 33 23 22</t>
+  </si>
+  <si>
+    <t>Dunedin Central, 9016</t>
+  </si>
+  <si>
+    <t>Victim Support</t>
+  </si>
+  <si>
+    <t>Victim Support is an independent incorporated society that provides a free 24 / 7 community response to help victims of serious crime and trauma. Volunteers are at the heart of our service.Our free service provides emotional and practical support, information, referral to other support services and advocacy for the rights of victims. This support helps victims find strength, hope and safety in the face of grief and trauma at what may be the worst time of their life.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>0800 842 846</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Community Law Centre</t>
+  </si>
+  <si>
+    <t>We offer free legal advice and information, representation and education to the people of Otago. Free legal advice clinics are held on the 1st Thursday of each month in Queenstown and Wanaka.Please make an appointment first. QUEENSTOWN (9:30am to 11:30am): Happiness House, phone: 03 442 6531, location: 4 Park Street, Queenstown.WANAKA (11:00am to 1:00pm): Community Networks, phone: 03 443 7799 or email info@communitynetworks.co.nz, location: 34 McDougall St, Wanaka.Or you can contact the main Community Law office on 0800 169 333.</t>
+  </si>
+  <si>
+    <t>reception@dclc.org.nz</t>
+  </si>
+  <si>
+    <t>http://communitylaw.org.nz/centre/otago/</t>
+  </si>
+  <si>
+    <t>0800 169 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justice of the Peace Services </t>
+  </si>
+  <si>
+    <t>QueenstownFriday 12:30pm to 1:30pmCitizens Advice Bureau, 44 Stanley Street, QueenstownPh: 03 442 6799Email: queenstown@cab.org.nzWanakaTuesday 10:30am - 12:00pmThursday 2:00 - 3:30pmBy appointment Community Link Upper Clutha, Wanaka Community Hub, 34 McDougall St, WanakaPh: 03-443 7799, email: info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://justiceofthepeace.org.nz/</t>
+  </si>
+  <si>
+    <t>Shotover Primary School</t>
+  </si>
+  <si>
+    <t>Welcome to Shotover Primary School in Queenstown, which caters for children from new entrants to year 8. We opened our doors for the very first time in 2015. Since then, we've added more teaching and learning spaces, a community hall with a music studio and technology and science room, and playgrounds. There's more to come as our community grows around us.</t>
+  </si>
+  <si>
+    <t>office@shotover.school.nz</t>
+  </si>
+  <si>
+    <t>https://www.shotover.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 409 0005</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Uruuruwhenua - Health service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruuruwhenua Health is focused on Māori health but is open to all members of the Central Otago community. Our key objective is to ensure existing health professionals and social services/agencies are coordinated and that Māori are assisted to better utilise the services that are available.We assist whānau in working towards healthier lifestyles, promoting and understanding of the Whare Tapa Wha Health model in terms of tinana (physical wellbeing), wairua (spiritual wellbeing), hinengaro (mental wellbeing) and whānau (family wellbeing).Our focus is on Whānau Ora health promotion, prevention and resources. Individual and whānau health plans Shearing Hauora clinics Maara Kai Drug and alcohol Mental health Auahi Kore support services. </t>
+  </si>
+  <si>
+    <t>info@uruuruwhenuahealth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/uruuruwhenua-health-community-health-services/</t>
+  </si>
+  <si>
+    <t>0272021515</t>
+  </si>
+  <si>
+    <t>PO Box 500, Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs is a free, easy-to-use Job Search site for New Zealand. With new jobs added daily, our site specialises in bringing employers and jobseekers together in fast and efficient way. Best of all, it&amp;rsquo;s free!  As an NZ employment website, we have set out to achieve these three main goals for our community:  Become New Zealand&amp;rsquo;s easiest, fastest and most effective platform for employers and jobseekers to be connected  Assist those who plan to move to New Zealand with finding their ideal job, such as the ability to post your resume / CV for free  Provide useful and informative employment advice and tips for Employers seeking new staff and Jobseekers searching for how to get a job in New Zealand</t>
+  </si>
+  <si>
+    <t>http://www.queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>0800 QT JOBS</t>
+  </si>
+  <si>
+    <t>admin@queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate</t>
+  </si>
+  <si>
+    <t>Public Health Nurse</t>
+  </si>
+  <si>
+    <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
+  </si>
+  <si>
+    <t>publichealthnursing@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>03 450 9156</t>
+  </si>
+  <si>
+    <t>PO Box 2180 Frankton Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Town Centre Queenstown</t>
+  </si>
+  <si>
+    <t>Mediaworks</t>
+  </si>
+  <si>
+    <t>MediaWorks is New Zealand's largest independent broadcaster, and reaches more than 4 million Kiwis through its TV, Radio and Digital platforms. The company is owned by Oaktree Capital and governed by a Board of Directors; Jack Matthews (Chairman) and Jonas Mitzschke. MediaWorks is led by Michael Anderson, CEO.Through our loved and trusted news and entertainment brands, including Three, More FM, The Edge and RadioLive, The Rock and The Breeze, MediaWorks connects with 97% of all New Zealanders. With this comes responsibility, and ours is to make a positive difference in our communities. Over the years, MediaWorks has been proud to support hundreds of charities. We've shed light on many important issues, engaging with millions of New Zealanders to raise awareness. And, with the public’s support, we’ve helped to raise millions of dollars for charities too.</t>
+  </si>
+  <si>
+    <t>corporate@mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 901 0810</t>
+  </si>
+  <si>
+    <t>PO Box 224, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Asthma Society</t>
+  </si>
+  <si>
+    <t>The Asthma and Respiratory Foundation NZ is New Zealand’s not-for-profit sector authority on all respiratory conditions including asthma, bronchiectasis, childhood bronchiolitis, childhood pneumonia, chronic obstructive pulmonary disease (COPD), lung cancer and obstructive sleep apnoea.</t>
+  </si>
+  <si>
+    <t>otagoasthma@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.asthmafoundation.org.nz/</t>
+  </si>
+  <si>
+    <t>03 471 6167 or 027 471 6162 (after hours)</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>Upper Clutha Lions Club of Wanaka</t>
+  </si>
+  <si>
+    <t>Meet 2nd Wednesday of each month at Prince Albert Tavern Café, Albert TownMeet &amp;amp; Greet 6.30pm</t>
+  </si>
+  <si>
+    <t>SECRETARY- Lorraine Knowles</t>
+  </si>
+  <si>
+    <t>knowles_lorraine@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://e-clubhouse.org/sites/wanakauc/</t>
+  </si>
+  <si>
+    <t>027 4737 813</t>
+  </si>
+  <si>
+    <t>P.O. Box 255, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>New Zealand Red Cross</t>
+  </si>
+  <si>
+    <t>The New Zealand Red Cross has a Disaster Welfare and Support Team (DWST) in Queenstown-Lakes who can respond to the welfare needs of the community in earthquakes, floods and other disasters. We also work to connect and strengthen local communities, teach first aid, offer psychosocial support and promote disaster preparedness.</t>
+  </si>
+  <si>
+    <t>Otago Area</t>
+  </si>
+  <si>
+    <t>otago@redcross.org.nz</t>
+  </si>
+  <si>
+    <t>0800 733 27677</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>Education Angels In Home Childcare</t>
+  </si>
+  <si>
+    <t>Education Angels provide licensed in-home care &amp;amp; education for pre-school children throughout the region. We provide a range of childcare options to suit each family- In home educators or a nanny or au pair in your own home. In addition, generous non-means tested subsidies are available to each family that enrols with our service based on the hours of care.</t>
+  </si>
+  <si>
+    <t>Leah Orman</t>
+  </si>
+  <si>
+    <t>https://www.educationangels.co.nz/contact-us/</t>
+  </si>
+  <si>
+    <t>027 467 3636</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
     <t>Head Injury Society of Southland</t>
   </si>
   <si>
     <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
   </si>
   <si>
     <t>Miranda Kennedy</t>
   </si>
   <si>
     <t>his-sth@xtra.co.nz</t>
   </si>
   <si>
     <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
   </si>
   <si>
     <t>(03) 214 4154</t>
   </si>
   <si>
-    <t>Invercargill</t>
-[...83 lines deleted...]
-    <t>http://www.babysits.nz</t>
+    <t>Occupational Therapist</t>
+  </si>
+  <si>
+    <t>Assessment and provision of Early intervention in mental health; anxiety, depression and life coaching.  &amp;#61623; Supportive counsellor- Training in ACT and CPT  &amp;#61623; Reactivation into meaningful activity after illness/injury or grief.  &amp;#61623; Assessment, strategies and education to assist with sleep issues/disorders</t>
+  </si>
+  <si>
+    <t>Rachael Bentley</t>
+  </si>
+  <si>
+    <t>Thesleepsolutionsclinic@gmail.com</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/wp-content/uploads/2017/11/Counselling-Mental-Health-Services-in-the-Upper-Clutha-3.pdf</t>
+  </si>
+  <si>
+    <t>0212508628</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Southern REAP (Wakatipu)</t>
+  </si>
+  <si>
+    <t>Our professional vision is to enrich our communities through innovative programmes.REAP fills gaps in mainstream education service provision by providing integrated and educational initiatives across Early Childhood, Schools and the Adult Education sectors.</t>
+  </si>
+  <si>
+    <t>enquiries@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz</t>
+  </si>
+  <si>
+    <t>03  236 6008</t>
+  </si>
+  <si>
+    <t>PO Box 9 WINTON 9741</t>
+  </si>
+  <si>
+    <t>PSA Otago</t>
+  </si>
+  <si>
+    <t>The PSA – the Public Service Association Te Pūkenga Here Tikanga Mahi –is New Zealand's largest union, representing more than 63,000 workers in central government, state-owned enterprises, local councils, health boards and community groups.We champion members’ interests with a strong effective voice. We stand together, supporting and empowering members, individually and collectively. We encourage participation from members. We aim to be transparent, accessible and inclusive in the way we work</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psa.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.psa.org.nz/</t>
+  </si>
+  <si>
+    <t>0508 367 772.</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Otago Community Hospice</t>
+  </si>
+  <si>
+    <t>We provide a wide range of services for people who are approaching the end of their life and whose palliative care needs are beyond the level that are able to be supported by their local services e.g. GP and District Nurses alone. We also provide care and support for the patient’s loved ones.</t>
+  </si>
+  <si>
+    <t>contact@otagohospice.co.nz</t>
+  </si>
+  <si>
+    <t>https://otagohospice.co.nz/</t>
+  </si>
+  <si>
+    <t>03 473 6005 or 0800 473 6005</t>
+  </si>
+  <si>
+    <t>Dunedin 9010</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust</t>
+  </si>
+  <si>
+    <t>Our purpose is to provide free and independent advocacy services for ACC claimants who cannot afford the hire the services of a lawyer. Everyone is welcome. (Please note The Trust is not a vehicle for lobbying Government).</t>
+  </si>
+  <si>
+    <t>southaccadv@gmail.com</t>
+  </si>
+  <si>
+    <t>http://accadvocacy.info/index.html</t>
+  </si>
+  <si>
+    <t>03-2188194</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust PO Box 1735</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club is a non-profit organisation, and is affiliated with Dogs NZ (New Zealand Kennel Club).Come and join us for agility whether for fun or competing. We offer weekly training sessions, at the Lake Hayes Showgrounds, with our club trainers and the opportunity to train with visiting trainers.</t>
+  </si>
+  <si>
+    <t>Diana Scott</t>
+  </si>
+  <si>
+    <t>QDAC2020@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.qdac.org.nz/</t>
+  </si>
+  <si>
+    <t>PO BOX 1307, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club</t>
+  </si>
+  <si>
+    <t>Tramping (hiking), cycling, and other activities, for casual day trippers to serious explorers.  Based in Queenstown, Arrowtown, Frankton, and around the Wakatipu Basin.  Meet up:  At the club monthly meeting.     Date: The first Tuesday of the month     Time: 7:30pm.     Location: St Margaret's Presbyterian Church, Ross Street, Frankton.</t>
+  </si>
+  <si>
+    <t>President: Sally Stockdale</t>
+  </si>
+  <si>
+    <t>wakatipu.tramper@gmail.com</t>
+  </si>
+  <si>
+    <t>021 132 6631</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club, PO Box 137, Queenstown</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Disabilities Resource Centre</t>
+  </si>
+  <si>
+    <t>We came from small beginnings in 1992. Over the following years we provided needs assessment and service co-ordination services and home support services. We also provided the best, most cost effective, equipment and daily living products through our equipment shop. A strong dedicated team of staff ensured that people who came to us for information, resources and support gained the outcomes they desired.We will continue to grow in response to the needs of our communities in Southland, including Gore, Te Anau, Queenstown, Stewart Island and all other localities in our beautiful province.</t>
+  </si>
+  <si>
+    <t>info@drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 5000 or 0800 100 531</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>Well South Primary Health Organisation</t>
+  </si>
+  <si>
+    <t>PHOs are organisations that plan, coordinate and fund primary health care. They are responsible for the health needs of their local communities. PHOs mainly involve health and medical centres and are increasingly involving other health care providers such as physiotherapists, podiatrists, pharmacists, dentists and other groups.Facebook: https://www.facebook.com/WellSouth-Community-212865212217494/?fref=ts</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 1163 </t>
+  </si>
+  <si>
+    <t>P O Box 218, Dunedin, 9054</t>
+  </si>
+  <si>
+    <t>Oral Health Services</t>
+  </si>
+  <si>
+    <t>The Community Oral Health service has a strong emphasis on prevention of tooth decay and providing parents with advice to support their children's good oral health, at the time of their child's appointment.Free basic dental care is available at Community Oral Health clinics and mobile dental units throughout the Southern District.</t>
+  </si>
+  <si>
+    <t>oralhealth@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz/pages/community-oral-health-service/</t>
+  </si>
+  <si>
+    <t>National Heart Foundation</t>
+  </si>
+  <si>
+    <t>Our mission: to STOP New Zealanders dying prematurely of heart disease and HELP people with heart disease to live full and productive lives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedinoffice@heartfoundation.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.heartfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 4773999</t>
+  </si>
+  <si>
+    <t>PO Box 6179 Dunedin 9059</t>
+  </si>
+  <si>
+    <t>Dunedin Central 9016</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Methodist Mission</t>
+  </si>
+  <si>
+    <t>The Mission has been standing up for social justice in Otago since 1890. Our clients lead everything we do and their voice is paramount. They bring the resources for the work and set the targets that we work towards. Our job is to keep them on track, help them develop new resources, and provide a hand up when they stumble. To do this we use high levels of skill, rigour, and specialist tools, while paying attention and learning from what we discover.</t>
+  </si>
+  <si>
+    <t>admin@mmsouth.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2391, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Sport Central</t>
+  </si>
+  <si>
+    <t>Sport Central is a partnership between Sport Otago, Sport Southland, the Central Otago District Council, and the Queenstown Lakes District Council.  The programme, which commenced in 2002, is designed to address the specific sport and recreation issues facing the Central Otago community.  We are grateful for the support of the Community Trust of Otago and the Central Lakes Trust for supporting Sport Central.</t>
+  </si>
+  <si>
+    <t>sporto@sportotago.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.sportotago.co.nz/index.php/sport-central</t>
+  </si>
+  <si>
+    <t>03 474 6350</t>
+  </si>
+  <si>
+    <t>PO Box 969, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016  </t>
+  </si>
+  <si>
+    <t>Southern Lakes Deerstalkers Association</t>
+  </si>
+  <si>
+    <t>Formed in 1937, the New Zealand Deerstalkers’ Association is New Zealand’s recognised National body representing and speaking for hunter generally. The fundamental aim of the association is to ensure that the organisation and management of recreational hunting in New Zealand is carried out by hunters.Our Mission Statement is:“to retain, enhance and create opportunities for the enjoyment of legitimate recreational hunting and the sport of shooting, for the members of the Association”</t>
+  </si>
+  <si>
+    <t>info@southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>021 942 328</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust was established to grant funds for community charitable purposes. ​The Trust plays a pivotal role in producing sustainable outcomes that enrich lives, enhance assets, and build resilient communities.​The Trust assists many community projects and services, but all must meet charitable criteria. ​For a purpose to be charitable, it must relate to one of the following four funding principles:The relief of povertyAdvancement of educationAdvancement of religionAny other purpose beneficial to the community</t>
+  </si>
+  <si>
+    <t>info@clt.net.nz</t>
+  </si>
+  <si>
+    <t>https://www.clt.net.nz/</t>
+  </si>
+  <si>
+    <t>03 445 9958</t>
+  </si>
+  <si>
+    <t>PO Box 138, Cromwell</t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Remarkables Park</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children. Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning.</t>
+  </si>
+  <si>
+    <t>info@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/remarkables-park</t>
+  </si>
+  <si>
+    <t>03 409 0404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wills Acting Workshops </t>
+  </si>
+  <si>
+    <t>Wills Acting Workshops - Offering fun and interactive drama workshops, acting training, accent coaching, audition techniques, stage combat and more...   Hi everyone, want to give Acting &amp;amp; Stage Combat a go? With all the filming that goes on across the country and the many talent agencies out there, why not come along and give the New Acting &amp;amp; Stage Combat workshops ago! The workshops and classes are tailored to all ages and abilities, the workshops are all interactive, fun, energetic and great for building confidence.   If interested please contact us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Will James </t>
+  </si>
+  <si>
+    <t>Williamjames23@googlemail.com</t>
+  </si>
+  <si>
+    <t>http://www.willsactingworkshops.weebly.com</t>
+  </si>
+  <si>
+    <t>0224189320</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Upper Clutha Rugby Football Club</t>
+  </si>
+  <si>
+    <t>Our Mission"To promote and govern rugby union in the Upper Clutha through maintaining stable structures for the game that enable its successful development at all levels for the benefit of all its participants’- with a focus on "country rugby philosophies and culture"."​</t>
+  </si>
+  <si>
+    <t>Club Captain - Nathan Simon</t>
+  </si>
+  <si>
+    <t>njbsimon@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/upperclutharugby</t>
+  </si>
+  <si>
+    <t>021632244</t>
+  </si>
+  <si>
+    <t>PO Box 209, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Hawea Kindergarten</t>
+  </si>
+  <si>
+    <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
+  </si>
+  <si>
+    <t>hawea@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/hawea</t>
+  </si>
+  <si>
+    <t>(03) 443 6192</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa is a uniquely Māori learning environment for everyone. We're not a university or a polytech. We're a wānanga. And that's just a little bit different.No matter who you are, if you're a New Zealand Citizen or resident living in NZ, we have amazing study possibilities for you.If you want to learn in an environment that’s been designed for your success and you don’t want to go far from home to do it, this is the place for you. For over 30 years we’ve been delivering recognised qualifications to meet the needs of school leavers, business professionals, empty-nest mums and dads, indigenous academics and kaumātua.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TeKeiMarketing@twoa.ac.nz </t>
+  </si>
+  <si>
+    <t>https://www.twoa.ac.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 355 553 </t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Kiwi Haka</t>
+  </si>
+  <si>
+    <t>Norm</t>
+  </si>
+  <si>
+    <t>kiwihaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 0101 or 0274 200 165</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
   </si>
   <si>
     <t xml:space="preserve">Queenstown &amp; Southern Lakes Pipe Band </t>
   </si>
   <si>
     <t>Pipe lessons at Qpact</t>
   </si>
   <si>
     <t xml:space="preserve">Contact person - Pipe Major John Teviotdale </t>
   </si>
   <si>
     <t>jennifer.ian@xtra.co.nz</t>
   </si>
   <si>
     <t>https://www.facebook.com/groups/696232607241890</t>
   </si>
   <si>
     <t>027 4370831</t>
   </si>
   <si>
-    <t xml:space="preserve">Alcohol Drug Helpline </t>
-[...11 lines deleted...]
-    <t>0800 787 797</t>
+    <t>Remarkables Orienteering Club</t>
+  </si>
+  <si>
+    <t>We are an orienteering club based in Queenstown, New Zealand with maps around the region.From absolute beginners to world champions, we support anyone wanting to get started in the sport of orienteering or make it on the world stage.For further information and upcoming events visit our webpage www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>remarkables.orienteering@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Special Education Service - Ministry of Education</t>
+  </si>
+  <si>
+    <t>Learning support refers to the additional support some children and young people need to engage and achieve in education. The Learning Support service delivery model is about improving the education system for children and students who need additional learning support. The Inclusive Education website has teaching strategies for supporting children and students with learning support needs. Learning support is available in your local early childhood centre or school. It is provided to support students, educators families and whānau in a range of different ways.</t>
+  </si>
+  <si>
+    <t>Julie Anderson</t>
+  </si>
+  <si>
+    <t>learning.supportmailbox@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/school/student-support/special-education/</t>
+  </si>
+  <si>
+    <t>0800 622 222</t>
+  </si>
+  <si>
+    <t>PO Box 142 Cromwell 9342</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Wakatipu Kindergarten</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>wakatipu@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/wakatipu</t>
+  </si>
+  <si>
+    <t>03 442 6236</t>
+  </si>
+  <si>
+    <t>PO Box 633, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Ministry of Education</t>
+  </si>
+  <si>
+    <t>We shape an education system that delivers equitable and excellent outcomes.Our Vision - Every New Zealander:•Is strong in their national and cultural identity•Aspires for themselves and their children to achieve more•Has the choice and opportunity to be the best they can be•Is an active participant and citizen in creating a strong civil society•Is productive, valued and competitive in the world.New Zealand and New Zealanders lead globally.</t>
+  </si>
+  <si>
+    <t>enquiries.dunedin@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/ministry-of-education/regional-ministry-contacts/</t>
+  </si>
+  <si>
+    <t>03 445 3750</t>
+  </si>
+  <si>
+    <t>Boomerang Bags Queenstown</t>
+  </si>
+  <si>
+    <t>Boomerang Bags works to reduce the use of plastic bags by engaging local communities in the making of Boomerang Bags community made using recycled materials, Boomerang Bags provide a free, fun, sustainable alternative to plastic bags.  By getting involved with Boomerang Bags, you are participating in a national movement that celebrates a local grassroots initiative, community building and sustainability.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia Todd &amp; Fiona Davies </t>
+  </si>
+  <si>
+    <t xml:space="preserve">drifton_4@hotmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/975159672613924/</t>
+  </si>
+  <si>
+    <t>0210650829</t>
+  </si>
+  <si>
+    <t>Wakatipu Woodcraft Guild</t>
+  </si>
+  <si>
+    <t>Meetings Second Monday of month 7.30pm at a members workshop Please contact for details.</t>
+  </si>
+  <si>
+    <t>President: Geoffrey Walker</t>
+  </si>
+  <si>
+    <t>beckyparisbda@gmail.com</t>
+  </si>
+  <si>
+    <t>http://naw.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (03) 441 2103</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Queenstown Photography Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
+  </si>
+  <si>
+    <t>President – Suzy Walker</t>
+  </si>
+  <si>
+    <t>queenstownphotoclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstownphotographyclub.wordpress.com</t>
+  </si>
+  <si>
+    <t>Lakes District Hospital</t>
+  </si>
+  <si>
+    <t>For all emergencies dial 111 from any New Zealand landline or mobile phone.</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0015</t>
+  </si>
+  <si>
+    <t>20 Douglas Street, Frankton</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Oranga Tamariki Ministry for Children</t>
+  </si>
+  <si>
+    <t>We are dedicated to supporting any child in New Zealand whose wellbeing is at significant risk of harm now, or in the future. We also work with young people who may have offended, or are likely to offend.Our belief is that in the right environment, with the right people surrounding and nurturing them, any child can, and should flourish.Lines open 24/7. From 5pm – 8 am Monday to Friday, weekends and public holidays, social workers will only assess emergency situations. But we encourage you to call if you're unsure.</t>
+  </si>
+  <si>
+    <t>enquiry@ot.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.orangatamariki.govt.nz/</t>
+  </si>
+  <si>
+    <t>0508 326 459</t>
+  </si>
+  <si>
+    <t>P O Box 240 Alexandra</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t>Southern District Health Board</t>
+  </si>
+  <si>
+    <t>Southern District Health Board (Southern DHB) exists to support everyone across our district to live well, and access the right care when they need it, by delivering high quality, patient-centred and equitable health services to our diverse communities.We are responsible for planning, funding and providing health and disability services to a population of over 315,000 located South of the Waitaki River. Our catchment area encompasses Invercargill City, Queenstown - Lakes District, Gore, rural Southland, Clutha, Central Otago, Maniototo, Waitaki District and Dunedin City. This means Southern DHB serves the largest geographic region of all New Zealand's health boards.</t>
+  </si>
+  <si>
+    <t>http://www.southernhealth.nz</t>
+  </si>
+  <si>
+    <t>03 474 0999</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland offers support, education and information to anyone wanting to know more about dementia. We provide this service by offering educational talks, information sessions, support groups and home visits to clients.In Queenstown / Arrowtown every 4-6 weeks.To find out more about Alzheimers Southland services please get in touch.</t>
+  </si>
+  <si>
+    <t>alzheimers.southlandcsw@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/southland</t>
+  </si>
+  <si>
+    <t>(03) 214-0984</t>
+  </si>
+  <si>
+    <t>Abbeyfield Wakatipu Inc</t>
+  </si>
+  <si>
+    <t>Not-for-profit housing project for the over-55s in the Wakatipu.Purpose-built affordable housing for independent older people.Follows international Abbeyfield tenets of companionship, values and community support and involvement.Manager/Residents Housekeeper: Alison Beaumont - 021 955695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alison Beaumont </t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@abbeyfieldwakatipu.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.abbeyfield.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 441 4448 </t>
+  </si>
+  <si>
+    <t>Central Otago Budgeting Services</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it&amp;rsquo;s not always an easy place to live. More than ever before, families are struggling to gain control of their finances.   Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.</t>
+  </si>
+  <si>
+    <t>cobas@ach.org.nz</t>
+  </si>
+  <si>
+    <t>Workbridge Inc</t>
+  </si>
+  <si>
+    <t>Linking the right people to the right jobsWorkbridge is a specialist employment service that gives employers access to a wide talent pool of people with a disability, injury or illness.Our services are free, and we fill 3500-4000 job vacancies each year. If you’re an employer, we can help you recruit, select and support staff with the right skills and attitudes for your workplace. If you’re a job seeker, we can help you develop job-searching skills and find the most suitable employment for you.</t>
+  </si>
+  <si>
+    <t>Trudy Kerr</t>
+  </si>
+  <si>
+    <t>trudyk@workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 0227</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Presbyterian Support</t>
+  </si>
+  <si>
+    <t>Presbyterian Support Otago works for a fair, just and caring community.Motivated by our Christian heritage, and in partnership with others, we work across the generations for positive change, strong families and healthy communities.In fulfilling our mission, we will endeavour to act with Faith, Compassion, Respect, Integrity, Courage and Independence.</t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/</t>
+  </si>
+  <si>
+    <t>03 477 7115</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>MS Otago</t>
+  </si>
+  <si>
+    <t>Welcome to the home of the Otago Multiple Sclerosis Society. We are glad you found us! This website is intended to inform you about the services, programmes and events for people with MS in the Otago area. People with other neurological illnesses such as Arachnoditis are also welcome.The Otago Multiple Sclerosis Society aims to empower people with Multiple Sclerosis and their families by providing them with professional support, education, information and skills, to participate actively in the community in ways that are meaningful to them.</t>
+  </si>
+  <si>
+    <t>Field officer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@msotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.msotago.org.nz</t>
+  </si>
+  <si>
+    <t>027 88 99 035</t>
+  </si>
+  <si>
+    <t>PO Box 2293, Dunedin</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club, Inc. (WRC) is an affiliated member of New Zealand Riding Clubs, Inc. and Bridleways NZ. We are an open, active, fun group of adult horse lovers who share a common passion for equestrian activities and information.We organise and host competitions, treks and other equestrian events to provide riding and social opportunities for our members and other riders. We also promote the communication of a wide range of equestrian-related information relevant to the Wakatipu community.Our club meets once per month, and all members are encouraged to attend. New members are always welcome! Membership is just $25 per year. For more information about our meetings, our committee, and becoming a financial member of the WRC, feel free to contact us on wakatipuridingclub@gmail.com for any other information. Wakatipu Riding Club, Inc. is here to encourage equine adventures of all types in this wonderful region.</t>
+  </si>
+  <si>
+    <t>wakatipuridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/529726693705922/</t>
   </si>
   <si>
     <t>The Academy At Kip McGrath</t>
   </si>
   <si>
     <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
   </si>
   <si>
-    <t>theacademyqt@gmail.com</t>
-[...5 lines deleted...]
-    <t>027 270 9004</t>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
   </si>
   <si>
     <t>Remarkables</t>
   </si>
   <si>
-    <t>Dynamic Development Occupational Therapy Service</t>
-[...2239 lines deleted...]
-  <si>
     <t>CanShop</t>
   </si>
   <si>
     <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
   </si>
   <si>
     <t>Marie.Wales@cansoc.org.nz</t>
   </si>
   <si>
     <t>https://www.facebook.com/canshopqueenstown/</t>
   </si>
   <si>
     <t>0275360066</t>
-  </si>
-[...442 lines deleted...]
-    <t>P.O. Box 2564, Wakatipu 9349</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3300,3779 +3300,3779 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...2 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4"/>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>26</v>
       </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
         <v>29</v>
       </c>
+      <c r="C5"/>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5"/>
-      <c r="H5"/>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6"/>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7"/>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
       <c r="E7" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      <c r="H7"/>
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="C8"/>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="H8"/>
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="D9"/>
+        <v>56</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="H9"/>
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="F10" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="F12" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="G12" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="F13">
+        <v>6434414044</v>
       </c>
       <c r="G13" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>86</v>
+      </c>
+      <c r="H13" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="C14"/>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F14"/>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="H14" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E15"/>
       <c r="F15" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F16" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F17" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
       <c r="D18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F18" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="C19"/>
+        <v>113</v>
+      </c>
+      <c r="C19" t="s">
+        <v>114</v>
+      </c>
       <c r="D19" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E19" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F19" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G19"/>
+        <v>117</v>
+      </c>
+      <c r="G19" t="s">
+        <v>118</v>
+      </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="G20"/>
+        <v>122</v>
+      </c>
+      <c r="F20" t="s">
+        <v>123</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E21" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F21" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B22" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E22" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B23" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E23" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G23" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B24" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C24"/>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24"/>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>143</v>
+      </c>
       <c r="F24" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G24"/>
-      <c r="H24"/>
+      <c r="H24" t="s">
+        <v>145</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F25" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B26" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G26" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="H26"/>
+        <v>157</v>
+      </c>
+      <c r="H26" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>161</v>
+      </c>
       <c r="D27" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="F27" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="G27"/>
+        <v>164</v>
+      </c>
+      <c r="G27" t="s">
+        <v>165</v>
+      </c>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="C28"/>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F28" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="G28"/>
+        <v>169</v>
+      </c>
+      <c r="G28" t="s">
+        <v>170</v>
+      </c>
       <c r="H28" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="B29" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="C29" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30"/>
       <c r="E30" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F30" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C31"/>
+        <v>182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>183</v>
+      </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F31" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="G31"/>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B32" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E32" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F32" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E33" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F33" t="s">
-        <v>192</v>
-[...6 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>198</v>
+      </c>
+      <c r="C34" t="s">
+        <v>199</v>
+      </c>
       <c r="D34" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-      <c r="H34"/>
+        <v>200</v>
+      </c>
+      <c r="E34"/>
+      <c r="F34" t="s">
+        <v>201</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B35" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C35"/>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
       <c r="E35" t="s">
-        <v>201</v>
-[...9 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="F35"/>
+      <c r="G35"/>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B36" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="D36" t="s">
         <v>207</v>
       </c>
+      <c r="C36"/>
+      <c r="D36"/>
       <c r="E36" t="s">
         <v>208</v>
       </c>
       <c r="F36" t="s">
         <v>209</v>
       </c>
       <c r="G36"/>
-      <c r="H36"/>
+      <c r="H36" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="E37"/>
+        <v>213</v>
+      </c>
+      <c r="E37" t="s">
+        <v>214</v>
+      </c>
       <c r="F37" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-      <c r="H37" t="s">
         <v>215</v>
       </c>
+      <c r="G37"/>
+      <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>216</v>
       </c>
       <c r="B38" t="s">
         <v>217</v>
       </c>
-      <c r="C38"/>
+      <c r="C38" t="s">
+        <v>218</v>
+      </c>
       <c r="D38" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="E38" t="s">
         <v>219</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E38"/>
+      <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" t="s">
         <v>221</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>222</v>
       </c>
-      <c r="C39"/>
       <c r="D39" t="s">
         <v>223</v>
       </c>
       <c r="E39" t="s">
         <v>224</v>
       </c>
-      <c r="F39" t="s">
+      <c r="F39"/>
+      <c r="G39" t="s">
         <v>225</v>
       </c>
-      <c r="G39"/>
-      <c r="H39"/>
+      <c r="H39" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>226</v>
       </c>
       <c r="B40" t="s">
         <v>227</v>
       </c>
       <c r="C40" t="s">
         <v>228</v>
       </c>
       <c r="D40" t="s">
         <v>229</v>
       </c>
       <c r="E40" t="s">
         <v>230</v>
       </c>
       <c r="F40" t="s">
         <v>231</v>
       </c>
-      <c r="G40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G40" t="s">
+        <v>232</v>
+      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B41" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-      <c r="D41"/>
+        <v>234</v>
+      </c>
+      <c r="C41" t="s">
+        <v>235</v>
+      </c>
+      <c r="D41" t="s">
+        <v>236</v>
+      </c>
       <c r="E41" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F41" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
-        <v>237</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B42" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E42" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F42" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G42" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H42" t="s">
         <v>244</v>
       </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>245</v>
       </c>
       <c r="B43" t="s">
         <v>246</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>247</v>
       </c>
       <c r="E43" t="s">
         <v>248</v>
       </c>
       <c r="F43" t="s">
         <v>249</v>
       </c>
-      <c r="G43"/>
+      <c r="G43" t="s">
+        <v>250</v>
+      </c>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="C44"/>
+        <v>252</v>
+      </c>
+      <c r="C44" t="s">
+        <v>253</v>
+      </c>
       <c r="D44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E44" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="F44" t="s">
+        <v>255</v>
+      </c>
+      <c r="F44"/>
+      <c r="G44" t="s">
         <v>254</v>
       </c>
-      <c r="G44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>256</v>
       </c>
       <c r="B45" t="s">
         <v>257</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>258</v>
       </c>
       <c r="E45" t="s">
         <v>259</v>
       </c>
       <c r="F45" t="s">
         <v>260</v>
       </c>
-      <c r="G45"/>
-      <c r="H45"/>
+      <c r="G45" t="s">
+        <v>261</v>
+      </c>
+      <c r="H45" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B46" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="C46"/>
       <c r="D46" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E46" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F46" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G46" t="s">
         <v>267</v>
       </c>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G46"/>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>268</v>
+      </c>
+      <c r="B47" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
+        <v>270</v>
+      </c>
+      <c r="E47" t="s">
         <v>271</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>272</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47"/>
-      <c r="H47"/>
+      <c r="H47" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>273</v>
+      </c>
+      <c r="B48" t="s">
         <v>274</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48"/>
+      <c r="D48" t="s">
         <v>275</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>276</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>277</v>
       </c>
-      <c r="E48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G48"/>
       <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B49" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
+        <v>280</v>
+      </c>
+      <c r="E49" t="s">
+        <v>281</v>
+      </c>
+      <c r="F49" t="s">
+        <v>282</v>
+      </c>
+      <c r="G49" t="s">
         <v>283</v>
       </c>
-      <c r="E49" t="s">
-[...6 lines deleted...]
-      <c r="H49"/>
+      <c r="H49" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>284</v>
+      </c>
+      <c r="B50" t="s">
+        <v>285</v>
+      </c>
+      <c r="C50" t="s">
+        <v>284</v>
+      </c>
+      <c r="D50" t="s">
         <v>286</v>
       </c>
-      <c r="B50" t="s">
+      <c r="E50" t="s">
         <v>287</v>
       </c>
-      <c r="C50"/>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>288</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>289</v>
       </c>
-      <c r="F50" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>290</v>
+      </c>
+      <c r="B51" t="s">
         <v>291</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>292</v>
       </c>
-      <c r="C51"/>
       <c r="D51" t="s">
         <v>293</v>
       </c>
       <c r="E51" t="s">
         <v>294</v>
       </c>
       <c r="F51" t="s">
         <v>295</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>297</v>
       </c>
       <c r="B52" t="s">
         <v>298</v>
       </c>
-      <c r="C52" t="s">
+      <c r="C52"/>
+      <c r="D52" t="s">
         <v>299</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>300</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="G52"/>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>302</v>
+      </c>
+      <c r="B53" t="s">
         <v>303</v>
       </c>
-      <c r="B53"/>
       <c r="C53" t="s">
         <v>304</v>
       </c>
       <c r="D53" t="s">
         <v>305</v>
       </c>
-      <c r="E53"/>
+      <c r="E53" t="s">
+        <v>306</v>
+      </c>
       <c r="F53" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G53"/>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B54" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C54" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D54" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F54" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B55" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="C55" t="s">
         <v>315</v>
       </c>
+      <c r="C55"/>
       <c r="D55" t="s">
         <v>316</v>
       </c>
       <c r="E55" t="s">
         <v>317</v>
       </c>
       <c r="F55"/>
-      <c r="G55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G55"/>
       <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>318</v>
       </c>
       <c r="B56" t="s">
         <v>319</v>
       </c>
       <c r="C56" t="s">
         <v>320</v>
       </c>
       <c r="D56" t="s">
+        <v>293</v>
+      </c>
+      <c r="E56" t="s">
         <v>321</v>
       </c>
-      <c r="E56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
-        <v>323</v>
+        <v>295</v>
       </c>
       <c r="G56"/>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>322</v>
+      </c>
+      <c r="B57" t="s">
+        <v>323</v>
+      </c>
+      <c r="C57" t="s">
         <v>324</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>325</v>
       </c>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>326</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s">
         <v>327</v>
       </c>
-      <c r="E57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G57"/>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>328</v>
+      </c>
+      <c r="B58" t="s">
+        <v>329</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
+        <v>330</v>
+      </c>
+      <c r="E58" t="s">
         <v>331</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58" t="s">
         <v>332</v>
       </c>
-      <c r="C58" t="s">
+      <c r="G58"/>
+      <c r="H58" t="s">
         <v>333</v>
       </c>
-      <c r="D58" t="s">
-[...7 lines deleted...]
-      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>334</v>
+      </c>
+      <c r="B59" t="s">
+        <v>335</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
         <v>336</v>
       </c>
-      <c r="B59" t="s">
+      <c r="E59" t="s">
         <v>337</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59" t="s">
         <v>338</v>
       </c>
-      <c r="D59" t="s">
+      <c r="G59" t="s">
         <v>339</v>
       </c>
-      <c r="E59" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>340</v>
+      </c>
+      <c r="B60" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60" t="s">
+        <v>342</v>
+      </c>
+      <c r="E60" t="s">
+        <v>343</v>
+      </c>
+      <c r="F60" t="s">
         <v>344</v>
       </c>
-      <c r="B60" t="s">
-[...7 lines deleted...]
-      <c r="F60"/>
       <c r="G60"/>
       <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>345</v>
+      </c>
+      <c r="B61" t="s">
+        <v>346</v>
+      </c>
+      <c r="C61" t="s">
         <v>347</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>348</v>
       </c>
-      <c r="C61"/>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>349</v>
       </c>
-      <c r="E61"/>
       <c r="F61" t="s">
         <v>350</v>
       </c>
-      <c r="G61"/>
-      <c r="H61" t="s">
+      <c r="G61" t="s">
         <v>351</v>
       </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>352</v>
       </c>
       <c r="B62" t="s">
         <v>353</v>
       </c>
-      <c r="C62"/>
+      <c r="C62" t="s">
+        <v>354</v>
+      </c>
       <c r="D62" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>355</v>
+      </c>
+      <c r="E62" t="s">
+        <v>356</v>
+      </c>
       <c r="F62" t="s">
-        <v>355</v>
-[...4 lines deleted...]
-      <c r="H62" t="s">
         <v>357</v>
       </c>
+      <c r="G62"/>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>358</v>
       </c>
       <c r="B63" t="s">
         <v>359</v>
       </c>
-      <c r="C63" t="s">
+      <c r="C63"/>
+      <c r="D63" t="s">
         <v>360</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63"/>
+      <c r="F63" t="s">
         <v>361</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63"/>
+      <c r="H63" t="s">
         <v>362</v>
       </c>
-      <c r="F63" t="s">
-[...5 lines deleted...]
-      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>363</v>
+      </c>
+      <c r="B64" t="s">
+        <v>364</v>
+      </c>
+      <c r="C64" t="s">
         <v>365</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>366</v>
       </c>
-      <c r="C64"/>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>367</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>368</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s">
         <v>369</v>
       </c>
-      <c r="G64" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>370</v>
+      </c>
+      <c r="B65" t="s">
         <v>371</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65" t="s">
         <v>372</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65"/>
+      <c r="G65" t="s">
         <v>373</v>
       </c>
-      <c r="D65" t="s">
-[...9 lines deleted...]
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>374</v>
+      </c>
+      <c r="B66" t="s">
+        <v>375</v>
+      </c>
+      <c r="C66" t="s">
+        <v>376</v>
+      </c>
+      <c r="D66" t="s">
         <v>377</v>
       </c>
-      <c r="B66" t="s">
+      <c r="E66" t="s">
         <v>378</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66" t="s">
         <v>379</v>
       </c>
-      <c r="D66" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>380</v>
+      </c>
+      <c r="B67" t="s">
+        <v>381</v>
+      </c>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>382</v>
+      </c>
+      <c r="F67" t="s">
         <v>383</v>
       </c>
-      <c r="B67" t="s">
+      <c r="G67" t="s">
         <v>384</v>
       </c>
-      <c r="C67"/>
-      <c r="D67" t="s">
+      <c r="H67" t="s">
         <v>385</v>
       </c>
-      <c r="E67" t="s">
-[...6 lines deleted...]
-      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>386</v>
+      </c>
+      <c r="B68" t="s">
+        <v>387</v>
+      </c>
+      <c r="C68" t="s">
         <v>388</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>389</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>390</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>391</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
         <v>392</v>
       </c>
-      <c r="F68" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>393</v>
+      </c>
+      <c r="B69" t="s">
         <v>394</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69"/>
+      <c r="D69" t="s">
         <v>395</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>396</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>397</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69"/>
+      <c r="H69" t="s">
         <v>398</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>399</v>
+      </c>
+      <c r="B70" t="s">
+        <v>400</v>
+      </c>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70" t="s">
         <v>401</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70" t="s">
         <v>402</v>
       </c>
-      <c r="C70"/>
-[...14 lines deleted...]
-      </c>
+      <c r="G70"/>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>403</v>
+      </c>
+      <c r="B71" t="s">
+        <v>404</v>
+      </c>
+      <c r="C71" t="s">
+        <v>405</v>
+      </c>
+      <c r="D71" t="s">
+        <v>406</v>
+      </c>
+      <c r="E71" t="s">
         <v>407</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
         <v>408</v>
       </c>
-      <c r="C71"/>
-[...1 lines deleted...]
-      <c r="E71" t="s">
+      <c r="G71"/>
+      <c r="H71" t="s">
         <v>409</v>
       </c>
-      <c r="F71" t="s">
-[...3 lines deleted...]
-      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>410</v>
+      </c>
+      <c r="B72" t="s">
         <v>411</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72"/>
+      <c r="D72" t="s">
         <v>412</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>413</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>414</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>415</v>
       </c>
-      <c r="F72" t="s">
-[...5 lines deleted...]
-      <c r="H72"/>
+      <c r="H72" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>416</v>
+      </c>
+      <c r="B73" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
+        <v>418</v>
+      </c>
+      <c r="E73" t="s">
         <v>419</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>201</v>
+      </c>
+      <c r="G73" t="s">
         <v>420</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>421</v>
       </c>
-      <c r="G73" t="s">
-[...2 lines deleted...]
-      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>422</v>
       </c>
       <c r="B74" t="s">
         <v>423</v>
       </c>
-      <c r="C74" t="s">
+      <c r="C74"/>
+      <c r="D74" t="s">
         <v>424</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>425</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>426</v>
       </c>
-      <c r="F74" t="s">
-[...5 lines deleted...]
-      <c r="H74"/>
+      <c r="G74"/>
+      <c r="H74" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>427</v>
+      </c>
+      <c r="B75" t="s">
+        <v>428</v>
+      </c>
+      <c r="C75"/>
+      <c r="D75" t="s">
         <v>429</v>
       </c>
-      <c r="B75" t="s">
+      <c r="E75" t="s">
         <v>430</v>
       </c>
-      <c r="C75" t="s">
+      <c r="F75" t="s">
         <v>431</v>
       </c>
-      <c r="D75" t="s">
+      <c r="G75"/>
+      <c r="H75" t="s">
         <v>432</v>
       </c>
-      <c r="E75" t="s">
-[...6 lines deleted...]
-      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>433</v>
+      </c>
+      <c r="B76" t="s">
+        <v>434</v>
+      </c>
+      <c r="C76"/>
+      <c r="D76" t="s">
         <v>435</v>
       </c>
-      <c r="B76" t="s">
+      <c r="E76" t="s">
         <v>436</v>
       </c>
-      <c r="C76" t="s">
+      <c r="F76" t="s">
         <v>437</v>
       </c>
-      <c r="D76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G76" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>438</v>
+      </c>
+      <c r="B77" t="s">
+        <v>439</v>
+      </c>
+      <c r="C77"/>
+      <c r="D77" t="s">
+        <v>440</v>
+      </c>
+      <c r="E77" t="s">
+        <v>441</v>
+      </c>
+      <c r="F77" t="s">
         <v>442</v>
       </c>
-      <c r="B77" t="s">
-[...9 lines deleted...]
-      <c r="F77"/>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B78" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
+        <v>445</v>
+      </c>
+      <c r="E78" t="s">
+        <v>446</v>
+      </c>
+      <c r="F78" t="s">
         <v>447</v>
       </c>
-      <c r="E78" t="s">
-[...5 lines deleted...]
-      <c r="G78"/>
+      <c r="G78" t="s">
+        <v>445</v>
+      </c>
       <c r="H78" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>448</v>
+      </c>
+      <c r="B79" t="s">
+        <v>449</v>
+      </c>
+      <c r="C79"/>
+      <c r="D79" t="s">
         <v>450</v>
       </c>
-      <c r="B79" t="s">
+      <c r="E79" t="s">
         <v>451</v>
       </c>
-      <c r="C79"/>
-[...1 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>452</v>
       </c>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79"/>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>453</v>
+      </c>
+      <c r="B80" t="s">
+        <v>454</v>
+      </c>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80" t="s">
         <v>455</v>
       </c>
-      <c r="B80" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="F80"/>
+      <c r="G80"/>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B81" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="C81"/>
       <c r="D81" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="E81" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="F81" t="s">
-        <v>466</v>
-[...6 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="G81"/>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>461</v>
+      </c>
+      <c r="B82" t="s">
+        <v>462</v>
+      </c>
+      <c r="C82" t="s">
+        <v>463</v>
+      </c>
+      <c r="D82" t="s">
+        <v>464</v>
+      </c>
+      <c r="E82" t="s">
+        <v>465</v>
+      </c>
+      <c r="F82" t="s">
+        <v>466</v>
+      </c>
+      <c r="G82" t="s">
+        <v>467</v>
+      </c>
+      <c r="H82" t="s">
         <v>468</v>
-      </c>
-[...13 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>469</v>
+      </c>
+      <c r="B83" t="s">
+        <v>470</v>
+      </c>
+      <c r="C83"/>
+      <c r="D83" t="s">
+        <v>471</v>
+      </c>
+      <c r="E83" t="s">
         <v>472</v>
       </c>
-      <c r="B83" t="s">
+      <c r="F83" t="s">
         <v>473</v>
       </c>
-      <c r="C83"/>
-[...1 lines deleted...]
-      <c r="E83" t="s">
+      <c r="G83" t="s">
         <v>474</v>
       </c>
-      <c r="F83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H83" t="s">
-        <v>477</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>475</v>
+      </c>
+      <c r="B84" t="s">
+        <v>476</v>
+      </c>
+      <c r="C84"/>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>477</v>
+      </c>
+      <c r="F84" t="s">
         <v>478</v>
       </c>
-      <c r="B84" t="s">
+      <c r="G84" t="s">
         <v>479</v>
       </c>
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>480</v>
       </c>
-      <c r="D84" t="s">
-[...7 lines deleted...]
-      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B85" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
+        <v>483</v>
+      </c>
+      <c r="E85"/>
+      <c r="F85" t="s">
+        <v>484</v>
+      </c>
+      <c r="G85" t="s">
         <v>485</v>
       </c>
-      <c r="E85" t="s">
+      <c r="H85" t="s">
         <v>486</v>
-      </c>
-[...5 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>487</v>
+      </c>
+      <c r="B86" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
+        <v>489</v>
+      </c>
+      <c r="E86" t="s">
         <v>490</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>491</v>
       </c>
-      <c r="F86" t="s">
+      <c r="G86" t="s">
         <v>492</v>
       </c>
-      <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>493</v>
       </c>
       <c r="B87" t="s">
         <v>494</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>495</v>
       </c>
       <c r="E87" t="s">
         <v>496</v>
       </c>
       <c r="F87" t="s">
         <v>497</v>
       </c>
       <c r="G87"/>
-      <c r="H87"/>
+      <c r="H87" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>498</v>
       </c>
       <c r="B88" t="s">
         <v>499</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>500</v>
       </c>
       <c r="E88" t="s">
         <v>501</v>
       </c>
       <c r="F88" t="s">
         <v>502</v>
       </c>
-      <c r="G88" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G88"/>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>503</v>
+      </c>
+      <c r="B89" t="s">
+        <v>504</v>
+      </c>
+      <c r="C89" t="s">
         <v>505</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89" t="s">
         <v>506</v>
       </c>
-      <c r="C89"/>
-      <c r="D89"/>
       <c r="E89" t="s">
         <v>507</v>
       </c>
       <c r="F89" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="H89"/>
+        <v>508</v>
+      </c>
+      <c r="G89" t="s">
+        <v>509</v>
+      </c>
+      <c r="H89" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B90" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="C90"/>
+        <v>511</v>
+      </c>
+      <c r="C90" t="s">
+        <v>512</v>
+      </c>
       <c r="D90" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="E90"/>
       <c r="F90" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="G90"/>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B91" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="C91"/>
+        <v>516</v>
+      </c>
+      <c r="C91" t="s">
+        <v>517</v>
+      </c>
       <c r="D91" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="E91" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F91" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="G91" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B92" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C92" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>524</v>
+      </c>
+      <c r="D92"/>
       <c r="E92" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F92" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>526</v>
+        <v>87</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>527</v>
       </c>
       <c r="B93" t="s">
         <v>528</v>
       </c>
-      <c r="C93" t="s">
+      <c r="C93"/>
+      <c r="D93" t="s">
         <v>529</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>530</v>
       </c>
-      <c r="E93" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F93"/>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>531</v>
+      </c>
+      <c r="B94" t="s">
+        <v>532</v>
+      </c>
+      <c r="C94"/>
+      <c r="D94" t="s">
         <v>533</v>
       </c>
-      <c r="B94" t="s">
+      <c r="E94" t="s">
         <v>534</v>
       </c>
-      <c r="C94" t="s">
+      <c r="F94" t="s">
         <v>535</v>
       </c>
-      <c r="D94" t="s">
+      <c r="G94"/>
+      <c r="H94" t="s">
         <v>536</v>
       </c>
-      <c r="E94" t="s">
-[...6 lines deleted...]
-      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>537</v>
+      </c>
+      <c r="B95" t="s">
+        <v>538</v>
+      </c>
+      <c r="C95" t="s">
         <v>539</v>
       </c>
-      <c r="B95" t="s">
+      <c r="D95" t="s">
         <v>540</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
         <v>541</v>
       </c>
-      <c r="D95" t="s">
-[...2 lines deleted...]
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>543</v>
+        <v>67</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>543</v>
+      </c>
+      <c r="B96" t="s">
         <v>544</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>545</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>546</v>
       </c>
-      <c r="D96"/>
       <c r="E96" t="s">
         <v>547</v>
       </c>
       <c r="F96" t="s">
         <v>548</v>
       </c>
       <c r="G96"/>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>549</v>
       </c>
       <c r="B97" t="s">
         <v>550</v>
       </c>
-      <c r="C97" t="s">
+      <c r="C97"/>
+      <c r="D97" t="s">
         <v>551</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>552</v>
       </c>
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>555</v>
+        <v>171</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>554</v>
+      </c>
+      <c r="B98" t="s">
+        <v>555</v>
+      </c>
+      <c r="C98" t="s">
         <v>556</v>
       </c>
-      <c r="B98" t="s">
+      <c r="D98" t="s">
         <v>557</v>
       </c>
-      <c r="C98"/>
-      <c r="D98"/>
       <c r="E98" t="s">
         <v>558</v>
       </c>
       <c r="F98" t="s">
         <v>559</v>
       </c>
-      <c r="G98"/>
+      <c r="G98" t="s">
+        <v>560</v>
+      </c>
       <c r="H98" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B99" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E99" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F99" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G99" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B100" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="C100" t="s">
         <v>569</v>
       </c>
+      <c r="C100"/>
       <c r="D100" t="s">
         <v>570</v>
       </c>
       <c r="E100" t="s">
         <v>571</v>
       </c>
       <c r="F100" t="s">
         <v>572</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>573</v>
       </c>
       <c r="B101" t="s">
         <v>574</v>
       </c>
-      <c r="C101" t="s">
+      <c r="C101"/>
+      <c r="D101" t="s">
         <v>575</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>576</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>577</v>
       </c>
-      <c r="F101" t="s">
-[...5 lines deleted...]
-      <c r="H101"/>
+      <c r="G101"/>
+      <c r="H101" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B102" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
+        <v>580</v>
+      </c>
+      <c r="E102" t="s">
+        <v>581</v>
+      </c>
+      <c r="F102" t="s">
         <v>582</v>
       </c>
-      <c r="E102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G102"/>
-      <c r="H102"/>
+      <c r="H102" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>583</v>
+      </c>
+      <c r="B103" t="s">
+        <v>584</v>
+      </c>
+      <c r="C103"/>
+      <c r="D103" t="s">
         <v>585</v>
       </c>
-      <c r="B103" t="s">
+      <c r="E103" t="s">
         <v>586</v>
       </c>
-      <c r="C103" t="s">
+      <c r="F103" t="s">
         <v>587</v>
       </c>
-      <c r="D103" t="s">
+      <c r="G103"/>
+      <c r="H103" t="s">
         <v>588</v>
       </c>
-      <c r="E103" t="s">
-[...8 lines deleted...]
-      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>589</v>
+      </c>
+      <c r="B104" t="s">
+        <v>590</v>
+      </c>
+      <c r="C104"/>
+      <c r="D104"/>
+      <c r="E104" t="s">
+        <v>591</v>
+      </c>
+      <c r="F104" t="s">
         <v>592</v>
       </c>
-      <c r="B104" t="s">
-[...11 lines deleted...]
-      <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>593</v>
+      </c>
+      <c r="B105" t="s">
+        <v>594</v>
+      </c>
+      <c r="C105"/>
+      <c r="D105" t="s">
+        <v>595</v>
+      </c>
+      <c r="E105" t="s">
         <v>596</v>
       </c>
-      <c r="B105" t="s">
+      <c r="F105" t="s">
         <v>597</v>
       </c>
-      <c r="C105"/>
-[...1 lines deleted...]
-      <c r="E105" t="s">
+      <c r="G105" t="s">
         <v>598</v>
       </c>
-      <c r="F105"/>
-[...1 lines deleted...]
-      <c r="H105"/>
+      <c r="H105" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>599</v>
       </c>
       <c r="B106" t="s">
         <v>600</v>
       </c>
-      <c r="C106"/>
+      <c r="C106" t="s">
+        <v>601</v>
+      </c>
       <c r="D106" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E106" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="F106" t="s">
         <v>603</v>
       </c>
-      <c r="G106"/>
-      <c r="H106"/>
+      <c r="F106"/>
+      <c r="G106" t="s">
+        <v>604</v>
+      </c>
+      <c r="H106" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C107"/>
-      <c r="D107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D107"/>
       <c r="E107" t="s">
         <v>607</v>
       </c>
-      <c r="F107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F107"/>
       <c r="G107"/>
-      <c r="H107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>608</v>
+      </c>
+      <c r="B108" t="s">
         <v>609</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>610</v>
       </c>
-      <c r="C108"/>
       <c r="D108" t="s">
         <v>611</v>
       </c>
       <c r="E108" t="s">
         <v>612</v>
       </c>
       <c r="F108" t="s">
         <v>613</v>
       </c>
       <c r="G108"/>
-      <c r="H108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>614</v>
       </c>
       <c r="B109" t="s">
         <v>615</v>
       </c>
       <c r="C109" t="s">
         <v>616</v>
       </c>
       <c r="D109" t="s">
         <v>617</v>
       </c>
-      <c r="E109" t="s">
+      <c r="E109"/>
+      <c r="F109" t="s">
         <v>618</v>
       </c>
-      <c r="F109" t="s">
+      <c r="G109" t="s">
         <v>619</v>
       </c>
-      <c r="G109"/>
-      <c r="H109"/>
+      <c r="H109" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B110" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="C110"/>
+        <v>622</v>
+      </c>
+      <c r="C110" t="s">
+        <v>623</v>
+      </c>
       <c r="D110"/>
       <c r="E110" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="F110"/>
       <c r="G110" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H110" t="s">
-        <v>625</v>
+        <v>87</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>626</v>
       </c>
       <c r="B111" t="s">
         <v>627</v>
       </c>
-      <c r="C111" t="s">
+      <c r="C111"/>
+      <c r="D111" t="s">
         <v>628</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>629</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>630</v>
       </c>
-      <c r="F111" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G111"/>
       <c r="H111" t="s">
-        <v>215</v>
+        <v>67</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>631</v>
+      </c>
+      <c r="B112" t="s">
+        <v>632</v>
+      </c>
+      <c r="C112" t="s">
         <v>633</v>
       </c>
-      <c r="B112" t="s">
+      <c r="D112" t="s">
         <v>634</v>
       </c>
-      <c r="C112"/>
-      <c r="D112"/>
       <c r="E112" t="s">
         <v>635</v>
       </c>
       <c r="F112" t="s">
         <v>636</v>
       </c>
-      <c r="G112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G112"/>
       <c r="H112" t="s">
-        <v>638</v>
+        <v>620</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B113" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
+        <v>639</v>
+      </c>
+      <c r="E113" t="s">
+        <v>640</v>
+      </c>
+      <c r="F113" t="s">
         <v>641</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>642</v>
       </c>
-      <c r="F113" t="s">
-[...3 lines deleted...]
-      <c r="H113"/>
+      <c r="H113" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>643</v>
+      </c>
+      <c r="B114" t="s">
         <v>644</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114"/>
+      <c r="D114" t="s">
         <v>645</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>646</v>
       </c>
-      <c r="D114"/>
-[...9 lines deleted...]
-      </c>
+      <c r="F114" t="s">
+        <v>123</v>
+      </c>
+      <c r="G114"/>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>647</v>
+      </c>
+      <c r="B115" t="s">
+        <v>648</v>
+      </c>
+      <c r="C115"/>
+      <c r="D115" t="s">
         <v>649</v>
       </c>
-      <c r="B115" t="s">
+      <c r="E115" t="s">
         <v>650</v>
       </c>
-      <c r="C115" t="s">
+      <c r="F115" t="s">
         <v>651</v>
       </c>
-      <c r="D115" t="s">
+      <c r="G115" t="s">
         <v>652</v>
       </c>
-      <c r="E115" t="s">
+      <c r="H115" t="s">
         <v>653</v>
-      </c>
-[...5 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>654</v>
+      </c>
+      <c r="B116" t="s">
         <v>655</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>656</v>
       </c>
-      <c r="C116"/>
       <c r="D116" t="s">
         <v>657</v>
       </c>
       <c r="E116" t="s">
         <v>658</v>
       </c>
       <c r="F116" t="s">
         <v>659</v>
       </c>
-      <c r="G116" t="s">
+      <c r="G116"/>
+      <c r="H116" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>661</v>
       </c>
       <c r="B117" t="s">
         <v>662</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>663</v>
       </c>
-      <c r="E117" t="s">
+      <c r="E117"/>
+      <c r="F117" t="s">
+        <v>402</v>
+      </c>
+      <c r="G117" t="s">
         <v>664</v>
       </c>
-      <c r="F117" t="s">
-[...3 lines deleted...]
-      <c r="H117"/>
+      <c r="H117" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>665</v>
+      </c>
+      <c r="B118" t="s">
         <v>666</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>667</v>
       </c>
-      <c r="C118"/>
       <c r="D118" t="s">
         <v>668</v>
       </c>
       <c r="E118" t="s">
         <v>669</v>
       </c>
       <c r="F118" t="s">
         <v>670</v>
       </c>
-      <c r="G118"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G118" t="s">
+        <v>671</v>
+      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B119" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="C119" t="s">
         <v>673</v>
       </c>
+      <c r="C119"/>
       <c r="D119" t="s">
         <v>674</v>
       </c>
       <c r="E119" t="s">
         <v>675</v>
       </c>
       <c r="F119" t="s">
         <v>676</v>
       </c>
       <c r="G119" t="s">
         <v>677</v>
       </c>
       <c r="H119" t="s">
-        <v>65</v>
+        <v>678</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B120" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="C120"/>
+        <v>680</v>
+      </c>
+      <c r="C120" t="s">
+        <v>218</v>
+      </c>
       <c r="D120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="E120" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="F120"/>
+        <v>682</v>
+      </c>
+      <c r="F120" t="s">
+        <v>683</v>
+      </c>
       <c r="G120"/>
-      <c r="H120"/>
+      <c r="H120" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B121" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E121" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F121" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="G121" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H121" t="s">
-        <v>688</v>
+        <v>398</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B122" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="E122" t="s">
-        <v>692</v>
-[...1 lines deleted...]
-      <c r="F122"/>
+        <v>693</v>
+      </c>
+      <c r="F122" t="s">
+        <v>694</v>
+      </c>
       <c r="G122"/>
-      <c r="H122"/>
+      <c r="H122" t="s">
+        <v>695</v>
+      </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B123" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="C123"/>
+        <v>697</v>
+      </c>
+      <c r="C123" t="s">
+        <v>698</v>
+      </c>
       <c r="D123" t="s">
-        <v>500</v>
+        <v>699</v>
       </c>
       <c r="E123" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="F123" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="G123" t="s">
-        <v>503</v>
+        <v>702</v>
       </c>
       <c r="H123" t="s">
-        <v>504</v>
+        <v>87</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B124" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="E124" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="F124" t="s">
-        <v>701</v>
-[...6 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="G124"/>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="B125" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C125" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="D125" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="E125" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="F125" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="G125" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>711</v>
+      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="B126" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="E126" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-      <c r="G126"/>
+        <v>717</v>
+      </c>
+      <c r="F126"/>
+      <c r="G126" t="s">
+        <v>718</v>
+      </c>
       <c r="H126" t="s">
-        <v>39</v>
+        <v>719</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B127" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>721</v>
+      </c>
+      <c r="C127" t="s">
+        <v>722</v>
+      </c>
       <c r="D127" t="s">
-        <v>641</v>
+        <v>723</v>
       </c>
       <c r="E127" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="F127" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="G127" t="s">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="B128" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="E128" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="F128" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="G128"/>
-      <c r="H128"/>
+      <c r="H128" t="s">
+        <v>732</v>
+      </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="B129" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="E129" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="F129" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="G129"/>
-      <c r="H129"/>
+      <c r="H129" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="B130" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="E130" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="F130" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="G130" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="H130" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>738</v>
-[...15 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="B131"/>
+      <c r="C131" t="s">
+        <v>746</v>
+      </c>
+      <c r="D131" t="s">
+        <v>747</v>
+      </c>
+      <c r="E131"/>
+      <c r="F131" t="s">
+        <v>748</v>
+      </c>
+      <c r="G131"/>
+      <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B132" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="E132" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="F132" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="G132" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="H132" t="s">
-        <v>39</v>
+        <v>755</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="B133" t="s">
-        <v>749</v>
-[...1 lines deleted...]
-      <c r="C133"/>
+        <v>757</v>
+      </c>
+      <c r="C133" t="s">
+        <v>758</v>
+      </c>
       <c r="D133" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="E133" t="s">
-        <v>751</v>
-[...9 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="F133"/>
+      <c r="G133"/>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="B134" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C134" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="D134" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="E134" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="F134" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="B135" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="E135" t="s">
-        <v>762</v>
-[...9 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="F135"/>
+      <c r="G135"/>
+      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B136" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="E136" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="F136" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="G136" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="H136" t="s">
-        <v>14</v>
+        <v>620</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="B137" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="C137"/>
+        <v>777</v>
+      </c>
+      <c r="C137" t="s">
+        <v>778</v>
+      </c>
       <c r="D137" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="E137" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="F137" t="s">
-        <v>249</v>
+        <v>781</v>
       </c>
       <c r="G137" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="H137"/>
+        <v>782</v>
+      </c>
+      <c r="H137" t="s">
+        <v>783</v>
+      </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B138" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="C138"/>
+        <v>785</v>
+      </c>
+      <c r="C138" t="s">
+        <v>786</v>
+      </c>
       <c r="D138" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="E138" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="F138" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="G138"/>
-      <c r="H138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B139" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="C139"/>
+        <v>728</v>
+      </c>
+      <c r="C139" t="s">
+        <v>791</v>
+      </c>
       <c r="D139" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="E139" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F139" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="G139"/>
+        <v>794</v>
+      </c>
+      <c r="G139" t="s">
+        <v>795</v>
+      </c>
       <c r="H139" t="s">
-        <v>788</v>
+        <v>87</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B140" t="s">
-        <v>790</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="C140"/>
       <c r="D140" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="E140" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="F140" t="s">
-        <v>794</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="G140"/>
       <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="B141" t="s">
-        <v>797</v>
-[...3 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="C141"/>
       <c r="D141" t="s">
-        <v>799</v>
+        <v>639</v>
       </c>
       <c r="E141" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="F141" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-      <c r="H141"/>
+        <v>804</v>
+      </c>
+      <c r="G141" t="s">
+        <v>805</v>
+      </c>
+      <c r="H141" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B142" t="s">
-        <v>803</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="C142"/>
       <c r="D142" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="E142"/>
+        <v>808</v>
+      </c>
+      <c r="E142" t="s">
+        <v>809</v>
+      </c>
       <c r="F142" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>215</v>
+        <v>158</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B143" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="E143" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="F143" t="s">
-        <v>811</v>
-[...4 lines deleted...]
-      </c>
+        <v>815</v>
+      </c>
+      <c r="G143" t="s">
+        <v>816</v>
+      </c>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="B144" t="s">
-        <v>813</v>
-[...1 lines deleted...]
-      <c r="C144"/>
+        <v>818</v>
+      </c>
+      <c r="C144" t="s">
+        <v>819</v>
+      </c>
       <c r="D144" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="E144" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="F144" t="s">
-        <v>816</v>
-[...6 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="G144"/>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B145" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="E145" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="F145" t="s">
-        <v>823</v>
-[...3 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="G145"/>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B146" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C146" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D146" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="E146" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="F146" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B147" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C147" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="D147" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="E147" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="F147" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="G147"/>
       <c r="H147"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B148" t="s">
-        <v>838</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="C148"/>
       <c r="D148" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="E148" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="F148" t="s">
-        <v>842</v>
-[...4 lines deleted...]
-      <c r="H148"/>
+        <v>844</v>
+      </c>
+      <c r="G148"/>
+      <c r="H148" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B149" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="C149" t="s">
         <v>846</v>
       </c>
-      <c r="D149"/>
+      <c r="C149"/>
+      <c r="D149" t="s">
+        <v>847</v>
+      </c>
       <c r="E149" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F149" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>169</v>
+        <v>620</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B150" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C150" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D150" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E150" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-      <c r="G150" t="s">
         <v>854</v>
       </c>
+      <c r="F150" t="s">
+        <v>855</v>
+      </c>
+      <c r="G150"/>
       <c r="H150" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B151" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C151" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D151" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E151" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="F151" t="s">
         <v>860</v>
       </c>
+      <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>861</v>
       </c>
       <c r="B152" t="s">
         <v>862</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
-        <v>271</v>
+        <v>863</v>
       </c>
       <c r="E152" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F152" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-      <c r="H152"/>
+        <v>865</v>
+      </c>
+      <c r="G152" t="s">
+        <v>866</v>
+      </c>
+      <c r="H152" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="B153" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="C153"/>
       <c r="D153" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="E153" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="F153" t="s">
         <v>870</v>
       </c>
+      <c r="F153"/>
       <c r="G153"/>
-      <c r="H153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>871</v>
       </c>
       <c r="B154" t="s">
         <v>872</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>873</v>
       </c>
       <c r="E154" t="s">
         <v>874</v>
       </c>
-      <c r="F154"/>
+      <c r="F154" t="s">
+        <v>875</v>
+      </c>
       <c r="G154"/>
       <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B155" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="E155" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F155" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="G155"/>
+        <v>880</v>
+      </c>
+      <c r="G155" t="s">
+        <v>881</v>
+      </c>
       <c r="H155" t="s">
-        <v>237</v>
+        <v>27</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B156" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="C156"/>
+        <v>883</v>
+      </c>
+      <c r="C156" t="s">
+        <v>884</v>
+      </c>
       <c r="D156" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="E156" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="F156" t="s">
-        <v>884</v>
-[...4 lines deleted...]
-      <c r="H156"/>
+        <v>887</v>
+      </c>
+      <c r="G156"/>
+      <c r="H156" t="s">
+        <v>888</v>
+      </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B157" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>888</v>
+        <v>863</v>
       </c>
       <c r="E157" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="F157" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="G157"/>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B158" t="s">
-        <v>892</v>
-[...4 lines deleted...]
-      </c>
+        <v>894</v>
+      </c>
+      <c r="C158" t="s">
+        <v>895</v>
+      </c>
+      <c r="D158"/>
       <c r="E158" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F158" t="s">
-        <v>806</v>
-[...3 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="G158"/>
       <c r="H158" t="s">
-        <v>896</v>
+        <v>87</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B159" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
-        <v>744</v>
+        <v>900</v>
       </c>
       <c r="E159" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="F159" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="G159"/>
       <c r="H159" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B160" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="C160"/>
+        <v>904</v>
+      </c>
+      <c r="C160" t="s">
+        <v>905</v>
+      </c>
       <c r="D160" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="E160" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="F160" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="G160"/>
-      <c r="H160"/>
+      <c r="H160" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B161" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="E161" t="s">
-        <v>612</v>
+        <v>58</v>
       </c>
       <c r="F161" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="G161"/>
       <c r="H161" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B162" t="s">
-        <v>912</v>
-[...1 lines deleted...]
-      <c r="C162"/>
+        <v>913</v>
+      </c>
+      <c r="C162" t="s">
+        <v>914</v>
+      </c>
       <c r="D162" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="E162" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="F162" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>215</v>
+        <v>67</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B163" t="s">
-        <v>917</v>
-[...4 lines deleted...]
-      <c r="D163"/>
+        <v>919</v>
+      </c>
+      <c r="C163"/>
+      <c r="D163" t="s">
+        <v>920</v>
+      </c>
       <c r="E163" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-      <c r="G163"/>
+        <v>921</v>
+      </c>
+      <c r="F163" t="s">
+        <v>922</v>
+      </c>
+      <c r="G163" t="s">
+        <v>923</v>
+      </c>
       <c r="H163" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B164" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
-        <v>922</v>
+        <v>43</v>
       </c>
       <c r="E164" t="s">
-        <v>923</v>
-[...1 lines deleted...]
-      <c r="F164"/>
+        <v>926</v>
+      </c>
+      <c r="F164" t="s">
+        <v>927</v>
+      </c>
       <c r="G164" t="s">
-        <v>924</v>
+        <v>46</v>
       </c>
       <c r="H164" t="s">
-        <v>925</v>
+        <v>47</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B165" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="C165"/>
+        <v>929</v>
+      </c>
+      <c r="C165" t="s">
+        <v>930</v>
+      </c>
       <c r="D165" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E165" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="F165" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="G165"/>
-      <c r="H165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B166" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
-        <v>933</v>
+        <v>275</v>
       </c>
       <c r="E166" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="F166" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="G166"/>
-      <c r="H166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="B167" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="C167"/>
+        <v>939</v>
+      </c>
+      <c r="C167" t="s">
+        <v>940</v>
+      </c>
       <c r="D167" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="E167" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="F167" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="G167" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H167" t="s">
-        <v>782</v>
+        <v>202</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B168" t="s">
-        <v>943</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="C168"/>
       <c r="D168" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="E168" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="F168" t="s">
+        <v>948</v>
+      </c>
+      <c r="F168"/>
+      <c r="G168" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>949</v>
       </c>
       <c r="B169" t="s">
         <v>950</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>951</v>
       </c>
       <c r="E169" t="s">
         <v>952</v>
       </c>
       <c r="F169" t="s">
         <v>953</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>14</v>
+        <v>954</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B170" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="C170" t="s">
         <v>956</v>
       </c>
+      <c r="C170"/>
       <c r="D170" t="s">
         <v>957</v>
       </c>
       <c r="E170" t="s">
         <v>958</v>
       </c>
-      <c r="F170">
-[...2 lines deleted...]
-      <c r="G170" t="s">
+      <c r="F170" t="s">
         <v>959</v>
       </c>
+      <c r="G170"/>
       <c r="H170" t="s">
-        <v>169</v>
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">