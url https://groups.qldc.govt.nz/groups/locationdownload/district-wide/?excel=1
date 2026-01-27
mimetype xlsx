--- v1 (2025-12-13)
+++ v2 (2026-01-27)
@@ -38,2904 +38,2904 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Alzheimers Southland</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland offers support, education and information to anyone wanting to know more about dementia. We provide this service by offering educational talks, information sessions, support groups and home visits to clients.In Queenstown / Arrowtown every 4-6 weeks.To find out more about Alzheimers Southland services please get in touch.</t>
+  </si>
+  <si>
+    <t>alzheimers.southlandcsw@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/southland</t>
+  </si>
+  <si>
+    <t>(03) 214-0984</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Idea (Intellectual Disability Empowerment in Action)</t>
+  </si>
+  <si>
+    <t>Welcome to IHC New Zealand. IHC will advocate for the rights, inclusion and welfare of all people with intellectual disabilities and support them to live satisfying lives in the community.IHC, through IDEA Services, supports adults of all ages with intellectual disabilities to live in their own homes and be part of their local communities.</t>
+  </si>
+  <si>
+    <t>southern@idea.org.nz</t>
+  </si>
+  <si>
+    <t>https://ihc.org.nz/</t>
+  </si>
+  <si>
+    <t>03 341 9299</t>
+  </si>
+  <si>
+    <t>PO Box 27202, Christchurch 8640</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Brain Injury Assoiation</t>
+  </si>
+  <si>
+    <t>Every day, 90 New Zealanders sustain a brain injury. Brain injuries are more common than you think, and can happen to anyone at anytime. Sudden knocks to the head through falls, sporting injuries and car crashes can all result in a brain injury. In fact, if you have ever suffered a concussion, no matter how mild, then you have sustained a brain injury.</t>
+  </si>
+  <si>
+    <t>liaison.dunedin@brain-injury.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.brain-injury.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6156</t>
+  </si>
+  <si>
+    <t>PO Box 5222, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Southern Lakes Deerstalkers Association</t>
+  </si>
+  <si>
+    <t>Formed in 1937, the New Zealand Deerstalkers’ Association is New Zealand’s recognised National body representing and speaking for hunter generally. The fundamental aim of the association is to ensure that the organisation and management of recreational hunting in New Zealand is carried out by hunters.Our Mission Statement is:“to retain, enhance and create opportunities for the enjoyment of legitimate recreational hunting and the sport of shooting, for the members of the Association”</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>info@southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>021 942 328</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Upper Clutha Rugby Football Club</t>
+  </si>
+  <si>
+    <t>Our Mission"To promote and govern rugby union in the Upper Clutha through maintaining stable structures for the game that enable its successful development at all levels for the benefit of all its participants’- with a focus on "country rugby philosophies and culture"."​</t>
+  </si>
+  <si>
+    <t>Club Captain - Nathan Simon</t>
+  </si>
+  <si>
+    <t>njbsimon@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/upperclutharugby</t>
+  </si>
+  <si>
+    <t>021632244</t>
+  </si>
+  <si>
+    <t>PO Box 209, Wanaka 9343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>New Zealand Red Cross</t>
+  </si>
+  <si>
+    <t>The New Zealand Red Cross has a Disaster Welfare and Support Team (DWST) in Queenstown-Lakes who can respond to the welfare needs of the community in earthquakes, floods and other disasters. We also work to connect and strengthen local communities, teach first aid, offer psychosocial support and promote disaster preparedness.</t>
+  </si>
+  <si>
+    <t>Otago Area</t>
+  </si>
+  <si>
+    <t>otago@redcross.org.nz</t>
+  </si>
+  <si>
+    <t>0800 733 27677</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>Mary Ferguson</t>
+  </si>
+  <si>
+    <t>Psychotherapist/CounsellorI am a Registered Psychotherapist with both an adult and a specialised child, adolescent &amp;amp; family scope of practice. This is because I have a Postgraduate qualification in Child &amp;amp; Adolescent Psychotherapy.I work across the Central Lakes region consulting in Queenstown, Cromwell and Wanaka. When I meet with a new client it is important to start our work by establishing a warm and supportive relationship. By reaching an understanding of your concerns and difficulties it means that your goals and a treatment plan can be established.</t>
+  </si>
+  <si>
+    <t>maryferguson3@gmail.com</t>
+  </si>
+  <si>
+    <t>http://mary-ferguson.co.nz/</t>
+  </si>
+  <si>
+    <t>0275 044 730</t>
+  </si>
+  <si>
+    <t>P O Box 1628, Queenstown</t>
+  </si>
+  <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Human Rights Commission</t>
+  </si>
+  <si>
+    <t>The Human Rights Commission was set up in 1977 and works under the Human Rights Act 1993. Our purpose is to promote and protect the human rights of all people in Aotearoa New Zealand. We work for a free, fair, safe and just New Zealand, where diversity is valued and human dignity and rights are respected.The Human Rights Commission works across Aotearoa New Zealand to increase human rights standards in law, policy and practice. We provide communities with education and tools to protect and promote their human rights, and deliver human rights programmes to government departments, Crown entities and kiwi organisations. Language Line, an interpreting service, is available. An appointment with a sign language interpreter is available.If you have a hearing or speech impairment, you can contact the Commission using the New Zealand Relay Service. NZ Relay is a telecommunications service and all calls are confidential. www.nzrelay.co.nz</t>
+  </si>
+  <si>
+    <t>infoline@hrc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.hrc.co.nz</t>
+  </si>
+  <si>
+    <t>0800 496 877</t>
+  </si>
+  <si>
+    <t>Queenstown Wedding Association</t>
+  </si>
+  <si>
+    <t>The Queenstown Wedding Association (QWA) is a non-profit association with the goal of providing Queenstown wedding suppliers with a collective voice to promote Queenstown as a premier wedding destination both locally and internationally. Along with the various marketing initiatives, the QWA will focus bringing together the wide array of wedding suppliers for networking and professional events throughout the year.</t>
+  </si>
+  <si>
+    <t>Tracey Maclaren - President</t>
+  </si>
+  <si>
+    <t>info@queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>http://www.queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club is a non-profit organisation, and is affiliated with Dogs NZ (New Zealand Kennel Club).Come and join us for agility whether for fun or competing. We offer weekly training sessions, at the Lake Hayes Showgrounds, with our club trainers and the opportunity to train with visiting trainers.</t>
+  </si>
+  <si>
+    <t>Diana Scott</t>
+  </si>
+  <si>
+    <t>QDAC2020@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.qdac.org.nz/</t>
+  </si>
+  <si>
+    <t>PO BOX 1307, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Well South Primary Health Organisation</t>
+  </si>
+  <si>
+    <t>PHOs are organisations that plan, coordinate and fund primary health care. They are responsible for the health needs of their local communities. PHOs mainly involve health and medical centres and are increasingly involving other health care providers such as physiotherapists, podiatrists, pharmacists, dentists and other groups.Facebook: https://www.facebook.com/WellSouth-Community-212865212217494/?fref=ts</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 1163 </t>
+  </si>
+  <si>
+    <t>P O Box 218, Dunedin, 9054</t>
+  </si>
+  <si>
+    <t>National Heart Foundation</t>
+  </si>
+  <si>
+    <t>Our mission: to STOP New Zealanders dying prematurely of heart disease and HELP people with heart disease to live full and productive lives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedinoffice@heartfoundation.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.heartfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 4773999</t>
+  </si>
+  <si>
+    <t>PO Box 6179 Dunedin 9059</t>
+  </si>
+  <si>
+    <t>Dunedin Central 9016</t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation is a free parenting course that’s available all year around New Zealand. At the course, you’ll get practical advice to help you understand and manage the needs of your children following separation.The Parenting Through Separation course can also help grandparents and other family and whānau members who may be involved in caring for your children.</t>
+  </si>
+  <si>
+    <t>https://www.justice.govt.nz/family/care-of-children/resolving-parentings-disagreements/parenting-through-separation/</t>
+  </si>
+  <si>
+    <t>03 466 4600</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School is one of New Zealand’s newest primary schools, which welcomed students in Term 1, 2010. The official opening was held on the 27th of August 2010. This school is unique in what it offers to all those who become part of this learning community. The school has had a staged opening beginning with our Year 1 and 2 students in Term 1, 2010 and our Year 3 and 4 students in Term 3, 2010. We welcomed our Year 5 and 6 students at the beginning of Term 1 in 2011. In 2012 we opened to Year 7 and 8 students and will grow to our capacity of 460.The school's vision is Remarkables Primary School aims to equip and inspire each student to take full advantage of life’s opportunities within a global community.Our Mission Statement is: ‘Truly Remarkable People – Ngai Iwi Tumeke.’</t>
+  </si>
+  <si>
+    <t>Debbie Dickson - Principal</t>
+  </si>
+  <si>
+    <t>office@remarkables.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.remarkablesprimary.school.nz</t>
+  </si>
+  <si>
+    <t>P.O. Box 2564, Wakatipu 9349</t>
+  </si>
+  <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview Club</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview club {formerly Probus} is a group of retirees that meet monthly to exchange ideas and listen to guest speakers on a wide variety of subjects. We meet at 10AM on the 3rd Monday of each month at the Wanaka Community Hub. </t>
+  </si>
+  <si>
+    <t>davidleslie2102@gmail.com</t>
+  </si>
+  <si>
+    <t>03 443 9262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka </t>
+  </si>
+  <si>
+    <t>ACC</t>
+  </si>
+  <si>
+    <t>We help prevent injuries and get New Zealanders and visitors back to everyday life if they’ve had an accident.We touch the lives of a large number of New Zealanders. The health, rehabilitation and service providers who help people who are injured, the businesses, vehicle owners and workers who contribute to the Scheme, and any New Zealander or visitor to New Zealand who's injured in an accident.</t>
+  </si>
+  <si>
+    <t>information@acc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.acc.co.nz/ </t>
+  </si>
+  <si>
+    <t>04 816 7400</t>
+  </si>
+  <si>
+    <t>PO Box 242, Wellington 6140</t>
+  </si>
+  <si>
+    <t>Queenstown and District Historical Society</t>
+  </si>
+  <si>
+    <t>The Historical Society was formed in 1965 in order to protect, celebrate and promote the history of the Wakatipu area. We organise meetings and activities for members and the public; publish a bi-annual magazine which is searchable on our website; have an app of historic sites; support the publication of local history; monitor development in the district to ensure history is protected; and collaborate with other organisations in promoting local history.</t>
+  </si>
+  <si>
+    <t>Marion Borrell (Chairperson)</t>
+  </si>
+  <si>
+    <t>marionborrell@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownhistoricalsociety.org.nz</t>
+  </si>
+  <si>
+    <t>P O Box 132, Queenstown</t>
+  </si>
+  <si>
+    <t>Attendance Services</t>
+  </si>
+  <si>
+    <t>" The Attendance Service supports schools and students to manage and improve attendance. Attendance Services combines the Non-Enrolled Truancy Service (NETS) and the District Truancy Service (DTS) into one integrated service. We aim to support schools to: - effectively manage attendance - reduce unjustified absence rates and non-enrolment - reduce the time taken to return students to education."</t>
+  </si>
+  <si>
+    <t>Valda Muller</t>
+  </si>
+  <si>
+    <t>nznut1@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.education.govt.nz/school/managing-and-supporting-students/managing-student-attendance/attendance-services/</t>
+  </si>
+  <si>
+    <t>027 446 6112</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art Club</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art club is for people who enjoy floral art and who live within the Central Otago region of New Zealand.We meet at a number of places - Cromwell, Wanaka, Queenstown</t>
+  </si>
+  <si>
+    <t>pmcgeorge@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fasnz.org.nz/</t>
+  </si>
+  <si>
+    <t>0272766461</t>
+  </si>
+  <si>
+    <t>Wakatipu Woodcraft Guild</t>
+  </si>
+  <si>
+    <t>Meetings Second Monday of month 7.30pm at a members workshop Please contact for details.</t>
+  </si>
+  <si>
+    <t>President: Geoffrey Walker</t>
+  </si>
+  <si>
+    <t>beckyparisbda@gmail.com</t>
+  </si>
+  <si>
+    <t>http://naw.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (03) 441 2103</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Upper Clutha Lions Club of Wanaka</t>
+  </si>
+  <si>
+    <t>Meet 2nd Wednesday of each month at Prince Albert Tavern Café, Albert TownMeet &amp;amp; Greet 6.30pm</t>
+  </si>
+  <si>
+    <t>SECRETARY- Lorraine Knowles</t>
+  </si>
+  <si>
+    <t>knowles_lorraine@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://e-clubhouse.org/sites/wanakauc/</t>
+  </si>
+  <si>
+    <t>027 4737 813</t>
+  </si>
+  <si>
+    <t>P.O. Box 255, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Alzheimers Society Otago, Queenstown</t>
+  </si>
+  <si>
+    <t>Affiliated to Alzheimers New Zealand Inc, Alzheimers Otago is an autonomous society operating from three offices across Otago. Our primary role is to support people with dementia and the family, friends, neighbours and communities who care for them.We do this by providing information, support, advice, carer support groups, home visits by qualified staff, education, a shoulder to lean on and a companion on this, at times, long and difficult journey. Queenstown Office days: Tuesday, Wednesday, ThursdayHours: 9am - 4pm</t>
+  </si>
+  <si>
+    <t>queenstown@alzheimersotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/otago</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(03) 441 4955 or 027 441 4960 </t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
+    <t>Disabilities Resource Centre</t>
+  </si>
+  <si>
+    <t>We came from small beginnings in 1992. Over the following years we provided needs assessment and service co-ordination services and home support services. We also provided the best, most cost effective, equipment and daily living products through our equipment shop. A strong dedicated team of staff ensured that people who came to us for information, resources and support gained the outcomes they desired.We will continue to grow in response to the needs of our communities in Southland, including Gore, Te Anau, Queenstown, Stewart Island and all other localities in our beautiful province.</t>
+  </si>
+  <si>
+    <t>info@drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 5000 or 0800 100 531</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Oranga Tamariki Ministry for Children</t>
+  </si>
+  <si>
+    <t>We are dedicated to supporting any child in New Zealand whose wellbeing is at significant risk of harm now, or in the future. We also work with young people who may have offended, or are likely to offend.Our belief is that in the right environment, with the right people surrounding and nurturing them, any child can, and should flourish.Lines open 24/7. From 5pm – 8 am Monday to Friday, weekends and public holidays, social workers will only assess emergency situations. But we encourage you to call if you're unsure.</t>
+  </si>
+  <si>
+    <t>enquiry@ot.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.orangatamariki.govt.nz/</t>
+  </si>
+  <si>
+    <t>0508 326 459</t>
+  </si>
+  <si>
+    <t>P O Box 240 Alexandra</t>
+  </si>
+  <si>
+    <t>Central Otago Budgeting Services</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it&amp;rsquo;s not always an easy place to live. More than ever before, families are struggling to gain control of their finances.   Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.</t>
+  </si>
+  <si>
+    <t>cobas@ach.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.nbfcct.com/</t>
+  </si>
+  <si>
+    <t>03 448 8072</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Central Otago REAP</t>
+  </si>
+  <si>
+    <t>Central Otago REAP provides a diverse and extensive educational resource to rural communities, implementing a life long learning approach. The overall purpose of Central Otago REAP is to provide educational support and assistance across all sectors including early childhood, primary, secondary and adult education.Central Otago REAP is a community-based flexible resource providing formal and non-formal learning opportunities.</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>admin@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://coreap.org.nz/</t>
+  </si>
+  <si>
+    <t>03 448 6115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Comcol - Community Colleges New Zealand</t>
+  </si>
+  <si>
+    <t>Community Colleges NZ is a charitable training establishment with six colleges South Island-wide. We have over 30 years' experience providing quality, hands-on learning and currently offer practical training to people 16+ years of age. Through our practical training courses you'll gain NZQA unit standards and have the opportunity to work towards NCEA and a recognised New Zealand qualification.</t>
+  </si>
+  <si>
+    <t>Jodie Mitchell</t>
+  </si>
+  <si>
+    <t>info.dn@comcol.ac.nz</t>
+  </si>
+  <si>
+    <t>http://comcol.ac.nz/colleges/comcol-dunedin-0800-887-005/</t>
+  </si>
+  <si>
+    <t>(03) 477 7790</t>
+  </si>
+  <si>
+    <t>PO Box 715, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Generosity NZ - Grants &amp; Funding</t>
+  </si>
+  <si>
+    <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
+  </si>
+  <si>
+    <t>info@generosity.org.nz</t>
+  </si>
+  <si>
+    <t>https://generosity.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromwell College </t>
+  </si>
+  <si>
+    <t>We are proud of the quality education and the many opportunities that we provide for our students and we know that this prepares them well for life beyond school. We pride ourselves on our dedicated staff, excellent facilities, friendly students, and engaging programmes set amongst the stunning landscapes of Central Otago.Cromwell College is a secondary school with a difference. Since 1995 over 300 students have enjoyed our highly regarded and popular Outdoor Pursuits Academy. This academy enables students from around New Zealand and overseas to experience life in Central Otago for their final years of secondary schooling.</t>
+  </si>
+  <si>
+    <t>admin@cromwell.school.nz</t>
+  </si>
+  <si>
+    <t>http://cromwell.school.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 1121</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Education Angels In Home Childcare</t>
+  </si>
+  <si>
+    <t>Education Angels provide licensed in-home care &amp;amp; education for pre-school children throughout the region. We provide a range of childcare options to suit each family- In home educators or a nanny or au pair in your own home. In addition, generous non-means tested subsidies are available to each family that enrols with our service based on the hours of care.</t>
+  </si>
+  <si>
+    <t>Leah Orman</t>
+  </si>
+  <si>
+    <t>https://www.educationangels.co.nz/contact-us/</t>
+  </si>
+  <si>
+    <t>027 467 3636</t>
+  </si>
+  <si>
+    <t>Parkinsons New Zealand, Otago</t>
+  </si>
+  <si>
+    <t>Founded in 1983, The Parkinson's New Zealand Charitable Trust (Parkinson’s New Zealand) is a community based, non-profit organisation, registered with the Charities Commission and reliant on funding from grants, bequests and donations.We also provide information and educational services to non-members, health professionals and the general public. We work closely with other neurological organisations, and in some less populated areas, Parkinson's Community Educator Services are supplied by the Multiple Sclerosis Society.</t>
+  </si>
+  <si>
+    <t>Paula Ryan</t>
+  </si>
+  <si>
+    <t>paula.ryan@parkinsons.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parkinsons.org.nz/</t>
+  </si>
+  <si>
+    <t>Phone: 03 262 7040 or 027 221 5353</t>
+  </si>
+  <si>
+    <t>Kidstart (Barnardos)</t>
+  </si>
+  <si>
+    <t>Kidstart is a home-based care and learning service for children aged from birth to five years. It is provided in the homes of trained Educators, all of whom are supported by fully qualified teachers.</t>
+  </si>
+  <si>
+    <t>CromwellELC@Barnardos.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidstart.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 4728</t>
+  </si>
+  <si>
+    <t>PO Box 114 Alexandra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t>Stop Smoking NZ</t>
+  </si>
+  <si>
+    <t>There are Stop Smoking Service providers located throughout New Zealand, and they can help you on your quit journey. Your local service will be able to work with you to create your quit plan, with free and flexible support and free Nicotine Replacement Therapy (NRT).</t>
+  </si>
+  <si>
+    <t>admin@stopsmoking.nz</t>
+  </si>
+  <si>
+    <t>https://www.smokefree.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 925 242</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs is a free, easy-to-use Job Search site for New Zealand. With new jobs added daily, our site specialises in bringing employers and jobseekers together in fast and efficient way. Best of all, it&amp;rsquo;s free!  As an NZ employment website, we have set out to achieve these three main goals for our community:  Become New Zealand&amp;rsquo;s easiest, fastest and most effective platform for employers and jobseekers to be connected  Assist those who plan to move to New Zealand with finding their ideal job, such as the ability to post your resume / CV for free  Provide useful and informative employment advice and tips for Employers seeking new staff and Jobseekers searching for how to get a job in New Zealand</t>
+  </si>
+  <si>
+    <t>http://www.queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>0800 QT JOBS</t>
+  </si>
+  <si>
+    <t>admin@queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Mountain Scene</t>
+  </si>
+  <si>
+    <t>Mountain Scene is an independent locally owned newspaper established in Queenstown in 1972. Mountain Scene has created its own unique identity and style and made a reputation that sees it continually dominating the fiercely competitive Queenstown media ‘battleground’. Mountain Scene is the number one broker of mass attention in the Wakatipu and is recognised as Queenstown’s most powerful media vehicle by readers, advertisers and independent research – with a 90% plus readership of 15+ Wakatipu residents.</t>
+  </si>
+  <si>
+    <t>classified@scene.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.scene.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7000</t>
+  </si>
+  <si>
+    <t>PO Box 299, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Southern REAP (Wakatipu)</t>
+  </si>
+  <si>
+    <t>Our professional vision is to enrich our communities through innovative programmes.REAP fills gaps in mainstream education service provision by providing integrated and educational initiatives across Early Childhood, Schools and the Adult Education sectors.</t>
+  </si>
+  <si>
+    <t>enquiries@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz</t>
+  </si>
+  <si>
+    <t>03  236 6008</t>
+  </si>
+  <si>
+    <t>PO Box 9 WINTON 9741</t>
+  </si>
+  <si>
+    <t>Boomerang Bags Queenstown</t>
+  </si>
+  <si>
+    <t>Boomerang Bags works to reduce the use of plastic bags by engaging local communities in the making of Boomerang Bags community made using recycled materials, Boomerang Bags provide a free, fun, sustainable alternative to plastic bags.  By getting involved with Boomerang Bags, you are participating in a national movement that celebrates a local grassroots initiative, community building and sustainability.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia Todd &amp; Fiona Davies </t>
+  </si>
+  <si>
+    <t xml:space="preserve">drifton_4@hotmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/975159672613924/</t>
+  </si>
+  <si>
+    <t>0210650829</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services Ltd (COHSL) is the community owned, not-for-profit company which is responsible for providing health services out of Dunstan Hospital.Our mission is to provide an integrated health service that is client/patient focused, clinically competent, efficiently delivered, well co-ordinated, culturally appropriate and meets the changing needs of the COHSL service areas.</t>
+  </si>
+  <si>
+    <t>https://www.cohsl.co.nz/</t>
+  </si>
+  <si>
+    <t>03 440 4300</t>
+  </si>
+  <si>
+    <t>PO Box 30, Clyde 9341</t>
+  </si>
+  <si>
+    <t>Clyde</t>
+  </si>
+  <si>
+    <t>Public Health Nurse</t>
+  </si>
+  <si>
+    <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
+  </si>
+  <si>
+    <t>publichealthnursing@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>03 450 9156</t>
+  </si>
+  <si>
+    <t>PO Box 2180 Frankton Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Town Centre Queenstown</t>
+  </si>
+  <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa is a national organisation representing the voice of Deaf people, and the national service provider for Deaf people in New Zealand. Deaf Aotearoa also works closely with Deaf communities, government agencies and other organisations to increase awareness, promote New Zealand Sign Language and strengthen the rights of Deaf people.Deaf Aotearoa delivers flexible and responsive services which accomodates the Deaf community’s needs. We provide knowledge, information, resources and skills. With these, Deaf people are able to independently manage events in their own lives.</t>
+  </si>
+  <si>
+    <t>national@deaf.org.nz</t>
+  </si>
+  <si>
+    <t>http://deaf.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 33 23 22</t>
+  </si>
+  <si>
+    <t>Dunedin Central, 9016</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Ministry of Education</t>
+  </si>
+  <si>
+    <t>We shape an education system that delivers equitable and excellent outcomes.Our Vision - Every New Zealander:•Is strong in their national and cultural identity•Aspires for themselves and their children to achieve more•Has the choice and opportunity to be the best they can be•Is an active participant and citizen in creating a strong civil society•Is productive, valued and competitive in the world.New Zealand and New Zealanders lead globally.</t>
+  </si>
+  <si>
+    <t>enquiries.dunedin@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/ministry-of-education/regional-ministry-contacts/</t>
+  </si>
+  <si>
+    <t>03 445 3750</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Occupational Therapist</t>
+  </si>
+  <si>
+    <t>Assessment and provision of Early intervention in mental health; anxiety, depression and life coaching.  &amp;#61623; Supportive counsellor- Training in ACT and CPT  &amp;#61623; Reactivation into meaningful activity after illness/injury or grief.  &amp;#61623; Assessment, strategies and education to assist with sleep issues/disorders</t>
+  </si>
+  <si>
+    <t>Rachael Bentley</t>
+  </si>
+  <si>
+    <t>Thesleepsolutionsclinic@gmail.com</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/wp-content/uploads/2017/11/Counselling-Mental-Health-Services-in-the-Upper-Clutha-3.pdf</t>
+  </si>
+  <si>
+    <t>0212508628</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Compassionate Friends</t>
+  </si>
+  <si>
+    <t>We gather together to support each other every two months where we either have a speaker, watch a video on aspects of grief, share each others grief or chat informally. Personal support is given by phone calls and home visits particularly to the newly bereaved and where a need is known. Once a year we endeavour to run a grief workshop.There are no subscriptions. The newsletter and workshops are free to bereaved families. No commitment is expected from bereaved families to attend workshops, bi-monthly gatherings or receive newslettersTHE AREA ENCOMPASSED BY CENTRAL OTAGO COMPASSIONATE FRIENDS The Teviot Valley – The Maniototo – Queenstown – Wanaka – Cromwell – Alexandra All the areas in between and surrounding the above places</t>
+  </si>
+  <si>
+    <t>Pauline Trotter</t>
+  </si>
+  <si>
+    <t>centralotagocf@gmail.com</t>
+  </si>
+  <si>
+    <t>http://compassionatefriends.org.nz/contact.html</t>
+  </si>
+  <si>
+    <t>027 396 0611</t>
+  </si>
+  <si>
+    <t>Community Law Centre</t>
+  </si>
+  <si>
+    <t>We offer free legal advice and information, representation and education to the people of Otago. Free legal advice clinics are held on the 1st Thursday of each month in Queenstown and Wanaka.Please make an appointment first. QUEENSTOWN (9:30am to 11:30am): Happiness House, phone: 03 442 6531, location: 4 Park Street, Queenstown.WANAKA (11:00am to 1:00pm): Community Networks, phone: 03 443 7799 or email info@communitynetworks.co.nz, location: 34 McDougall St, Wanaka.Or you can contact the main Community Law office on 0800 169 333.</t>
+  </si>
+  <si>
+    <t>reception@dclc.org.nz</t>
+  </si>
+  <si>
+    <t>http://communitylaw.org.nz/centre/otago/</t>
+  </si>
+  <si>
+    <t>0800 169 333</t>
+  </si>
+  <si>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Methodist Mission</t>
+  </si>
+  <si>
+    <t>The Mission has been standing up for social justice in Otago since 1890. Our clients lead everything we do and their voice is paramount. They bring the resources for the work and set the targets that we work towards. Our job is to keep them on track, help them develop new resources, and provide a hand up when they stumble. To do this we use high levels of skill, rigour, and specialist tools, while paying attention and learning from what we discover.</t>
+  </si>
+  <si>
+    <t>admin@mmsouth.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2391, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust</t>
+  </si>
+  <si>
+    <t>Our purpose is to provide free and independent advocacy services for ACC claimants who cannot afford the hire the services of a lawyer. Everyone is welcome. (Please note The Trust is not a vehicle for lobbying Government).</t>
+  </si>
+  <si>
+    <t>southaccadv@gmail.com</t>
+  </si>
+  <si>
+    <t>http://accadvocacy.info/index.html</t>
+  </si>
+  <si>
+    <t>03-2188194</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust PO Box 1735</t>
+  </si>
+  <si>
+    <t>Wakatipu Kindergarten</t>
+  </si>
+  <si>
+    <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>wakatipu@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/wakatipu</t>
+  </si>
+  <si>
+    <t>03 442 6236</t>
+  </si>
+  <si>
+    <t>PO Box 633, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>PSA Otago</t>
+  </si>
+  <si>
+    <t>The PSA – the Public Service Association Te Pūkenga Here Tikanga Mahi –is New Zealand's largest union, representing more than 63,000 workers in central government, state-owned enterprises, local councils, health boards and community groups.We champion members’ interests with a strong effective voice. We stand together, supporting and empowering members, individually and collectively. We encourage participation from members. We aim to be transparent, accessible and inclusive in the way we work</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psa.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.psa.org.nz/</t>
+  </si>
+  <si>
+    <t>0508 367 772.</t>
+  </si>
+  <si>
+    <t>Hawea Kindergarten</t>
+  </si>
+  <si>
+    <t>hawea@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/hawea</t>
+  </si>
+  <si>
+    <t>(03) 443 6192</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa is a uniquely Māori learning environment for everyone. We're not a university or a polytech. We're a wānanga. And that's just a little bit different.No matter who you are, if you're a New Zealand Citizen or resident living in NZ, we have amazing study possibilities for you.If you want to learn in an environment that’s been designed for your success and you don’t want to go far from home to do it, this is the place for you. For over 30 years we’ve been delivering recognised qualifications to meet the needs of school leavers, business professionals, empty-nest mums and dads, indigenous academics and kaumātua.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TeKeiMarketing@twoa.ac.nz </t>
+  </si>
+  <si>
+    <t>https://www.twoa.ac.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 355 553 </t>
+  </si>
+  <si>
+    <t>Budgeting Advice</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it’s not always an easy place to live. More than ever before, families are struggling to gain control of their finances. Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.Our Financial Mentors offer free, confidential advice by phone, text, email and live chat.Phone: 0800 345 123Text: 4029 </t>
+  </si>
+  <si>
+    <t>help@moneytalks.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 114 Queenstown</t>
+  </si>
+  <si>
+    <t>Uruuruwhenua - Health service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruuruwhenua Health is focused on Māori health but is open to all members of the Central Otago community. Our key objective is to ensure existing health professionals and social services/agencies are coordinated and that Māori are assisted to better utilise the services that are available.We assist whānau in working towards healthier lifestyles, promoting and understanding of the Whare Tapa Wha Health model in terms of tinana (physical wellbeing), wairua (spiritual wellbeing), hinengaro (mental wellbeing) and whānau (family wellbeing).Our focus is on Whānau Ora health promotion, prevention and resources. Individual and whānau health plans Shearing Hauora clinics Maara Kai Drug and alcohol Mental health Auahi Kore support services. </t>
+  </si>
+  <si>
+    <t>info@uruuruwhenuahealth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/uruuruwhenua-health-community-health-services/</t>
+  </si>
+  <si>
+    <t>0272021515</t>
+  </si>
+  <si>
+    <t>PO Box 500, Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Sport Central</t>
+  </si>
+  <si>
+    <t>Sport Central is a partnership between Sport Otago, Sport Southland, the Central Otago District Council, and the Queenstown Lakes District Council.  The programme, which commenced in 2002, is designed to address the specific sport and recreation issues facing the Central Otago community.  We are grateful for the support of the Community Trust of Otago and the Central Lakes Trust for supporting Sport Central.</t>
+  </si>
+  <si>
+    <t>sporto@sportotago.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.sportotago.co.nz/index.php/sport-central</t>
+  </si>
+  <si>
+    <t>03 474 6350</t>
+  </si>
+  <si>
+    <t>PO Box 969, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justice of the Peace Services </t>
+  </si>
+  <si>
+    <t>QueenstownFriday 12:30pm to 1:30pmCitizens Advice Bureau, 44 Stanley Street, QueenstownPh: 03 442 6799Email: queenstown@cab.org.nzWanakaTuesday 10:30am - 12:00pmThursday 2:00 - 3:30pmBy appointment Community Link Upper Clutha, Wanaka Community Hub, 34 McDougall St, WanakaPh: 03-443 7799, email: info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://justiceofthepeace.org.nz/</t>
+  </si>
+  <si>
+    <t>Shotover Primary School</t>
+  </si>
+  <si>
+    <t>Welcome to Shotover Primary School in Queenstown, which caters for children from new entrants to year 8. We opened our doors for the very first time in 2015. Since then, we've added more teaching and learning spaces, a community hall with a music studio and technology and science room, and playgrounds. There's more to come as our community grows around us.</t>
+  </si>
+  <si>
+    <t>office@shotover.school.nz</t>
+  </si>
+  <si>
+    <t>https://www.shotover.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 409 0005</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
     <t>Wakatipu Community Presbyterian Church</t>
   </si>
   <si>
     <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
   </si>
   <si>
     <t>wcpchurch@xtra.co.nz</t>
   </si>
   <si>
     <t>http://www.wakatipuchurch.com/</t>
   </si>
   <si>
     <t>03 441 4250</t>
   </si>
   <si>
     <t>PO Box 2115, Queenstown</t>
   </si>
   <si>
-    <t>Brain Injury Assoiation</t>
-[...59 lines deleted...]
-    <t>Remarkables Park, Queenstown</t>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>The Academy At Kip McGrath</t>
+  </si>
+  <si>
+    <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
+  </si>
+  <si>
+    <t>Remarkables</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Mediaworks</t>
+  </si>
+  <si>
+    <t>MediaWorks is New Zealand's largest independent broadcaster, and reaches more than 4 million Kiwis through its TV, Radio and Digital platforms. The company is owned by Oaktree Capital and governed by a Board of Directors; Jack Matthews (Chairman) and Jonas Mitzschke. MediaWorks is led by Michael Anderson, CEO.Through our loved and trusted news and entertainment brands, including Three, More FM, The Edge and RadioLive, The Rock and The Breeze, MediaWorks connects with 97% of all New Zealanders. With this comes responsibility, and ours is to make a positive difference in our communities. Over the years, MediaWorks has been proud to support hundreds of charities. We've shed light on many important issues, engaging with millions of New Zealanders to raise awareness. And, with the public’s support, we’ve helped to raise millions of dollars for charities too.</t>
+  </si>
+  <si>
+    <t>corporate@mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 901 0810</t>
+  </si>
+  <si>
+    <t>PO Box 224, Queenstown 9348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Parent to Parent Inc</t>
+  </si>
+  <si>
+    <t>Monday – Wednesday 9:00am – 3:30pm and Thursday 9.00am-4.30pm Often raising a child with a disability is an experience that isn’t planned, and we know it can be a challenging journey. We can inform, educate, inspire and support you as you navigate your way through your family’s experience with disability. Our services are free and confidential.</t>
+  </si>
+  <si>
+    <t>MaryAnn Hughes</t>
+  </si>
+  <si>
+    <t>otago@parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>027 808 3949</t>
+  </si>
+  <si>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
+  </si>
+  <si>
+    <t>Central Otago Living Options</t>
+  </si>
+  <si>
+    <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
+  </si>
+  <si>
+    <t>Alison Wildey</t>
+  </si>
+  <si>
+    <t>alison@livingoptions.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
+  </si>
+  <si>
+    <t>03 4487748</t>
+  </si>
+  <si>
+    <t>PO Box 446 Alexandra</t>
+  </si>
+  <si>
+    <t>Kiwi Haka</t>
+  </si>
+  <si>
+    <t>Norm</t>
+  </si>
+  <si>
+    <t>kiwihaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 0101 or 0274 200 165</t>
+  </si>
+  <si>
+    <t>Special Education Service - Ministry of Education</t>
+  </si>
+  <si>
+    <t>Learning support refers to the additional support some children and young people need to engage and achieve in education. The Learning Support service delivery model is about improving the education system for children and students who need additional learning support. The Inclusive Education website has teaching strategies for supporting children and students with learning support needs. Learning support is available in your local early childhood centre or school. It is provided to support students, educators families and whānau in a range of different ways.</t>
+  </si>
+  <si>
+    <t>Julie Anderson</t>
+  </si>
+  <si>
+    <t>learning.supportmailbox@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/school/student-support/special-education/</t>
+  </si>
+  <si>
+    <t>0800 622 222</t>
+  </si>
+  <si>
+    <t>PO Box 142 Cromwell 9342</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Kids Circus</t>
+  </si>
+  <si>
+    <t>Circus class for anyone over 6years. A fun class of Trapeze, Aerial Fabric, Rope, Tumbling, Juggling and Hoops. Arrowtown Primary School Hall Thursdays 5.30pm Sundays 4pm   Ask about adult training!</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://Www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>022 017 2046</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club</t>
+  </si>
+  <si>
+    <t>Tramping (hiking), cycling, and other activities, for casual day trippers to serious explorers.  Based in Queenstown, Arrowtown, Frankton, and around the Wakatipu Basin.  Meet up:  At the club monthly meeting.     Date: The first Tuesday of the month     Time: 7:30pm.     Location: St Margaret's Presbyterian Church, Ross Street, Frankton.</t>
+  </si>
+  <si>
+    <t>President: Sally Stockdale</t>
+  </si>
+  <si>
+    <t>wakatipu.tramper@gmail.com</t>
+  </si>
+  <si>
+    <t>021 132 6631</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club, PO Box 137, Queenstown</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Oral Health Services</t>
+  </si>
+  <si>
+    <t>The Community Oral Health service has a strong emphasis on prevention of tooth decay and providing parents with advice to support their children's good oral health, at the time of their child's appointment.Free basic dental care is available at Community Oral Health clinics and mobile dental units throughout the Southern District.</t>
+  </si>
+  <si>
+    <t>oralhealth@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz/pages/community-oral-health-service/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club, Inc. (WRC) is an affiliated member of New Zealand Riding Clubs, Inc. and Bridleways NZ. We are an open, active, fun group of adult horse lovers who share a common passion for equestrian activities and information.We organise and host competitions, treks and other equestrian events to provide riding and social opportunities for our members and other riders. We also promote the communication of a wide range of equestrian-related information relevant to the Wakatipu community.Our club meets once per month, and all members are encouraged to attend. New members are always welcome! Membership is just $25 per year. For more information about our meetings, our committee, and becoming a financial member of the WRC, feel free to contact us on wakatipuridingclub@gmail.com for any other information. Wakatipu Riding Club, Inc. is here to encourage equine adventures of all types in this wonderful region.</t>
+  </si>
+  <si>
+    <t>wakatipuridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/529726693705922/</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Remarkables Orienteering Club</t>
+  </si>
+  <si>
+    <t>We are an orienteering club based in Queenstown, New Zealand with maps around the region.From absolute beginners to world champions, we support anyone wanting to get started in the sport of orienteering or make it on the world stage.For further information and upcoming events visit our webpage www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>remarkables.orienteering@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
+  </si>
+  <si>
+    <t>Ashburn Psychiatric Health Care</t>
+  </si>
+  <si>
+    <t>Ashburn Clinic is a not-for-profit rehabilitation clinic and therapeutic community in Dunedin, offering a professional and supportive environment for diagnosis, treatment and recovery from mental illness and addictions.</t>
+  </si>
+  <si>
+    <t>ashburn@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ashburn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 476 2092</t>
+  </si>
+  <si>
+    <t>Private Bag 1916, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9010 </t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wills Acting Workshops </t>
+  </si>
+  <si>
+    <t>Wills Acting Workshops - Offering fun and interactive drama workshops, acting training, accent coaching, audition techniques, stage combat and more...   Hi everyone, want to give Acting &amp;amp; Stage Combat a go? With all the filming that goes on across the country and the many talent agencies out there, why not come along and give the New Acting &amp;amp; Stage Combat workshops ago! The workshops and classes are tailored to all ages and abilities, the workshops are all interactive, fun, energetic and great for building confidence.   If interested please contact us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Will James </t>
+  </si>
+  <si>
+    <t>Williamjames23@googlemail.com</t>
+  </si>
+  <si>
+    <t>http://www.willsactingworkshops.weebly.com</t>
+  </si>
+  <si>
+    <t>0224189320</t>
+  </si>
+  <si>
+    <t>Lakes District Hospital</t>
+  </si>
+  <si>
+    <t>For all emergencies dial 111 from any New Zealand landline or mobile phone.</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0015</t>
+  </si>
+  <si>
+    <t>20 Douglas Street, Frankton</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>Southern District Health Board</t>
+  </si>
+  <si>
+    <t>Southern District Health Board (Southern DHB) exists to support everyone across our district to live well, and access the right care when they need it, by delivering high quality, patient-centred and equitable health services to our diverse communities.We are responsible for planning, funding and providing health and disability services to a population of over 315,000 located South of the Waitaki River. Our catchment area encompasses Invercargill City, Queenstown - Lakes District, Gore, rural Southland, Clutha, Central Otago, Maniototo, Waitaki District and Dunedin City. This means Southern DHB serves the largest geographic region of all New Zealand's health boards.</t>
+  </si>
+  <si>
+    <t>http://www.southernhealth.nz</t>
+  </si>
+  <si>
+    <t>03 474 0999</t>
+  </si>
+  <si>
+    <t>Southern Support Eating Disorders (SSED) Service</t>
+  </si>
+  <si>
+    <t>The SSED Service in the community and primary health sector is a free service that provides early identification, assessment, treatment and referral for people with symptoms and / or behaviours consistent with an eating disorder. The service also provides advice for families/whanau to access support networks. Education, training and information for a range of professionals, about eating disorders is a key focus. </t>
+  </si>
+  <si>
+    <t>Trudy Dent</t>
+  </si>
+  <si>
+    <t>southernsupport@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>Presbyterian Support</t>
+  </si>
+  <si>
+    <t>Presbyterian Support Otago works for a fair, just and caring community.Motivated by our Christian heritage, and in partnership with others, we work across the generations for positive change, strong families and healthy communities.In fulfilling our mission, we will endeavour to act with Faith, Compassion, Respect, Integrity, Courage and Independence.</t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/</t>
+  </si>
+  <si>
+    <t>03 477 7115</t>
+  </si>
+  <si>
+    <t>Workbridge Inc</t>
+  </si>
+  <si>
+    <t>Linking the right people to the right jobsWorkbridge is a specialist employment service that gives employers access to a wide talent pool of people with a disability, injury or illness.Our services are free, and we fill 3500-4000 job vacancies each year. If you’re an employer, we can help you recruit, select and support staff with the right skills and attitudes for your workplace. If you’re a job seeker, we can help you develop job-searching skills and find the most suitable employment for you.</t>
+  </si>
+  <si>
+    <t>Trudy Kerr</t>
+  </si>
+  <si>
+    <t>trudyk@workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 0227</t>
+  </si>
+  <si>
+    <t>Queenstown Photography Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
+  </si>
+  <si>
+    <t>President – Suzy Walker</t>
+  </si>
+  <si>
+    <t>queenstownphotoclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstownphotographyclub.wordpress.com</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Remarkables Park</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children. Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning.</t>
+  </si>
+  <si>
+    <t>info@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/remarkables-park</t>
+  </si>
+  <si>
+    <t>03 409 0404</t>
+  </si>
+  <si>
+    <t>Otago Community Hospice</t>
+  </si>
+  <si>
+    <t>We provide a wide range of services for people who are approaching the end of their life and whose palliative care needs are beyond the level that are able to be supported by their local services e.g. GP and District Nurses alone. We also provide care and support for the patient’s loved ones.</t>
+  </si>
+  <si>
+    <t>contact@otagohospice.co.nz</t>
+  </si>
+  <si>
+    <t>https://otagohospice.co.nz/</t>
+  </si>
+  <si>
+    <t>03 473 6005 or 0800 473 6005</t>
+  </si>
+  <si>
+    <t>Dunedin 9010</t>
+  </si>
+  <si>
+    <t>Abbeyfield Wakatipu Inc</t>
+  </si>
+  <si>
+    <t>Not-for-profit housing project for the over-55s in the Wakatipu.Purpose-built affordable housing for independent older people.Follows international Abbeyfield tenets of companionship, values and community support and involvement.Manager/Residents Housekeeper: Alison Beaumont - 021 955695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alison Beaumont </t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@abbeyfieldwakatipu.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.abbeyfield.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 441 4448 </t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Omarama Gliding Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Omarama Gliding Club We are a soaring orientated club based at Omarama, Central Otago, New Zealand. Some of the worlds best soaring can be enjoyed from well equipped modern facilities in the company of some of New Zealand's finest pilots.Please feel free to contact us on any matter. We can assist you with your gliding in New Zealand - with accomodation in New Zealand, travelling to Omarama, staying at Omarama and of course, gliding at Omarama!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Savage - President </t>
+  </si>
+  <si>
+    <t>brian.savage@fossicking.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.omarama.com</t>
+  </si>
+  <si>
+    <t>021 619 539</t>
+  </si>
+  <si>
+    <t>PO Box 11-289, Sockburn Christchurch</t>
+  </si>
+  <si>
+    <t>Central Otago Flying Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Website of the Central Otago Flying Club (COFC). We are a small Flying and Gliding club situated in Alexandra, in the South Island of New Zealand. We're blessed with uncluttered airspace and lots of fine weather for aviating about our stunning landscape.Our club owns two aircraft: a newly refurbished Cessna 172, and a 2-seater Twin Astir glider. We own a large hanger at the local airport and have comfortable clubrooms right by the taxiway. Alexandra has a good sealed runway and wide grass vectors. We welcome new pilots for flight training in our Cessna or glider. We have 3 gliding instructors, and power instruction is available by arrangement. Glider launching is by aerotow or winch.Our club actively promotes aviation for all ages. For example we hosted a "buddys flying day" during 2015. This enabled a group of local children, whose life circumstances indicate the need for additional mentoring and support, the opportunity to experience a flight in one of several light aircraft made available by generous club members.</t>
+  </si>
+  <si>
+    <t>http://www.cofc.co.nz/index.shtml</t>
+  </si>
+  <si>
+    <t>Box 159  Alexandra.</t>
+  </si>
+  <si>
+    <t>Te Ao Marama Incorporated (Southern Iwi)</t>
+  </si>
+  <si>
+    <t>Te Aō Marama is an organisation of around 100 members, who provide leadership, representation and support to the Māori oral health workforce including clinicians, specialists, health promoters, support staff, researchers, teachers and students. Our membership remains committed to our vision of ‘Hei oranga niho mo te iwi Māori’ – Good Oral health for Māori, for life.</t>
+  </si>
+  <si>
+    <t>nzteaomarama@gmail.com</t>
+  </si>
+  <si>
+    <t>https://teaomarama.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 7078 Invercargill</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t>Victim Support</t>
+  </si>
+  <si>
+    <t>Victim Support is an independent incorporated society that provides a free 24 / 7 community response to help victims of serious crime and trauma. Volunteers are at the heart of our service.Our free service provides emotional and practical support, information, referral to other support services and advocacy for the rights of victims. This support helps victims find strength, hope and safety in the face of grief and trauma at what may be the worst time of their life.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>0800 842 846</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
   </si>
   <si>
     <t>Access Community Health</t>
   </si>
   <si>
     <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
   </si>
   <si>
     <t>https://www.access.org.nz/</t>
   </si>
   <si>
     <t xml:space="preserve">0800 284 663 </t>
   </si>
   <si>
     <t>P.O.Box 2242, South Dunedin 9016</t>
   </si>
   <si>
     <t>80 Macandrew Rd, South Dunedin 9012</t>
   </si>
   <si>
-    <t>Family Works Otago</t>
-[...482 lines deleted...]
-    <t>Dunedin</t>
+    <t>MS Otago</t>
+  </si>
+  <si>
+    <t>Welcome to the home of the Otago Multiple Sclerosis Society. We are glad you found us! This website is intended to inform you about the services, programmes and events for people with MS in the Otago area. People with other neurological illnesses such as Arachnoditis are also welcome.The Otago Multiple Sclerosis Society aims to empower people with Multiple Sclerosis and their families by providing them with professional support, education, information and skills, to participate actively in the community in ways that are meaningful to them.</t>
+  </si>
+  <si>
+    <t>Field officer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@msotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.msotago.org.nz</t>
+  </si>
+  <si>
+    <t>027 88 99 035</t>
+  </si>
+  <si>
+    <t>PO Box 2293, Dunedin</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
+  </si>
+  <si>
+    <t>The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ben Goddard</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/branches/central-otago-lakes</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Asthma Society</t>
+  </si>
+  <si>
+    <t>The Asthma and Respiratory Foundation NZ is New Zealand’s not-for-profit sector authority on all respiratory conditions including asthma, bronchiectasis, childhood bronchiolitis, childhood pneumonia, chronic obstructive pulmonary disease (COPD), lung cancer and obstructive sleep apnoea.</t>
+  </si>
+  <si>
+    <t>otagoasthma@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.asthmafoundation.org.nz/</t>
+  </si>
+  <si>
+    <t>03 471 6167 or 027 471 6162 (after hours)</t>
+  </si>
+  <si>
+    <t>Wanaka Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Wanaka Police Station open hours: 9.00am - 5.00pm Mon - Fri 10.00am - 6.00pm Sat and Sun.</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 18, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Shotover Four Wheel Drive Club</t>
+  </si>
+  <si>
+    <t>The Shotover 4WD Club is based in Queenstown, the home of New Zealand’s most spectacular scenery. We generally hold a couple of runs each month. Our trips can vary from easy family-friendly runs over gentle back country roads to tougher off road trips for more experienced drivers.If you are new to the Queenstown region, the Shotover 4WD Club is a great way to meet new friends and explore the amazing back country in our area. We have a variety of places to go in the wider Otago area; we even do runs in the West Coast and Southland areas.</t>
+  </si>
+  <si>
+    <t>Jake Gregory (President)</t>
+  </si>
+  <si>
+    <t>jimnyjake@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.shotover4wdclub.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 1116</t>
+  </si>
+  <si>
+    <t>Shotover 4WD Club, PO Box 1503, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown &amp; Southern Lakes Pipe Band </t>
+  </si>
+  <si>
+    <t>Pipe lessons at Qpact</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact person - Pipe Major John Teviotdale </t>
+  </si>
+  <si>
+    <t>jennifer.ian@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/696232607241890</t>
+  </si>
+  <si>
+    <t>027 4370831</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust was established to grant funds for community charitable purposes. ​The Trust plays a pivotal role in producing sustainable outcomes that enrich lives, enhance assets, and build resilient communities.​The Trust assists many community projects and services, but all must meet charitable criteria. ​For a purpose to be charitable, it must relate to one of the following four funding principles:The relief of povertyAdvancement of educationAdvancement of religionAny other purpose beneficial to the community</t>
+  </si>
+  <si>
+    <t>info@clt.net.nz</t>
+  </si>
+  <si>
+    <t>https://www.clt.net.nz/</t>
+  </si>
+  <si>
+    <t>03 445 9958</t>
+  </si>
+  <si>
+    <t>PO Box 138, Cromwell</t>
+  </si>
+  <si>
+    <t>NZ Immigration Service</t>
+  </si>
+  <si>
+    <t>We work with international organisations and industry partners to improve border security and make immigration easier. We lead government strategy designed to help migrants settle in New Zealand.Freephone (within New Zealand) 0508 55 88 55 Opening hours: 6:00am Monday to midnight on Saturday (NZ local time).</t>
+  </si>
+  <si>
+    <t>http://www.immigration.govt.nz</t>
+  </si>
+  <si>
+    <t>0508 558 855</t>
+  </si>
+  <si>
+    <t>Auckland Central 1010</t>
   </si>
   <si>
     <t>Babysits</t>
   </si>
   <si>
     <t>Babysits is a website that creates a community of babysitters and parents searching for child care services. There are over 10,000 people actively using the Babysits platform in New Zealand. It is very intuitive to use and is a transparent way to help connect babysitters and parents in need. Babysits' mission is to empower communities around childcare.</t>
   </si>
   <si>
     <t>http://www.babysits.nz</t>
-  </si>
-[...2260 lines deleted...]
-    <t>0275360066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3310,3770 +3310,3770 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2"/>
+      <c r="H2" t="s">
         <v>13</v>
       </c>
-      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...2 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="G5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6"/>
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6"/>
-[...1 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8"/>
       <c r="D8" t="s">
         <v>50</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
-      <c r="G8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G8"/>
       <c r="H8" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
         <v>55</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>56</v>
       </c>
-      <c r="C9"/>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>57</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>58</v>
       </c>
-      <c r="F9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>61</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>62</v>
       </c>
-      <c r="C10" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F10"/>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B11" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F11" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="H11"/>
+        <v>67</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
         <v>74</v>
       </c>
-      <c r="B12" t="s">
+      <c r="G12" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
         <v>81</v>
       </c>
-      <c r="B13" t="s">
+      <c r="G13" t="s">
         <v>82</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>83</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
         <v>88</v>
       </c>
-      <c r="B14" t="s">
+      <c r="G14" t="s">
         <v>89</v>
       </c>
-      <c r="C14"/>
-[...1 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>90</v>
-      </c>
-[...5 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" t="s">
         <v>92</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15" t="s">
         <v>93</v>
       </c>
-      <c r="C15"/>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
         <v>94</v>
-      </c>
-[...2 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
         <v>96</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>97</v>
       </c>
-      <c r="C16"/>
       <c r="D16" t="s">
         <v>98</v>
       </c>
-      <c r="E16" t="s">
+      <c r="E16"/>
+      <c r="F16" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
         <v>101</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>102</v>
       </c>
-      <c r="C17"/>
       <c r="D17" t="s">
         <v>103</v>
       </c>
       <c r="E17" t="s">
         <v>104</v>
       </c>
       <c r="F17" t="s">
         <v>105</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="C18" t="s">
         <v>108</v>
       </c>
+      <c r="C18"/>
       <c r="D18" t="s">
         <v>109</v>
       </c>
       <c r="E18" t="s">
         <v>110</v>
       </c>
       <c r="F18" t="s">
         <v>111</v>
       </c>
-      <c r="G18"/>
+      <c r="G18" t="s">
+        <v>112</v>
+      </c>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D19" t="s">
         <v>115</v>
       </c>
       <c r="E19" t="s">
         <v>116</v>
       </c>
       <c r="F19" t="s">
         <v>117</v>
       </c>
       <c r="G19" t="s">
         <v>118</v>
       </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>119</v>
       </c>
       <c r="B20" t="s">
         <v>120</v>
       </c>
-      <c r="C20"/>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
       <c r="D20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>133</v>
+      </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E22" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="F22" t="s">
+        <v>135</v>
+      </c>
+      <c r="F22"/>
+      <c r="G22" t="s">
         <v>134</v>
       </c>
-      <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>138</v>
+      </c>
       <c r="D23" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E23" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="F23"/>
       <c r="G23" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>141</v>
+      </c>
+      <c r="H23" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C24"/>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
       <c r="E24" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F24" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F25" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-      <c r="H25"/>
+        <v>152</v>
+      </c>
+      <c r="G25" t="s">
+        <v>153</v>
+      </c>
+      <c r="H25" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C27" t="s">
-        <v>161</v>
+        <v>49</v>
       </c>
       <c r="D27" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="E27" t="s">
         <v>163</v>
       </c>
-      <c r="F27" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E27"/>
+      <c r="F27"/>
+      <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28" t="s">
         <v>166</v>
       </c>
-      <c r="B28" t="s">
+      <c r="E28" t="s">
         <v>167</v>
       </c>
-      <c r="C28"/>
-[...1 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>168</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>169</v>
       </c>
-      <c r="G28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>171</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="C30"/>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F30" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" t="s">
         <v>181</v>
       </c>
-      <c r="B31" t="s">
+      <c r="E31" t="s">
         <v>182</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31">
+        <v>6434414044</v>
+      </c>
+      <c r="G31" t="s">
         <v>183</v>
       </c>
-      <c r="D31" t="s">
-[...9 lines deleted...]
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B32" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="E32" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F32" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="G32"/>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="E33"/>
       <c r="F33" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="G33"/>
-      <c r="H33"/>
+      <c r="H33" t="s">
+        <v>193</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>194</v>
+      </c>
+      <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34"/>
+      <c r="D34" t="s">
+        <v>196</v>
+      </c>
+      <c r="E34" t="s">
         <v>197</v>
       </c>
-      <c r="B34" t="s">
+      <c r="F34" t="s">
         <v>198</v>
       </c>
-      <c r="C34" t="s">
+      <c r="G34" t="s">
         <v>199</v>
       </c>
-      <c r="D34" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>202</v>
+      </c>
+      <c r="D35" t="s">
         <v>203</v>
       </c>
-      <c r="B35" t="s">
+      <c r="E35" t="s">
         <v>204</v>
       </c>
-      <c r="C35"/>
-[...1 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35"/>
+      <c r="G35" t="s">
         <v>205</v>
       </c>
-      <c r="F35"/>
-[...1 lines deleted...]
-      <c r="H35"/>
+      <c r="H35" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>206</v>
       </c>
       <c r="B36" t="s">
         <v>207</v>
       </c>
-      <c r="C36"/>
-      <c r="D36"/>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
       <c r="E36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G36"/>
-      <c r="H36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-      <c r="F38"/>
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>221</v>
+      </c>
+      <c r="F38" t="s">
+        <v>222</v>
+      </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B39" t="s">
-        <v>221</v>
-[...6 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C39"/>
+      <c r="D39"/>
       <c r="E39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F39"/>
-      <c r="G39" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G39"/>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>226</v>
       </c>
       <c r="B40" t="s">
         <v>227</v>
       </c>
       <c r="C40" t="s">
         <v>228</v>
       </c>
       <c r="D40" t="s">
         <v>229</v>
       </c>
       <c r="E40" t="s">
         <v>230</v>
       </c>
       <c r="F40" t="s">
         <v>231</v>
       </c>
       <c r="G40" t="s">
         <v>232</v>
       </c>
-      <c r="H40"/>
+      <c r="H40" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>233</v>
       </c>
       <c r="B41" t="s">
         <v>234</v>
       </c>
-      <c r="C41" t="s">
+      <c r="C41"/>
+      <c r="D41" t="s">
         <v>235</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>236</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>87</v>
+        <v>238</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>239</v>
       </c>
       <c r="B42" t="s">
         <v>240</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>241</v>
       </c>
       <c r="E42" t="s">
         <v>242</v>
       </c>
       <c r="F42" t="s">
         <v>243</v>
       </c>
-      <c r="G42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>244</v>
+      </c>
+      <c r="B43" t="s">
         <v>245</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>246</v>
       </c>
-      <c r="C43"/>
-      <c r="D43" t="s">
+      <c r="D43"/>
+      <c r="E43" t="s">
         <v>247</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>248</v>
       </c>
-      <c r="F43" t="s">
-[...5 lines deleted...]
-      <c r="H43"/>
+      <c r="G43"/>
+      <c r="H43" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>249</v>
+      </c>
+      <c r="B44" t="s">
+        <v>250</v>
+      </c>
+      <c r="C44" t="s">
         <v>251</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
         <v>252</v>
       </c>
-      <c r="C44" t="s">
+      <c r="E44" t="s">
         <v>253</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>254</v>
       </c>
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>255</v>
-      </c>
-[...2 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>256</v>
       </c>
       <c r="B45" t="s">
         <v>257</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>258</v>
       </c>
       <c r="E45" t="s">
         <v>259</v>
       </c>
       <c r="F45" t="s">
         <v>260</v>
       </c>
-      <c r="G45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G45"/>
       <c r="H45" t="s">
-        <v>262</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>261</v>
+      </c>
+      <c r="B46" t="s">
+        <v>262</v>
+      </c>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46" t="s">
         <v>263</v>
       </c>
-      <c r="B46" t="s">
+      <c r="F46" t="s">
         <v>264</v>
       </c>
-      <c r="C46"/>
-      <c r="D46" t="s">
+      <c r="G46" t="s">
         <v>265</v>
       </c>
-      <c r="E46" t="s">
-[...6 lines deleted...]
-      <c r="H46"/>
+      <c r="H46" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B47" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
+        <v>268</v>
+      </c>
+      <c r="E47" t="s">
+        <v>269</v>
+      </c>
+      <c r="F47" t="s">
         <v>270</v>
       </c>
-      <c r="E47" t="s">
+      <c r="G47" t="s">
         <v>271</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47"/>
       <c r="H47" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
+        <v>274</v>
+      </c>
+      <c r="E48" t="s">
         <v>275</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>276</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48"/>
-      <c r="H48"/>
+      <c r="H48" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>277</v>
+      </c>
+      <c r="B49" t="s">
         <v>278</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>279</v>
       </c>
-      <c r="C49"/>
       <c r="D49" t="s">
         <v>280</v>
       </c>
       <c r="E49" t="s">
         <v>281</v>
       </c>
       <c r="F49" t="s">
         <v>282</v>
       </c>
-      <c r="G49" t="s">
+      <c r="G49"/>
+      <c r="H49" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>284</v>
       </c>
       <c r="B50" t="s">
         <v>285</v>
       </c>
       <c r="C50" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D50" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E50" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F50" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="G50" t="s">
         <v>289</v>
       </c>
-      <c r="H50"/>
+      <c r="G50"/>
+      <c r="H50" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>290</v>
       </c>
       <c r="B51" t="s">
         <v>291</v>
       </c>
       <c r="C51" t="s">
         <v>292</v>
       </c>
       <c r="D51" t="s">
         <v>293</v>
       </c>
       <c r="E51" t="s">
         <v>294</v>
       </c>
       <c r="F51" t="s">
         <v>295</v>
       </c>
       <c r="G51"/>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
+        <v>298</v>
+      </c>
+      <c r="E52" t="s">
         <v>299</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>300</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>301</v>
       </c>
-      <c r="G52"/>
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B53" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C53" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D53" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E53" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F53" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="G53"/>
+        <v>308</v>
+      </c>
+      <c r="G53" t="s">
+        <v>309</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B54" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="C54"/>
       <c r="D54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E54" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="F54" t="s">
         <v>313</v>
       </c>
+      <c r="F54"/>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>314</v>
       </c>
       <c r="B55" t="s">
         <v>315</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>316</v>
       </c>
       <c r="E55" t="s">
         <v>317</v>
       </c>
-      <c r="F55"/>
+      <c r="F55" t="s">
+        <v>318</v>
+      </c>
       <c r="G55"/>
-      <c r="H55"/>
+      <c r="H55" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B56" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C56" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F56" t="s">
-        <v>295</v>
+        <v>324</v>
       </c>
       <c r="G56"/>
-      <c r="H56"/>
+      <c r="H56" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B57" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C57" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D57" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="E57" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F57" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="G57"/>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B58" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="E58" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="F58" t="s">
-        <v>332</v>
-[...4 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="G58" t="s">
+        <v>336</v>
+      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B59" t="s">
-        <v>335</v>
-[...4 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="C59" t="s">
+        <v>339</v>
+      </c>
+      <c r="D59"/>
       <c r="E59" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F59" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B60" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="C60"/>
+        <v>343</v>
+      </c>
+      <c r="C60" t="s">
+        <v>344</v>
+      </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E60" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F60" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G60"/>
-      <c r="H60"/>
+      <c r="H60" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B61" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C61" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="D61" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="E61" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F61" t="s">
-        <v>350</v>
-[...4 lines deleted...]
-      <c r="H61"/>
+        <v>354</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61" t="s">
+        <v>355</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B62" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="C62"/>
       <c r="D62" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E62" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F62" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G62"/>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B63" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C63"/>
-      <c r="D63" t="s">
-[...2 lines deleted...]
-      <c r="E63"/>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>363</v>
+      </c>
       <c r="F63" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="G63"/>
+        <v>364</v>
+      </c>
+      <c r="G63" t="s">
+        <v>365</v>
+      </c>
       <c r="H63" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B64" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C64" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D64" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E64" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F64" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="G64" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B65" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C65"/>
-      <c r="D65"/>
+      <c r="D65" t="s">
+        <v>376</v>
+      </c>
       <c r="E65" t="s">
-        <v>372</v>
-[...7 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="F65" t="s">
+        <v>378</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B66" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="C66"/>
       <c r="D66" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="E66" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="F66" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-      <c r="H66"/>
+        <v>383</v>
+      </c>
+      <c r="G66" t="s">
+        <v>384</v>
+      </c>
+      <c r="H66" t="s">
+        <v>385</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B67" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C67"/>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>388</v>
+      </c>
       <c r="E67" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F67" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="G67" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B68" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C68" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="D68" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="E68" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="F68" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B69" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="E69" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F69" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B70" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C70"/>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>406</v>
+      </c>
       <c r="E70" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="F70" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C71" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D71" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="E71" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="F71" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B72" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C72"/>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D72"/>
       <c r="E72" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F72" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G72" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="H72" t="s">
-        <v>20</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B73" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>418</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>201</v>
+        <v>424</v>
       </c>
       <c r="G73" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H73" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B74" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="E74" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F74" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>158</v>
+        <v>348</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B75" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="C75"/>
+        <v>433</v>
+      </c>
+      <c r="C75" t="s">
+        <v>434</v>
+      </c>
       <c r="D75" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="E75" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F75" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="G75"/>
+        <v>437</v>
+      </c>
+      <c r="G75" t="s">
+        <v>438</v>
+      </c>
       <c r="H75" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="B76" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E76" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F76" t="s">
-        <v>437</v>
-[...4 lines deleted...]
-      <c r="H76"/>
+        <v>444</v>
+      </c>
+      <c r="G76"/>
+      <c r="H76" t="s">
+        <v>445</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="B77" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
-        <v>440</v>
+        <v>376</v>
       </c>
       <c r="E77" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="F77" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B78" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="E78" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="F78" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="G78"/>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B79" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>456</v>
+      </c>
+      <c r="C79" t="s">
+        <v>457</v>
+      </c>
       <c r="D79" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="E79" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="F79" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="G79"/>
-      <c r="H79"/>
+      <c r="H79" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B80" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="C80"/>
+        <v>462</v>
+      </c>
+      <c r="C80" t="s">
+        <v>463</v>
+      </c>
       <c r="D80"/>
       <c r="E80" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="F80"/>
-      <c r="G80"/>
-      <c r="H80"/>
+      <c r="G80" t="s">
+        <v>465</v>
+      </c>
+      <c r="H80" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="B81" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>467</v>
+      </c>
+      <c r="C81" t="s">
+        <v>468</v>
+      </c>
       <c r="D81" t="s">
-        <v>458</v>
+        <v>469</v>
       </c>
       <c r="E81" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="F81" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="B82" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="C82" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="D82" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="E82" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="F82" t="s">
-        <v>466</v>
-[...6 lines deleted...]
-      </c>
+        <v>477</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B83" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="E83" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="F83" t="s">
-        <v>473</v>
-[...6 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="B84" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-      <c r="D84"/>
+        <v>484</v>
+      </c>
+      <c r="C84" t="s">
+        <v>485</v>
+      </c>
+      <c r="D84" t="s">
+        <v>486</v>
+      </c>
       <c r="E84" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="F84" t="s">
-        <v>478</v>
-[...6 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="G84"/>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="B85" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="E85"/>
+        <v>491</v>
+      </c>
+      <c r="E85" t="s">
+        <v>492</v>
+      </c>
       <c r="F85" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="G85" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>494</v>
+      </c>
+      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="B86" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="E86" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="F86" t="s">
-        <v>491</v>
-[...6 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="G86"/>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B87" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="E87" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="F87" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="B88" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="C88"/>
+        <v>506</v>
+      </c>
+      <c r="C88" t="s">
+        <v>507</v>
+      </c>
       <c r="D88" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="E88" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="F88" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="B89" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="C89"/>
       <c r="D89" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="E89" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="F89" t="s">
-        <v>508</v>
-[...6 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="G89"/>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="B90" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="C90"/>
       <c r="D90" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="E90"/>
+        <v>518</v>
+      </c>
+      <c r="E90" t="s">
+        <v>519</v>
+      </c>
       <c r="F90" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="G90"/>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B91" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="C91"/>
       <c r="D91" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E91"/>
       <c r="F91" t="s">
-        <v>520</v>
+        <v>177</v>
       </c>
       <c r="G91" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>524</v>
+      </c>
+      <c r="H91" t="s">
+        <v>525</v>
+      </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B92" t="s">
-        <v>523</v>
-[...4 lines deleted...]
-      <c r="D92"/>
+        <v>527</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92" t="s">
+        <v>528</v>
+      </c>
       <c r="E92" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="F92" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>87</v>
+        <v>525</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B93" t="s">
-        <v>528</v>
-[...1 lines deleted...]
-      <c r="C93"/>
+        <v>532</v>
+      </c>
+      <c r="C93" t="s">
+        <v>533</v>
+      </c>
       <c r="D93" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E93" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F93"/>
+        <v>535</v>
+      </c>
+      <c r="F93" t="s">
+        <v>536</v>
+      </c>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B94" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="C94"/>
+        <v>538</v>
+      </c>
+      <c r="C94" t="s">
+        <v>539</v>
+      </c>
       <c r="D94" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="E94" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="F94" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B95" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>544</v>
+      </c>
+      <c r="C95"/>
       <c r="D95" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E95" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="F95" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="G95"/>
+        <v>547</v>
+      </c>
+      <c r="G95" t="s">
+        <v>548</v>
+      </c>
       <c r="H95" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B96" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C96" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="D96" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="E96" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="F96" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-      <c r="H96"/>
+        <v>554</v>
+      </c>
+      <c r="G96" t="s">
+        <v>555</v>
+      </c>
+      <c r="H96" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="B97" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="E97" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="F97" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="B98" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="C98"/>
       <c r="D98" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="E98" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="F98" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="G98"/>
       <c r="H98" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B99" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="E99" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="F99" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="G99" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="H99"/>
+        <v>571</v>
+      </c>
+      <c r="H99" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B100" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="C100"/>
+        <v>573</v>
+      </c>
+      <c r="C100" t="s">
+        <v>574</v>
+      </c>
       <c r="D100" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="E100" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="F100" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B101" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="E101" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F101" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>202</v>
+        <v>385</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="B102" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="E102" t="s">
-        <v>581</v>
+        <v>275</v>
       </c>
       <c r="F102" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="G102"/>
+        <v>276</v>
+      </c>
+      <c r="G102" t="s">
+        <v>586</v>
+      </c>
       <c r="H102" t="s">
-        <v>67</v>
+        <v>238</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B103" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="E103" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="F103" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="G103"/>
+        <v>591</v>
+      </c>
+      <c r="G103" t="s">
+        <v>592</v>
+      </c>
       <c r="H103" t="s">
-        <v>588</v>
+        <v>238</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B104" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C104"/>
-      <c r="D104"/>
+      <c r="D104" t="s">
+        <v>595</v>
+      </c>
       <c r="E104" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F104" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-      <c r="H104"/>
+        <v>597</v>
+      </c>
+      <c r="G104" t="s">
+        <v>598</v>
+      </c>
+      <c r="H104" t="s">
+        <v>599</v>
+      </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B105" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="C105"/>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D105"/>
       <c r="E105" t="s">
-        <v>596</v>
-[...9 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="F105"/>
+      <c r="G105"/>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B106" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="E106" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="F106" t="s">
+        <v>607</v>
+      </c>
+      <c r="G106"/>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B107" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="F107"/>
+        <v>610</v>
+      </c>
+      <c r="F107" t="s">
+        <v>611</v>
+      </c>
       <c r="G107"/>
-      <c r="H107"/>
+      <c r="H107" t="s">
+        <v>612</v>
+      </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B108" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="C108"/>
       <c r="D108" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="E108" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="F108" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="G108"/>
+        <v>617</v>
+      </c>
+      <c r="G108" t="s">
+        <v>618</v>
+      </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="C109"/>
       <c r="D109" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="E109"/>
+        <v>621</v>
+      </c>
+      <c r="E109" t="s">
+        <v>622</v>
+      </c>
       <c r="F109" t="s">
-        <v>618</v>
-[...6 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="G109"/>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B110" t="s">
-        <v>622</v>
-[...4 lines deleted...]
-      <c r="D110"/>
+        <v>625</v>
+      </c>
+      <c r="C110"/>
+      <c r="D110" t="s">
+        <v>626</v>
+      </c>
       <c r="E110" t="s">
-        <v>624</v>
-[...4 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="F110" t="s">
+        <v>628</v>
+      </c>
+      <c r="G110"/>
       <c r="H110" t="s">
-        <v>87</v>
+        <v>629</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B111" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E111" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="F111" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>67</v>
+        <v>635</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="B112" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="C112"/>
       <c r="D112" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="E112" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="F112" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>620</v>
+        <v>641</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B113" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="C113"/>
+        <v>643</v>
+      </c>
+      <c r="C113" t="s">
+        <v>644</v>
+      </c>
       <c r="D113" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="E113" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F113" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="G113" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="B114" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="C114"/>
+        <v>650</v>
+      </c>
+      <c r="C114" t="s">
+        <v>651</v>
+      </c>
       <c r="D114" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="E114" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="F114" t="s">
-        <v>123</v>
+        <v>654</v>
       </c>
       <c r="G114"/>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="B115" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="C115"/>
+        <v>656</v>
+      </c>
+      <c r="C115" t="s">
+        <v>657</v>
+      </c>
       <c r="D115" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="E115" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="F115" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="G115" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="H115" t="s">
-        <v>653</v>
+        <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="B116" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="C116"/>
       <c r="D116" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="E116" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="F116" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="G116"/>
+        <v>666</v>
+      </c>
+      <c r="G116" t="s">
+        <v>667</v>
+      </c>
       <c r="H116" t="s">
-        <v>660</v>
+        <v>385</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="B117" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="C117"/>
+        <v>669</v>
+      </c>
+      <c r="C117" t="s">
+        <v>670</v>
+      </c>
       <c r="D117" t="s">
-        <v>663</v>
-[...10 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="E117" t="s">
+        <v>671</v>
+      </c>
+      <c r="F117"/>
+      <c r="G117"/>
+      <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="B118" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="C118"/>
       <c r="D118" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="E118" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="F118" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="G118" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="B119" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="E119" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="F119" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="G119" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="H119" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B120" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="C120" t="s">
-        <v>218</v>
+        <v>687</v>
       </c>
       <c r="D120" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="E120" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="F120" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="B121" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="E121" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="F121" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="G121"/>
       <c r="H121" t="s">
-        <v>398</v>
+        <v>348</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="B122" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="C122"/>
+        <v>697</v>
+      </c>
+      <c r="C122" t="s">
+        <v>698</v>
+      </c>
       <c r="D122" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="E122" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="F122" t="s">
-        <v>694</v>
-[...4 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="G122" t="s">
+        <v>702</v>
+      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="B123"/>
       <c r="C123" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="D123" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>701</v>
-[...6 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="G123"/>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B124" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="C124"/>
+        <v>708</v>
+      </c>
+      <c r="C124" t="s">
+        <v>709</v>
+      </c>
       <c r="D124" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="E124" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="F124" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-      <c r="H124"/>
+        <v>712</v>
+      </c>
+      <c r="G124" t="s">
+        <v>713</v>
+      </c>
+      <c r="H124" t="s">
+        <v>714</v>
+      </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B125" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="C125" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="D125" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="E125" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="F125" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="G125"/>
       <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="B126" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="C126"/>
+        <v>722</v>
+      </c>
+      <c r="C126" t="s">
+        <v>723</v>
+      </c>
       <c r="D126" t="s">
-        <v>716</v>
-[...4 lines deleted...]
-      <c r="F126"/>
+        <v>724</v>
+      </c>
+      <c r="E126"/>
+      <c r="F126" t="s">
+        <v>725</v>
+      </c>
       <c r="G126" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="H126" t="s">
-        <v>719</v>
+        <v>348</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="B127" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="C127"/>
       <c r="D127" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="E127" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="F127" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="G127"/>
       <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="B128" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="E128" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="F128" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="G128"/>
-      <c r="H128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B129" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="E129" t="s">
-        <v>736</v>
-[...7 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="F129"/>
+      <c r="G129" t="s">
+        <v>739</v>
+      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B130" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="E130" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="F130" t="s">
-        <v>742</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="G130"/>
       <c r="H130" t="s">
-        <v>744</v>
+        <v>525</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-      <c r="C131" t="s">
         <v>746</v>
       </c>
+      <c r="B131" t="s">
+        <v>747</v>
+      </c>
+      <c r="C131"/>
       <c r="D131" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="E131"/>
+        <v>748</v>
+      </c>
+      <c r="E131" t="s">
+        <v>749</v>
+      </c>
       <c r="F131" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-      <c r="H131"/>
+        <v>750</v>
+      </c>
+      <c r="G131" t="s">
+        <v>751</v>
+      </c>
+      <c r="H131" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B132" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="E132" t="s">
-        <v>752</v>
-[...7 lines deleted...]
-      <c r="H132" t="s">
         <v>755</v>
       </c>
+      <c r="F132"/>
+      <c r="G132"/>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>756</v>
       </c>
       <c r="B133" t="s">
         <v>757</v>
       </c>
-      <c r="C133" t="s">
+      <c r="C133"/>
+      <c r="D133" t="s">
+        <v>150</v>
+      </c>
+      <c r="E133" t="s">
         <v>758</v>
       </c>
-      <c r="D133" t="s">
-[...2 lines deleted...]
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>759</v>
       </c>
-      <c r="F133"/>
-[...1 lines deleted...]
-      <c r="H133"/>
+      <c r="G133" t="s">
+        <v>760</v>
+      </c>
+      <c r="H133" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B134" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="C134" t="s">
         <v>762</v>
       </c>
+      <c r="C134"/>
       <c r="D134" t="s">
         <v>763</v>
       </c>
       <c r="E134" t="s">
         <v>764</v>
       </c>
       <c r="F134" t="s">
         <v>765</v>
       </c>
-      <c r="G134"/>
-      <c r="H134"/>
+      <c r="G134" t="s">
+        <v>766</v>
+      </c>
+      <c r="H134" t="s">
+        <v>767</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B135" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="E135" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="F135"/>
+        <v>771</v>
+      </c>
+      <c r="F135" t="s">
+        <v>772</v>
+      </c>
       <c r="G135"/>
-      <c r="H135"/>
+      <c r="H135" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B136" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>774</v>
+      </c>
+      <c r="C136" t="s">
+        <v>775</v>
+      </c>
       <c r="D136" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="E136" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F136" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="G136" t="s">
-        <v>775</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B137" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>781</v>
+      </c>
+      <c r="C137"/>
       <c r="D137" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="E137" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="F137" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="G137" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="H137" t="s">
-        <v>783</v>
+        <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B138" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C138" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D138" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E138" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F138" t="s">
+        <v>791</v>
+      </c>
+      <c r="G138" t="s">
         <v>789</v>
       </c>
-      <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B139" t="s">
-        <v>728</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="C139"/>
       <c r="D139" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E139" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F139" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="G139" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="H139" t="s">
-        <v>87</v>
+        <v>348</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B140" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E140" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F140" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G140"/>
-      <c r="H140"/>
+      <c r="H140" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B141" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
-        <v>639</v>
+        <v>794</v>
       </c>
       <c r="E141" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="F141" t="s">
-        <v>804</v>
-[...6 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="G141"/>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B142" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="C142"/>
+        <v>808</v>
+      </c>
+      <c r="C142" t="s">
+        <v>809</v>
+      </c>
       <c r="D142" t="s">
-        <v>808</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="E142"/>
       <c r="F142" t="s">
-        <v>810</v>
+        <v>765</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>158</v>
+        <v>525</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>811</v>
       </c>
       <c r="B143" t="s">
         <v>812</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
+        <v>298</v>
+      </c>
+      <c r="E143" t="s">
         <v>813</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>814</v>
       </c>
-      <c r="F143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="H143"/>
+        <v>301</v>
+      </c>
+      <c r="H143" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>815</v>
+      </c>
+      <c r="B144" t="s">
+        <v>816</v>
+      </c>
+      <c r="C144" t="s">
         <v>817</v>
       </c>
-      <c r="B144" t="s">
+      <c r="D144" t="s">
         <v>818</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>819</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>820</v>
       </c>
-      <c r="E144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G144"/>
-      <c r="H144"/>
+      <c r="H144" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>821</v>
+      </c>
+      <c r="B145" t="s">
+        <v>822</v>
+      </c>
+      <c r="C145" t="s">
         <v>823</v>
       </c>
-      <c r="B145" t="s">
+      <c r="D145" t="s">
         <v>824</v>
       </c>
-      <c r="C145"/>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>825</v>
       </c>
-      <c r="E145" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>826</v>
+      </c>
+      <c r="B146" t="s">
+        <v>827</v>
+      </c>
+      <c r="C146"/>
+      <c r="D146" t="s">
         <v>828</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" t="s">
         <v>829</v>
       </c>
-      <c r="C146" t="s">
+      <c r="F146" t="s">
         <v>830</v>
-      </c>
-[...7 lines deleted...]
-        <v>833</v>
       </c>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>831</v>
+      </c>
+      <c r="B147" t="s">
+        <v>832</v>
+      </c>
+      <c r="C147"/>
+      <c r="D147" t="s">
+        <v>833</v>
+      </c>
+      <c r="E147" t="s">
         <v>834</v>
       </c>
-      <c r="B147" t="s">
+      <c r="F147" t="s">
         <v>835</v>
       </c>
-      <c r="C147" t="s">
+      <c r="G147"/>
+      <c r="H147" t="s">
         <v>836</v>
       </c>
-      <c r="D147" t="s">
-[...9 lines deleted...]
-      <c r="H147"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>837</v>
+      </c>
+      <c r="B148" t="s">
+        <v>838</v>
+      </c>
+      <c r="C148" t="s">
+        <v>839</v>
+      </c>
+      <c r="D148" t="s">
         <v>840</v>
       </c>
-      <c r="B148" t="s">
+      <c r="E148" t="s">
         <v>841</v>
       </c>
-      <c r="C148"/>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>842</v>
-      </c>
-[...4 lines deleted...]
-        <v>844</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>27</v>
+        <v>385</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="B149" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
+        <v>845</v>
+      </c>
+      <c r="E149" t="s">
+        <v>846</v>
+      </c>
+      <c r="F149" t="s">
         <v>847</v>
       </c>
-      <c r="E149" t="s">
+      <c r="G149" t="s">
         <v>848</v>
       </c>
-      <c r="F149" t="s">
-[...2 lines deleted...]
-      <c r="G149"/>
       <c r="H149" t="s">
-        <v>620</v>
+        <v>46</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>849</v>
+      </c>
+      <c r="B150" t="s">
         <v>850</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
         <v>851</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>852</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>853</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>854</v>
       </c>
-      <c r="F150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150"/>
-      <c r="H150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>855</v>
+      </c>
+      <c r="B151" t="s">
         <v>856</v>
       </c>
-      <c r="B151" t="s">
+      <c r="C151" t="s">
         <v>857</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>858</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>859</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
         <v>860</v>
       </c>
-      <c r="F151"/>
       <c r="G151"/>
-      <c r="H151"/>
+      <c r="H151" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>861</v>
       </c>
       <c r="B152" t="s">
         <v>862</v>
       </c>
-      <c r="C152"/>
+      <c r="C152" t="s">
+        <v>863</v>
+      </c>
       <c r="D152" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="E152" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F152" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G152" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B153" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C153"/>
-      <c r="D153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D153"/>
       <c r="E153" t="s">
         <v>870</v>
       </c>
       <c r="F153"/>
-      <c r="G153"/>
-      <c r="H153"/>
+      <c r="G153" t="s">
+        <v>871</v>
+      </c>
+      <c r="H153" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B154" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E154" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F154" t="s">
-        <v>875</v>
-[...1 lines deleted...]
-      <c r="G154"/>
+        <v>736</v>
+      </c>
+      <c r="G154" t="s">
+        <v>876</v>
+      </c>
       <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B155" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E155" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F155" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="G155" t="s">
         <v>881</v>
       </c>
-      <c r="H155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G155"/>
+      <c r="H155"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>882</v>
       </c>
       <c r="B156" t="s">
         <v>883</v>
       </c>
-      <c r="C156" t="s">
+      <c r="C156"/>
+      <c r="D156" t="s">
         <v>884</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156"/>
+      <c r="F156" t="s">
         <v>885</v>
       </c>
-      <c r="E156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G156"/>
-      <c r="H156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H156"/>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B157" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>863</v>
+        <v>888</v>
       </c>
       <c r="E157" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="F157" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="G157"/>
+        <v>890</v>
+      </c>
+      <c r="G157" t="s">
+        <v>888</v>
+      </c>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>891</v>
+      </c>
+      <c r="B158" t="s">
+        <v>892</v>
+      </c>
+      <c r="C158"/>
+      <c r="D158" t="s">
         <v>893</v>
       </c>
-      <c r="B158" t="s">
+      <c r="E158" t="s">
         <v>894</v>
       </c>
-      <c r="C158" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="F158"/>
       <c r="G158"/>
-      <c r="H158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="B159" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="E159" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="F159" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="G159"/>
-      <c r="H159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>900</v>
+      </c>
+      <c r="B160" t="s">
+        <v>901</v>
+      </c>
+      <c r="C160"/>
+      <c r="D160"/>
+      <c r="E160" t="s">
+        <v>902</v>
+      </c>
+      <c r="F160" t="s">
         <v>903</v>
       </c>
-      <c r="B160" t="s">
+      <c r="G160" t="s">
         <v>904</v>
       </c>
-      <c r="C160" t="s">
+      <c r="H160" t="s">
         <v>905</v>
-      </c>
-[...11 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>906</v>
+      </c>
+      <c r="B161" t="s">
+        <v>907</v>
+      </c>
+      <c r="C161" t="s">
+        <v>908</v>
+      </c>
+      <c r="D161" t="s">
         <v>909</v>
       </c>
-      <c r="B161" t="s">
+      <c r="E161" t="s">
         <v>910</v>
       </c>
-      <c r="C161"/>
-      <c r="D161" t="s">
+      <c r="F161" t="s">
         <v>911</v>
       </c>
-      <c r="E161" t="s">
-[...5 lines deleted...]
-      <c r="G161"/>
+      <c r="G161" t="s">
+        <v>912</v>
+      </c>
       <c r="H161" t="s">
-        <v>27</v>
+        <v>525</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B162" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="C162" t="s">
         <v>914</v>
       </c>
+      <c r="C162"/>
       <c r="D162" t="s">
         <v>915</v>
       </c>
       <c r="E162" t="s">
         <v>916</v>
       </c>
-      <c r="F162" t="s">
+      <c r="F162"/>
+      <c r="G162" t="s">
         <v>917</v>
       </c>
-      <c r="G162"/>
       <c r="H162" t="s">
-        <v>67</v>
+        <v>918</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B163" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="C163"/>
+        <v>920</v>
+      </c>
+      <c r="C163" t="s">
+        <v>921</v>
+      </c>
       <c r="D163" t="s">
-        <v>920</v>
+        <v>852</v>
       </c>
       <c r="E163" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F163" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="G163" t="s">
+        <v>854</v>
+      </c>
+      <c r="G163"/>
+      <c r="H163" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>924</v>
       </c>
       <c r="B164" t="s">
         <v>925</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
-        <v>43</v>
+        <v>926</v>
       </c>
       <c r="E164" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F164" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="G164" t="s">
+        <v>928</v>
+      </c>
+      <c r="G164"/>
+      <c r="H164" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B165" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="C165" t="s">
         <v>930</v>
       </c>
-      <c r="D165" t="s">
+      <c r="C165"/>
+      <c r="D165"/>
+      <c r="E165" t="s">
         <v>931</v>
       </c>
-      <c r="E165" t="s">
+      <c r="F165"/>
+      <c r="G165" t="s">
         <v>932</v>
       </c>
-      <c r="F165" t="s">
-[...3 lines deleted...]
-      <c r="H165"/>
+      <c r="H165" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>933</v>
+      </c>
+      <c r="B166" t="s">
         <v>934</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
         <v>935</v>
       </c>
-      <c r="C166"/>
       <c r="D166" t="s">
-        <v>275</v>
+        <v>936</v>
       </c>
       <c r="E166" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="F166" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="G166"/>
+        <v>938</v>
+      </c>
+      <c r="G166" t="s">
+        <v>939</v>
+      </c>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B167" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C167" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D167" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="E167" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="F167" t="s">
-        <v>943</v>
-[...6 lines deleted...]
-      </c>
+        <v>945</v>
+      </c>
+      <c r="G167"/>
+      <c r="H167"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B168" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E168" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="F168"/>
+        <v>949</v>
+      </c>
+      <c r="F168" t="s">
+        <v>950</v>
+      </c>
       <c r="G168" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="H168"/>
+        <v>951</v>
+      </c>
+      <c r="H168" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="B169" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C169"/>
-      <c r="D169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D169"/>
       <c r="E169" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="F169" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B170" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C170"/>
-      <c r="D170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D170"/>
       <c r="E170" t="s">
-        <v>958</v>
-[...1 lines deleted...]
-      <c r="F170" t="s">
         <v>959</v>
       </c>
+      <c r="F170"/>
       <c r="G170"/>
-      <c r="H170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H170"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>