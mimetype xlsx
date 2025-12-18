--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -38,333 +38,333 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
     <t>Wakatipu Croquet Club Inc</t>
   </si>
   <si>
     <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
   </si>
   <si>
     <t>wakatipucroquet@gmail.com</t>
   </si>
   <si>
     <t>027 751 6304</t>
   </si>
   <si>
     <t>PO Box 520, Queenstown</t>
   </si>
   <si>
-    <t>Queenstown</t>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Frankton Kindergarten</t>
+  </si>
+  <si>
+    <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
+  </si>
+  <si>
+    <t>frankton@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/frankton</t>
+  </si>
+  <si>
+    <t>03 442 2744</t>
   </si>
   <si>
     <t>Wakatipu Potters Group</t>
   </si>
   <si>
     <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
   </si>
   <si>
     <t>Secretary</t>
   </si>
   <si>
     <t>wakatipupotters@gmail.com</t>
   </si>
   <si>
     <t>http://www.wakatipupotters.com</t>
   </si>
   <si>
     <t>Frankton,</t>
   </si>
   <si>
-    <t>Queenstown BIBLE Baptist Church</t>
-[...64 lines deleted...]
-  <si>
     <t>Alcoholics Anonymous Frankton</t>
   </si>
   <si>
     <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
   </si>
   <si>
     <t>Confidential</t>
   </si>
   <si>
     <t xml:space="preserve">nzgso@aa.org.nz </t>
   </si>
   <si>
     <t>http://www.aa.org.nz</t>
   </si>
   <si>
     <t xml:space="preserve">0800 229 6757 </t>
   </si>
   <si>
-    <t>Frankton Community Association</t>
-[...26 lines deleted...]
-    <t>P.O.Box 2022 Frankton</t>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
   </si>
   <si>
     <t>Lakes Theatre Arts</t>
   </si>
   <si>
     <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
   </si>
   <si>
     <t>info@lakestheatrearts.com</t>
   </si>
   <si>
     <t>http://www.lakestheatrearts.com</t>
   </si>
   <si>
-    <t>02102267291</t>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
   </si>
   <si>
     <t>Kate Moetaua Collective</t>
   </si>
   <si>
     <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
   </si>
   <si>
     <t>administrator; Tasman</t>
   </si>
   <si>
     <t>thedramacollective@gmail.com</t>
   </si>
   <si>
     <t>https://thedramacollective.club/</t>
   </si>
   <si>
     <t>0210308157</t>
-  </si>
-[...100 lines deleted...]
-    <t>03 442 2288</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,421 +729,421 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
         <v>12</v>
       </c>
+      <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="F3"/>
+      <c r="F3" t="s">
+        <v>19</v>
+      </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4"/>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="G6"/>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8"/>
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>45</v>
       </c>
-      <c r="E8" t="s">
+      <c r="G8" t="s">
         <v>46</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8"/>
       <c r="H8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>49</v>
       </c>
-      <c r="C9"/>
       <c r="D9" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
+      <c r="E9"/>
+      <c r="F9" t="s">
         <v>51</v>
       </c>
-      <c r="F9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
         <v>53</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10"/>
+      <c r="D10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G10"/>
       <c r="H10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11" t="s">
         <v>60</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12" t="s">
         <v>63</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>64</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
         <v>65</v>
       </c>
-      <c r="D12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12"/>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="E14" t="s">
         <v>75</v>
       </c>
-      <c r="C14"/>
-[...8 lines deleted...]
-      </c>
+      <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
         <v>80</v>
       </c>
-      <c r="B15" t="s">
+      <c r="E15" t="s">
         <v>81</v>
       </c>
-      <c r="C15"/>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
         <v>82</v>
       </c>
-      <c r="E15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
+        <v>85</v>
+      </c>
+      <c r="E16" t="s">
         <v>86</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>90</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>91</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="E18" t="s">
-[...6 lines deleted...]
-      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" t="s">
         <v>99</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>100</v>
       </c>
-      <c r="C19"/>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="E19"/>
       <c r="F19" t="s">
         <v>102</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>