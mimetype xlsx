--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -38,333 +38,333 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
     <t>Dance Social NZ</t>
   </si>
   <si>
     <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
   </si>
   <si>
     <t>Emma Dagg</t>
   </si>
   <si>
     <t>dancesocialnz@gmail.com</t>
   </si>
   <si>
     <t>021566013</t>
   </si>
   <si>
-    <t>Frankton</t>
-[...17 lines deleted...]
-    <t>0274416318</t>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Kate Moetaua Collective</t>
+  </si>
+  <si>
+    <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
+  </si>
+  <si>
+    <t>administrator; Tasman</t>
+  </si>
+  <si>
+    <t>thedramacollective@gmail.com</t>
+  </si>
+  <si>
+    <t>https://thedramacollective.club/</t>
+  </si>
+  <si>
+    <t>0210308157</t>
+  </si>
+  <si>
+    <t>Wakatipu Croquet Club Inc</t>
+  </si>
+  <si>
+    <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
+  </si>
+  <si>
+    <t>wakatipucroquet@gmail.com</t>
+  </si>
+  <si>
+    <t>027 751 6304</t>
+  </si>
+  <si>
+    <t>PO Box 520, Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
   </si>
   <si>
     <t>Frankton Library</t>
   </si>
   <si>
     <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
   </si>
   <si>
     <t>frankton.library @qldc.govt.nz</t>
   </si>
   <si>
     <t>https://qldclibraries.govt.nz/</t>
   </si>
   <si>
     <t>03 441 3680</t>
   </si>
   <si>
     <t>sKids Remarkables</t>
   </si>
   <si>
     <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
   </si>
   <si>
     <t xml:space="preserve">Vicki James </t>
   </si>
   <si>
     <t>queenstown@skids.co.nz</t>
   </si>
   <si>
     <t>https://www.skids.co.nz/locations/queenstown/</t>
   </si>
   <si>
     <t>021 143 6813</t>
   </si>
   <si>
-    <t>Wakatipu Community Mental Health Team</t>
-[...103 lines deleted...]
-  <si>
     <t>Frankton Kindergarten</t>
   </si>
   <si>
     <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
   </si>
   <si>
     <t>frankton@kidsfirst.org.nz</t>
   </si>
   <si>
     <t>http://www.kidsfirst.co.nz/frankton</t>
   </si>
   <si>
     <t>03 442 2744</t>
-  </si>
-[...94 lines deleted...]
-    <t>0210308157</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,57 +729,57 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
@@ -799,357 +799,357 @@
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5"/>
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5"/>
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6"/>
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7"/>
+      <c r="F7" t="s">
         <v>37</v>
       </c>
-      <c r="B7" t="s">
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="C7"/>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...8 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="E8"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
         <v>47</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
         <v>50</v>
       </c>
-      <c r="E9"/>
-[...2 lines deleted...]
-      </c>
       <c r="G9"/>
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
         <v>52</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="C10"/>
       <c r="D10" t="s">
         <v>54</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10"/>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>58</v>
       </c>
       <c r="E11" t="s">
         <v>59</v>
       </c>
-      <c r="F11"/>
-      <c r="G11" t="s">
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" t="s">
         <v>60</v>
       </c>
-      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
-      <c r="F12" t="s">
+      <c r="F12"/>
+      <c r="G12" t="s">
         <v>65</v>
       </c>
-      <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
-      <c r="C13"/>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="C14" t="s">
         <v>73</v>
       </c>
+      <c r="C14"/>
       <c r="D14" t="s">
         <v>74</v>
       </c>
-      <c r="E14" t="s">
+      <c r="E14"/>
+      <c r="F14" t="s">
         <v>75</v>
       </c>
-      <c r="F14"/>
-      <c r="G14"/>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>77</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
         <v>80</v>
       </c>
       <c r="E15" t="s">
         <v>81</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>85</v>
       </c>
       <c r="E16" t="s">
         <v>86</v>
       </c>
       <c r="F16" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
         <v>90</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
-      <c r="C18"/>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
       <c r="D18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="G18"/>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C19" t="s">
         <v>99</v>
       </c>
+      <c r="C19"/>
       <c r="D19" t="s">
         <v>100</v>
       </c>
       <c r="E19" t="s">
         <v>101</v>
       </c>
       <c r="F19" t="s">
         <v>102</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">