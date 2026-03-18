--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -38,333 +38,333 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Kate Moetaua Collective</t>
+  </si>
+  <si>
+    <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
+  </si>
+  <si>
+    <t>administrator; Tasman</t>
+  </si>
+  <si>
+    <t>thedramacollective@gmail.com</t>
+  </si>
+  <si>
+    <t>https://thedramacollective.club/</t>
+  </si>
+  <si>
+    <t>0210308157</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Wakatipu Croquet Club Inc</t>
+  </si>
+  <si>
+    <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
+  </si>
+  <si>
+    <t>wakatipucroquet@gmail.com</t>
+  </si>
+  <si>
+    <t>027 751 6304</t>
+  </si>
+  <si>
+    <t>PO Box 520, Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Frankton Kindergarten</t>
+  </si>
+  <si>
+    <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
+  </si>
+  <si>
+    <t>frankton@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/frankton</t>
+  </si>
+  <si>
+    <t>03 442 2744</t>
+  </si>
+  <si>
     <t>CanShop</t>
   </si>
   <si>
     <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
   </si>
   <si>
     <t>Marie.Wales@cansoc.org.nz</t>
   </si>
   <si>
     <t>https://www.facebook.com/canshopqueenstown/</t>
   </si>
   <si>
     <t>0275360066</t>
   </si>
   <si>
-    <t>Frankton</t>
-[...17 lines deleted...]
-    <t>0274416318</t>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
   </si>
   <si>
     <t>LTA Studios - Adult Dance &amp; Movement</t>
   </si>
   <si>
     <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
   </si>
   <si>
     <t>info@ltastudiosqt.com</t>
   </si>
   <si>
     <t>http://www.ltastudiosqt.com</t>
   </si>
   <si>
-    <t>02102267291</t>
-[...157 lines deleted...]
-  <si>
     <t>Wakatipu Potters Group</t>
   </si>
   <si>
     <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
   </si>
   <si>
     <t>Secretary</t>
   </si>
   <si>
     <t>wakatipupotters@gmail.com</t>
   </si>
   <si>
     <t>http://www.wakatipupotters.com</t>
   </si>
   <si>
     <t>Frankton,</t>
-  </si>
-[...58 lines deleted...]
-    <t>03 442 2744</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,427 +729,427 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
+      <c r="C3"/>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="E5"/>
-      <c r="F5" t="s">
+      <c r="F5"/>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="G5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="G6"/>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
       <c r="H6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="D7"/>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7" t="s">
         <v>38</v>
       </c>
+      <c r="G7"/>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="C8"/>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="G12" t="s">
         <v>65</v>
       </c>
-      <c r="H12"/>
+      <c r="F12" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C13" t="s">
         <v>68</v>
       </c>
+      <c r="C13"/>
       <c r="D13" t="s">
         <v>69</v>
       </c>
       <c r="E13" t="s">
         <v>70</v>
       </c>
       <c r="F13" t="s">
         <v>71</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>72</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
-      <c r="C14"/>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
       <c r="D14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="G14" t="s">
         <v>76</v>
       </c>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>77</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
         <v>80</v>
       </c>
       <c r="E15" t="s">
         <v>81</v>
       </c>
-      <c r="F15"/>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
-      <c r="C16"/>
-      <c r="D16" t="s">
+      <c r="C16" t="s">
         <v>85</v>
       </c>
-      <c r="E16" t="s">
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16" t="s">
         <v>86</v>
       </c>
-      <c r="F16" t="s">
-[...3 lines deleted...]
-      <c r="H16"/>
+      <c r="G16" t="s">
+        <v>87</v>
+      </c>
+      <c r="H16" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B18" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="C18" t="s">
         <v>94</v>
       </c>
+      <c r="C18"/>
       <c r="D18" t="s">
         <v>95</v>
       </c>
       <c r="E18" t="s">
         <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" t="s">
         <v>98</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>99</v>
       </c>
-      <c r="C19"/>
       <c r="D19" t="s">
         <v>100</v>
       </c>
       <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">