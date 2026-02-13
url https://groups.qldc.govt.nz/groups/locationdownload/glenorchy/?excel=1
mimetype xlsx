--- v0 (2025-12-20)
+++ v1 (2026-02-13)
@@ -38,240 +38,240 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy Landcare Group</t>
+  </si>
+  <si>
+    <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
+  </si>
+  <si>
+    <t>Iris &amp; Kate Scott</t>
+  </si>
+  <si>
+    <t>scotts@reesvalley.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
+  </si>
+  <si>
+    <t>03 442 9908</t>
+  </si>
+  <si>
+    <t>C/- Rees Valley Association, Glenorchy</t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Glenorchy Primary School</t>
+  </si>
+  <si>
+    <t>Glenorchy School is a small, remote school situated at the head of Lake Wakatipu and is central to the community.The families of our children are diverse in their economic status and their occupations. We work to provide our children with a positive, quality learning environment in which they are secure and successful. Glenorchy School values the individual.Everyone working and learning within this environment is important.</t>
+  </si>
+  <si>
+    <t>office@glenorchy.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.glenorchy.school.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9900</t>
+  </si>
+  <si>
+    <t>P O Box 19 Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy Rural Fire Force</t>
+  </si>
+  <si>
+    <t>This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include:WildfiresCivil defenceNatural disastersOf course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages:  https://fireandemergency.nz/stations/show/glenorchy-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>Dick Watson</t>
+  </si>
+  <si>
+    <t>songreenstone@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Glenorchy-Volunteer-Rural-Fire-Force-1636296079961525/</t>
+  </si>
+  <si>
+    <t>0277655125</t>
+  </si>
+  <si>
     <t>Lakeside Football Club</t>
   </si>
   <si>
     <t>Mostly non playing social rugby club. Main annual project is the running of the Glenorchy Races on the first Saturday of every year as a community fundraiser</t>
   </si>
   <si>
     <t>Ann Percy</t>
   </si>
   <si>
     <t>elfinbay@countrynet.co.nz</t>
   </si>
   <si>
     <t>027 825 1003</t>
   </si>
   <si>
-    <t>Glenorchy</t>
-[...38 lines deleted...]
-    <t>C/- Rees Valley Association, Glenorchy</t>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
   </si>
   <si>
     <t>Glenorchy Golf Club</t>
   </si>
   <si>
     <t>The beautiful Glenorchy 9 hole golf course is located at the recreation grounds on the corner of Mull and Oban Street.The Club holds a weekly 18 hole competition on a Sunday, starting at 3pm during daylight saving time and 1pm in the winter. Visitors are very welcome to join the competition or to play their own game. Green fees are $10 a round of golf (9 or 18 holes).</t>
   </si>
   <si>
     <t>Damian Orman</t>
   </si>
   <si>
     <t>http://www.glenorchycommunity.nz/community/clubs/show/13/glenorchy-golf-club/</t>
   </si>
   <si>
     <t xml:space="preserve">02178305 </t>
   </si>
   <si>
-    <t>Federated Farmers - Glenorchy Branch</t>
-[...11 lines deleted...]
-    <t>03 442 9942</t>
+    <t>Glenorchy Riding Club</t>
+  </si>
+  <si>
+    <t>The GYRC is a group of horse enthusiasts who – regardless of their riding skills, experience or discipline – come together to enjoy the hacking, training or events that the area can provide. We organise regular hacks to various stations, farms and some conservation areas (gratefully with the support of local farmers and DOC), often followed by a BBQ. For competitive riders or simply for those who would like to improve their riding skills – there are options of coaching by visiting respected coaches (basic schooling, dressage, show jumping).</t>
+  </si>
+  <si>
+    <t>glenorchyridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.co.nz/glenorchy-riding-club/</t>
+  </si>
+  <si>
+    <t>027 464 9182</t>
   </si>
   <si>
     <t>Glenorchy Community Association</t>
   </si>
   <si>
     <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
   </si>
   <si>
     <t>John Glover (Chairperson)</t>
   </si>
   <si>
     <t>gycommunityassn@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
   </si>
   <si>
     <t>027 586 7233</t>
   </si>
   <si>
     <t>PO Box 38, Glenorchy 9350</t>
   </si>
   <si>
-    <t>Glenorchy Rural Fire Force</t>
-[...16 lines deleted...]
-  <si>
     <t>Glenorchy Playgroup</t>
   </si>
   <si>
     <t>Welcome to Glenorchy Playgroup - Haere mai, all parents, caregivers and young children are welcome.We believe in the importance of providing a place where pre-school children and parents can regularly meet, feel welcomed and involved. Our playgroup will use a variety of activities to provide learning opportunities and experiences for young children.We aim to give parents and caregivers the opportunity to learn new ways for encouraging their children’s learning in a friendly and supportive fun group.Mondays: 10am – 12pm Thursdays: 10am – 12pm School term time only.$2/session or $25 for the term.</t>
   </si>
   <si>
     <t xml:space="preserve">Jenny Huckstep (President) </t>
   </si>
   <si>
     <t>https://www.glenorchycommunity.nz/community/organisations/playgroup/</t>
   </si>
   <si>
     <t>0211672242</t>
   </si>
   <si>
     <t>PO Box 59 Glenorchy</t>
-  </si>
-[...46 lines deleted...]
-    <t>Glenorchy 9372</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -636,295 +636,295 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C4" t="s">
         <v>22</v>
       </c>
+      <c r="C4"/>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G4"/>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5"/>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="G5"/>
-      <c r="H5"/>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="E7"/>
       <c r="F7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G7" t="s">
         <v>43</v>
       </c>
+      <c r="G7"/>
       <c r="H7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>62</v>
       </c>
-      <c r="C11"/>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>65</v>
       </c>
-      <c r="G11"/>
       <c r="H11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="C12"/>
-      <c r="D12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
+      <c r="D12"/>
       <c r="E12" t="s">
         <v>69</v>
       </c>
       <c r="F12" t="s">
         <v>70</v>
       </c>
-      <c r="G12"/>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">