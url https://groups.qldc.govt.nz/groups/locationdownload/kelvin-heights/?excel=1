--- v0 (2025-10-07)
+++ v1 (2025-12-18)
@@ -38,84 +38,84 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Whakatipu Reforestation Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   About The Whakatipu Reforestation Trust   Our Vision: To protect and restore the native biodiversity of the Whakatipu Basin through revegetation projects, collaboration, education and advocacy.  Since humans first set foot on New Zealand, our native forests have reduced by 70% while our native bird species have been reduced by 30%. The Kowhai rich dry woodlands that used to be prolific in the Whakatipu Basin are one of the most threatened ecosystems in New Zealand, and also one of the least protected. “Without endemic touchstones visible to the resident [Whakatipu Basin] population on a daily basis their appreciation of the history of their own land and identification with it will gradually atrophy. As northern temperate images fill people’s experience and imagination, these foreign elements become entrenched in tradition with an inevitable loss of both biological and cultural diversity.”Colin Meurk, Landcare Research We work with the community to grow and plant out native plants, including threatened species. This will create wildlife corridors that will, in turn, attract native birds and insects back into the basin, significantly enhancing the biodiversity of our region. FIND OUT HOW YOU CAN GET INVOLVED    </t>
+  </si>
+  <si>
+    <t>Karen O’Donahoo</t>
+  </si>
+  <si>
+    <t>volunteer@wrtqt.org.nz</t>
+  </si>
+  <si>
+    <t>https://wrtqt.org.nz/</t>
+  </si>
+  <si>
     <t>Kelvin Peninsula Community Association</t>
   </si>
   <si>
     <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects.</t>
   </si>
   <si>
     <t>David Mayhew</t>
   </si>
   <si>
     <t>talk2kpca@gmail.com</t>
   </si>
   <si>
     <t>https://kelvinpeninsula.org/</t>
   </si>
   <si>
     <t>02102270279</t>
   </si>
   <si>
     <t>Wakatipu 9348</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://wrtqt.org.nz/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -489,77 +489,77 @@
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3"/>
-[...1 lines deleted...]
-      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>