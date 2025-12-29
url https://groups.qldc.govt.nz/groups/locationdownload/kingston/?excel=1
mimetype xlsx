--- v0 (2025-10-09)
+++ v1 (2025-12-29)
@@ -38,50 +38,68 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
     <t>Kingston Bowling Club</t>
   </si>
   <si>
     <t>The Club House phone number is 03 248 8882.</t>
   </si>
   <si>
     <t>Fran</t>
   </si>
   <si>
     <t>027 492 7711</t>
   </si>
   <si>
     <t>Kingston</t>
   </si>
   <si>
     <t>Kingston Library</t>
   </si>
   <si>
     <t>Opening Hours:Wednesday: 3pm to 5pmSaturday: 11am to 1pm</t>
   </si>
   <si>
     <t>Librarian</t>
   </si>
   <si>
     <t>kingston.library@qldc.govt.nz</t>
@@ -102,68 +120,50 @@
     <t>Tony Wilson (Fire Chief)</t>
   </si>
   <si>
     <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
   </si>
   <si>
     <t>03 248 8844 or 027 237 9497</t>
   </si>
   <si>
     <t>P O Box 24 Kingston</t>
   </si>
   <si>
     <t>Kingston Golf Club Inc</t>
   </si>
   <si>
     <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
   </si>
   <si>
     <t>kingstongolf@gmail.com</t>
   </si>
   <si>
     <t>https://kingstongolf.wixsite.com/home</t>
   </si>
   <si>
     <t>PO Box 22 Kingston</t>
-  </si>
-[...16 lines deleted...]
-    <t>027 292 9430</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,151 +531,151 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="E3" t="s">
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G4" t="s">
         <v>24</v>
       </c>
+      <c r="G4"/>
       <c r="H4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="C5"/>
-      <c r="D5" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
+      <c r="D5"/>
       <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="F5"/>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>32</v>
       </c>
+      <c r="C6"/>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F6"/>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="G6"/>
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>18</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>