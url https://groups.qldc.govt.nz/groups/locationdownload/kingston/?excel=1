--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -38,132 +38,132 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Kingston Voluntary Rural Fire Force</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include: Wildfires Civil defence Natural disasters Of course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station?If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: Learn more about being a Fire and Emergency New Zealand volunteer Read up on the medical checks and security checks volunteers must pass   Find out how to become a volunteer </t>
+  </si>
+  <si>
+    <t>Tony Wilson (Fire Chief)</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>03 248 8844 or 027 237 9497</t>
+  </si>
+  <si>
+    <t>P O Box 24 Kingston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Kingston Golf Club Inc</t>
+  </si>
+  <si>
+    <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
+  </si>
+  <si>
+    <t>kingstongolf@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kingstongolf.wixsite.com/home</t>
+  </si>
+  <si>
+    <t>PO Box 22 Kingston</t>
+  </si>
+  <si>
     <t>Kingston Community Association</t>
   </si>
   <si>
     <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
   </si>
   <si>
     <t>Chairperson - Athol Elliott</t>
   </si>
   <si>
     <t>kcasecretary@hotmail.com</t>
   </si>
   <si>
     <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
   </si>
   <si>
     <t>027 292 9430</t>
   </si>
   <si>
+    <t>Kingston Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday: 3pm to 5pmSaturday: 11am to 1pm</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t>kingston.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 248 8963 and 03 441 0600 (out of hours)</t>
+  </si>
+  <si>
     <t>Kingston Bowling Club</t>
   </si>
   <si>
     <t>The Club House phone number is 03 248 8882.</t>
   </si>
   <si>
     <t>Fran</t>
   </si>
   <si>
     <t>027 492 7711</t>
-  </si>
-[...52 lines deleted...]
-    <t>PO Box 22 Kingston</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,150 +531,150 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="E6" t="s">
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="F6"/>
-      <c r="G6" t="s">
+      <c r="D6"/>
+      <c r="E6"/>
+      <c r="F6" t="s">
         <v>35</v>
       </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">