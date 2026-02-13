--- v2 (2025-12-29)
+++ v3 (2026-02-13)
@@ -38,132 +38,132 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t>Kingston Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday: 3pm to 5pmSaturday: 11am to 1pm</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t>kingston.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 248 8963 and 03 441 0600 (out of hours)</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Kingston Bowling Club</t>
+  </si>
+  <si>
+    <t>The Club House phone number is 03 248 8882.</t>
+  </si>
+  <si>
+    <t>Fran</t>
+  </si>
+  <si>
+    <t>027 492 7711</t>
+  </si>
+  <si>
+    <t>Kingston Golf Club Inc</t>
+  </si>
+  <si>
+    <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
+  </si>
+  <si>
+    <t>kingstongolf@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kingstongolf.wixsite.com/home</t>
+  </si>
+  <si>
+    <t>PO Box 22 Kingston</t>
+  </si>
+  <si>
     <t>Kingston Voluntary Rural Fire Force</t>
   </si>
   <si>
     <t xml:space="preserve">This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include: Wildfires Civil defence Natural disasters Of course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station?If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: Learn more about being a Fire and Emergency New Zealand volunteer Read up on the medical checks and security checks volunteers must pass   Find out how to become a volunteer </t>
   </si>
   <si>
     <t>Tony Wilson (Fire Chief)</t>
   </si>
   <si>
     <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
   </si>
   <si>
     <t>03 248 8844 or 027 237 9497</t>
   </si>
   <si>
     <t>P O Box 24 Kingston</t>
-  </si>
-[...64 lines deleted...]
-    <t>027 492 7711</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -531,150 +531,150 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2"/>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3"/>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="F3"/>
-      <c r="G3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
+      <c r="G3"/>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
-[...15 lines deleted...]
-      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5"/>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
-[...5 lines deleted...]
-      <c r="G5"/>
       <c r="H5" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="D6"/>
-[...1 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="G6"/>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">