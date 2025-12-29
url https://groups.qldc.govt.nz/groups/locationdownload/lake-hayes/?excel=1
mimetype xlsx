--- v0 (2025-10-09)
+++ v1 (2025-12-29)
@@ -38,72 +38,72 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Lake Hayes Predator Free</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Control is a group of passionate locals who volunteer their time to reduce the number of invasive predators in the Lake Hayes area to protect and support our native wildlife.</t>
+  </si>
+  <si>
     <t>Lake Hayes / Arrowtown Line dancers</t>
   </si>
   <si>
     <t>Cost - $10 per sessionLake Hayes PavilionMonday 10-12pm Beginner / ImproverWednesday 10-12pm Beginner / Improver 12-2pm Easy Intermediate / Intermediate</t>
   </si>
   <si>
     <t xml:space="preserve">Molly Crawford </t>
   </si>
   <si>
     <t>mollycrawford56@gmail.com</t>
   </si>
   <si>
     <t>020 4111 9081</t>
   </si>
   <si>
     <t>Frankton</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lake Hayes Predator Control is a group of passionate locals who volunteer their time to reduce the number of invasive predators in the Lake Hayes area to protect and support our native wildlife.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -468,78 +468,78 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C2"/>
+      <c r="D2"/>
       <c r="E2"/>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
-[...4 lines deleted...]
-      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>