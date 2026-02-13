--- v0 (2025-10-07)
+++ v1 (2026-02-13)
@@ -38,84 +38,84 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
     <t>Wanaka Croquet Club</t>
   </si>
   <si>
     <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
   </si>
   <si>
     <t>Shirley Menlove</t>
   </si>
   <si>
     <t>ismenlove@xtra.co.nz</t>
   </si>
   <si>
     <t>http://croquet.org.nz/</t>
   </si>
   <si>
     <t>027 202 4970</t>
   </si>
   <si>
     <t>Wanaka</t>
-  </si>
-[...13 lines deleted...]
-    <t>03 555 3010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -486,82 +486,82 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="G2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3"/>
-      <c r="F3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>