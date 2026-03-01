--- v0 (2025-10-07)
+++ v1 (2026-03-01)
@@ -38,93 +38,93 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
     <t>Makarora Library</t>
   </si>
   <si>
     <t>Opening Hours:Wednesday evenings: 6:00pm - 8:00pmThursdays 11:00am - 1:00pmBy request at other times.  The school children use the library during school hours, term time.</t>
   </si>
   <si>
     <t>Careen Kemp - Community Librarian</t>
   </si>
   <si>
     <t>makarora.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>https://qldclibraries.govt.nz/</t>
   </si>
   <si>
     <t xml:space="preserve">0272456645 </t>
   </si>
   <si>
     <t>Makarora 9346</t>
-  </si>
-[...22 lines deleted...]
-    <t>Makarora</t>
   </si>
   <si>
     <t>Wanaka Croquet Club</t>
   </si>
   <si>
     <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
   </si>
   <si>
     <t>Shirley Menlove</t>
   </si>
   <si>
     <t>ismenlove@xtra.co.nz</t>
   </si>
   <si>
     <t>http://croquet.org.nz/</t>
   </si>
   <si>
     <t>027 202 4970</t>
   </si>
   <si>
     <t>Wanaka</t>
   </si>
 </sst>
 </file>
 
@@ -522,77 +522,77 @@
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="G2"/>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G3" t="s">
         <v>21</v>
       </c>
+      <c r="G3"/>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">