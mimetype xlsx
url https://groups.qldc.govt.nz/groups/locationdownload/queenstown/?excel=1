--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -38,2556 +38,2556 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Margaret O'Hanlon The Singers Workshop</t>
+  </si>
+  <si>
+    <t>Singing / Performaces in Qpact</t>
+  </si>
+  <si>
+    <t>Margaret O'Hanlon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">madrienne61@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/search/top?q=The%20Singers%20Workshop</t>
+  </si>
+  <si>
+    <t>027 422 1768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
+  </si>
+  <si>
+    <t>Almost 300 Nepalese’s living and working in Queenstown.Nepalese Community in Queenstown is a community based established to promote Nepalese culture and networking within the Nepalese residing in Queenstown. Nepalese communities are growing in New Zealand particularly in Queenstown.One of our roles is to contribute in community development, work together with other communities to identify issues and facilitate to come up with resolutions and support. we are pleased with the government in their public policies that are enhancing multiculturalism, respecting diversity among us, and thus it is our community’s goal as well to promote cultural diversity in the interest of individuals and society as a whole. While Nepalese communities across New Zealand have already made significant effort in organizing and running Nepalese language educational programs, culture, religious, we intent to promote and continue that effort.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pramesh Devkota </t>
+  </si>
+  <si>
+    <t>pamesh.dev072@gmail.com</t>
+  </si>
+  <si>
+    <t>0226345296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wakatipu Artistic Swimming </t>
+  </si>
+  <si>
+    <t>We offer artistic swimming programs for recreational and competitive synchronised swimmers in a friendly &amp;amp; supportive club environment, based in Queenstown. Come along for a free introductory session at Alpine Aqualand - contact us for more information.Currently meeting every Wednesday and Friday evenings At Alpine Aqua Land. </t>
+  </si>
+  <si>
+    <t>wakatipuartisticswimming@gmail.com</t>
+  </si>
+  <si>
+    <t>https://synchroswimnz.org.nz/clubs/wakatipu-artistic-swimming-queenstown-lakes</t>
+  </si>
+  <si>
+    <t>Queenstown Alpine Ski Team</t>
+  </si>
+  <si>
+    <t>QAST provides programmes for athletes to enhance their athletic skill, and in the process of doing so, to build character. It is a place to learn core values, commitment, teamwork, loyalty, sportsmanship, humility and integrity. It is a place to learn self management, work ethic, discipline, focus, self motivation and healthy competitive attitudes. Our coaches aim to enhance these elements in programmes which build self-esteem and a sense of accomplishment while enabling our athletes to achieve their full potential in apline ski racing in an environment of friendship and fun.</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>admin@qast.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.qast.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 8182</t>
+  </si>
+  <si>
+    <t>P O Box 848 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>Queenstown Community Choir</t>
+  </si>
+  <si>
+    <t>QCC is an unauditioned choir so if you love singing why not come a join us for an evening? Rehearsals are on Tuesday evenings 6.30 - 8.00 at QPACT (Queenstown Performing Arts Centre Trust), Ballarat Street, Queenstown, NZ. New members very welcome.</t>
+  </si>
+  <si>
+    <t>Faye</t>
+  </si>
+  <si>
+    <t>queenstownchoir@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenst</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Latin Soul Dance</t>
+  </si>
+  <si>
+    <t>We are a dance school in the Queenstown Lakes and Central Otago area specialising in Latin dances such as Salsa, Bachata, Rueda de Casino and Kizomba.We have classes and social dances in the area most days of the week, so get in touch and come along!There are 2 things we love - dancing and creating community - so join our dance family and see how dancing can change your life!</t>
+  </si>
+  <si>
+    <t>Gina and Nicho</t>
+  </si>
+  <si>
+    <t>info@latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>0222376206</t>
+  </si>
+  <si>
+    <t>Piano Lessons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
+  </si>
+  <si>
+    <t>Kana Takahashi</t>
+  </si>
+  <si>
+    <t>kanat.piano@gmail.com</t>
+  </si>
+  <si>
+    <t>0272380555</t>
+  </si>
+  <si>
+    <t>Queenstown Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t>queenstown.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 0600</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Masonic Lodge - Lake Lodge of Ophir No 85</t>
+  </si>
+  <si>
+    <t>One of the world’s oldest and largest fraternal organisations. An organisation of men who adopt the fundamental principle of integrity, goodwill and charity as the foundations for an individual’s life and character. A non-profit organisation that is heavily involved in supporting charity and community service. Comprised of men of good character with high ideals and worthwhile values who make a difference in the community</t>
+  </si>
+  <si>
+    <t>Hudson Turnbull, Secretary</t>
+  </si>
+  <si>
+    <t>lakelodgeofophir@queenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://freemasonsnz.org</t>
+  </si>
+  <si>
+    <t>+64 21 442 639</t>
+  </si>
+  <si>
+    <t>PO Box 85 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club is situated in the amphitheatre of the Remarkable Mountains and offers a unique opportunity to play on what is internationally regarded as one of the most picturesque golf courses in the world. Tour our website and enjoy some wonderful scenes that will give you a taste of what we have to offer.Visitors are welcome 7 days a week, reservations are recommended. You will not be disappointed!</t>
+  </si>
+  <si>
+    <t>Matthew Judd (Head Pro)</t>
+  </si>
+  <si>
+    <t>admin@queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 9169 ex 1</t>
+  </si>
+  <si>
+    <t>P O Box 2141 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelvin Heights </t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Queenstown Meditation</t>
+  </si>
+  <si>
+    <t>Come along to The Sherwood (the yoga studio above the bar), Frankton Road, Queenstown, on Thursday evenings for a community meditation class, suitable for all ages and experience. Take some time out to relax, meet like-minded people, and if you like, join us for a chai in the bar afterwards. Gold coin donation if that's available to you, otherwise come along anyway and soak up the vibes. Be guided on a journey to improve your wellbeing and intuition, and put your life back in your hands. Arrive from 7.15pm, meditation starts at 7.30pm, for approximately 45 minutes.</t>
+  </si>
+  <si>
+    <t>Clare Evans</t>
+  </si>
+  <si>
+    <t>queenstownmeditation@gmail.com</t>
+  </si>
+  <si>
+    <t>021 184 3944</t>
+  </si>
+  <si>
+    <t>554 Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Baptist Church</t>
+  </si>
+  <si>
+    <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pastor Jeff </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.qbbc.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027-364-8788</t>
+  </si>
+  <si>
+    <t>P O Box 339 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust is a Not for Profit organisation that works alongside young people aged 10 - 24yrs old to achieve positive outcomes through both support and advocacy. We provide resources, opportunities, skilled people and safe environments, which help to foster confidence and challenge youth. By resourcing youth in this way, we believe they discover their true identity and develop strengths, attitudes and strong relationships, which enable them to contribute positively in our communities</t>
+  </si>
+  <si>
+    <t>info@wakatipuyouthtrust.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wakatipuyouthtrust.co.nz </t>
+  </si>
+  <si>
+    <t>03 451 1413</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
     <t>Queenstown Junior Futsal</t>
   </si>
   <si>
     <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
   </si>
   <si>
-    <t>President: Phil Ingham</t>
-[...8 lines deleted...]
-    <t>021 0851 0282</t>
+    <t>Showbiz Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown plays a major role in the cultural life of the Wakatipu community. It has a proud history of delivering exciting, nostalgic, traditional and classical musicals to audiences. Showbiz Queenstown is a non-profit incorporated society .Our mission is to assist and encourage members of our community to extend their artistic abilities and provide quality entertainment to the Wakatipu community.</t>
+  </si>
+  <si>
+    <t>showbizqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.facebook.com/showbizqt/</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Trails Trust</t>
+  </si>
+  <si>
+    <t>The Queenstown Trail is a 120km cycle and walking trail built and maintained in a unique partnership between the Queenstown Trails Trust and the Queenstown Lakes District Council. The trail forms part of Nga Haerenga, The New Zealand Cycle Trail and is one of the 22 'Great Rides'. It connects Queenstown with Arrowtown, Gibbston and Jacks Point.Since opening in October 2012 over 1 million unique trail journeys have been made and the Queenstown Trail is gaining a very positive international reputation and is also being celebrated by the community as an outstanding project and community asset.Our vision: To create, nurture and maintain a world class recreational trail network that is sustainable, integrated, well utilised and highly regarded, that enhances the health, well being and quality of life of all Wakatipu residents and that attracts visitors from around the world.Our role: We facilitate new trails and upgrades of existing trails to a world class standard; We advocate for linkages, standards, funding, trail extensions; We seek to support and assist our stakeholders; We facilitate funding for the QT Trail and associated links and loops; We share trail data intelligence. In 2015 we launched our new 10 year strategic plan, our key strategic points of action are:- Expand and enhance the existing trail network; Protect future opportunities for access; Increase the use of the trails by residents and visitors; Build on the trail networks national and international reputation via partnerships with key agencies; Develop sustainable funding strategies for ongoing trail maintenance and improvement to safeguard the future of the trails and our major focus for the next decade will be on trails for connecting our communities by way of off-road trail commute opportunities and ensuring the trail network that we have is of a world-class standard.</t>
+  </si>
+  <si>
+    <t>Mark Williams - CEO</t>
+  </si>
+  <si>
+    <t>mark.williams@queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 7536</t>
+  </si>
+  <si>
+    <t>PO Box 254</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown is a group of like-minded locals engaging the community in actively seeking sustainable solutions through collaboration, connectedness and fun events. We are always on the hunt for change-agents, so if you are a rebel with a cause, come and join us!</t>
+  </si>
+  <si>
+    <t>sustainable.queenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://sustainablequeenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Bridge Club</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Bridge Club. We are one of the largest bridge clubs in Otago/Southland and we love new members.Meet to play bridge every Tuesday evening and Friday afternoon at the Queenstown Events Centre.</t>
+  </si>
+  <si>
+    <t>Annette Fea</t>
+  </si>
+  <si>
+    <t>annette@feaqt.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstown.bridge-club.org/</t>
+  </si>
+  <si>
+    <t>027 453 3573 or 0276006329</t>
+  </si>
+  <si>
+    <t>PO Box 389, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club supports all forms of climbing in the Wakatipu through development, access and conservation.Queenstown climbing club is led entirely by volunteers. we are a grass-roots, not-for-profit club dedicated to: Promoting climbing in the Wakatipu region, Providing a point of contact for members and new climbers in the Wakatipu area, Maintaining and increasing public access to the climbing areas in the Wakatipu region, Supporting the establishment of new climbing routes in the Wakatipu region, Promoting safe bolting and climbing practices, Promoting conservation of the natural environment around the rock climbing areas in the Wakatipu region, Promoting climbing to members and the public, and providing both information and resources for this purpose</t>
+  </si>
+  <si>
+    <t>Ioana Cosmina Pitiriciu - Secretary</t>
+  </si>
+  <si>
+    <t>queenstownclimbing@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownclimbing.com</t>
+  </si>
+  <si>
+    <t>Remarkables Park Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We now operate across three sites, Queenstown, Arrowtown and Remarkables Park and our team consists of 13 Vocationally Registered General Practitioners, 16 Practice Nurses, 10 receptionists and 6 Clinical and Administrative support staff.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t>03 450 9199</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Queenstown</t>
+  </si>
+  <si>
+    <t>Strenghtening Families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Matthew Hawke</t>
+  </si>
+  <si>
+    <t>matthew@jigsawcentrallakes.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 450 1075 / 027 203 4547</t>
+  </si>
+  <si>
+    <t>PO Box 302, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Grey Power Queenstown</t>
+  </si>
+  <si>
+    <t>Grey Power is a national organisation that was set up in the 80s as an advocacy group for older people.  Over 50s are welcome to join us.  We have about four main meetings a year featuring a speaker, smaller meetings from time to time on subjects that may interest a smaller audience.  Social events are organised from time to time.  Grey Power Electricity is available to members which means lower electricity costs also a range of discounts is available from local businesses.  We welcome new members.Treasurer, Kirsty Sharpe:kirstyjsharpe@gmail.com021 04100 76</t>
+  </si>
+  <si>
+    <t>Peter Jenkins</t>
+  </si>
+  <si>
+    <t>greypowerqueenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.greypower.co.nz</t>
+  </si>
+  <si>
+    <t>03 428 7861</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Kelvin Peninsula Community Association</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects. </t>
+  </si>
+  <si>
+    <t>David Mayhew</t>
+  </si>
+  <si>
+    <t>talk2KPCA@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kelvinpeninsula.org/</t>
+  </si>
+  <si>
+    <t>021 0227 0279</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai is a hard and fast style of karate with an emphasis on self-defence. Traditional dojo etiquette and discipline are also important in training. Shukokai - "way for all" - has aspects that are suitable for men, women, and children of all ages.Shukokai Karate Queenstown is a voluntary, non-profit organisation committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Shukokai Karate Queenstown is a part of the Karate NZ family which is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Sensei Liz Simpson - Nidan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">patsarat@gmail.com   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sites.google.com/site/samuraikaratenewzealand/home  </t>
+  </si>
+  <si>
+    <t>0274 316 236</t>
+  </si>
+  <si>
+    <t>Wakatipu High School</t>
+  </si>
+  <si>
+    <t>Welcome to Wakatipu High School. Our mission is to deliver a ‘great all-round education that enables students to reach for their heights’ – and that is what happens every day at Wakatipu High School. ​ The key priority in this great all-round education is student learning, progress and achievement, and our recent results are testament to the very high levels of academic achievement of our students.</t>
+  </si>
+  <si>
+    <t>Mr Steve Hall</t>
+  </si>
+  <si>
+    <t>office@wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>03 442 7370</t>
+  </si>
+  <si>
+    <t>Private Bag 50080 Queenstown</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Basketball League</t>
+  </si>
+  <si>
+    <t>Our season generally is winter time (term 2 and a few weeks in term 3) in New Zealand.  We run social based inhouse competition for years 7-13, or U18years on a Friday night between 3:30pm and 9:00pm.  We post all our updates on our website qjbc.wordpress.com.  Registration forms for 2021 will be available from approximately March 2021 on our website.  Please "follow" the website for all our updates (you receive the posts by your email that you register under).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President - Trudy </t>
+  </si>
+  <si>
+    <t>qtnjuniorbball@gmail.com</t>
+  </si>
+  <si>
+    <t>http://QJBC.wordpress.com</t>
+  </si>
+  <si>
+    <t>03 450 9129</t>
+  </si>
+  <si>
+    <t>P O Box 2009 Queenstown</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Altrusa International Inc of Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altrusa is a womens service organisation focussing on womens development, literacy and service in our community.We meet the first and third Wednesday of each month, at Level One Malaghan House, 10 Memorial Street, Queenstown (the Senior Citizens Rooms).Anyone is welcome to come along.        </t>
+  </si>
+  <si>
+    <t>Margaret Melhop (President)</t>
+  </si>
+  <si>
+    <t>president.queenstown@altrusa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.altrusa.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 508 Queenstown</t>
+  </si>
+  <si>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
+    <t>Wakatipu Interagency Group</t>
+  </si>
+  <si>
+    <t>Social services interagency group for the Wakatipu.Chair: Niki Mason (Central Lakes Family Services, Strengthening Families Coordinator)</t>
+  </si>
+  <si>
+    <t>Niki Mason</t>
+  </si>
+  <si>
+    <t>qtinteragency@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>0508 440 255</t>
+  </si>
+  <si>
+    <t>sKids Queenstown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Queenstown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children after school then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>Programme Manager – Vicki James</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 251 8688</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Queenstown Bible Chapel</t>
+  </si>
+  <si>
+    <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
+  </si>
+  <si>
+    <t>Henk Hoogvliet</t>
+  </si>
+  <si>
+    <t>henkh@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownbiblechapel.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 3728</t>
+  </si>
+  <si>
+    <t>129 Hallenstein St, Boydtown,Queenstown</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Queenstown Mountain Bike Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Mountain Bike Club (QMTBC) was formed in 2003 with the express purpose of facilitating the development of trails and areas within the Queenstown area in a coordinated, safe and legal manner. In recent years there has been significant growth in mountain biking in the Wakaitpu region, both in local uptake and in international travellers. This is directly attributable to the active and focused efforts of QTMBC.The Club has a committee group of 8 dedicated persons who volunteer their time to organise and run the club.The Club currently has over 400 enthusiastic members including families and youth and we cater to all types of mountain bikers from beginner and learners to enthusiasts to experts and extreme riders and all types of riding including:Freeride,Cross Country,Endurance,Downhill,Dirt Jumps, from beginner and learners to expert linesQueenstown has it all!Our trails also get utilised by a large number of visiting tourists to the area. Each summer a large amount of bikers of all standards flock to Queenstown as it is now seen as a destination for mountain bikers. Several professional mountain bikers use the region as a winter training ground.</t>
+  </si>
+  <si>
+    <t>bikers@queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Wakatipu Senior Citizens Association</t>
+  </si>
+  <si>
+    <t>Located on Memorial Street in Malaghan House, we offer regular activities and social gatherings for Wakatipu basin senior residents aged 60 plus. From our sunny rooms overlooking the Recreation ground, members can enjoy a range of activities.  Our Friday lunches, from 11:30am to 2 pm are very popular with members. The meal is followed by a guest speaker or entertainer. We also arrange monthly outings to interesting places within the region.  To find out more about our organization, to become a member or volunteer, or to join the association committee, please contact the manager on (03) 442 9214. The rooms are open Wednesdays from 10am to 2pm and Fridays from 10:30am to 3:00pm. Annual subscription: $20.00</t>
+  </si>
+  <si>
+    <t>Manager/Coordinator - Gabby Lake</t>
+  </si>
+  <si>
+    <t>info@wsca.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9214</t>
+  </si>
+  <si>
+    <t>P O Box 833, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Ice Hockey Club</t>
+  </si>
+  <si>
+    <t>We provide the opportunity for players to play hockey in the wakatipu area, through leagues and training sessions. We are based at Queenstown Ice Arena. Our mission is More feet in skates We are part of the Southern Ice Hockey region and New Zealand Ice Hockey Federation (NZIHF).</t>
+  </si>
+  <si>
+    <t>Kimberley Dixonqueen</t>
+  </si>
+  <si>
+    <t>queenstownicehockey@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownicehockey.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 8000</t>
+  </si>
+  <si>
+    <t>Queenstown Gardens</t>
+  </si>
+  <si>
+    <t>Salsa Queenstown</t>
+  </si>
+  <si>
+    <t>Salsa Class</t>
+  </si>
+  <si>
+    <t>Maria Beckingsale</t>
+  </si>
+  <si>
+    <t>pasionsalsaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/334148146609903/about/</t>
+  </si>
+  <si>
+    <t>021 242 3628</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club was founded by Craig McLachlan in 1989. We have hosted many internationally renowned instructors over the last 25 years including Higaonna Sensei, Terauchi Sensei, Bakkies Sensei, Molyneux Sensei, Kuramoto Sensei, Fujimaki Sensei, Sensei Joe Roses, Sensei Chris Larkin and Sensei David Lambert.To find out more about the Dojo (Club) and Karate, feel free to visit our website.</t>
+  </si>
+  <si>
+    <t>Chris Rae</t>
+  </si>
+  <si>
+    <t>chris@darkside.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>0210 221 8625</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club</t>
+  </si>
+  <si>
+    <t>As the only rugby club located in Queenstown, New Zealand, the Wakatipu Rugby Club has a proud record of one of the strongest Otago Country Rugby Clubs around. Formed in 1953 the club currently fields two senior rugby teams, the Premiers and Wanderers as well as an U17,U16, U15, U14, a girl’s team and nine teams in the junior club. If you are looking for a club to play for in NZ where you will make friends for life then the Wakatipu Rugby Club is an ideal location set amongst NZ’s Adventure Capital of the world.</t>
+  </si>
+  <si>
+    <t>info@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>027 736 9446</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We pride ourselves in our ongoing commitment to the development of primary care and are a registered teaching practice with Otago University and the Royal College of General Practitioners.</t>
+  </si>
+  <si>
+    <t>64 3 441 0500</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Baby Sleep Consultant</t>
+  </si>
+  <si>
+    <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
+  </si>
+  <si>
+    <t>Oanita</t>
+  </si>
+  <si>
+    <t>oanita@babysleepconsultant.co.nz</t>
+  </si>
+  <si>
+    <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
+  </si>
+  <si>
+    <t>021 884 291</t>
+  </si>
+  <si>
+    <t>Queenstown Freediving Club Incorporated</t>
+  </si>
+  <si>
+    <t>We provide intro sessions for new members and people who just want to learn a bit about freediving, breath holding and breath control. We train in the pool year round (statics and dynamics) and in Lake Wakatipu (depth) over summer. We offer freediving education and regular training in both pool and lake in Queenstown and Wanaka for adults aged 16+.Find us on Facebook or email queenstownfreediving@gmail.com </t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>QueenstownFreediving@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/QueenstownFreediving/</t>
+  </si>
+  <si>
+    <t>027 294 8620</t>
+  </si>
+  <si>
+    <t>Wakatipu Pony Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Johnstone</t>
+  </si>
+  <si>
+    <t>bella.park99@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.sporty.co.nz/wakatipupc/Home</t>
+  </si>
+  <si>
+    <t>021343087</t>
+  </si>
+  <si>
+    <t>Queenstown Cricket Club</t>
+  </si>
+  <si>
+    <t>One of Central Otago's leading Cricket Clubs, the Queenstown Cricket Club not only enjoys playing its home matches in one of the most picturesque landscapes found anywhere in the world, it also has the privilege of playing on some of the very best pitches in New Zealand.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emma Campbell</t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowncricketclub.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 124 2266 </t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Ski Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Ski Club, situated at the base of the field of Coronet Peak in Queenstown, New Zealand, offers subsidised ski &amp;amp; snowboard lessons for adults and children of all abilities (from beginner to advanced). We wish to promote snowsports among local families.</t>
+  </si>
+  <si>
+    <t>Jo Grimmer (Secretary)</t>
+  </si>
+  <si>
+    <t>secretary@wsc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wsc.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 21 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club is a community sporting club based in the Queenstown region (including Arrowtown, Glenorchy, Kingston and surrounding areas), in the South Island of New Zealand. We play in the Central Otago region with other local field hockey clubs.  Our main season is played in Winter - from about April to September, depending on the hockey grade. Hockey registrations normally open mid-February. If you're keen to play hockey, please get in touch - we'd love you to join us!</t>
+  </si>
+  <si>
+    <t>Karyn Battrick</t>
+  </si>
+  <si>
+    <t>wakatipuhockeyclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuhockeyclub.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club Inc (Lake Hayes)</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club caters for Junior, Club and Masters Rowers. The Club is located at Lake Hayes in picturesque Queenstown.</t>
+  </si>
+  <si>
+    <t>wakatipurowing@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wakatipurowing/</t>
+  </si>
+  <si>
+    <t>027 778 7377</t>
+  </si>
+  <si>
+    <t>Boxing &amp; Muay Thai</t>
+  </si>
+  <si>
+    <t>Industrial Fitness Gym &amp;amp; Fight Club is Queenstown’s friendliest environment with a range of classes to suit all ages and fitness levels. Our training facility emphasizes a safe, comfortable, and effective atmosphere for our members to achieve their best fitness levels.BOXING - MUAY THAI - STRENGTH &amp;amp; CONDITIONING - PERSONAL TRAINING - BOOTCAMPS - OLYMPIC LIFTING</t>
+  </si>
+  <si>
+    <t>info@industrialfitness.co.nz</t>
+  </si>
+  <si>
+    <t>http://ifyoudare.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 8311</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>In an Emergency dial 111This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. And of course, we also offer fire safety advice.The Queenstown Volunteer Fire Brigade has a long proud history of serving its community in the Wakatipu basin since 1864.</t>
+  </si>
+  <si>
+    <t>katherine.lamont@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>http://www.fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 442 7666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhartiya Samaj Queenstown </t>
+  </si>
+  <si>
+    <t>Bhartiya Samaj Charitable Trust Queenstown is committed to bring positive changes in the lives of people from different communities and backgrounds in New Zealand. We are committed to bring the people closer to each other through cultural and social programmes. Our group is backed by support from our diverse communities.</t>
+  </si>
+  <si>
+    <t>info@bsq.co.nz</t>
+  </si>
+  <si>
+    <t>http://bscqueenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>0212549482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown RSA</t>
+  </si>
+  <si>
+    <t>The Queenstown RSA welcomes club members and their guests, and visiting members of affiliated clubs.We are located in the Queenstown Memorial Centre, Memorial Street, upstairs in the Gallipoli Room – an electric invalid chair is available for those who are unable to use the stairs. When visiting the scenic capital of New Zealand visit the Queenstown RSA, where you are guaranteed a friendly welcome.Opening Hours Friday, 5-7pm</t>
+  </si>
+  <si>
+    <t>Phil Wiel - President (as at July 2019)</t>
+  </si>
+  <si>
+    <t>president.qtrsa@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.rsaqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1969 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Resort College</t>
+  </si>
+  <si>
+    <t>QRC is New Zealand’s premier Tourism &amp;amp; Hospitality Management College. Whether you aspire to a career in adventure tourism or wish to enter the world of hospitality, QRC will prepare you with the skills, knowledge and confidence to successfully pursue your management career, through a blended delivery of theory, practical &amp;amp; professional learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charlie Phillips </t>
+  </si>
+  <si>
+    <t>charlie.phillips@qrc.ac.nz</t>
+  </si>
+  <si>
+    <t>https://www.qrc.ac.nz/</t>
+  </si>
+  <si>
+    <t>03 409 0500</t>
+  </si>
+  <si>
+    <t>Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Otago Scottish Country Dance</t>
+  </si>
+  <si>
+    <t>The RSCDS New Zealand Branch Inc is an autonomous local association of the Royal Scottish Country Dance Society. It aims to: preserve and further the practice of traditional Scottish Country Dances and modern dances in traditional style provide or assist in providing instruction in the dancing of Scottish Country Dances promote the enjoyment and appreciation of Scottish Country Dancing and music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Stuart Strachan </t>
+  </si>
+  <si>
+    <t>otago@dancescottish.org.nz</t>
+  </si>
+  <si>
+    <t>http://dancescottish.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>Inner Wheel Club of Queenstown</t>
+  </si>
+  <si>
+    <t>The motto of Inner Wheel is Friendship and ServiceJoin us helping together in our local Queenstown Lakes Area Community, Meals on Wheels, Voluntary Collectors, Marathon Supporters, Charity Shop.Friendship through club meetings, Our Walking Group, and Movie Group. Join us when we meet each month for activity and friendship. When:  2ndWednesday of the Month                                                                                                                        Where:   Venue is advised  Check us out on  Facebook then,     Email:    queenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>membership@iwnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.innerwheel.org.nz/?fbclid=IwAR3HYTqFuA0-PzvTRXWGKyI1hRaSsBiY7tL2Jmoht4tG6DcqwHog_QP4O7I</t>
+  </si>
+  <si>
+    <t>Happiness House Community Support</t>
+  </si>
+  <si>
+    <t>Happiness House is a community based non profit organisation that provides services to the Wakatipu District. Established in 1991 and registered with the Charities Commission (number cc11023). It is a drop-in centre, open Monday to Friday 9am to 4pm, providing a safe, warm, non judgmental, confidential and caring environment. 83% of the people that live in the Wakatipu have moved here from somewhere else leaving behind family support. Add to that the high cost of living, low wages and social isolation that comes from being far from family, the Wakatipu can be a challenging place to live. Happiness House is there for these people and for those affected by other life events or unforeseen circumstances.</t>
+  </si>
+  <si>
+    <t>happinesshouse@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://happinesshouse.org.nz/</t>
+  </si>
+  <si>
+    <t>03 442 6531</t>
+  </si>
+  <si>
+    <t>Rotary Club of Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary brings together a global network of volunteer leaders who dedicate their time and talent to tackle the world’s most pressing humanitarian challenges. Rotary connects 1.2 million members from more than 200 countries and geographical areas. Their work impacts lives at both the local and international levels.</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrotary.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 321, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Junior Rugby Wakatipu</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club has been going since 1953 and we have senior and junior teams playing. We’re always very happy to welcome new players to the club and to let you know it’s never too late to get involved! It’s a great activity for your child and a rewarding one for parents too – watching your child’s team develop and seeing them move through the age groups and grow stronger as a unit and as individuals.You’re generally with the same team every season of rugby so it’s an excellent opportunity to catch up and cheer them on.It is very important to register your child before they play as they will then be covered by the NZRU insurance scheme. Registration is not complete until subs are paid.Players can start as young as 5, and until the year they turn 8 they will be playing Rippa Rugby. Rippa Rugby is a very safe, non-contact, easy to play game for both boys and girls alike. While the rules are simple and the game easy to learn, Rippa Rugby will promote excellent ball handling and running skills, and give all kids a chance to participate in our national game.Once your child is in the under 8’s, they would normally be in a tackle team, but playing a smaller field with less players. As your child progresses the players and the field size increase. Your child can play throughout their schooling as we have a high school team and a senior team as well. We also have a female team in high school.</t>
+  </si>
+  <si>
+    <t>Club Captain: Damien O'Connell</t>
+  </si>
+  <si>
+    <t>juniors@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrugby.co.nz/juniors.html</t>
+  </si>
+  <si>
+    <t>0274 735 474</t>
+  </si>
+  <si>
+    <t>P O Box 2338 Wakatipu</t>
+  </si>
+  <si>
+    <t>The Spectrum Club</t>
+  </si>
+  <si>
+    <t>The Spectrum Club is a new, community based, Queer Straight Alliance group for LBGTQIA+ youth and their supporters in the Queenstown Region.This group was created to fill a gap in the community for Lesbian, Gay, Bisexual, Trans, Queer, Questioning, Intersex, Asexual and Allies aged 15 – 24 years old. The Spectrum club has 3 main purposes: Social: meeting other likeminded, non-judgemental people from diverse backgrounds in a safe fun environment Support: support with bullying, coming out, individual issues Educate: spread awareness about queer issues, education around resilience, bullying etc The Spectrum Club holds regular meetings and loves having new people along to share and celebrate the diverse group.</t>
+  </si>
+  <si>
+    <t>thespectrumclubqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/thespectrumclubqt/</t>
+  </si>
+  <si>
+    <t>03-451 1413</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club Inc</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club is a member of the Southland Yachting Association and is affiliated to Yachting New Zealand the National Sport Body in NZ for the sport of sailing at all levels.Wakatipu Yacht Club is a non-profit organisation and is operated and organised by members who freely donate their personal time and energies.Wakatipu Yacht Club sails on Wednesdays and Sundays, with courses set around the Frankton Arm and out into the lake. The trailer yachts often compete in longer distance events to Walter and Cecil Peaks and even as far as Glenorchy at the headwaters of Lake Wakatipu.</t>
+  </si>
+  <si>
+    <t>Secretary Nikki Jackson</t>
+  </si>
+  <si>
+    <t>wakatipuyachtclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuyachtclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 347 306</t>
+  </si>
+  <si>
+    <t>PO Box 182, QUEENSTOWN</t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t>BestStart Queenstown</t>
+  </si>
+  <si>
+    <t>Best Start Queenstown prides itself on providing a safe, loving and challenging environment that nurtures the growth of all children. We believe children learn best when they can build trusting and respectful relationships – within their peer groups, with teachers and within our community. We believe children learn through play and as teacher(s) foster and extend on the individual interest(s) as children develop and adapt to individual learning needs.We offer education and care from 3 months to 5 years, with open hours of 8am till 5.30pm, Monday to Friday. We only close on statutory holidays.</t>
+  </si>
+  <si>
+    <t>Katy</t>
+  </si>
+  <si>
+    <t>queenstown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-queenstown</t>
+  </si>
+  <si>
+    <t>(03) 442 6822</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Protect Queenstown/We Love Wakatipu Inc. Society</t>
+  </si>
+  <si>
+    <t>Purpose We Love Wakatipu Inc Soc is running its Protect Queenstown campaign to stop expansion of the air noise boundaries at Queenstown Airport, by ensuring QLDC hears the community's strong opposition and by keeping the community informed about how we can take part in the planning process.</t>
+  </si>
+  <si>
+    <t>Cath Gilmour</t>
+  </si>
+  <si>
+    <t>protectqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://protectqueenstown.wordpress.com/</t>
+  </si>
+  <si>
+    <t>0274900057</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre is run by a committee of volunteers Established in 2009 from Queenstown Shakespeare our community theatre group aims to promote the performing arts in Central Otago and to encourage the development of acting and performance skills of people in the Queenstown Lakes District.Keep an eye out for workshops, play readings and auditions throughout the year.</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>remarkabletheatrenz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.remarkabletheatre.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 185 0648‬ </t>
+  </si>
+  <si>
+    <t>PO BOX 496, Queenstown</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie - Highland Dancing</t>
+  </si>
+  <si>
+    <t>Highland Dancing at Qpact</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">carleen_mckenzie@yahoo.co.nz </t>
+  </si>
+  <si>
+    <t>021 257 4369</t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Aspiring Therapy</t>
+  </si>
+  <si>
+    <t>  Counselling: room-based therapy where things such as stress, overwhelm, burnout, depression, and anxiety can be explored. Equine Assisted Psychotherapy is a form of animal-assisted therapy where horses act as co-facilitators. Nature-based alternative to traditional room-based counselling. Beneficial for people who have a lived experience of trauma.   </t>
+  </si>
+  <si>
+    <t>Kiara Moore</t>
+  </si>
+  <si>
+    <t>hello@aspiringtherapy.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringtherapy.co.nz/</t>
+  </si>
+  <si>
+    <t>02041229503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Rodeo Club</t>
+  </si>
+  <si>
+    <t>You can also contact Murray Sarginson on 03 248 8587.</t>
+  </si>
+  <si>
+    <t>Kay McLeod</t>
+  </si>
+  <si>
+    <t>03 442 2713</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
   </si>
   <si>
     <t>Fernhill/Sunshine Bay Community Association</t>
   </si>
   <si>
     <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
   </si>
   <si>
     <t>fsbcaqueenstown@gmail.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...89 lines deleted...]
-    <t>P O Box 45 Queenstown</t>
+    <t>Queenstown Preschool Nursery</t>
+  </si>
+  <si>
+    <t>The Centre is licensed for 70 children. Nursery 20 to 24 under two year olds Preschool rooms 45 to 50 two to four year olds. We are a not-for-profit organisation. We aim to provide quality education and care in a safe, educational and supportive environment, which is responsive to the needs of the children and their families/whanau.</t>
+  </si>
+  <si>
+    <t>office@qpn.co.nz</t>
+  </si>
+  <si>
+    <t>https://qpn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9217</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Indian Religious Organisation</t>
+  </si>
+  <si>
+    <t>Religious sessions as per planned by the members</t>
+  </si>
+  <si>
+    <t>Rajendra Kumar</t>
+  </si>
+  <si>
+    <t>0212932514</t>
+  </si>
+  <si>
+    <t>247 Frankton Rd , Queenstown 9300</t>
   </si>
   <si>
     <t>Queenstown Swimming Club</t>
   </si>
   <si>
     <t>Queenstown Swimming Club was established in 2000 as an amalgamation of two existing clubs within the Wakatipu. The club currently honours three life members for their contribution to swimming in Queenstown; Colin Walker, Chris Thompson &amp;amp; Sharon Burke.As a community based club our intention is to encourage, nurture and develop all swimmers to the very best of their ability and enable a dedicated focus to goal setting and achievement. We hope to instill a life long love of swimming.The Club offers professional and dedicated coaching across abilities from foundation to age group swimmers.Morning and afternoon training sessions are run from Alpine Aqualand in Frankton.</t>
   </si>
   <si>
     <t>Maria Frewen</t>
   </si>
   <si>
     <t>queenstownswim@xtra.co.nz</t>
   </si>
   <si>
     <t>https://queenstown.swimming.org.nz/page.php?id=2712</t>
   </si>
   <si>
     <t>0274 412286</t>
   </si>
   <si>
-    <t>Wakatipu High School foundation</t>
-[...23 lines deleted...]
-    <t>03 442 2713</t>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Probation Service Queenstown </t>
+  </si>
+  <si>
+    <t>Queenstown Community Corrections - https://www.corrections.govt.nz/about_us/getting_in_touch/our_locations/queenstown_service_centreHours of operation - 8.30am to 5.00pm Monday to Friday. </t>
+  </si>
+  <si>
+    <t>http://www.corrections.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 4830</t>
+  </si>
+  <si>
+    <t>P O Box 2672, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
   </si>
   <si>
     <t>Wakatipu Netball Centre</t>
   </si>
   <si>
     <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
   </si>
   <si>
     <t>Sue Albrecht</t>
   </si>
   <si>
     <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
   </si>
   <si>
     <t>http://www.wakatipunetball.co.nz/</t>
   </si>
   <si>
     <t>027 309 2998</t>
   </si>
   <si>
-    <t>Harvest Community Garden Network</t>
-[...113 lines deleted...]
-    <t>Arrowtown 9371</t>
+    <t>Queenstown Squash Club</t>
+  </si>
+  <si>
+    <t>New members are very welcome, if you would prefer to try the Club before you commit to membership you are welcome to pay and play using our Pay2Play online booking system. Go to www.pay2play.co.nz and select Queenstown Squash Club and follow the instructions. Alternatively you are welcome to come and join one of our Tuesday Club Nights, there is just a small fee of $5 for non members.</t>
+  </si>
+  <si>
+    <t>Dan Batchelor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> queenstownsquashclub@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>https://queenstown.squashclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 498 848</t>
+  </si>
+  <si>
+    <t>PO Box 100, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Queenstown Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting TimesQUEENSTOWN 6:30PM, Wednesday, 2ndGold Ridge Resort, Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Club President: Charlie Reid</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lionsclubs.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 8077</t>
+  </si>
+  <si>
+    <t>P O Box 273 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Womens Institute</t>
+  </si>
+  <si>
+    <t>Women&amp;rsquo;s Institute is a local, provincial, national and international organization that promotes women, families and communities.  Queenstown WI: meets first Tuesday contact Jo-Ellen Reid 4423389</t>
+  </si>
+  <si>
+    <t>Jo Reid</t>
+  </si>
+  <si>
+    <t>http://www.centralotagonz.com/alexandra-clyde/clyde/clubs/x,1,4083/alexandra-womens-institute.html</t>
+  </si>
+  <si>
+    <t>03 442 3389</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Queenstown Embroiderers Guild</t>
+  </si>
+  <si>
+    <t>The Queenstown Embroiderers Guild is a member of the Association of New Zealand Embroidery Guilds, and meets regularly to work on individual projects and learn new techniques. We are an innovative Guild, and incorporate both traditional and modern methods in the work that is produced.  The Guild meets once a month. Meetings are generally held at St Margarets Church in Frankton, on the second Saturday of each month, and run between 10am and 4pm.</t>
+  </si>
+  <si>
+    <t>https://queenstownembroiderersguild.wordpress.com/about/</t>
+  </si>
+  <si>
+    <t>Wakatipu Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Established in 2008 and began regular training sessions in January 2009. We have a small, but dedicated, membership, who meet for training sessions every week. We all have one thing in common - the desire to enjoy an activity with our dogs that offers the dogs exercise, education, fun, and socialisation</t>
+  </si>
+  <si>
+    <t>info@wdac.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wdac.org.nz</t>
+  </si>
+  <si>
+    <t>027 337 5354</t>
+  </si>
+  <si>
+    <t>PO Box 899, Queenstown, 9348</t>
   </si>
   <si>
     <t>Friends of the Wakatipu Gardens and Reserves</t>
   </si>
   <si>
     <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
   </si>
   <si>
     <t>Jay Cassells</t>
   </si>
   <si>
     <t>jay.cassells@gmail.com</t>
   </si>
   <si>
     <t>021 5111 52</t>
   </si>
   <si>
-    <t>The Spectrum Club</t>
-[...548 lines deleted...]
-    <t>64 3 441 0500</t>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>KingsView Christian School</t>
+  </si>
+  <si>
+    <t>KingsView School is an inter-denominational state integrated Christian school operating from Year 1 to Year 8. It is a Decile 7 school, currently leasing premises in Yewlett Crescent, Frankton. Plans are under way to develop a new site some time in the next two-three years.KingsView began life in 1996 as Southern Lakes Christian School. It was established as a private school by the Christian School Association of Queenstown building on the vision of the Wielemaker and Sizemore families and began with 8 pupils from five families in the home of a school parent but soon outgrew this. It then rented premises in the Presbyterian Church of Queenstown situated on Stanley Street in the Queenstown CBD. This lease expired at the end of 2006, and the current premises have been leased since 2007. The school operates a full primary structure (Years 0-8) with two full-time teachers. The school has achieved considerable success in local area initiatives including spelling competitions, arts festivals, concerts, inter-school sports and swimming competitions, community clean-up days and voluntary help initiatives with locals. The pupils also help the Salvation Army with fundraising activities and the school has regularly featured among the top per-student dollar raised for World Vision.Application was first made to integrate the school into the state education system in 2006, and we rejoice that in 2010 our application has finally been approved by the Minister of Education. With integration, the school’s name has been changed to ‘KingsView’ to reflect both the heavenly King we serve and the beautiful part of His creation we are blessed to be located in.</t>
+  </si>
+  <si>
+    <t>Peter Ferrar</t>
+  </si>
+  <si>
+    <t>office@kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>03 451 1444</t>
+  </si>
+  <si>
+    <t>Queenstown Tennis Club</t>
+  </si>
+  <si>
+    <t>QUEENSTOWN TENNIS CLUB offers a variety of competitions &amp;amp; recreational play sessions for senior and junior members. Saturday Interclub - singles, doubles and themed party Saturdays. Twilight Competition - Mixed doubles format runds through the season. Mid week tennis - Monday, Wednesday and Friday mornings; 09:30-12:00</t>
+  </si>
+  <si>
+    <t>queenstowntennisclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntennisclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 397 552</t>
+  </si>
+  <si>
+    <t>Box 1019 Queenstown</t>
   </si>
   <si>
     <t>Wakatipu Guides Club</t>
   </si>
   <si>
     <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
   </si>
   <si>
     <t>info@ggnz.org.nz</t>
   </si>
   <si>
     <t>http://www.ggnz.org.nz</t>
   </si>
   <si>
     <t>03 366 8409</t>
   </si>
   <si>
-    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
-[...1204 lines deleted...]
-  <si>
     <t>Wakatipu Gun/Claybird Shooting Club</t>
   </si>
   <si>
     <t>The New Zealand Clay Target Association (NZCTA) is responsible for administering, promoting and fostering the sport of Clay Target shooting in New Zealand. The Association is made up of around 90 clubs throughout New Zealand who hold shoots in the various disciplines osf clay target shooting. These clubs range is size from small country clubs with one or two traps and maybe a skeet field to our two National grounds at Hamilton and Christchurch which have 10 DTL fields and 6 skeet fields each</t>
   </si>
   <si>
     <t>cpirie@mactodd.co.nz</t>
   </si>
   <si>
     <t>https://www.nzclaytarget.org.nz/about</t>
-  </si>
-[...403 lines deleted...]
-    <t>04-385 7162</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2964,3402 +2964,3402 @@
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="F3"/>
+      <c r="E3"/>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
       </c>
+      <c r="C4"/>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F4"/>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="G5"/>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E6" t="s">
         <v>35</v>
       </c>
+      <c r="E6"/>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F7"/>
+      <c r="G7"/>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="C8"/>
-[...1 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>47</v>
       </c>
-      <c r="F8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G8"/>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
         <v>49</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>54</v>
       </c>
-      <c r="G9"/>
-      <c r="H9"/>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F10"/>
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>61</v>
+      </c>
       <c r="G10"/>
       <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G11"/>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E13" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F13" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F14" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E15" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>91</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
       <c r="H15" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="G16"/>
       <c r="H16" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C18" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F18" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="G18"/>
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>111</v>
+      </c>
       <c r="H18" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="C19"/>
       <c r="D19" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="E19"/>
+        <v>114</v>
+      </c>
+      <c r="E19" t="s">
+        <v>115</v>
+      </c>
       <c r="F19" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B20" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>118</v>
+      </c>
+      <c r="C20" t="s">
+        <v>119</v>
+      </c>
       <c r="D20" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E20" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F20" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C21" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D21" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="E21"/>
       <c r="F21" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="G21"/>
       <c r="H21" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B22" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
       <c r="D22" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>134</v>
+      </c>
+      <c r="G22" t="s">
+        <v>135</v>
+      </c>
       <c r="H22" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B24" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D24" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="G24"/>
+        <v>145</v>
+      </c>
+      <c r="F24" t="s">
+        <v>146</v>
+      </c>
+      <c r="G24" t="s">
+        <v>147</v>
+      </c>
       <c r="H24" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C25" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D25" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E25" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F25" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>156</v>
+      </c>
       <c r="D26" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="E27" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="F27" t="s">
-        <v>160</v>
-[...4 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="G27" t="s">
+        <v>151</v>
+      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B28" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="C28" t="s">
         <v>163</v>
       </c>
+      <c r="C28"/>
       <c r="D28" t="s">
         <v>164</v>
       </c>
       <c r="E28" t="s">
         <v>165</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
+        <v>168</v>
+      </c>
+      <c r="E29" t="s">
         <v>169</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>170</v>
       </c>
-      <c r="F29" t="s">
-[...3 lines deleted...]
-      <c r="H29"/>
+      <c r="G29" t="s">
+        <v>171</v>
+      </c>
+      <c r="H29" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E30" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      <c r="H30"/>
+        <v>176</v>
+      </c>
+      <c r="F30" t="s">
+        <v>177</v>
+      </c>
+      <c r="G30" t="s">
+        <v>178</v>
+      </c>
+      <c r="H30" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F31" t="s">
-        <v>181</v>
-[...4 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="G31" t="s">
+        <v>184</v>
+      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B32" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="C32"/>
       <c r="D32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E32" t="s">
-        <v>186</v>
-[...4 lines deleted...]
-      <c r="G32" t="s">
         <v>188</v>
       </c>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F32"/>
+      <c r="G32"/>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>189</v>
       </c>
       <c r="B33" t="s">
         <v>190</v>
       </c>
       <c r="C33" t="s">
         <v>191</v>
       </c>
       <c r="D33" t="s">
         <v>192</v>
       </c>
       <c r="E33" t="s">
         <v>193</v>
       </c>
       <c r="F33" t="s">
         <v>194</v>
       </c>
       <c r="G33" t="s">
         <v>195</v>
       </c>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>196</v>
       </c>
       <c r="B34" t="s">
         <v>197</v>
       </c>
       <c r="C34" t="s">
         <v>198</v>
       </c>
       <c r="D34" t="s">
         <v>199</v>
       </c>
       <c r="E34" t="s">
         <v>200</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F34"/>
       <c r="G34"/>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
         <v>202</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35"/>
+      <c r="D35" t="s">
         <v>203</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>204</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>205</v>
       </c>
-      <c r="E35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35"/>
-      <c r="H35"/>
+      <c r="H35" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>206</v>
+      </c>
+      <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
         <v>208</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
         <v>209</v>
       </c>
-      <c r="C36"/>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>210</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>211</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>212</v>
       </c>
-      <c r="G36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>213</v>
+      </c>
+      <c r="B37" t="s">
         <v>214</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>215</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>216</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>217</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>218</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37"/>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>219</v>
+      </c>
+      <c r="B38" t="s">
         <v>220</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38"/>
+      <c r="D38" t="s">
         <v>221</v>
       </c>
-      <c r="C38" t="s">
+      <c r="E38" t="s">
         <v>222</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
         <v>226</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
         <v>227</v>
       </c>
-      <c r="C39" t="s">
+      <c r="E39" t="s">
         <v>228</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>229</v>
       </c>
-      <c r="E39" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G39"/>
       <c r="H39" t="s">
-        <v>233</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>230</v>
+      </c>
+      <c r="B40" t="s">
+        <v>231</v>
+      </c>
+      <c r="C40" t="s">
+        <v>232</v>
+      </c>
+      <c r="D40" t="s">
+        <v>233</v>
+      </c>
+      <c r="E40" t="s">
         <v>234</v>
       </c>
-      <c r="B40" t="s">
+      <c r="F40"/>
+      <c r="G40"/>
+      <c r="H40" t="s">
         <v>235</v>
       </c>
-      <c r="C40"/>
-[...10 lines deleted...]
-      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>238</v>
+      </c>
+      <c r="D41" t="s">
         <v>239</v>
       </c>
-      <c r="B41" t="s">
+      <c r="E41" t="s">
         <v>240</v>
       </c>
-      <c r="C41"/>
-      <c r="D41" t="s">
+      <c r="F41" t="s">
         <v>241</v>
       </c>
-      <c r="E41" t="s">
+      <c r="G41" t="s">
         <v>242</v>
       </c>
-      <c r="F41" t="s">
+      <c r="H41" t="s">
         <v>243</v>
-      </c>
-[...2 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>244</v>
       </c>
       <c r="B42" t="s">
         <v>245</v>
       </c>
-      <c r="C42"/>
+      <c r="C42" t="s">
+        <v>246</v>
+      </c>
       <c r="D42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E42" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-      <c r="G42" t="s">
         <v>248</v>
       </c>
+      <c r="F42" t="s">
+        <v>249</v>
+      </c>
+      <c r="G42"/>
       <c r="H42" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B43" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F43" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="G43" t="s">
         <v>255</v>
       </c>
+      <c r="G43"/>
       <c r="H43" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>256</v>
       </c>
       <c r="B44" t="s">
         <v>257</v>
       </c>
       <c r="C44" t="s">
         <v>258</v>
       </c>
       <c r="D44" t="s">
         <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>260</v>
       </c>
       <c r="F44" t="s">
         <v>261</v>
       </c>
-      <c r="G44"/>
+      <c r="G44" t="s">
+        <v>262</v>
+      </c>
       <c r="H44" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B45" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>264</v>
       </c>
-      <c r="D45" t="s">
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
+      <c r="F45" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>18</v>
+        <v>266</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>267</v>
+      </c>
+      <c r="B46" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
+        <v>269</v>
+      </c>
+      <c r="E46" t="s">
         <v>270</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>271</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>272</v>
       </c>
-      <c r="G46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>273</v>
+      </c>
+      <c r="B47" t="s">
         <v>274</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>275</v>
       </c>
-      <c r="C47"/>
       <c r="D47" t="s">
         <v>276</v>
       </c>
       <c r="E47" t="s">
         <v>277</v>
       </c>
       <c r="F47" t="s">
         <v>278</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G47"/>
       <c r="H47" t="s">
-        <v>18</v>
+        <v>266</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>279</v>
+      </c>
+      <c r="B48" t="s">
         <v>280</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>281</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>282</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>283</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>284</v>
       </c>
-      <c r="F48" t="s">
+      <c r="G48" t="s">
         <v>285</v>
       </c>
-      <c r="G48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H48" t="s">
-        <v>287</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>286</v>
+      </c>
+      <c r="B49" t="s">
+        <v>287</v>
+      </c>
+      <c r="C49" t="s">
         <v>288</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>289</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>290</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>291</v>
-      </c>
-[...2 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>18</v>
+        <v>292</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>293</v>
       </c>
       <c r="B50" t="s">
         <v>294</v>
       </c>
-      <c r="C50"/>
+      <c r="C50" t="s">
+        <v>295</v>
+      </c>
       <c r="D50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E50" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="F50" t="s">
         <v>297</v>
       </c>
-      <c r="G50"/>
+      <c r="F50"/>
+      <c r="G50" t="s">
+        <v>298</v>
+      </c>
       <c r="H50" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E51" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G51"/>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B52" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C52" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D52" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>308</v>
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>309</v>
       </c>
       <c r="B53" t="s">
         <v>310</v>
       </c>
-      <c r="C53"/>
+      <c r="C53" t="s">
+        <v>311</v>
+      </c>
       <c r="D53" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E53" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="F53"/>
+        <v>313</v>
+      </c>
+      <c r="F53" t="s">
+        <v>314</v>
+      </c>
       <c r="G53"/>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B54" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="C54"/>
+        <v>316</v>
+      </c>
+      <c r="C54" t="s">
+        <v>317</v>
+      </c>
       <c r="D54" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="E54" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="F54"/>
+        <v>319</v>
+      </c>
+      <c r="F54" t="s">
+        <v>320</v>
+      </c>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B55" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C55" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D55" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E55" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F55" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="G55"/>
+        <v>326</v>
+      </c>
+      <c r="G55" t="s">
+        <v>327</v>
+      </c>
       <c r="H55" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B56" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C56" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F56" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="G56"/>
+        <v>332</v>
+      </c>
+      <c r="G56" t="s">
+        <v>333</v>
+      </c>
       <c r="H56" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B57" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="C57" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="D57" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="G57"/>
       <c r="H57" t="s">
-        <v>18</v>
+        <v>292</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B58" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="E58" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F58" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B59" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="C59"/>
       <c r="D59" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="E59" t="s">
-        <v>344</v>
-[...9 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F59"/>
+      <c r="G59"/>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F60" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>353</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>354</v>
       </c>
       <c r="B61" t="s">
         <v>355</v>
       </c>
       <c r="C61" t="s">
         <v>356</v>
       </c>
       <c r="D61" t="s">
         <v>357</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>358</v>
       </c>
-      <c r="G61"/>
-      <c r="H61"/>
+      <c r="G61" t="s">
+        <v>359</v>
+      </c>
+      <c r="H61" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C62" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B63" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G63" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H63" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B64" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="C64"/>
+        <v>372</v>
+      </c>
+      <c r="C64" t="s">
+        <v>373</v>
+      </c>
       <c r="D64" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F64" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B65" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C65" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>380</v>
+      </c>
+      <c r="D65" t="s">
+        <v>381</v>
+      </c>
       <c r="E65" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="F65"/>
+        <v>382</v>
+      </c>
+      <c r="F65" t="s">
+        <v>383</v>
+      </c>
       <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B66" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C66"/>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
       <c r="E66" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      <c r="G66"/>
+        <v>386</v>
+      </c>
+      <c r="F66"/>
+      <c r="G66" t="s">
+        <v>387</v>
+      </c>
       <c r="H66" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B67" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>390</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>391</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>392</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>393</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>18</v>
+        <v>394</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="B68" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C68" t="s">
-        <v>388</v>
+        <v>330</v>
       </c>
       <c r="D68" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="E68" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="F68" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="G68"/>
+        <v>332</v>
+      </c>
+      <c r="G68" t="s">
+        <v>399</v>
+      </c>
       <c r="H68" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="B69" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E69" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="F69" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="B70" t="s">
-        <v>398</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="E70" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="F70"/>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C71" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D71" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="E71" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="F71" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B72" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="E72" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="F72" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="B73" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="C73"/>
       <c r="D73" t="s">
-        <v>417</v>
+        <v>203</v>
       </c>
       <c r="E73" t="s">
-        <v>418</v>
+        <v>204</v>
       </c>
       <c r="F73" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="G73"/>
-      <c r="H73"/>
+      <c r="H73" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B74" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="E74" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F74" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B75" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C75" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D75" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E75" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F75" t="s">
-        <v>431</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B76" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C76" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G76"/>
-      <c r="H76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>440</v>
       </c>
       <c r="B77" t="s">
         <v>441</v>
       </c>
       <c r="C77" t="s">
         <v>442</v>
       </c>
       <c r="D77" t="s">
         <v>443</v>
       </c>
       <c r="E77" t="s">
         <v>444</v>
       </c>
       <c r="F77" t="s">
         <v>445</v>
       </c>
-      <c r="G77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G77"/>
       <c r="H77" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>446</v>
+      </c>
+      <c r="B78" t="s">
         <v>447</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>448</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>449</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>450</v>
       </c>
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>451</v>
       </c>
-      <c r="F78"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G78"/>
       <c r="H78" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>452</v>
+      </c>
+      <c r="B79" t="s">
         <v>453</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79"/>
+      <c r="D79" t="s">
         <v>454</v>
       </c>
-      <c r="C79" t="s">
-[...2 lines deleted...]
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>455</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>456</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>457</v>
       </c>
-      <c r="G79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H79" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>458</v>
+      </c>
+      <c r="B80" t="s">
         <v>459</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>460</v>
       </c>
-      <c r="C80"/>
       <c r="D80" t="s">
         <v>461</v>
       </c>
       <c r="E80" t="s">
         <v>462</v>
       </c>
-      <c r="F80" t="s">
+      <c r="F80"/>
+      <c r="G80" t="s">
         <v>463</v>
       </c>
-      <c r="G80"/>
       <c r="H80" t="s">
-        <v>464</v>
+        <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>464</v>
+      </c>
+      <c r="B81" t="s">
         <v>465</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>466</v>
       </c>
-      <c r="C81"/>
       <c r="D81" t="s">
-        <v>295</v>
+        <v>467</v>
       </c>
       <c r="E81" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B82" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="C82" t="s">
         <v>470</v>
       </c>
+      <c r="C82"/>
       <c r="D82" t="s">
         <v>471</v>
       </c>
       <c r="E82" t="s">
         <v>472</v>
       </c>
-      <c r="F82"/>
+      <c r="F82" t="s">
+        <v>473</v>
+      </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B83" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="C83"/>
+        <v>475</v>
+      </c>
+      <c r="C83" t="s">
+        <v>476</v>
+      </c>
       <c r="D83" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="E83" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="F83"/>
+        <v>478</v>
+      </c>
+      <c r="F83" t="s">
+        <v>479</v>
+      </c>
       <c r="G83"/>
-      <c r="H83"/>
+      <c r="H83" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B84" t="s">
-        <v>478</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="C84"/>
       <c r="D84" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="E84"/>
+        <v>482</v>
+      </c>
+      <c r="E84" t="s">
+        <v>483</v>
+      </c>
       <c r="F84" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="G84"/>
+        <v>484</v>
+      </c>
+      <c r="G84" t="s">
+        <v>485</v>
+      </c>
       <c r="H84" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B85" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C85"/>
-      <c r="D85"/>
-      <c r="E85"/>
+      <c r="D85" t="s">
+        <v>488</v>
+      </c>
+      <c r="E85" t="s">
+        <v>489</v>
+      </c>
       <c r="F85" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>485</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B86" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="C86"/>
       <c r="D86" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="E86" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F86" t="s">
-        <v>491</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="G86"/>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B87" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="C87"/>
+        <v>497</v>
+      </c>
+      <c r="C87" t="s">
+        <v>498</v>
+      </c>
       <c r="D87" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="E87" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>18</v>
+        <v>501</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C88" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D88" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="E88" t="s">
-        <v>502</v>
-[...7 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="F88" t="s">
+        <v>507</v>
+      </c>
+      <c r="G88"/>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B89" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="E89" t="s">
-        <v>507</v>
-[...3 lines deleted...]
-      <c r="H89"/>
+        <v>511</v>
+      </c>
+      <c r="F89" t="s">
+        <v>512</v>
+      </c>
+      <c r="G89" t="s">
+        <v>513</v>
+      </c>
+      <c r="H89" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B90" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="C90"/>
       <c r="D90" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="E90" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F90" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B91" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="C91"/>
       <c r="D91" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="E91" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="F91" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="G91"/>
-      <c r="H91"/>
+      <c r="H91" t="s">
+        <v>524</v>
+      </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B92" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="C92"/>
+        <v>526</v>
+      </c>
+      <c r="C92" t="s">
+        <v>527</v>
+      </c>
       <c r="D92" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="E92" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="F92"/>
       <c r="G92" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="H92" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B93" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C93" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D93" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E93" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F93" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="G93"/>
+        <v>536</v>
+      </c>
+      <c r="G93" t="s">
+        <v>242</v>
+      </c>
       <c r="H93" t="s">
-        <v>18</v>
+        <v>537</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B94" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C94" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="D94" t="s">
-        <v>535</v>
-[...4 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="E94" t="s">
+        <v>542</v>
+      </c>
+      <c r="F94"/>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B95" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>544</v>
+      </c>
+      <c r="C95"/>
       <c r="D95" t="s">
-        <v>540</v>
-[...4 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="E95" t="s">
+        <v>546</v>
+      </c>
+      <c r="F95"/>
       <c r="G95"/>
-      <c r="H95"/>
+      <c r="H95" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B96" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="C96"/>
       <c r="D96" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="E96" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="F96" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B97" t="s">
-        <v>549</v>
-[...6 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="C97"/>
+      <c r="D97"/>
       <c r="E97" t="s">
-        <v>552</v>
-[...4 lines deleted...]
-      <c r="G97"/>
+        <v>554</v>
+      </c>
+      <c r="F97"/>
+      <c r="G97" t="s">
+        <v>555</v>
+      </c>
       <c r="H97" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B98" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C98"/>
-      <c r="D98"/>
+      <c r="D98" t="s">
+        <v>558</v>
+      </c>
       <c r="E98" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F98"/>
-      <c r="G98"/>
+      <c r="G98" t="s">
+        <v>558</v>
+      </c>
       <c r="H98" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B99" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C99" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D99" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E99" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F99" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="G99"/>
+        <v>565</v>
+      </c>
+      <c r="G99" t="s">
+        <v>566</v>
+      </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B100" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="C100"/>
       <c r="D100" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="E100" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="F100" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="G100"/>
-      <c r="H100"/>
+      <c r="H100" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B101" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C101" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D101" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E101" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="F101"/>
+        <v>576</v>
+      </c>
+      <c r="F101" t="s">
+        <v>577</v>
+      </c>
       <c r="G101"/>
-      <c r="H101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B102" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C102" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D102" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E102" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F102" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="G102"/>
+        <v>583</v>
+      </c>
+      <c r="G102" t="s">
+        <v>584</v>
+      </c>
       <c r="H102" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B103" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="C103" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="D103" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="E103" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="F103"/>
+        <v>589</v>
+      </c>
+      <c r="F103" t="s">
+        <v>590</v>
+      </c>
       <c r="G103"/>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B104" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-      <c r="D104"/>
+        <v>592</v>
+      </c>
+      <c r="C104" t="s">
+        <v>593</v>
+      </c>
+      <c r="D104" t="s">
+        <v>594</v>
+      </c>
       <c r="E104" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F104" t="s">
-        <v>589</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="G104"/>
       <c r="H104" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="B105" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="C105"/>
+        <v>598</v>
+      </c>
+      <c r="C105" t="s">
+        <v>599</v>
+      </c>
       <c r="D105" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="E105" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="F105" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="G105" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="H105" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="B106" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="E106"/>
+        <v>606</v>
+      </c>
+      <c r="E106" t="s">
+        <v>607</v>
+      </c>
       <c r="F106" t="s">
-        <v>601</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="G106"/>
       <c r="H106" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B107" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E107" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="F107"/>
+        <v>611</v>
+      </c>
+      <c r="F107" t="s">
+        <v>612</v>
+      </c>
       <c r="G107" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="H107" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B108" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="C108"/>
+        <v>615</v>
+      </c>
+      <c r="C108" t="s">
+        <v>616</v>
+      </c>
       <c r="D108" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="E108" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="F108" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B109" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C109" t="s">
-        <v>191</v>
+        <v>622</v>
       </c>
       <c r="D109"/>
       <c r="E109" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="F109" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="G109"/>
       <c r="H109" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="B110" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="C110" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="D110" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="E110" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="F110" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="G110" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="H110" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="B111" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>633</v>
+      </c>
+      <c r="C111" t="s">
+        <v>634</v>
+      </c>
       <c r="D111" t="s">
-        <v>627</v>
-[...4 lines deleted...]
-      <c r="F111"/>
+        <v>635</v>
+      </c>
+      <c r="E111"/>
+      <c r="F111" t="s">
+        <v>636</v>
+      </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B112" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="E112" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="F112" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="B113" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="C113" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="D113" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="E113" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="F113" t="s">
-        <v>639</v>
-[...4 lines deleted...]
-      <c r="H113"/>
+        <v>647</v>
+      </c>
+      <c r="G113"/>
+      <c r="H113" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="B114" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="C114"/>
+        <v>649</v>
+      </c>
+      <c r="C114" t="s">
+        <v>650</v>
+      </c>
       <c r="D114" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="E114" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="F114" t="s">
-        <v>645</v>
-[...4 lines deleted...]
-      <c r="H114"/>
+        <v>653</v>
+      </c>
+      <c r="G114"/>
+      <c r="H114" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="B115" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="C115" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="D115" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="E115" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="F115"/>
+        <v>658</v>
+      </c>
+      <c r="F115" t="s">
+        <v>659</v>
+      </c>
       <c r="G115"/>
-      <c r="H115"/>
+      <c r="H115" t="s">
+        <v>660</v>
+      </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B116" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="E116" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="F116"/>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="B117" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="C117"/>
+        <v>666</v>
+      </c>
+      <c r="C117" t="s">
+        <v>667</v>
+      </c>
       <c r="D117" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="E117" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      <c r="H117"/>
+        <v>669</v>
+      </c>
+      <c r="F117" t="s">
+        <v>670</v>
+      </c>
+      <c r="G117" t="s">
+        <v>671</v>
+      </c>
+      <c r="H117" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B118" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="C118"/>
+        <v>673</v>
+      </c>
+      <c r="C118" t="s">
+        <v>674</v>
+      </c>
       <c r="D118" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="E118" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="F118"/>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="B119" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>678</v>
+      </c>
+      <c r="C119"/>
       <c r="D119" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="E119" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="B120" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C120" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="G120" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="H120" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="B121" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="C121" t="s">
-        <v>678</v>
-[...6 lines deleted...]
-      </c>
+        <v>688</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121"/>
       <c r="F121" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>485</v>
+        <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="B122" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C122" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-      <c r="E122"/>
+        <v>692</v>
+      </c>
+      <c r="D122" t="s">
+        <v>693</v>
+      </c>
+      <c r="E122" t="s">
+        <v>694</v>
+      </c>
       <c r="F122" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="G122"/>
       <c r="H122" t="s">
-        <v>18</v>
+        <v>696</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="B123" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="C123"/>
       <c r="D123" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="E123" t="s">
-        <v>691</v>
-[...6 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="F123"/>
+      <c r="G123"/>
       <c r="H123" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="B124" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="E124" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="F124"/>
+        <v>704</v>
+      </c>
+      <c r="F124" t="s">
+        <v>705</v>
+      </c>
       <c r="G124"/>
-      <c r="H124"/>
+      <c r="H124" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B125" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="C125"/>
       <c r="D125" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="E125" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="F125" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="G125" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="H125" t="s">
-        <v>308</v>
+        <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="B126" t="s">
-        <v>706</v>
-[...10 lines deleted...]
-      <c r="H126"/>
+        <v>713</v>
+      </c>
+      <c r="C126" t="s">
+        <v>714</v>
+      </c>
+      <c r="D126"/>
+      <c r="E126"/>
+      <c r="F126" t="s">
+        <v>715</v>
+      </c>
+      <c r="G126" t="s">
+        <v>716</v>
+      </c>
+      <c r="H126" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="B127" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C127" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="D127" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="E127"/>
+        <v>720</v>
+      </c>
+      <c r="E127" t="s">
+        <v>721</v>
+      </c>
       <c r="F127" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="G127"/>
-      <c r="H127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="B128" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="C128" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="D128" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="E128" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="F128" t="s">
-        <v>720</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="G128"/>
       <c r="H128" t="s">
-        <v>18</v>
+        <v>729</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="B129" t="s">
-        <v>723</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="C129"/>
       <c r="D129" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="E129" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="F129" t="s">
-        <v>727</v>
+        <v>303</v>
       </c>
       <c r="G129"/>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B130" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>735</v>
+      </c>
+      <c r="C130"/>
       <c r="D130" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="E130" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="F130" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="B131" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="C131"/>
       <c r="D131" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="E131" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="F131"/>
       <c r="G131" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="H131" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B132" t="s">
-        <v>742</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="C132"/>
       <c r="D132" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E132" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="F132" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="G132"/>
       <c r="H132" t="s">
-        <v>18</v>
+        <v>749</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B133" t="s">
-        <v>749</v>
-[...4 lines deleted...]
-      <c r="D133" t="s">
         <v>751</v>
       </c>
+      <c r="C133"/>
+      <c r="D133"/>
       <c r="E133" t="s">
         <v>752</v>
       </c>
       <c r="F133" t="s">
         <v>753</v>
       </c>
-      <c r="G133"/>
+      <c r="G133" t="s">
+        <v>754</v>
+      </c>
       <c r="H133" t="s">
-        <v>754</v>
+        <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>755</v>
       </c>
       <c r="B134" t="s">
         <v>756</v>
       </c>
-      <c r="C134"/>
+      <c r="C134" t="s">
+        <v>757</v>
+      </c>
       <c r="D134" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="E134" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F134" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-      <c r="H134"/>
+        <v>760</v>
+      </c>
+      <c r="G134" t="s">
+        <v>761</v>
+      </c>
+      <c r="H134" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B135" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-      <c r="D135"/>
+        <v>763</v>
+      </c>
+      <c r="C135" t="s">
+        <v>764</v>
+      </c>
+      <c r="D135" t="s">
+        <v>765</v>
+      </c>
       <c r="E135" t="s">
-        <v>762</v>
-[...4 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="F135" t="s">
+        <v>767</v>
+      </c>
+      <c r="G135"/>
       <c r="H135" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B136" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="C136" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="D136" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="E136" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="F136" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-      <c r="H136"/>
+        <v>773</v>
+      </c>
+      <c r="G136" t="s">
+        <v>774</v>
+      </c>
+      <c r="H136" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="B137" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="C137" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="D137"/>
+        <v>777</v>
+      </c>
+      <c r="D137" t="s">
+        <v>778</v>
+      </c>
       <c r="E137" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="F137" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="B138" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="C138" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="D138" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="E138"/>
+        <v>784</v>
+      </c>
+      <c r="E138" t="s">
+        <v>785</v>
+      </c>
       <c r="F138" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="G138"/>
+        <v>786</v>
+      </c>
+      <c r="G138" t="s">
+        <v>787</v>
+      </c>
       <c r="H138" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="B139" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="C139" t="s">
-        <v>782</v>
-[...3 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="D139"/>
       <c r="E139" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="F139"/>
+        <v>791</v>
+      </c>
+      <c r="F139" t="s">
+        <v>792</v>
+      </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>785</v>
+        <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="B140" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="C140"/>
+        <v>794</v>
+      </c>
+      <c r="C140" t="s">
+        <v>795</v>
+      </c>
       <c r="D140" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="E140" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F140" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="G140" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="H140" t="s">
-        <v>18</v>
+        <v>292</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="B141" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C141"/>
-      <c r="D141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D141"/>
       <c r="E141" t="s">
-        <v>795</v>
-[...6 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="F141"/>
+      <c r="G141"/>
       <c r="H141" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="B142" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="C142"/>
+        <v>804</v>
+      </c>
+      <c r="C142" t="s">
+        <v>627</v>
+      </c>
       <c r="D142" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="E142" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="F142" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="G142" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="H142" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B143" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="C143" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="D143" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="E143"/>
       <c r="F143" t="s">
-        <v>809</v>
-[...6 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="G143"/>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B144" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C144" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="D144"/>
       <c r="E144" t="s">
-        <v>815</v>
-[...4 lines deleted...]
-      <c r="G144" t="s">
         <v>817</v>
       </c>
-      <c r="H144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F144"/>
+      <c r="G144"/>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>818</v>
       </c>
       <c r="B145" t="s">
         <v>819</v>
       </c>
-      <c r="C145"/>
+      <c r="C145" t="s">
+        <v>820</v>
+      </c>
       <c r="D145" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="E145" t="s">
         <v>821</v>
       </c>
+      <c r="E145"/>
       <c r="F145" t="s">
         <v>822</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>823</v>
       </c>
       <c r="B146" t="s">
         <v>824</v>
       </c>
-      <c r="C146"/>
+      <c r="C146" t="s">
+        <v>825</v>
+      </c>
       <c r="D146" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E146" t="s">
-        <v>826</v>
-[...4 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="F146" t="s">
+        <v>828</v>
+      </c>
+      <c r="G146"/>
       <c r="H146" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B147" t="s">
-        <v>828</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="C147"/>
       <c r="D147" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="E147" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="F147" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="G147" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="H147"/>
+        <v>834</v>
+      </c>
+      <c r="H147" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B148" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="E148" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F148" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="G148"/>
-      <c r="H148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B149" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="E149" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="F149" t="s">
         <v>843</v>
       </c>
+      <c r="F149"/>
       <c r="G149"/>
-      <c r="H149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H149"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>