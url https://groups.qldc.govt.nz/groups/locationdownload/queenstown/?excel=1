--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -38,2556 +38,2556 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Queenstown Squash Club</t>
+  </si>
+  <si>
+    <t>New members are very welcome, if you would prefer to try the Club before you commit to membership you are welcome to pay and play using our Pay2Play online booking system. Go to www.pay2play.co.nz and select Queenstown Squash Club and follow the instructions. Alternatively you are welcome to come and join one of our Tuesday Club Nights, there is just a small fee of $5 for non members.</t>
+  </si>
+  <si>
+    <t>Dan Batchelor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> queenstownsquashclub@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>https://queenstown.squashclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 498 848</t>
+  </si>
+  <si>
+    <t>PO Box 100, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Remarkables Park Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We now operate across three sites, Queenstown, Arrowtown and Remarkables Park and our team consists of 13 Vocationally Registered General Practitioners, 16 Practice Nurses, 10 receptionists and 6 Clinical and Administrative support staff.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t>03 450 9199</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Wakatipu Senior Citizens Association</t>
+  </si>
+  <si>
+    <t>Located on Memorial Street in Malaghan House, we offer regular activities and social gatherings for Wakatipu basin senior residents aged 60 plus. From our sunny rooms overlooking the Recreation ground, members can enjoy a range of activities.  Our Friday lunches, from 11:30am to 2 pm are very popular with members. The meal is followed by a guest speaker or entertainer. We also arrange monthly outings to interesting places within the region.  To find out more about our organization, to become a member or volunteer, or to join the association committee, please contact the manager on (03) 442 9214. The rooms are open Wednesdays from 10am to 2pm and Fridays from 10:30am to 3:00pm. Annual subscription: $20.00</t>
+  </si>
+  <si>
+    <t>Manager/Coordinator - Gabby Lake</t>
+  </si>
+  <si>
+    <t>info@wsca.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9214</t>
+  </si>
+  <si>
+    <t>P O Box 833, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Protect Queenstown/We Love Wakatipu Inc. Society</t>
+  </si>
+  <si>
+    <t>Purpose We Love Wakatipu Inc Soc is running its Protect Queenstown campaign to stop expansion of the air noise boundaries at Queenstown Airport, by ensuring QLDC hears the community's strong opposition and by keeping the community informed about how we can take part in the planning process.</t>
+  </si>
+  <si>
+    <t>Cath Gilmour</t>
+  </si>
+  <si>
+    <t>protectqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://protectqueenstown.wordpress.com/</t>
+  </si>
+  <si>
+    <t>0274900057</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club supports all forms of climbing in the Wakatipu through development, access and conservation.Queenstown climbing club is led entirely by volunteers. we are a grass-roots, not-for-profit club dedicated to: Promoting climbing in the Wakatipu region, Providing a point of contact for members and new climbers in the Wakatipu area, Maintaining and increasing public access to the climbing areas in the Wakatipu region, Supporting the establishment of new climbing routes in the Wakatipu region, Promoting safe bolting and climbing practices, Promoting conservation of the natural environment around the rock climbing areas in the Wakatipu region, Promoting climbing to members and the public, and providing both information and resources for this purpose</t>
+  </si>
+  <si>
+    <t>Ioana Cosmina Pitiriciu - Secretary</t>
+  </si>
+  <si>
+    <t>queenstownclimbing@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownclimbing.com</t>
+  </si>
+  <si>
+    <t>Aspiring Therapy</t>
+  </si>
+  <si>
+    <t>  Counselling: room-based therapy where things such as stress, overwhelm, burnout, depression, and anxiety can be explored. Equine Assisted Psychotherapy is a form of animal-assisted therapy where horses act as co-facilitators. Nature-based alternative to traditional room-based counselling. Beneficial for people who have a lived experience of trauma.   </t>
+  </si>
+  <si>
+    <t>Kiara Moore</t>
+  </si>
+  <si>
+    <t>hello@aspiringtherapy.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringtherapy.co.nz/</t>
+  </si>
+  <si>
+    <t>02041229503</t>
+  </si>
+  <si>
+    <t>Latin Soul Dance</t>
+  </si>
+  <si>
+    <t>We are a dance school in the Queenstown Lakes and Central Otago area specialising in Latin dances such as Salsa, Bachata, Rueda de Casino and Kizomba.We have classes and social dances in the area most days of the week, so get in touch and come along!There are 2 things we love - dancing and creating community - so join our dance family and see how dancing can change your life!</t>
+  </si>
+  <si>
+    <t>Gina and Nicho</t>
+  </si>
+  <si>
+    <t>info@latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>0222376206</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Wakatipu Rodeo Club</t>
+  </si>
+  <si>
+    <t>You can also contact Murray Sarginson on 03 248 8587.</t>
+  </si>
+  <si>
+    <t>Kay McLeod</t>
+  </si>
+  <si>
+    <t>03 442 2713</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust is a Not for Profit organisation that works alongside young people aged 10 - 24yrs old to achieve positive outcomes through both support and advocacy. We provide resources, opportunities, skilled people and safe environments, which help to foster confidence and challenge youth. By resourcing youth in this way, we believe they discover their true identity and develop strengths, attitudes and strong relationships, which enable them to contribute positively in our communities</t>
+  </si>
+  <si>
+    <t>info@wakatipuyouthtrust.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wakatipuyouthtrust.co.nz </t>
+  </si>
+  <si>
+    <t>03 451 1413</t>
+  </si>
+  <si>
+    <t>Ngā hau e whā ki Tāhuna</t>
+  </si>
+  <si>
+    <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
+  </si>
+  <si>
+    <t>Geraldine Gray</t>
+  </si>
+  <si>
+    <t>tahunataiaha@gmail.com</t>
+  </si>
+  <si>
+    <t>0274502955</t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club is a community sporting club based in the Queenstown region (including Arrowtown, Glenorchy, Kingston and surrounding areas), in the South Island of New Zealand. We play in the Central Otago region with other local field hockey clubs.  Our main season is played in Winter - from about April to September, depending on the hockey grade. Hockey registrations normally open mid-February. If you're keen to play hockey, please get in touch - we'd love you to join us!</t>
+  </si>
+  <si>
+    <t>Karyn Battrick</t>
+  </si>
+  <si>
+    <t>wakatipuhockeyclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuhockeyclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Tennis Club</t>
+  </si>
+  <si>
+    <t>QUEENSTOWN TENNIS CLUB offers a variety of competitions &amp;amp; recreational play sessions for senior and junior members. Saturday Interclub - singles, doubles and themed party Saturdays. Twilight Competition - Mixed doubles format runds through the season. Mid week tennis - Monday, Wednesday and Friday mornings; 09:30-12:00</t>
+  </si>
+  <si>
+    <t>queenstowntennisclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntennisclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 397 552</t>
+  </si>
+  <si>
+    <t>Box 1019 Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai is a hard and fast style of karate with an emphasis on self-defence. Traditional dojo etiquette and discipline are also important in training. Shukokai - "way for all" - has aspects that are suitable for men, women, and children of all ages.Shukokai Karate Queenstown is a voluntary, non-profit organisation committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Shukokai Karate Queenstown is a part of the Karate NZ family which is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Sensei Liz Simpson - Nidan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">patsarat@gmail.com   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sites.google.com/site/samuraikaratenewzealand/home  </t>
+  </si>
+  <si>
+    <t>0274 316 236</t>
+  </si>
+  <si>
+    <t>Inner Wheel Club of Queenstown</t>
+  </si>
+  <si>
+    <t>The motto of Inner Wheel is Friendship and ServiceJoin us helping together in our local Queenstown Lakes Area Community, Meals on Wheels, Voluntary Collectors, Marathon Supporters, Charity Shop.Friendship through club meetings, Our Walking Group, and Movie Group. Join us when we meet each month for activity and friendship. When:  2ndWednesday of the Month                                                                                                                        Where:   Venue is advised  Check us out on  Facebook then,     Email:    queenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>membership@iwnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.innerwheel.org.nz/?fbclid=IwAR3HYTqFuA0-PzvTRXWGKyI1hRaSsBiY7tL2Jmoht4tG6DcqwHog_QP4O7I</t>
+  </si>
+  <si>
+    <t>Salsa Queenstown</t>
+  </si>
+  <si>
+    <t>Salsa Class</t>
+  </si>
+  <si>
+    <t>Maria Beckingsale</t>
+  </si>
+  <si>
+    <t>pasionsalsaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/334148146609903/about/</t>
+  </si>
+  <si>
+    <t>021 242 3628</t>
+  </si>
+  <si>
+    <t>Queenstown Mountain Bike Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Mountain Bike Club (QMTBC) was formed in 2003 with the express purpose of facilitating the development of trails and areas within the Queenstown area in a coordinated, safe and legal manner. In recent years there has been significant growth in mountain biking in the Wakaitpu region, both in local uptake and in international travellers. This is directly attributable to the active and focused efforts of QTMBC.The Club has a committee group of 8 dedicated persons who volunteer their time to organise and run the club.The Club currently has over 400 enthusiastic members including families and youth and we cater to all types of mountain bikers from beginner and learners to enthusiasts to experts and extreme riders and all types of riding including:Freeride,Cross Country,Endurance,Downhill,Dirt Jumps, from beginner and learners to expert linesQueenstown has it all!Our trails also get utilised by a large number of visiting tourists to the area. Each summer a large amount of bikers of all standards flock to Queenstown as it is now seen as a destination for mountain bikers. Several professional mountain bikers use the region as a winter training ground.</t>
+  </si>
+  <si>
+    <t>bikers@queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club is situated in the amphitheatre of the Remarkable Mountains and offers a unique opportunity to play on what is internationally regarded as one of the most picturesque golf courses in the world. Tour our website and enjoy some wonderful scenes that will give you a taste of what we have to offer.Visitors are welcome 7 days a week, reservations are recommended. You will not be disappointed!</t>
+  </si>
+  <si>
+    <t>Matthew Judd (Head Pro)</t>
+  </si>
+  <si>
+    <t>admin@queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 9169 ex 1</t>
+  </si>
+  <si>
+    <t>P O Box 2141 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelvin Heights </t>
+  </si>
+  <si>
+    <t>Queenstown Embroiderers Guild</t>
+  </si>
+  <si>
+    <t>The Queenstown Embroiderers Guild is a member of the Association of New Zealand Embroidery Guilds, and meets regularly to work on individual projects and learn new techniques. We are an innovative Guild, and incorporate both traditional and modern methods in the work that is produced.  The Guild meets once a month. Meetings are generally held at St Margarets Church in Frankton, on the second Saturday of each month, and run between 10am and 4pm.</t>
+  </si>
+  <si>
+    <t>https://queenstownembroiderersguild.wordpress.com/about/</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Queenstown Cricket Club</t>
+  </si>
+  <si>
+    <t>One of Central Otago's leading Cricket Clubs, the Queenstown Cricket Club not only enjoys playing its home matches in one of the most picturesque landscapes found anywhere in the world, it also has the privilege of playing on some of the very best pitches in New Zealand.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emma Campbell</t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowncricketclub.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 124 2266 </t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Altrusa International Inc of Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altrusa is a womens service organisation focussing on womens development, literacy and service in our community.We meet the first and third Wednesday of each month, at Level One Malaghan House, 10 Memorial Street, Queenstown (the Senior Citizens Rooms).Anyone is welcome to come along.        </t>
+  </si>
+  <si>
+    <t>Margaret Melhop (President)</t>
+  </si>
+  <si>
+    <t>president.queenstown@altrusa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.altrusa.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 508 Queenstown</t>
+  </si>
+  <si>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
+    <t>Queenstown Womens Institute</t>
+  </si>
+  <si>
+    <t>Women&amp;rsquo;s Institute is a local, provincial, national and international organization that promotes women, families and communities.  Queenstown WI: meets first Tuesday contact Jo-Ellen Reid 4423389</t>
+  </si>
+  <si>
+    <t>Jo Reid</t>
+  </si>
+  <si>
+    <t>http://www.centralotagonz.com/alexandra-clyde/clyde/clubs/x,1,4083/alexandra-womens-institute.html</t>
+  </si>
+  <si>
+    <t>03 442 3389</t>
+  </si>
+  <si>
+    <t>Queenstown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>In an Emergency dial 111This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. And of course, we also offer fire safety advice.The Queenstown Volunteer Fire Brigade has a long proud history of serving its community in the Wakatipu basin since 1864.</t>
+  </si>
+  <si>
+    <t>katherine.lamont@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>http://www.fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 442 7666</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre is run by a committee of volunteers Established in 2009 from Queenstown Shakespeare our community theatre group aims to promote the performing arts in Central Otago and to encourage the development of acting and performance skills of people in the Queenstown Lakes District.Keep an eye out for workshops, play readings and auditions throughout the year.</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>remarkabletheatrenz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.remarkabletheatre.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 185 0648‬ </t>
+  </si>
+  <si>
+    <t>PO BOX 496, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie - Highland Dancing</t>
+  </si>
+  <si>
+    <t>Highland Dancing at Qpact</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">carleen_mckenzie@yahoo.co.nz </t>
+  </si>
+  <si>
+    <t>021 257 4369</t>
+  </si>
+  <si>
+    <t>Queenstown Ice Hockey Club</t>
+  </si>
+  <si>
+    <t>We provide the opportunity for players to play hockey in the wakatipu area, through leagues and training sessions. We are based at Queenstown Ice Arena. Our mission is More feet in skates We are part of the Southern Ice Hockey region and New Zealand Ice Hockey Federation (NZIHF).</t>
+  </si>
+  <si>
+    <t>Kimberley Dixonqueen</t>
+  </si>
+  <si>
+    <t>queenstownicehockey@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownicehockey.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 8000</t>
+  </si>
+  <si>
+    <t>Queenstown Gardens</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club was founded by Craig McLachlan in 1989. We have hosted many internationally renowned instructors over the last 25 years including Higaonna Sensei, Terauchi Sensei, Bakkies Sensei, Molyneux Sensei, Kuramoto Sensei, Fujimaki Sensei, Sensei Joe Roses, Sensei Chris Larkin and Sensei David Lambert.To find out more about the Dojo (Club) and Karate, feel free to visit our website.</t>
+  </si>
+  <si>
+    <t>Chris Rae</t>
+  </si>
+  <si>
+    <t>chris@darkside.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>0210 221 8625</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>The Spectrum Club</t>
+  </si>
+  <si>
+    <t>The Spectrum Club is a new, community based, Queer Straight Alliance group for LBGTQIA+ youth and their supporters in the Queenstown Region.This group was created to fill a gap in the community for Lesbian, Gay, Bisexual, Trans, Queer, Questioning, Intersex, Asexual and Allies aged 15 – 24 years old. The Spectrum club has 3 main purposes: Social: meeting other likeminded, non-judgemental people from diverse backgrounds in a safe fun environment Support: support with bullying, coming out, individual issues Educate: spread awareness about queer issues, education around resilience, bullying etc The Spectrum Club holds regular meetings and loves having new people along to share and celebrate the diverse group.</t>
+  </si>
+  <si>
+    <t>thespectrumclubqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/thespectrumclubqt/</t>
+  </si>
+  <si>
+    <t>03-451 1413</t>
+  </si>
+  <si>
+    <t>Queenstown Community Choir</t>
+  </si>
+  <si>
+    <t>QCC is an unauditioned choir so if you love singing why not come a join us for an evening? Rehearsals are on Tuesday evenings 6.30 - 8.00 at QPACT (Queenstown Performing Arts Centre Trust), Ballarat Street, Queenstown, NZ. New members very welcome.</t>
+  </si>
+  <si>
+    <t>Faye</t>
+  </si>
+  <si>
+    <t>queenstownchoir@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenst</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown RSA</t>
+  </si>
+  <si>
+    <t>The Queenstown RSA welcomes club members and their guests, and visiting members of affiliated clubs.We are located in the Queenstown Memorial Centre, Memorial Street, upstairs in the Gallipoli Room – an electric invalid chair is available for those who are unable to use the stairs. When visiting the scenic capital of New Zealand visit the Queenstown RSA, where you are guaranteed a friendly welcome.Opening Hours Friday, 5-7pm</t>
+  </si>
+  <si>
+    <t>Phil Wiel - President (as at July 2019)</t>
+  </si>
+  <si>
+    <t>president.qtrsa@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.rsaqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1969 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Meditation</t>
+  </si>
+  <si>
+    <t>Come along to The Sherwood (the yoga studio above the bar), Frankton Road, Queenstown, on Thursday evenings for a community meditation class, suitable for all ages and experience. Take some time out to relax, meet like-minded people, and if you like, join us for a chai in the bar afterwards. Gold coin donation if that's available to you, otherwise come along anyway and soak up the vibes. Be guided on a journey to improve your wellbeing and intuition, and put your life back in your hands. Arrive from 7.15pm, meditation starts at 7.30pm, for approximately 45 minutes.</t>
+  </si>
+  <si>
+    <t>Clare Evans</t>
+  </si>
+  <si>
+    <t>queenstownmeditation@gmail.com</t>
+  </si>
+  <si>
+    <t>021 184 3944</t>
+  </si>
+  <si>
+    <t>554 Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
+  </si>
+  <si>
+    <t>Almost 300 Nepalese’s living and working in Queenstown.Nepalese Community in Queenstown is a community based established to promote Nepalese culture and networking within the Nepalese residing in Queenstown. Nepalese communities are growing in New Zealand particularly in Queenstown.One of our roles is to contribute in community development, work together with other communities to identify issues and facilitate to come up with resolutions and support. we are pleased with the government in their public policies that are enhancing multiculturalism, respecting diversity among us, and thus it is our community’s goal as well to promote cultural diversity in the interest of individuals and society as a whole. While Nepalese communities across New Zealand have already made significant effort in organizing and running Nepalese language educational programs, culture, religious, we intent to promote and continue that effort.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pramesh Devkota </t>
+  </si>
+  <si>
+    <t>pamesh.dev072@gmail.com</t>
+  </si>
+  <si>
+    <t>0226345296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown </t>
+  </si>
+  <si>
+    <t>Otago Scottish Country Dance</t>
+  </si>
+  <si>
+    <t>The RSCDS New Zealand Branch Inc is an autonomous local association of the Royal Scottish Country Dance Society. It aims to: preserve and further the practice of traditional Scottish Country Dances and modern dances in traditional style provide or assist in providing instruction in the dancing of Scottish Country Dances promote the enjoyment and appreciation of Scottish Country Dancing and music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Stuart Strachan </t>
+  </si>
+  <si>
+    <t>otago@dancescottish.org.nz</t>
+  </si>
+  <si>
+    <t>http://dancescottish.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>Queenstown Alpine Ski Team</t>
+  </si>
+  <si>
+    <t>QAST provides programmes for athletes to enhance their athletic skill, and in the process of doing so, to build character. It is a place to learn core values, commitment, teamwork, loyalty, sportsmanship, humility and integrity. It is a place to learn self management, work ethic, discipline, focus, self motivation and healthy competitive attitudes. Our coaches aim to enhance these elements in programmes which build self-esteem and a sense of accomplishment while enabling our athletes to achieve their full potential in apline ski racing in an environment of friendship and fun.</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>admin@qast.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.qast.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 8182</t>
+  </si>
+  <si>
+    <t>P O Box 848 Queenstown</t>
+  </si>
+  <si>
+    <t>Boxing &amp; Muay Thai</t>
+  </si>
+  <si>
+    <t>Industrial Fitness Gym &amp;amp; Fight Club is Queenstown’s friendliest environment with a range of classes to suit all ages and fitness levels. Our training facility emphasizes a safe, comfortable, and effective atmosphere for our members to achieve their best fitness levels.BOXING - MUAY THAI - STRENGTH &amp;amp; CONDITIONING - PERSONAL TRAINING - BOOTCAMPS - OLYMPIC LIFTING</t>
+  </si>
+  <si>
+    <t>info@industrialfitness.co.nz</t>
+  </si>
+  <si>
+    <t>http://ifyoudare.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 8311</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club Inc (Lake Hayes)</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club caters for Junior, Club and Masters Rowers. The Club is located at Lake Hayes in picturesque Queenstown.</t>
+  </si>
+  <si>
+    <t>wakatipurowing@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wakatipurowing/</t>
+  </si>
+  <si>
+    <t>027 778 7377</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Freediving Club Incorporated</t>
+  </si>
+  <si>
+    <t>We provide intro sessions for new members and people who just want to learn a bit about freediving, breath holding and breath control. We train in the pool year round (statics and dynamics) and in Lake Wakatipu (depth) over summer. We offer freediving education and regular training in both pool and lake in Queenstown and Wanaka for adults aged 16+.Find us on Facebook or email queenstownfreediving@gmail.com </t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>QueenstownFreediving@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/QueenstownFreediving/</t>
+  </si>
+  <si>
+    <t>027 294 8620</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Happiness House Community Support</t>
+  </si>
+  <si>
+    <t>Happiness House is a community based non profit organisation that provides services to the Wakatipu District. Established in 1991 and registered with the Charities Commission (number cc11023). It is a drop-in centre, open Monday to Friday 9am to 4pm, providing a safe, warm, non judgmental, confidential and caring environment. 83% of the people that live in the Wakatipu have moved here from somewhere else leaving behind family support. Add to that the high cost of living, low wages and social isolation that comes from being far from family, the Wakatipu can be a challenging place to live. Happiness House is there for these people and for those affected by other life events or unforeseen circumstances.</t>
+  </si>
+  <si>
+    <t>happinesshouse@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://happinesshouse.org.nz/</t>
+  </si>
+  <si>
+    <t>03 442 6531</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t>queenstown.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 0600</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club was established in 2000 as an amalgamation of two existing clubs within the Wakatipu. The club currently honours three life members for their contribution to swimming in Queenstown; Colin Walker, Chris Thompson &amp;amp; Sharon Burke.As a community based club our intention is to encourage, nurture and develop all swimmers to the very best of their ability and enable a dedicated focus to goal setting and achievement. We hope to instill a life long love of swimming.The Club offers professional and dedicated coaching across abilities from foundation to age group swimmers.Morning and afternoon training sessions are run from Alpine Aqualand in Frankton.</t>
+  </si>
+  <si>
+    <t>Maria Frewen</t>
+  </si>
+  <si>
+    <t>queenstownswim@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://queenstown.swimming.org.nz/page.php?id=2712</t>
+  </si>
+  <si>
+    <t>0274 412286</t>
+  </si>
+  <si>
+    <t>Wakatipu Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Established in 2008 and began regular training sessions in January 2009. We have a small, but dedicated, membership, who meet for training sessions every week. We all have one thing in common - the desire to enjoy an activity with our dogs that offers the dogs exercise, education, fun, and socialisation</t>
+  </si>
+  <si>
+    <t>info@wdac.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wdac.org.nz</t>
+  </si>
+  <si>
+    <t>027 337 5354</t>
+  </si>
+  <si>
+    <t>PO Box 899, Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Futsal</t>
+  </si>
+  <si>
+    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Basketball League</t>
+  </si>
+  <si>
+    <t>Our season generally is winter time (term 2 and a few weeks in term 3) in New Zealand.  We run social based inhouse competition for years 7-13, or U18years on a Friday night between 3:30pm and 9:00pm.  We post all our updates on our website qjbc.wordpress.com.  Registration forms for 2021 will be available from approximately March 2021 on our website.  Please "follow" the website for all our updates (you receive the posts by your email that you register under).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President - Trudy </t>
+  </si>
+  <si>
+    <t>qtnjuniorbball@gmail.com</t>
+  </si>
+  <si>
+    <t>http://QJBC.wordpress.com</t>
+  </si>
+  <si>
+    <t>03 450 9129</t>
+  </si>
+  <si>
+    <t>P O Box 2009 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Netball Centre</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>Sue Albrecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/</t>
+  </si>
+  <si>
+    <t>027 309 2998</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Wakatipu Ski Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Ski Club, situated at the base of the field of Coronet Peak in Queenstown, New Zealand, offers subsidised ski &amp;amp; snowboard lessons for adults and children of all abilities (from beginner to advanced). We wish to promote snowsports among local families.</t>
+  </si>
+  <si>
+    <t>Jo Grimmer (Secretary)</t>
+  </si>
+  <si>
+    <t>secretary@wsc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wsc.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 21 Queenstown</t>
+  </si>
+  <si>
+    <t>Piano Lessons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
+  </si>
+  <si>
+    <t>Kana Takahashi</t>
+  </si>
+  <si>
+    <t>kanat.piano@gmail.com</t>
+  </si>
+  <si>
+    <t>0272380555</t>
+  </si>
+  <si>
+    <t>sKids Queenstown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Queenstown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children after school then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>Programme Manager – Vicki James</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 251 8688</t>
+  </si>
+  <si>
     <t>Margaret O'Hanlon The Singers Workshop</t>
   </si>
   <si>
     <t>Singing / Performaces in Qpact</t>
   </si>
   <si>
     <t>Margaret O'Hanlon</t>
   </si>
   <si>
     <t xml:space="preserve">madrienne61@gmail.com </t>
   </si>
   <si>
     <t>https://www.facebook.com/search/top?q=The%20Singers%20Workshop</t>
   </si>
   <si>
     <t>027 422 1768</t>
   </si>
   <si>
-    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Queenstown </t>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Queenstown Baptist Church</t>
+  </si>
+  <si>
+    <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pastor Jeff </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.qbbc.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027-364-8788</t>
+  </si>
+  <si>
+    <t>P O Box 339 Queenstown</t>
+  </si>
+  <si>
+    <t>Masonic Lodge - Lake Lodge of Ophir No 85</t>
+  </si>
+  <si>
+    <t>One of the world’s oldest and largest fraternal organisations. An organisation of men who adopt the fundamental principle of integrity, goodwill and charity as the foundations for an individual’s life and character. A non-profit organisation that is heavily involved in supporting charity and community service. Comprised of men of good character with high ideals and worthwhile values who make a difference in the community</t>
+  </si>
+  <si>
+    <t>Hudson Turnbull, Secretary</t>
+  </si>
+  <si>
+    <t>lakelodgeofophir@queenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://freemasonsnz.org</t>
+  </si>
+  <si>
+    <t>+64 21 442 639</t>
+  </si>
+  <si>
+    <t>PO Box 85 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown is a group of like-minded locals engaging the community in actively seeking sustainable solutions through collaboration, connectedness and fun events. We are always on the hunt for change-agents, so if you are a rebel with a cause, come and join us!</t>
+  </si>
+  <si>
+    <t>sustainable.queenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://sustainablequeenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>Wakatipu High School</t>
+  </si>
+  <si>
+    <t>Welcome to Wakatipu High School. Our mission is to deliver a ‘great all-round education that enables students to reach for their heights’ – and that is what happens every day at Wakatipu High School. ​ The key priority in this great all-round education is student learning, progress and achievement, and our recent results are testament to the very high levels of academic achievement of our students.</t>
+  </si>
+  <si>
+    <t>Mr Steve Hall</t>
+  </si>
+  <si>
+    <t>office@wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>03 442 7370</t>
+  </si>
+  <si>
+    <t>Private Bag 50080 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Preschool Nursery</t>
+  </si>
+  <si>
+    <t>The Centre is licensed for 70 children. Nursery 20 to 24 under two year olds Preschool rooms 45 to 50 two to four year olds. We are a not-for-profit organisation. We aim to provide quality education and care in a safe, educational and supportive environment, which is responsive to the needs of the children and their families/whanau.</t>
+  </si>
+  <si>
+    <t>office@qpn.co.nz</t>
+  </si>
+  <si>
+    <t>https://qpn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9217</t>
   </si>
   <si>
     <t xml:space="preserve">Wakatipu Artistic Swimming </t>
   </si>
   <si>
     <t>We offer artistic swimming programs for recreational and competitive synchronised swimmers in a friendly &amp;amp; supportive club environment, based in Queenstown. Come along for a free introductory session at Alpine Aqualand - contact us for more information.Currently meeting every Wednesday and Friday evenings At Alpine Aqua Land. </t>
   </si>
   <si>
     <t>wakatipuartisticswimming@gmail.com</t>
   </si>
   <si>
     <t>https://synchroswimnz.org.nz/clubs/wakatipu-artistic-swimming-queenstown-lakes</t>
   </si>
   <si>
-    <t>Queenstown Alpine Ski Team</t>
-[...206 lines deleted...]
-    <t xml:space="preserve">Kelvin Heights </t>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Queenstown Resort College</t>
+  </si>
+  <si>
+    <t>QRC is New Zealand’s premier Tourism &amp;amp; Hospitality Management College. Whether you aspire to a career in adventure tourism or wish to enter the world of hospitality, QRC will prepare you with the skills, knowledge and confidence to successfully pursue your management career, through a blended delivery of theory, practical &amp;amp; professional learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charlie Phillips </t>
+  </si>
+  <si>
+    <t>charlie.phillips@qrc.ac.nz</t>
+  </si>
+  <si>
+    <t>https://www.qrc.ac.nz/</t>
+  </si>
+  <si>
+    <t>03 409 0500</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Interagency Group</t>
+  </si>
+  <si>
+    <t>Social services interagency group for the Wakatipu.Chair: Niki Mason (Central Lakes Family Services, Strengthening Families Coordinator)</t>
+  </si>
+  <si>
+    <t>Niki Mason</t>
+  </si>
+  <si>
+    <t>qtinteragency@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>0508 440 255</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club</t>
+  </si>
+  <si>
+    <t>As the only rugby club located in Queenstown, New Zealand, the Wakatipu Rugby Club has a proud record of one of the strongest Otago Country Rugby Clubs around. Formed in 1953 the club currently fields two senior rugby teams, the Premiers and Wanderers as well as an U17,U16, U15, U14, a girl’s team and nine teams in the junior club. If you are looking for a club to play for in NZ where you will make friends for life then the Wakatipu Rugby Club is an ideal location set amongst NZ’s Adventure Capital of the world.</t>
+  </si>
+  <si>
+    <t>info@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>027 736 9446</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club Inc</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club is a member of the Southland Yachting Association and is affiliated to Yachting New Zealand the National Sport Body in NZ for the sport of sailing at all levels.Wakatipu Yacht Club is a non-profit organisation and is operated and organised by members who freely donate their personal time and energies.Wakatipu Yacht Club sails on Wednesdays and Sundays, with courses set around the Frankton Arm and out into the lake. The trailer yachts often compete in longer distance events to Walter and Cecil Peaks and even as far as Glenorchy at the headwaters of Lake Wakatipu.</t>
+  </si>
+  <si>
+    <t>Secretary Nikki Jackson</t>
+  </si>
+  <si>
+    <t>wakatipuyachtclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuyachtclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 347 306</t>
+  </si>
+  <si>
+    <t>PO Box 182, QUEENSTOWN</t>
+  </si>
+  <si>
+    <t>Queenstown Trails Trust</t>
+  </si>
+  <si>
+    <t>The Queenstown Trail is a 120km cycle and walking trail built and maintained in a unique partnership between the Queenstown Trails Trust and the Queenstown Lakes District Council. The trail forms part of Nga Haerenga, The New Zealand Cycle Trail and is one of the 22 'Great Rides'. It connects Queenstown with Arrowtown, Gibbston and Jacks Point.Since opening in October 2012 over 1 million unique trail journeys have been made and the Queenstown Trail is gaining a very positive international reputation and is also being celebrated by the community as an outstanding project and community asset.Our vision: To create, nurture and maintain a world class recreational trail network that is sustainable, integrated, well utilised and highly regarded, that enhances the health, well being and quality of life of all Wakatipu residents and that attracts visitors from around the world.Our role: We facilitate new trails and upgrades of existing trails to a world class standard; We advocate for linkages, standards, funding, trail extensions; We seek to support and assist our stakeholders; We facilitate funding for the QT Trail and associated links and loops; We share trail data intelligence. In 2015 we launched our new 10 year strategic plan, our key strategic points of action are:- Expand and enhance the existing trail network; Protect future opportunities for access; Increase the use of the trails by residents and visitors; Build on the trail networks national and international reputation via partnerships with key agencies; Develop sustainable funding strategies for ongoing trail maintenance and improvement to safeguard the future of the trails and our major focus for the next decade will be on trails for connecting our communities by way of off-road trail commute opportunities and ensuring the trail network that we have is of a world-class standard.</t>
+  </si>
+  <si>
+    <t>Mark Williams - CEO</t>
+  </si>
+  <si>
+    <t>mark.williams@queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 7536</t>
+  </si>
+  <si>
+    <t>PO Box 254</t>
+  </si>
+  <si>
+    <t>Grey Power Queenstown</t>
+  </si>
+  <si>
+    <t>Grey Power is a national organisation that was set up in the 80s as an advocacy group for older people.  Over 50s are welcome to join us.  We have about four main meetings a year featuring a speaker, smaller meetings from time to time on subjects that may interest a smaller audience.  Social events are organised from time to time.  Grey Power Electricity is available to members which means lower electricity costs also a range of discounts is available from local businesses.  We welcome new members.Treasurer, Kirsty Sharpe:kirstyjsharpe@gmail.com021 04100 76</t>
+  </si>
+  <si>
+    <t>Peter Jenkins</t>
+  </si>
+  <si>
+    <t>greypowerqueenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.greypower.co.nz</t>
+  </si>
+  <si>
+    <t>03 428 7861</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>Wakatipu Pony Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Johnstone</t>
+  </si>
+  <si>
+    <t>bella.park99@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.sporty.co.nz/wakatipupc/Home</t>
+  </si>
+  <si>
+    <t>021343087</t>
+  </si>
+  <si>
+    <t>KingsView Christian School</t>
+  </si>
+  <si>
+    <t>KingsView School is an inter-denominational state integrated Christian school operating from Year 1 to Year 8. It is a Decile 7 school, currently leasing premises in Yewlett Crescent, Frankton. Plans are under way to develop a new site some time in the next two-three years.KingsView began life in 1996 as Southern Lakes Christian School. It was established as a private school by the Christian School Association of Queenstown building on the vision of the Wielemaker and Sizemore families and began with 8 pupils from five families in the home of a school parent but soon outgrew this. It then rented premises in the Presbyterian Church of Queenstown situated on Stanley Street in the Queenstown CBD. This lease expired at the end of 2006, and the current premises have been leased since 2007. The school operates a full primary structure (Years 0-8) with two full-time teachers. The school has achieved considerable success in local area initiatives including spelling competitions, arts festivals, concerts, inter-school sports and swimming competitions, community clean-up days and voluntary help initiatives with locals. The pupils also help the Salvation Army with fundraising activities and the school has regularly featured among the top per-student dollar raised for World Vision.Application was first made to integrate the school into the state education system in 2006, and we rejoice that in 2010 our application has finally been approved by the Minister of Education. With integration, the school’s name has been changed to ‘KingsView’ to reflect both the heavenly King we serve and the beautiful part of His creation we are blessed to be located in.</t>
+  </si>
+  <si>
+    <t>Peter Ferrar</t>
+  </si>
+  <si>
+    <t>office@kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>03 451 1444</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Baby Sleep Consultant</t>
+  </si>
+  <si>
+    <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
+  </si>
+  <si>
+    <t>Oanita</t>
+  </si>
+  <si>
+    <t>oanita@babysleepconsultant.co.nz</t>
+  </si>
+  <si>
+    <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
+  </si>
+  <si>
+    <t>021 884 291</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting TimesQUEENSTOWN 6:30PM, Wednesday, 2ndGold Ridge Resort, Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Club President: Charlie Reid</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lionsclubs.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 8077</t>
+  </si>
+  <si>
+    <t>P O Box 273 Queenstown</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary Club of Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary brings together a global network of volunteer leaders who dedicate their time and talent to tackle the world’s most pressing humanitarian challenges. Rotary connects 1.2 million members from more than 200 countries and geographical areas. Their work impacts lives at both the local and international levels.</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrotary.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 321, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Bridge Club</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Bridge Club. We are one of the largest bridge clubs in Otago/Southland and we love new members.Meet to play bridge every Tuesday evening and Friday afternoon at the Queenstown Events Centre.</t>
+  </si>
+  <si>
+    <t>Annette Fea</t>
+  </si>
+  <si>
+    <t>annette@feaqt.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstown.bridge-club.org/</t>
+  </si>
+  <si>
+    <t>027 453 3573 or 0276006329</t>
+  </si>
+  <si>
+    <t>PO Box 389, Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Queenstown</t>
+  </si>
+  <si>
+    <t>Strenghtening Families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Matthew Hawke</t>
+  </si>
+  <si>
+    <t>matthew@jigsawcentrallakes.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 450 1075 / 027 203 4547</t>
+  </si>
+  <si>
+    <t>PO Box 302, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Gun/Claybird Shooting Club</t>
+  </si>
+  <si>
+    <t>The New Zealand Clay Target Association (NZCTA) is responsible for administering, promoting and fostering the sport of Clay Target shooting in New Zealand. The Association is made up of around 90 clubs throughout New Zealand who hold shoots in the various disciplines osf clay target shooting. These clubs range is size from small country clubs with one or two traps and maybe a skeet field to our two National grounds at Hamilton and Christchurch which have 10 DTL fields and 6 skeet fields each</t>
+  </si>
+  <si>
+    <t>cpirie@mactodd.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzclaytarget.org.nz/about</t>
+  </si>
+  <si>
+    <t>Kelvin Peninsula Community Association</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects. </t>
+  </si>
+  <si>
+    <t>David Mayhew</t>
+  </si>
+  <si>
+    <t>talk2KPCA@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kelvinpeninsula.org/</t>
+  </si>
+  <si>
+    <t>021 0227 0279</t>
+  </si>
+  <si>
+    <t>Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown plays a major role in the cultural life of the Wakatipu community. It has a proud history of delivering exciting, nostalgic, traditional and classical musicals to audiences. Showbiz Queenstown is a non-profit incorporated society .Our mission is to assist and encourage members of our community to extend their artistic abilities and provide quality entertainment to the Wakatipu community.</t>
+  </si>
+  <si>
+    <t>showbizqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.facebook.com/showbizqt/</t>
+  </si>
+  <si>
+    <t>BestStart Queenstown</t>
+  </si>
+  <si>
+    <t>Best Start Queenstown prides itself on providing a safe, loving and challenging environment that nurtures the growth of all children. We believe children learn best when they can build trusting and respectful relationships – within their peer groups, with teachers and within our community. We believe children learn through play and as teacher(s) foster and extend on the individual interest(s) as children develop and adapt to individual learning needs.We offer education and care from 3 months to 5 years, with open hours of 8am till 5.30pm, Monday to Friday. We only close on statutory holidays.</t>
+  </si>
+  <si>
+    <t>Katy</t>
+  </si>
+  <si>
+    <t>queenstown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-queenstown</t>
+  </si>
+  <si>
+    <t>(03) 442 6822</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
   </si>
   <si>
     <t>St Josephs School</t>
   </si>
   <si>
     <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
   </si>
   <si>
     <t xml:space="preserve">Principal: Trisch Inder </t>
   </si>
   <si>
     <t>office@stjosephsqt.school.nz</t>
   </si>
   <si>
     <t>http://www.stjosephsqt.school.nz/</t>
   </si>
   <si>
     <t>+64 3 442 8224</t>
   </si>
   <si>
-    <t>Queenstown Muslim Community</t>
-[...659 lines deleted...]
-    <t>021 082 981 40</t>
+    <t>Queenstown Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We pride ourselves in our ongoing commitment to the development of primary care and are a registered teaching practice with Otago University and the Royal College of General Practitioners.</t>
+  </si>
+  <si>
+    <t>64 3 441 0500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Probation Service Queenstown </t>
+  </si>
+  <si>
+    <t>Queenstown Community Corrections - https://www.corrections.govt.nz/about_us/getting_in_touch/our_locations/queenstown_service_centreHours of operation - 8.30am to 5.00pm Monday to Friday. </t>
+  </si>
+  <si>
+    <t>http://www.corrections.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 4830</t>
+  </si>
+  <si>
+    <t>P O Box 2672, Wakatipu, Queenstown 9349</t>
   </si>
   <si>
     <t>Queenstown Bible Chapel</t>
   </si>
   <si>
     <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
   </si>
   <si>
     <t>Henk Hoogvliet</t>
   </si>
   <si>
     <t>henkh@xtra.co.nz</t>
   </si>
   <si>
     <t>http://www.queenstownbiblechapel.co.nz</t>
   </si>
   <si>
     <t>03 442 3728</t>
   </si>
   <si>
     <t>129 Hallenstein St, Boydtown,Queenstown</t>
   </si>
   <si>
-    <t>St Josephs Catholic Parish</t>
-[...569 lines deleted...]
-    <t>03 442 7666</t>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
   </si>
   <si>
     <t xml:space="preserve">Bhartiya Samaj Queenstown </t>
   </si>
   <si>
     <t>Bhartiya Samaj Charitable Trust Queenstown is committed to bring positive changes in the lives of people from different communities and backgrounds in New Zealand. We are committed to bring the people closer to each other through cultural and social programmes. Our group is backed by support from our diverse communities.</t>
   </si>
   <si>
     <t>info@bsq.co.nz</t>
   </si>
   <si>
     <t>http://bscqueenstown.org.nz/</t>
   </si>
   <si>
     <t>0212549482</t>
   </si>
   <si>
     <t xml:space="preserve"> Queenstown</t>
   </si>
   <si>
-    <t>Queenstown RSA</t>
-[...103 lines deleted...]
-  <si>
     <t>Junior Rugby Wakatipu</t>
   </si>
   <si>
     <t>Wakatipu Rugby Club has been going since 1953 and we have senior and junior teams playing. We’re always very happy to welcome new players to the club and to let you know it’s never too late to get involved! It’s a great activity for your child and a rewarding one for parents too – watching your child’s team develop and seeing them move through the age groups and grow stronger as a unit and as individuals.You’re generally with the same team every season of rugby so it’s an excellent opportunity to catch up and cheer them on.It is very important to register your child before they play as they will then be covered by the NZRU insurance scheme. Registration is not complete until subs are paid.Players can start as young as 5, and until the year they turn 8 they will be playing Rippa Rugby. Rippa Rugby is a very safe, non-contact, easy to play game for both boys and girls alike. While the rules are simple and the game easy to learn, Rippa Rugby will promote excellent ball handling and running skills, and give all kids a chance to participate in our national game.Once your child is in the under 8’s, they would normally be in a tackle team, but playing a smaller field with less players. As your child progresses the players and the field size increase. Your child can play throughout their schooling as we have a high school team and a senior team as well. We also have a female team in high school.</t>
   </si>
   <si>
     <t>Club Captain: Damien O'Connell</t>
   </si>
   <si>
     <t>juniors@wakatipurugby.co.nz</t>
   </si>
   <si>
     <t>http://www.queenstownrugby.co.nz/juniors.html</t>
   </si>
   <si>
     <t>0274 735 474</t>
   </si>
   <si>
     <t>P O Box 2338 Wakatipu</t>
   </si>
   <si>
-    <t>The Spectrum Club</t>
-[...433 lines deleted...]
-  <si>
     <t>Queenstown Indian Religious Organisation</t>
   </si>
   <si>
     <t>Religious sessions as per planned by the members</t>
   </si>
   <si>
     <t>Rajendra Kumar</t>
   </si>
   <si>
     <t>0212932514</t>
   </si>
   <si>
     <t>247 Frankton Rd , Queenstown 9300</t>
-  </si>
-[...379 lines deleted...]
-    <t>https://www.nzclaytarget.org.nz/about</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2965,3401 +2965,3401 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
+      <c r="C3"/>
       <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="E3"/>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="C4"/>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="H4"/>
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C5"/>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F5"/>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>34</v>
       </c>
+      <c r="C6"/>
       <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="E6"/>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="F7"/>
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="E8"/>
       <c r="F8" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G8"/>
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
       <c r="H8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>58</v>
       </c>
+      <c r="C10"/>
       <c r="D10" t="s">
         <v>59</v>
       </c>
       <c r="E10" t="s">
         <v>60</v>
       </c>
       <c r="F10" t="s">
         <v>61</v>
       </c>
-      <c r="G10"/>
-      <c r="H10"/>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="F11" t="s">
         <v>66</v>
       </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H14" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>89</v>
       </c>
-      <c r="E15" t="s">
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>91</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>101</v>
       </c>
-      <c r="C17"/>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>103</v>
       </c>
-      <c r="F17" t="s">
+      <c r="G17" t="s">
         <v>104</v>
       </c>
-      <c r="G17"/>
       <c r="H17" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>105</v>
       </c>
       <c r="B18" t="s">
         <v>106</v>
       </c>
       <c r="C18" t="s">
         <v>107</v>
       </c>
       <c r="D18" t="s">
         <v>108</v>
       </c>
       <c r="E18" t="s">
         <v>109</v>
       </c>
       <c r="F18" t="s">
         <v>110</v>
       </c>
-      <c r="G18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
         <v>112</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>113</v>
       </c>
-      <c r="C19"/>
       <c r="D19" t="s">
         <v>114</v>
       </c>
-      <c r="E19" t="s">
+      <c r="E19"/>
+      <c r="F19" t="s">
         <v>115</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" t="s">
         <v>117</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>118</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>119</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>120</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" t="s">
         <v>123</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>124</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>125</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>126</v>
       </c>
-      <c r="E21"/>
       <c r="F21" t="s">
         <v>127</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
         <v>129</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>130</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>131</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22"/>
+      <c r="F22" t="s">
         <v>132</v>
       </c>
-      <c r="E22" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G22"/>
       <c r="H22" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B23" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
+        <v>135</v>
+      </c>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" t="s">
+        <v>137</v>
+      </c>
+      <c r="G23" t="s">
         <v>138</v>
       </c>
-      <c r="E23" t="s">
-[...5 lines deleted...]
-      <c r="G23"/>
       <c r="H23" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>139</v>
+      </c>
+      <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24"/>
+      <c r="D24" t="s">
         <v>141</v>
       </c>
-      <c r="B24" t="s">
+      <c r="E24" t="s">
         <v>142</v>
       </c>
-      <c r="C24" t="s">
+      <c r="F24" t="s">
         <v>143</v>
       </c>
-      <c r="D24" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
         <v>148</v>
       </c>
-      <c r="B25" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="C26"/>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E26" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="C27"/>
       <c r="D27" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F27" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-      <c r="H27"/>
+        <v>158</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28"/>
+      <c r="F28" t="s">
         <v>162</v>
       </c>
-      <c r="B28" t="s">
-[...9 lines deleted...]
-      <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B29" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E29" t="s">
-        <v>169</v>
-[...6 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="E30" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F30" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="G30"/>
       <c r="H30" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="C31"/>
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>174</v>
+      </c>
       <c r="D31" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="E31"/>
       <c r="F31" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="H31"/>
+        <v>176</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C32"/>
+        <v>179</v>
+      </c>
+      <c r="C32" t="s">
+        <v>180</v>
+      </c>
       <c r="D32" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="E32" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
-      <c r="H32"/>
+      <c r="H32" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B33" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="C33"/>
       <c r="D33" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="F33" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="G33" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="H33"/>
+        <v>188</v>
+      </c>
+      <c r="H33" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C34" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="D34" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E34" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F34"/>
+        <v>193</v>
+      </c>
+      <c r="F34" t="s">
+        <v>194</v>
+      </c>
       <c r="G34"/>
-      <c r="H34"/>
+      <c r="H34" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E35" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="F36" t="s">
-        <v>211</v>
-[...6 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="C37"/>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="E37" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="F37"/>
       <c r="G37"/>
-      <c r="H37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="C38"/>
+        <v>210</v>
+      </c>
+      <c r="C38" t="s">
+        <v>211</v>
+      </c>
       <c r="D38" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="E38" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="F38" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-      <c r="H38"/>
+        <v>214</v>
+      </c>
+      <c r="G38" t="s">
+        <v>215</v>
+      </c>
+      <c r="H38" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B39" t="s">
-        <v>225</v>
-[...6 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="C39"/>
+      <c r="D39"/>
       <c r="E39" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="B40" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="C40" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="D40"/>
       <c r="E40" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="G40"/>
+        <v>223</v>
+      </c>
+      <c r="F40" t="s">
+        <v>224</v>
+      </c>
+      <c r="G40" t="s">
+        <v>225</v>
+      </c>
       <c r="H40" t="s">
-        <v>235</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="C41" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D41" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
-        <v>243</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="B42" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="E42" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="F42" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="G42"/>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="B43" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="C43" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="D43" t="s">
-        <v>253</v>
+        <v>239</v>
       </c>
       <c r="E43" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="F43" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
       <c r="C44" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="D44" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E44" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F44" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="G44" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="H44" t="s">
-        <v>31</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="B45" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      <c r="E45"/>
+        <v>250</v>
+      </c>
+      <c r="C45" t="s">
+        <v>251</v>
+      </c>
+      <c r="D45" t="s">
+        <v>252</v>
+      </c>
+      <c r="E45" t="s">
+        <v>253</v>
+      </c>
       <c r="F45" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B46" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="C46"/>
+        <v>257</v>
+      </c>
+      <c r="C46" t="s">
+        <v>258</v>
+      </c>
       <c r="D46" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="E46" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="F46"/>
       <c r="G46" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="H46" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="B47" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="C47"/>
       <c r="D47" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="E47" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="F47" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="B48" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="C48" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="F48" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="C49"/>
       <c r="D49" t="s">
-        <v>289</v>
+        <v>274</v>
       </c>
       <c r="E49" t="s">
-        <v>290</v>
+        <v>275</v>
       </c>
       <c r="F49" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>292</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="B50" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="C50" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="D50" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="E50" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="F50"/>
+        <v>281</v>
+      </c>
+      <c r="F50" t="s">
+        <v>282</v>
+      </c>
       <c r="G50" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="H50" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="B51" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="E51" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="F51" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="G51"/>
-      <c r="H51"/>
+      <c r="H51" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="B52" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="C52" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="D52" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="B53" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="C53" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="D53" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="E53" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="F53" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="G53"/>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>300</v>
+      </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="B54" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="C54" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="D54" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="E54" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="F54" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="G54"/>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="B55" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="C55" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="D55" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="E55" t="s">
-        <v>325</v>
+        <v>311</v>
       </c>
       <c r="F55" t="s">
-        <v>326</v>
-[...6 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="B56" t="s">
-        <v>329</v>
-[...4 lines deleted...]
-      <c r="D56"/>
+        <v>314</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56" t="s">
+        <v>315</v>
+      </c>
       <c r="E56" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="F56" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="B57" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="C57" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="D57" t="s">
-        <v>337</v>
-[...4 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="E57" t="s">
+        <v>322</v>
+      </c>
+      <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>292</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>339</v>
+        <v>323</v>
       </c>
       <c r="B58" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="C58"/>
+        <v>324</v>
+      </c>
+      <c r="C58" t="s">
+        <v>325</v>
+      </c>
       <c r="D58" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
       <c r="E58" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="F58" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="G58"/>
+        <v>328</v>
+      </c>
+      <c r="G58" t="s">
+        <v>329</v>
+      </c>
       <c r="H58" t="s">
-        <v>31</v>
+        <v>330</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="B59" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="C59"/>
+        <v>332</v>
+      </c>
+      <c r="C59" t="s">
+        <v>333</v>
+      </c>
       <c r="D59" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="E59" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      <c r="H59"/>
+        <v>335</v>
+      </c>
+      <c r="F59" t="s">
+        <v>336</v>
+      </c>
+      <c r="G59" t="s">
+        <v>337</v>
+      </c>
+      <c r="H59" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B60" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="C60" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="D60" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="E60" t="s">
-        <v>352</v>
-[...4 lines deleted...]
-      <c r="G60"/>
+        <v>342</v>
+      </c>
+      <c r="F60"/>
+      <c r="G60" t="s">
+        <v>343</v>
+      </c>
       <c r="H60" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B61" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="C61" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="D61" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="G61"/>
       <c r="H61" t="s">
-        <v>31</v>
+        <v>349</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B62" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C62" t="s">
-        <v>362</v>
-[...7 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>353</v>
+      </c>
+      <c r="F62"/>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="B63" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="E63" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="F63" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="G63"/>
       <c r="H63" t="s">
-        <v>31</v>
+        <v>359</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="C64" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="D64" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="E64"/>
       <c r="F64" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="B65" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="C65" t="s">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="D65" t="s">
-        <v>381</v>
+        <v>369</v>
       </c>
       <c r="E65" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="B66" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-      <c r="D66"/>
+        <v>372</v>
+      </c>
+      <c r="C66" t="s">
+        <v>373</v>
+      </c>
+      <c r="D66" t="s">
+        <v>374</v>
+      </c>
       <c r="E66" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F66"/>
+        <v>375</v>
+      </c>
+      <c r="F66" t="s">
+        <v>376</v>
+      </c>
       <c r="G66" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="H66" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="B67" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C67"/>
       <c r="D67" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="E67" t="s">
-        <v>392</v>
+        <v>381</v>
       </c>
       <c r="F67" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="B68" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="C68"/>
       <c r="D68" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="E68" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="F68" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="G68"/>
       <c r="H68" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
       <c r="B69" t="s">
-        <v>401</v>
+        <v>389</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
       <c r="E69" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="F69" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G69"/>
+        <v>392</v>
+      </c>
+      <c r="G69" t="s">
+        <v>393</v>
+      </c>
       <c r="H69" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="B70" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="C70"/>
+        <v>395</v>
+      </c>
+      <c r="C70" t="s">
+        <v>396</v>
+      </c>
       <c r="D70" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="E70" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="F70"/>
+        <v>398</v>
+      </c>
+      <c r="F70" t="s">
+        <v>399</v>
+      </c>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="B71" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="C71" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="D71" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="E71" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="F71" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="B72" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="C72"/>
+        <v>407</v>
+      </c>
+      <c r="C72" t="s">
+        <v>222</v>
+      </c>
       <c r="D72" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="E72" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="F72" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="G72"/>
+        <v>224</v>
+      </c>
+      <c r="G72" t="s">
+        <v>410</v>
+      </c>
       <c r="H72" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="B73" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="C73"/>
+        <v>412</v>
+      </c>
+      <c r="C73" t="s">
+        <v>413</v>
+      </c>
       <c r="D73" t="s">
-        <v>203</v>
+        <v>414</v>
       </c>
       <c r="E73" t="s">
-        <v>204</v>
+        <v>415</v>
       </c>
       <c r="F73" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="B74" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="E74" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="F74" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="B75" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="C75"/>
       <c r="D75" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="E75" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="F75" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="G75"/>
+        <v>426</v>
+      </c>
+      <c r="G75" t="s">
+        <v>427</v>
+      </c>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B76" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="C76"/>
       <c r="D76" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="E76" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="F76" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-      <c r="H76"/>
+        <v>432</v>
+      </c>
+      <c r="G76" t="s">
+        <v>433</v>
+      </c>
+      <c r="H76" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="B77" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="C77"/>
       <c r="D77" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="E77" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="F77" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="B78" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="C78"/>
+      <c r="D78"/>
       <c r="E78" t="s">
-        <v>450</v>
-[...4 lines deleted...]
-      <c r="G78"/>
+        <v>441</v>
+      </c>
+      <c r="F78"/>
+      <c r="G78" t="s">
+        <v>442</v>
+      </c>
       <c r="H78" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="B79" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="E79" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="F79" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="G79" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="H79" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="B80" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="C80" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="D80" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="E80" t="s">
-        <v>462</v>
-[...4 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="F80" t="s">
+        <v>454</v>
+      </c>
+      <c r="G80"/>
       <c r="H80" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>465</v>
-[...10 lines deleted...]
-      <c r="F81"/>
+        <v>456</v>
+      </c>
+      <c r="C81"/>
+      <c r="D81"/>
+      <c r="E81"/>
+      <c r="F81" t="s">
+        <v>457</v>
+      </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>31</v>
+        <v>255</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="B82" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="C82"/>
+        <v>459</v>
+      </c>
+      <c r="C82" t="s">
+        <v>460</v>
+      </c>
       <c r="D82" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="E82" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="F82" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="B83" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="C83" t="s">
-        <v>476</v>
+        <v>279</v>
       </c>
       <c r="D83" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="E83" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="F83" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="G83"/>
+        <v>468</v>
+      </c>
+      <c r="G83" t="s">
+        <v>469</v>
+      </c>
       <c r="H83" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="B84" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="C84"/>
+        <v>471</v>
+      </c>
+      <c r="C84" t="s">
+        <v>472</v>
+      </c>
       <c r="D84" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="E84" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="F84" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="G84" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="B85" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="C85"/>
+        <v>477</v>
+      </c>
+      <c r="C85" t="s">
+        <v>478</v>
+      </c>
       <c r="D85" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="E85" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="F85" t="s">
-        <v>490</v>
+        <v>158</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="B86" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>482</v>
+      </c>
+      <c r="C86" t="s">
+        <v>483</v>
+      </c>
       <c r="D86" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="E86" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="F86" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="B87" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="C87" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="D87" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="E87" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-      <c r="G87"/>
+        <v>491</v>
+      </c>
+      <c r="F87" t="s">
+        <v>492</v>
+      </c>
+      <c r="G87" t="s">
+        <v>493</v>
+      </c>
       <c r="H87" t="s">
-        <v>501</v>
+        <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B88" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="C88" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D88" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="E88" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="F88" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="G88"/>
-      <c r="H88"/>
+      <c r="H88" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B89" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="C89"/>
+        <v>501</v>
+      </c>
+      <c r="C89" t="s">
+        <v>502</v>
+      </c>
       <c r="D89" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="E89" t="s">
-        <v>511</v>
-[...6 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="F89"/>
+      <c r="G89"/>
       <c r="H89" t="s">
-        <v>31</v>
+        <v>505</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="B90" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="E90" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="F90" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="B91" t="s">
-        <v>520</v>
-[...1 lines deleted...]
-      <c r="C91"/>
+        <v>512</v>
+      </c>
+      <c r="C91" t="s">
+        <v>513</v>
+      </c>
       <c r="D91" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="E91" t="s">
-        <v>522</v>
-[...4 lines deleted...]
-      <c r="G91"/>
+        <v>515</v>
+      </c>
+      <c r="F91"/>
+      <c r="G91" t="s">
+        <v>516</v>
+      </c>
       <c r="H91" t="s">
-        <v>524</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B92" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="C92" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="D92" t="s">
-        <v>528</v>
-[...10 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="E92"/>
+      <c r="F92" t="s">
+        <v>521</v>
+      </c>
+      <c r="G92"/>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="B93" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="C93" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="D93" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="E93" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="F93" t="s">
-        <v>536</v>
-[...6 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="G93"/>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="B94" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="C94" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="D94" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="E94" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="F94"/>
+        <v>532</v>
+      </c>
+      <c r="F94" t="s">
+        <v>533</v>
+      </c>
       <c r="G94"/>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B95" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="C95"/>
+        <v>535</v>
+      </c>
+      <c r="C95" t="s">
+        <v>536</v>
+      </c>
       <c r="D95" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="E95" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="F95"/>
+        <v>538</v>
+      </c>
+      <c r="F95" t="s">
+        <v>539</v>
+      </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="B96" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="C96"/>
+        <v>541</v>
+      </c>
+      <c r="C96" t="s">
+        <v>542</v>
+      </c>
       <c r="D96" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="E96" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="F96" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="G96"/>
+        <v>545</v>
+      </c>
+      <c r="G96" t="s">
+        <v>546</v>
+      </c>
       <c r="H96" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>547</v>
+      </c>
+      <c r="B97" t="s">
+        <v>548</v>
+      </c>
+      <c r="C97" t="s">
+        <v>549</v>
+      </c>
+      <c r="D97" t="s">
+        <v>550</v>
+      </c>
+      <c r="E97" t="s">
+        <v>551</v>
+      </c>
+      <c r="F97" t="s">
         <v>552</v>
       </c>
-      <c r="B97" t="s">
+      <c r="G97" t="s">
         <v>553</v>
       </c>
-      <c r="C97"/>
-[...7 lines deleted...]
-      </c>
       <c r="H97" t="s">
-        <v>31</v>
+        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B98" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="E98" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="F98"/>
-      <c r="G98" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G98"/>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>558</v>
+      </c>
+      <c r="B99" t="s">
+        <v>559</v>
+      </c>
+      <c r="C99" t="s">
         <v>560</v>
       </c>
-      <c r="B99" t="s">
+      <c r="D99" t="s">
         <v>561</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>562</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>563</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99"/>
+      <c r="H99" t="s">
         <v>564</v>
       </c>
-      <c r="F99" t="s">
-[...5 lines deleted...]
-      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>565</v>
+      </c>
+      <c r="B100" t="s">
+        <v>566</v>
+      </c>
+      <c r="C100" t="s">
         <v>567</v>
       </c>
-      <c r="B100" t="s">
+      <c r="D100" t="s">
         <v>568</v>
       </c>
-      <c r="C100"/>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>569</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>571</v>
+      </c>
+      <c r="B101" t="s">
         <v>572</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>573</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101"/>
+      <c r="E101" t="s">
         <v>574</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>575</v>
       </c>
-      <c r="E101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G101"/>
-      <c r="H101"/>
+      <c r="H101" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>576</v>
+      </c>
+      <c r="B102" t="s">
+        <v>577</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102" t="s">
         <v>578</v>
       </c>
-      <c r="B102" t="s">
+      <c r="E102" t="s">
         <v>579</v>
       </c>
-      <c r="C102" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F102"/>
       <c r="G102" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="H102" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>580</v>
+      </c>
+      <c r="B103" t="s">
+        <v>581</v>
+      </c>
+      <c r="C103" t="s">
+        <v>582</v>
+      </c>
+      <c r="D103" t="s">
+        <v>583</v>
+      </c>
+      <c r="E103" t="s">
+        <v>584</v>
+      </c>
+      <c r="F103"/>
+      <c r="G103"/>
+      <c r="H103" t="s">
         <v>585</v>
       </c>
-      <c r="B103" t="s">
-[...15 lines deleted...]
-      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B104" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="E104" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="F104" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="G104"/>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>591</v>
+      </c>
+      <c r="B105" t="s">
+        <v>592</v>
+      </c>
+      <c r="C105" t="s">
+        <v>593</v>
+      </c>
+      <c r="D105" t="s">
+        <v>594</v>
+      </c>
+      <c r="E105" t="s">
+        <v>595</v>
+      </c>
+      <c r="F105" t="s">
+        <v>596</v>
+      </c>
+      <c r="G105" t="s">
         <v>597</v>
       </c>
-      <c r="B105" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H105" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="B106" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="E106" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="F106" t="s">
-        <v>122</v>
+        <v>602</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B107" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="E107" t="s">
-        <v>611</v>
-[...9 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="F107"/>
+      <c r="G107"/>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B108" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="C108"/>
       <c r="D108" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="E108" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="F108" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="B109" t="s">
-        <v>621</v>
-[...4 lines deleted...]
-      <c r="D109"/>
+        <v>613</v>
+      </c>
+      <c r="C109"/>
+      <c r="D109" t="s">
+        <v>614</v>
+      </c>
       <c r="E109" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="F109" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B110" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="C110" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="D110" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="E110" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="F110" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="G110" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="H110" t="s">
-        <v>31</v>
+        <v>624</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B111" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="C111" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="D111" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="G111"/>
-      <c r="H111"/>
+      <c r="H111" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="B112" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="E112" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="F112" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="B113" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="C113" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="D113" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="E113" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="F113" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="G113"/>
+        <v>640</v>
+      </c>
+      <c r="G113" t="s">
+        <v>641</v>
+      </c>
       <c r="H113" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>642</v>
+      </c>
+      <c r="B114" t="s">
+        <v>643</v>
+      </c>
+      <c r="C114" t="s">
+        <v>644</v>
+      </c>
+      <c r="D114" t="s">
+        <v>645</v>
+      </c>
+      <c r="E114" t="s">
+        <v>646</v>
+      </c>
+      <c r="F114" t="s">
+        <v>647</v>
+      </c>
+      <c r="G114" t="s">
         <v>648</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114"/>
       <c r="H114" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>649</v>
+      </c>
+      <c r="B115" t="s">
+        <v>650</v>
+      </c>
+      <c r="C115" t="s">
+        <v>651</v>
+      </c>
+      <c r="D115" t="s">
+        <v>652</v>
+      </c>
+      <c r="E115" t="s">
+        <v>653</v>
+      </c>
+      <c r="F115" t="s">
         <v>654</v>
-      </c>
-[...13 lines deleted...]
-        <v>659</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>660</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="B116" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="E116" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="B117" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="C117"/>
       <c r="D117" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="E117" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="F117" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="G117"/>
       <c r="H117" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="B118" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="C118" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="D118" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="E118" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="F118"/>
+        <v>668</v>
+      </c>
+      <c r="F118" t="s">
+        <v>669</v>
+      </c>
       <c r="G118"/>
-      <c r="H118"/>
+      <c r="H118" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="B119" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="C119"/>
+        <v>671</v>
+      </c>
+      <c r="C119" t="s">
+        <v>672</v>
+      </c>
       <c r="D119" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="E119" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="F119"/>
+        <v>674</v>
+      </c>
+      <c r="F119" t="s">
+        <v>675</v>
+      </c>
       <c r="G119"/>
-      <c r="H119"/>
+      <c r="H119" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B120" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="C120" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="D120"/>
+        <v>678</v>
+      </c>
+      <c r="D120" t="s">
+        <v>679</v>
+      </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>684</v>
-[...6 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="G120"/>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>681</v>
+      </c>
+      <c r="B121" t="s">
+        <v>682</v>
+      </c>
+      <c r="C121" t="s">
+        <v>683</v>
+      </c>
+      <c r="D121" t="s">
+        <v>684</v>
+      </c>
+      <c r="E121" t="s">
+        <v>685</v>
+      </c>
+      <c r="F121" t="s">
         <v>686</v>
       </c>
-      <c r="B121" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>687</v>
+      </c>
+      <c r="B122" t="s">
+        <v>688</v>
+      </c>
+      <c r="C122" t="s">
+        <v>689</v>
+      </c>
+      <c r="D122" t="s">
         <v>690</v>
       </c>
-      <c r="B122" t="s">
+      <c r="E122" t="s">
         <v>691</v>
       </c>
-      <c r="C122" t="s">
+      <c r="F122" t="s">
         <v>692</v>
-      </c>
-[...7 lines deleted...]
-        <v>695</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>694</v>
+      </c>
+      <c r="B123" t="s">
+        <v>695</v>
+      </c>
+      <c r="C123" t="s">
+        <v>696</v>
+      </c>
+      <c r="D123" t="s">
         <v>697</v>
       </c>
-      <c r="B123" t="s">
+      <c r="E123" t="s">
         <v>698</v>
       </c>
-      <c r="C123"/>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>699</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>700</v>
       </c>
-      <c r="F123"/>
-      <c r="G123"/>
       <c r="H123" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>701</v>
       </c>
       <c r="B124" t="s">
         <v>702</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>703</v>
       </c>
       <c r="E124" t="s">
         <v>704</v>
       </c>
       <c r="F124" t="s">
         <v>705</v>
       </c>
-      <c r="G124"/>
+      <c r="G124" t="s">
+        <v>706</v>
+      </c>
       <c r="H124" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B125" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C125"/>
-      <c r="D125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D125"/>
       <c r="E125" t="s">
         <v>709</v>
       </c>
-      <c r="F125" t="s">
+      <c r="F125"/>
+      <c r="G125" t="s">
         <v>710</v>
       </c>
-      <c r="G125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H125" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>711</v>
+      </c>
+      <c r="B126" t="s">
         <v>712</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>713</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>714</v>
       </c>
-      <c r="D126"/>
-      <c r="E126"/>
+      <c r="E126" t="s">
+        <v>715</v>
+      </c>
       <c r="F126" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="G126" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B127" t="s">
-        <v>718</v>
-[...1 lines deleted...]
-      <c r="C127" t="s">
         <v>719</v>
       </c>
+      <c r="C127"/>
       <c r="D127" t="s">
         <v>720</v>
       </c>
       <c r="E127" t="s">
         <v>721</v>
       </c>
       <c r="F127" t="s">
         <v>722</v>
       </c>
-      <c r="G127"/>
-      <c r="H127"/>
+      <c r="G127" t="s">
+        <v>723</v>
+      </c>
+      <c r="H127" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B128" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C128" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D128" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E128" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F128" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="G128"/>
-      <c r="H128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>730</v>
       </c>
       <c r="B129" t="s">
         <v>731</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>732</v>
       </c>
       <c r="E129" t="s">
         <v>733</v>
       </c>
       <c r="F129" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-      <c r="H129"/>
+        <v>734</v>
+      </c>
+      <c r="G129" t="s">
+        <v>735</v>
+      </c>
+      <c r="H129" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B130" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="C130"/>
+        <v>737</v>
+      </c>
+      <c r="C130" t="s">
+        <v>738</v>
+      </c>
       <c r="D130" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="E130" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="F130"/>
       <c r="G130"/>
-      <c r="H130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B131" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="C131"/>
+        <v>742</v>
+      </c>
+      <c r="C131" t="s">
+        <v>743</v>
+      </c>
       <c r="D131" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="E131" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="F131"/>
+        <v>745</v>
+      </c>
+      <c r="F131" t="s">
+        <v>746</v>
+      </c>
       <c r="G131" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H131" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B132" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="E132" t="s">
-        <v>747</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="F132"/>
       <c r="G132"/>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B133" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C133"/>
-      <c r="D133"/>
+      <c r="D133" t="s">
+        <v>754</v>
+      </c>
       <c r="E133" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="F133" t="s">
-        <v>753</v>
-[...6 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="G133"/>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B134" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C134" t="s">
-        <v>757</v>
+        <v>472</v>
       </c>
       <c r="D134" t="s">
-        <v>758</v>
+        <v>473</v>
       </c>
       <c r="E134" t="s">
-        <v>759</v>
+        <v>474</v>
       </c>
       <c r="F134" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="G134"/>
       <c r="H134" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>758</v>
+      </c>
+      <c r="B135" t="s">
+        <v>759</v>
+      </c>
+      <c r="C135" t="s">
+        <v>760</v>
+      </c>
+      <c r="D135" t="s">
+        <v>761</v>
+      </c>
+      <c r="E135" t="s">
         <v>762</v>
       </c>
-      <c r="B135" t="s">
+      <c r="F135" t="s">
         <v>763</v>
-      </c>
-[...10 lines deleted...]
-        <v>767</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>31</v>
+        <v>177</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>764</v>
+      </c>
+      <c r="B136" t="s">
+        <v>765</v>
+      </c>
+      <c r="C136" t="s">
+        <v>766</v>
+      </c>
+      <c r="D136" t="s">
+        <v>767</v>
+      </c>
+      <c r="E136" t="s">
         <v>768</v>
       </c>
-      <c r="B136" t="s">
+      <c r="F136" t="s">
         <v>769</v>
       </c>
-      <c r="C136" t="s">
+      <c r="G136" t="s">
         <v>770</v>
       </c>
-      <c r="D136" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H136" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="B137" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="C137"/>
       <c r="D137" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="E137" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="F137"/>
       <c r="G137"/>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>775</v>
+      </c>
+      <c r="B138" t="s">
+        <v>776</v>
+      </c>
+      <c r="C138" t="s">
+        <v>777</v>
+      </c>
+      <c r="D138" t="s">
+        <v>778</v>
+      </c>
+      <c r="E138" t="s">
+        <v>779</v>
+      </c>
+      <c r="F138" t="s">
+        <v>780</v>
+      </c>
+      <c r="G138" t="s">
+        <v>623</v>
+      </c>
+      <c r="H138" t="s">
         <v>781</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="B139" t="s">
-        <v>789</v>
-[...4 lines deleted...]
-      <c r="D139"/>
+        <v>783</v>
+      </c>
+      <c r="C139"/>
+      <c r="D139" t="s">
+        <v>784</v>
+      </c>
       <c r="E139" t="s">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>785</v>
+      </c>
+      <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="B140" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="C140" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="D140" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="E140" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="F140" t="s">
-        <v>798</v>
-[...3 lines deleted...]
-      </c>
+        <v>791</v>
+      </c>
+      <c r="G140"/>
       <c r="H140" t="s">
-        <v>292</v>
+        <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="B141" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-      <c r="D141"/>
+        <v>793</v>
+      </c>
+      <c r="C141" t="s">
+        <v>794</v>
+      </c>
+      <c r="D141" t="s">
+        <v>795</v>
+      </c>
       <c r="E141" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-      <c r="G141"/>
+        <v>796</v>
+      </c>
+      <c r="F141" t="s">
+        <v>797</v>
+      </c>
+      <c r="G141" t="s">
+        <v>798</v>
+      </c>
       <c r="H141" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>799</v>
+      </c>
+      <c r="B142" t="s">
+        <v>800</v>
+      </c>
+      <c r="C142" t="s">
+        <v>801</v>
+      </c>
+      <c r="D142" t="s">
+        <v>802</v>
+      </c>
+      <c r="E142" t="s">
         <v>803</v>
       </c>
-      <c r="B142" t="s">
+      <c r="F142" t="s">
         <v>804</v>
       </c>
-      <c r="C142" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G142"/>
       <c r="H142" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B143" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="C143"/>
       <c r="D143" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="E143"/>
+        <v>35</v>
+      </c>
+      <c r="E143" t="s">
+        <v>36</v>
+      </c>
       <c r="F143" t="s">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="G143"/>
-      <c r="H143"/>
+      <c r="H143" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>814</v>
+        <v>808</v>
       </c>
       <c r="B144" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="C144"/>
       <c r="D144"/>
       <c r="E144" t="s">
-        <v>817</v>
-[...3 lines deleted...]
-      <c r="H144"/>
+        <v>810</v>
+      </c>
+      <c r="F144" t="s">
+        <v>811</v>
+      </c>
+      <c r="G144" t="s">
+        <v>812</v>
+      </c>
+      <c r="H144" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>813</v>
+      </c>
+      <c r="B145" t="s">
+        <v>814</v>
+      </c>
+      <c r="C145" t="s">
+        <v>815</v>
+      </c>
+      <c r="D145" t="s">
+        <v>816</v>
+      </c>
+      <c r="E145" t="s">
+        <v>817</v>
+      </c>
+      <c r="F145" t="s">
         <v>818</v>
       </c>
-      <c r="B145" t="s">
+      <c r="G145" t="s">
         <v>819</v>
       </c>
-      <c r="C145" t="s">
-[...9 lines deleted...]
-      <c r="G145"/>
       <c r="H145" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>820</v>
+      </c>
+      <c r="B146" t="s">
+        <v>821</v>
+      </c>
+      <c r="C146" t="s">
+        <v>822</v>
+      </c>
+      <c r="D146" t="s">
         <v>823</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" t="s">
         <v>824</v>
       </c>
-      <c r="C146" t="s">
+      <c r="F146" t="s">
         <v>825</v>
       </c>
-      <c r="D146" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G146"/>
-      <c r="H146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B147" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
+        <v>828</v>
+      </c>
+      <c r="E147" t="s">
+        <v>829</v>
+      </c>
+      <c r="F147" t="s">
+        <v>830</v>
+      </c>
+      <c r="G147"/>
+      <c r="H147" t="s">
         <v>831</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>832</v>
+      </c>
+      <c r="B148" t="s">
+        <v>833</v>
+      </c>
+      <c r="C148" t="s">
+        <v>834</v>
+      </c>
+      <c r="D148" t="s">
         <v>835</v>
       </c>
-      <c r="B148" t="s">
+      <c r="E148" t="s">
         <v>836</v>
       </c>
-      <c r="C148"/>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>837</v>
       </c>
-      <c r="E148" t="s">
+      <c r="G148" t="s">
         <v>838</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148"/>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>839</v>
+      </c>
+      <c r="B149" t="s">
         <v>840</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>841</v>
       </c>
-      <c r="C149"/>
-      <c r="D149" t="s">
+      <c r="D149"/>
+      <c r="E149"/>
+      <c r="F149" t="s">
         <v>842</v>
       </c>
-      <c r="E149" t="s">
+      <c r="G149" t="s">
         <v>843</v>
       </c>
-      <c r="F149"/>
-[...1 lines deleted...]
-      <c r="H149"/>
+      <c r="H149" t="s">
+        <v>27</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>