--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -38,2151 +38,2151 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Upper Clutha Tracks Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Info@uctt.org.nz</t>
+  </si>
+  <si>
+    <t>http://uppercluthatrackstrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Pre School</t>
+  </si>
+  <si>
+    <t>We are the longest established early childhood centre in Wanaka and are dedicated to providing affordable andaccessible quality education and care for children in a family friendly environment.</t>
+  </si>
+  <si>
+    <t>info@wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7090</t>
+  </si>
+  <si>
+    <t>PO Box 327 Wanaka</t>
+  </si>
+  <si>
+    <t>Kahu Youth Trust</t>
+  </si>
+  <si>
+    <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
+  </si>
+  <si>
+    <t>manager@kahuyouthtrust.org</t>
+  </si>
+  <si>
+    <t>http://kahuyouth.org</t>
+  </si>
+  <si>
+    <t>027 570 99268</t>
+  </si>
+  <si>
+    <t>35 Plantation Road, Wānaka, 9305</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
+  </si>
+  <si>
+    <t>info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitylink.nz</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Wanaka Squash Rackets Club</t>
+  </si>
+  <si>
+    <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
+  </si>
+  <si>
+    <t>info@wanakasquash.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
+  </si>
+  <si>
+    <t>021 105 2381</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Wanaka Ski and Snowsports Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Ski Club was incorporated in November 1979. In 1992 the Cardrona Ski Club merged with Wanaka Ski Club.  Then in 2008 the Club changed its name to Wanaka Ski &amp;amp; Snowsports Club.  Wanaka Ski &amp;amp; Snowsports Club promotes opportunities for members to participate in snow sports, at  both a competitive level and socially.  We promote and support race training and skills improvement for skiers and boarders at Treble Cone and Cardrona.</t>
+  </si>
+  <si>
+    <t>Secretary: Bonny Teat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakasnowsports.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakasnowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 120, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Radio Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka's Community Website for streaming radio, local news, events, jobs, whats on. Wanaka Weather, and Wanaka Crown Range Road Reports.</t>
+  </si>
+  <si>
+    <t>info@radiowanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakalive.com/</t>
+  </si>
+  <si>
+    <t>03 443 8838</t>
+  </si>
+  <si>
+    <t>Otago Community Trust</t>
+  </si>
+  <si>
+    <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
+  </si>
+  <si>
+    <t>info@oct.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.oct.org.nz/</t>
+  </si>
+  <si>
+    <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
+  </si>
+  <si>
+    <t>PO Box 5751, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Dunedin 9058</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Wanaka BNI</t>
+  </si>
+  <si>
+    <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Emma Kenny </t>
+  </si>
+  <si>
+    <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
+  </si>
+  <si>
+    <t>03 443 1892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka meets on Thursday nights, at Alchemy Cafe Wanaka from 530pm.The club is free to attend, you can arrive at a time that suits as we run until 8pm. Michelle from The Woven Co hosts the club most nights, the aim is to make a positive, supportive and friendly environment for socialising, knitting and learning.</t>
+  </si>
+  <si>
+    <t>Michelle Stewart</t>
+  </si>
+  <si>
+    <t>shop@thewoven.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/knitclubwanaka/</t>
+  </si>
+  <si>
+    <t>022 187 8840</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Wanaka and Districts Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
+  </si>
+  <si>
+    <t>03 443 7422</t>
+  </si>
+  <si>
+    <t>P.O. Box 167, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Search and Rescue Group</t>
+  </si>
+  <si>
+    <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
+  </si>
+  <si>
+    <t>wanaka.sar@gmail.com</t>
+  </si>
+  <si>
+    <t>http://wanakasar.org.nz/</t>
+  </si>
+  <si>
+    <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t>Luggate Albion Cricket Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
+  </si>
+  <si>
+    <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
+  </si>
+  <si>
+    <t>albionjuniorcricket@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.albioncc.co.nz/</t>
+  </si>
+  <si>
+    <t>021 499 642</t>
+  </si>
+  <si>
+    <t>Hāwea Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday: 10:00am - 12:00 noonTuesday &amp;amp; Wednesday: 10:00am - 5:00pmSaturday: 10:00am - 12:00 noon</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hawea@qldc.govt.nz </t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9371</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>Six a Side Cricket</t>
+  </si>
+  <si>
+    <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emma Campbell </t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
+  </si>
+  <si>
+    <t>0211242266</t>
+  </si>
+  <si>
+    <t>Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>Wanaka Golf Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
+  </si>
+  <si>
+    <t>wanaka@golf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakagolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 182, Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka 9192</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Kids Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Kids Club family continues to grow and we're more passionate than ever about getting kids to experience the full range of activi­ties our natural playground has to offer. From adventures, sports and art &amp;amp; crafts to excursions in the Wanaka community, we ensure that every child will have something available to suit their individual skills and interests, as well as opportunities to try new and exciting things. Why fit in when you were born to stand out!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hello@wanakakidsclub.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakakidsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 28 92 77 1</t>
+  </si>
+  <si>
+    <t>Bike Wanaka</t>
+  </si>
+  <si>
+    <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
+  </si>
+  <si>
+    <t>secretary@bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Riding For Disabled</t>
+  </si>
+  <si>
+    <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Kay Ross </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kaysutherlandross@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.rda.org.nz/index.html</t>
+  </si>
+  <si>
+    <t>034432611</t>
+  </si>
+  <si>
+    <t>62 Kings Drive, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Upper Clutha A&amp;P Society Inc.</t>
+  </si>
+  <si>
+    <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
+  </si>
+  <si>
+    <t>info@wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 9559</t>
+  </si>
+  <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Sun</t>
+  </si>
+  <si>
+    <t>The Wanaka Sun - Wanaka's Community Newspaper</t>
+  </si>
+  <si>
+    <t>admin@thewanakasun.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.thewanakasun.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 5252</t>
+  </si>
+  <si>
+    <t>PO Box 697, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Local Food Wanaka</t>
+  </si>
+  <si>
+    <t>We&amp;rsquo;re a group of people in the Upper Clutha region who are passionate about local food. We promote and support the relocalising of food production in the area from large farms to small home gardens and everything in between. For more information about the group, or to be added to our email list, please contact us.</t>
+  </si>
+  <si>
+    <t>localfoodwanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>https://localfoodwanaka.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
     <t>Wanaka Badminton Club</t>
   </si>
   <si>
     <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
   </si>
   <si>
     <t>Penny Batchelor</t>
   </si>
   <si>
     <t>penny.batchelor@qldc.govt.nz</t>
   </si>
   <si>
     <t>03 441 1767</t>
   </si>
   <si>
-    <t>Wanaka</t>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>Montessori Wanaka</t>
+  </si>
+  <si>
+    <t>Montessori Children’s House Wanaka offers pre-schoolers aged between 1 and 6 years the freedom to explore in a fun, nurturing and well-resourced learning environment where they can develop independence and a respect for both the natural world and each other that will stay with them for the rest of their lives. We are open Monday – Friday from 8.30am – 3pm</t>
+  </si>
+  <si>
+    <t>Anne-Marie Love - Managing Teacher</t>
+  </si>
+  <si>
+    <t>info@mchw.co.nz</t>
+  </si>
+  <si>
+    <t>http://mchw.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 8389</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Wānaka Library</t>
+  </si>
+  <si>
+    <t>Opening hours: Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am – 7:00pmFriday: 9:00am – 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Sue Gwilliam</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Holy Family Catholic School</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
+  </si>
+  <si>
+    <t>Principal: Jo Mckay</t>
+  </si>
+  <si>
+    <t>office@holyfamilywanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.holyfamilywanaka.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2394</t>
+  </si>
+  <si>
+    <t>PO Box 592 Wanaka</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Messenger</t>
+  </si>
+  <si>
+    <t>The Messenger is recognised as the most effective advertising medium in the district - by far. It sits in offices, homes, cafés and businesses for a whole week. There are businesses that have advertised continually for 20 years and more. We often see our readers pick the Messenger up outside our office at 8.30am on Wednesday, when we know there will be another copy in their mailbox by lunchtime – they can’t wait.</t>
+  </si>
+  <si>
+    <t>hello@mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>http://mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7805</t>
   </si>
   <si>
     <t>Mountainside Educare</t>
   </si>
   <si>
     <t>Mountainside Educare is a new, purpose built Early Childhood Centre that opened in February 2016. We specialise in providing quality education and care for children until they are ready for primary school. We are open 7.30am - 6.00pm weekdays, including school holidays.</t>
   </si>
   <si>
     <t>mountainside.educare@xnet.co.nz</t>
   </si>
   <si>
     <t>http://mountainsideeducare.vpweb.co.nz/</t>
   </si>
   <si>
     <t>+64 21 0853 7045</t>
   </si>
   <si>
-    <t>Wanaka Creative Fibre</t>
-[...185 lines deleted...]
-    <t>Wanaka 9192</t>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Prime Timers - Upper Clutha Senior Citizens</t>
+  </si>
+  <si>
+    <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
+  </si>
+  <si>
+    <t>Helen Millar</t>
+  </si>
+  <si>
+    <t>ucsc.club@gmail.com</t>
+  </si>
+  <si>
+    <t>http://ucscclub.weebly.com/</t>
+  </si>
+  <si>
+    <t>021 043 1054</t>
+  </si>
+  <si>
+    <t>PO Box 692 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>Rural Women of New Zealand</t>
+  </si>
+  <si>
+    <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
+  </si>
+  <si>
+    <t>https://ruralwomennz.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t>Wanaka Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
+  </si>
+  <si>
+    <t>Wendy Bamford (principal)</t>
+  </si>
+  <si>
+    <t>office@wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7687</t>
+  </si>
+  <si>
+    <t>7 Ironside Drive, Wanaka</t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t>IRD Visits Wanaka</t>
+  </si>
+  <si>
+    <t>The Inland Revenue Department (IRD) visits Community Networks one Wednesday of every month, 9.00 a.m. &amp;ndash; 12.30 p.m.  Free half hour appointments. Bookings are essential.  Please phone Community Networks on 03 443 7799 or email  info@communitynetworks.co.nz  to make an appointment.  We will need your date of birth and IRD number.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/services/ird-visits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 7799 </t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Oanaka EduCare</t>
+  </si>
+  <si>
+    <t>Come and see for yourself what makes Little Wonders Oanaka awesome. Our purpose-built building, with three individual classrooms that enable children to shine by providing carefully chosen resources that encourage children's innate urge to PLAY. Our highly qualified teachers provide a programme that supports the particular age groups within each classroom and adapt the space to meet the needs of the children attending.</t>
+  </si>
+  <si>
+    <t>oanaka.educare@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.littlewonders.nz/locations/oanaka/</t>
+  </si>
+  <si>
+    <t>03 443 4076</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
   </si>
   <si>
     <t>Wanaka Nordic Ski Club</t>
   </si>
   <si>
     <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
   </si>
   <si>
     <t>Secretary:  Susan Helmore</t>
   </si>
   <si>
     <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
   </si>
   <si>
     <t>http://waioraunordicsportsclub.co.nz/</t>
   </si>
   <si>
     <t>03 445 1281</t>
   </si>
   <si>
-    <t>Wanaka Autumn Arts School</t>
-[...508 lines deleted...]
-  <si>
     <t>Wanaka Community Toy Library</t>
   </si>
   <si>
     <t>The Wanaka Community Toy Library is a not-for-profit registered charity (#CC27776) run by volunteers for the benefit of children and families living in Wanaka, Albert Town, Lake Hawea, Luggate and surrounds. Our library offers a range of toys, puzzles, sport, musical and other play items suitable for members to hire.We have over 800 toys available; catering to children 0-6 years. We also have costumes, novelty cake tins and bouncy castles. We are part of the national Toy Library Federation of NZ and are supported by generous grants, donations and amazing volunteers. We advocate for sustainability by promoting the borrowing of toys appropriate for children at different stages in their development instead of buying.Join us in play!</t>
   </si>
   <si>
     <t xml:space="preserve">info@wanakatoylibrary.org.nz   </t>
   </si>
   <si>
     <t>http://www.wanakatoylibrary.org.nz</t>
   </si>
   <si>
-    <t>Wanaka Arts Centre</t>
-[...227 lines deleted...]
-    <t>0275 345 136 (Blyth)</t>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
   </si>
   <si>
     <t>Aspiring Beginnings Early Learning Centre</t>
   </si>
   <si>
     <t>Aspiring Beginnings Early Learning Centre, based in the lakeside town of Wanaka provides for children from 3 months of age. The centre is a small family focused environment for up to 40 children which was established by the community &amp;amp; is still owned by the community. It is a  ‘not for profit’ centre with any profits going back into children’s quality education. We are open from 8.30am until 4.30pm, 47 weeks of the year.</t>
   </si>
   <si>
     <t>Jen Rawson</t>
   </si>
   <si>
-    <t>info@aspiringbeginnings.co.nz</t>
-[...4 lines deleted...]
-  <si>
     <t>03 443 1181</t>
-  </si>
-[...1090 lines deleted...]
-    <t>03 443 8389</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2547,2907 +2547,2907 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="G3"/>
       <c r="H3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="F4"/>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C5"/>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="H5"/>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>31</v>
       </c>
+      <c r="C6"/>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6"/>
-      <c r="H6"/>
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>38</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>40</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7"/>
       <c r="H7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="C8"/>
       <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
-[...8 lines deleted...]
-      <c r="H8"/>
+      <c r="E8"/>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>55</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
         <v>59</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="C11"/>
       <c r="D11" t="s">
         <v>61</v>
       </c>
-      <c r="E11" t="s">
+      <c r="E11"/>
+      <c r="F11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="G12"/>
       <c r="H12" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
       <c r="D13" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="F13"/>
       <c r="G13" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C14"/>
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="E15" t="s">
         <v>86</v>
       </c>
+      <c r="E15"/>
       <c r="F15" t="s">
         <v>87</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>91</v>
       </c>
       <c r="E16" t="s">
         <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>93</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G16"/>
       <c r="H16" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>96</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
         <v>97</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
         <v>98</v>
-      </c>
-[...5 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="E18" t="s">
         <v>102</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
         <v>103</v>
       </c>
-      <c r="D18" t="s">
+      <c r="G18" t="s">
         <v>104</v>
       </c>
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>110</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>111</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>112</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19"/>
       <c r="H19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
         <v>114</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>115</v>
       </c>
-      <c r="C20"/>
       <c r="D20" t="s">
         <v>116</v>
       </c>
       <c r="E20" t="s">
         <v>117</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>118</v>
       </c>
       <c r="B21" t="s">
         <v>119</v>
       </c>
-      <c r="C21" t="s">
+      <c r="C21"/>
+      <c r="D21" t="s">
         <v>120</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>121</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>122</v>
       </c>
-      <c r="F21" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G21"/>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" t="s">
         <v>126</v>
       </c>
-      <c r="B22" t="s">
+      <c r="E22" t="s">
         <v>127</v>
       </c>
-      <c r="C22"/>
-      <c r="D22" t="s">
+      <c r="F22"/>
+      <c r="G22"/>
+      <c r="H22" t="s">
         <v>128</v>
       </c>
-      <c r="E22"/>
-[...4 lines deleted...]
-      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
         <v>130</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="C23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D23"/>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="F23" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>136</v>
+      </c>
+      <c r="D24" t="s">
+        <v>137</v>
+      </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F24" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-      <c r="H24"/>
+        <v>139</v>
+      </c>
+      <c r="G24" t="s">
+        <v>140</v>
+      </c>
+      <c r="H24" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C25" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D25"/>
       <c r="E25" t="s">
-        <v>57</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="H25"/>
+        <v>146</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="E26" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="F26" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="G26"/>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>155</v>
+      </c>
       <c r="D27" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="E27" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="F27" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C28"/>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="G28"/>
       <c r="H28" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B29" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C29"/>
       <c r="D29" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E29" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F29" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="G29" t="s">
+        <v>169</v>
+      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B30" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E30" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>173</v>
+      </c>
+      <c r="F30">
+        <v>111</v>
       </c>
       <c r="G30" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="H30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B31" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D31" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="F31"/>
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" t="s">
+        <v>180</v>
+      </c>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>185</v>
+      </c>
       <c r="E32" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="F32" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="E33" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="F33" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="G33"/>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>195</v>
+      </c>
       <c r="D34" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E34" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F34" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B35" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C35" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>201</v>
+      </c>
+      <c r="D35" t="s">
+        <v>202</v>
+      </c>
       <c r="E35" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="F35" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      <c r="E36"/>
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>210</v>
+      </c>
       <c r="F36" t="s">
-        <v>199</v>
+        <v>29</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="B37" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="C37"/>
+        <v>212</v>
+      </c>
+      <c r="C37" t="s">
+        <v>213</v>
+      </c>
       <c r="D37" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="E37" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="F37" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>13</v>
+        <v>217</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="B38" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="E38" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F38"/>
+        <v>221</v>
+      </c>
+      <c r="F38" t="s">
+        <v>222</v>
+      </c>
       <c r="G38" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="H38" t="s">
-        <v>13</v>
+        <v>224</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="B39" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="C39"/>
       <c r="D39" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="E39" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="F39" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="G39"/>
+        <v>229</v>
+      </c>
+      <c r="G39" t="s">
+        <v>227</v>
+      </c>
       <c r="H39" t="s">
-        <v>217</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="B40" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="C40"/>
       <c r="D40" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="E40" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="F40" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="G40" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="H40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="B41" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="C41"/>
       <c r="D41" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="E41" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="F41"/>
+        <v>239</v>
+      </c>
+      <c r="F41" t="s">
+        <v>240</v>
+      </c>
       <c r="G41"/>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="C42"/>
       <c r="D42" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="E42" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="C43"/>
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>247</v>
+      </c>
       <c r="D43" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="E43" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="F43" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="G43" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="H43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="B44" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="C44"/>
       <c r="D44" t="s">
-        <v>245</v>
-[...4 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="E44" t="s">
+        <v>255</v>
+      </c>
+      <c r="F44"/>
       <c r="G44" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>256</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="B45" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>258</v>
+      </c>
+      <c r="C45" t="s">
+        <v>259</v>
+      </c>
       <c r="D45" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="E45" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="F45" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="G45"/>
+        <v>262</v>
+      </c>
+      <c r="G45" t="s">
+        <v>263</v>
+      </c>
       <c r="H45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="B46" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="C46" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D46"/>
       <c r="E46" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="F46" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B47" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="E47" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="F47"/>
+        <v>272</v>
+      </c>
+      <c r="F47" t="s">
+        <v>273</v>
+      </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="B48" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="C48" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="D48" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="E48" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="F48"/>
+        <v>278</v>
+      </c>
+      <c r="F48" t="s">
+        <v>279</v>
+      </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="B49" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="B50" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="C50" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="D50" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="E50" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="F50" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="G50" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="H50" t="s">
-        <v>279</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="B51" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="C51"/>
+        <v>292</v>
+      </c>
+      <c r="C51" t="s">
+        <v>293</v>
+      </c>
       <c r="D51" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>294</v>
+      </c>
+      <c r="E51" t="s">
+        <v>295</v>
+      </c>
       <c r="F51" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G51"/>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="B52" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="C52"/>
-      <c r="D52" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D52"/>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>288</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="G52"/>
       <c r="H52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="B53" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="C53" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D53" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E53" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="F53" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="G53"/>
       <c r="H53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="B54" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C54" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="D54" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="E54" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="F54" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="G54"/>
+        <v>311</v>
+      </c>
+      <c r="G54" t="s">
+        <v>312</v>
+      </c>
       <c r="H54" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B55" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="C55"/>
+        <v>314</v>
+      </c>
+      <c r="C55" t="s">
+        <v>315</v>
+      </c>
       <c r="D55" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="E55" t="s">
-        <v>307</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="F55" t="s">
+        <v>318</v>
+      </c>
+      <c r="G55"/>
       <c r="H55" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="B56" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="E56" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-      <c r="G56"/>
+        <v>323</v>
+      </c>
+      <c r="F56" t="s">
+        <v>324</v>
+      </c>
+      <c r="G56" t="s">
+        <v>325</v>
+      </c>
       <c r="H56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="B57" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="C57" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="D57" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="E57" t="s">
-        <v>318</v>
-[...6 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57"/>
       <c r="H57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="B58" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="C58" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="D58" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="E58" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="B59" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="C59"/>
       <c r="D59" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="E59" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="F59" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B60" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="C60" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="D60" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="E60" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="F60" t="s">
-        <v>338</v>
+        <v>93</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B61" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C61" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="D61" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="E61"/>
       <c r="F61" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>13</v>
+        <v>205</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="B62" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C62" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D62" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="E62" t="s">
-        <v>68</v>
+        <v>304</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="B63" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="E63" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="F63"/>
+        <v>357</v>
+      </c>
+      <c r="F63" t="s">
+        <v>29</v>
+      </c>
       <c r="G63"/>
-      <c r="H63"/>
+      <c r="H63" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B64" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E64" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F64" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="G64" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H64" t="s">
-        <v>359</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B65" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C65" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D65" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E65" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F65" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B66" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C66" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D66" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E66" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F66" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="G66"/>
-      <c r="H66"/>
+      <c r="H66" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B67" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C67" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>378</v>
+      </c>
+      <c r="D67" t="s">
+        <v>379</v>
+      </c>
       <c r="E67" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="F67" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="G67"/>
-      <c r="H67"/>
+      <c r="H67" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B68" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C68" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="D68" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="E68" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="F68" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="G68"/>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B69" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>388</v>
-[...6 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="G69"/>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B70" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="C70" t="s">
+        <v>394</v>
+      </c>
+      <c r="D70"/>
       <c r="E70" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F70" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="G70"/>
       <c r="H70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B71" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E71" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="F71" t="s">
         <v>400</v>
       </c>
+      <c r="F71"/>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>401</v>
       </c>
       <c r="B72" t="s">
         <v>402</v>
       </c>
-      <c r="C72"/>
+      <c r="C72" t="s">
+        <v>403</v>
+      </c>
       <c r="D72" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="E72" t="s">
         <v>404</v>
       </c>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E72"/>
+      <c r="F72"/>
       <c r="G72"/>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>405</v>
+      </c>
+      <c r="B73" t="s">
         <v>406</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>407</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>408</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>409</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>13</v>
+        <v>411</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>412</v>
       </c>
       <c r="B74" t="s">
         <v>413</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="E74"/>
+        <v>150</v>
+      </c>
+      <c r="E74" t="s">
+        <v>151</v>
+      </c>
       <c r="F74" t="s">
-        <v>416</v>
+        <v>152</v>
       </c>
       <c r="G74"/>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>414</v>
+      </c>
+      <c r="B75" t="s">
+        <v>415</v>
+      </c>
+      <c r="C75" t="s">
+        <v>416</v>
+      </c>
+      <c r="D75" t="s">
         <v>417</v>
       </c>
-      <c r="B75" t="s">
+      <c r="E75" t="s">
         <v>418</v>
       </c>
-      <c r="C75"/>
-      <c r="D75" t="s">
+      <c r="F75" t="s">
         <v>419</v>
       </c>
-      <c r="E75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G75"/>
-      <c r="H75"/>
+      <c r="H75" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>420</v>
+      </c>
+      <c r="B76" t="s">
+        <v>421</v>
+      </c>
+      <c r="C76" t="s">
         <v>422</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
         <v>423</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>424</v>
       </c>
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>425</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
         <v>426</v>
       </c>
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>428</v>
+      </c>
+      <c r="B77" t="s">
         <v>429</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77"/>
+      <c r="D77" t="s">
         <v>430</v>
       </c>
-      <c r="C77" t="s">
+      <c r="E77"/>
+      <c r="F77" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>434</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>432</v>
+      </c>
+      <c r="B78" t="s">
+        <v>433</v>
+      </c>
+      <c r="C78" t="s">
+        <v>434</v>
+      </c>
+      <c r="D78" t="s">
         <v>435</v>
       </c>
-      <c r="B78" t="s">
+      <c r="E78" t="s">
         <v>436</v>
       </c>
-      <c r="C78" t="s">
+      <c r="F78" t="s">
         <v>437</v>
       </c>
-      <c r="D78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G78"/>
-      <c r="H78"/>
+      <c r="H78" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B79" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="E79" t="s">
-        <v>443</v>
-[...9 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79"/>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>442</v>
+      </c>
+      <c r="B80" t="s">
+        <v>443</v>
+      </c>
+      <c r="C80" t="s">
+        <v>444</v>
+      </c>
+      <c r="D80" t="s">
+        <v>367</v>
+      </c>
+      <c r="E80" t="s">
+        <v>368</v>
+      </c>
+      <c r="F80" t="s">
+        <v>369</v>
+      </c>
+      <c r="G80" t="s">
         <v>445</v>
       </c>
-      <c r="B80" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B81" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C81" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="D81" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="E81" t="s">
-        <v>215</v>
+        <v>450</v>
       </c>
       <c r="F81" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="G81"/>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="B82" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>460</v>
-[...4 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="E82" t="s">
+        <v>455</v>
+      </c>
+      <c r="F82"/>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="B83" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C83" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="D83" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="G83"/>
-      <c r="H83"/>
+      <c r="H83" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="B84" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="C84" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="D84" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="E84" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="F84" t="s">
-        <v>439</v>
+        <v>466</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>467</v>
+      </c>
+      <c r="B85" t="s">
+        <v>468</v>
+      </c>
+      <c r="C85" t="s">
+        <v>469</v>
+      </c>
+      <c r="D85" t="s">
+        <v>470</v>
+      </c>
+      <c r="E85" t="s">
+        <v>471</v>
+      </c>
+      <c r="F85" t="s">
+        <v>472</v>
+      </c>
+      <c r="G85" t="s">
         <v>473</v>
       </c>
-      <c r="B85" t="s">
+      <c r="H85" t="s">
         <v>474</v>
-      </c>
-[...12 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>475</v>
+      </c>
+      <c r="B86" t="s">
+        <v>59</v>
+      </c>
+      <c r="C86" t="s">
+        <v>476</v>
+      </c>
+      <c r="D86" t="s">
+        <v>303</v>
+      </c>
+      <c r="E86" t="s">
+        <v>477</v>
+      </c>
+      <c r="F86" t="s">
+        <v>478</v>
+      </c>
+      <c r="G86" t="s">
         <v>479</v>
       </c>
-      <c r="B86" t="s">
-[...14 lines deleted...]
-      <c r="G86"/>
       <c r="H86" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B87" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C87" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D87" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="E87" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="F87" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B88" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="C88"/>
+        <v>487</v>
+      </c>
+      <c r="C88" t="s">
+        <v>488</v>
+      </c>
       <c r="D88" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="E88" t="s">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="F88"/>
       <c r="G88"/>
-      <c r="H88"/>
+      <c r="H88" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B89" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-      <c r="D89"/>
+        <v>492</v>
+      </c>
+      <c r="C89" t="s">
+        <v>493</v>
+      </c>
+      <c r="D89" t="s">
+        <v>494</v>
+      </c>
       <c r="E89" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="F89" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>501</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>497</v>
+      </c>
+      <c r="B90" t="s">
+        <v>498</v>
+      </c>
+      <c r="C90" t="s">
+        <v>499</v>
+      </c>
+      <c r="D90" t="s">
+        <v>500</v>
+      </c>
+      <c r="E90" t="s">
+        <v>501</v>
+      </c>
+      <c r="F90" t="s">
         <v>502</v>
-      </c>
-[...11 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B91" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
+        <v>505</v>
+      </c>
+      <c r="E91" t="s">
+        <v>506</v>
+      </c>
+      <c r="F91" t="s">
+        <v>507</v>
+      </c>
+      <c r="G91"/>
+      <c r="H91" t="s">
         <v>508</v>
       </c>
-      <c r="E91" t="s">
-[...6 lines deleted...]
-      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>509</v>
+      </c>
+      <c r="B92" t="s">
+        <v>510</v>
+      </c>
+      <c r="C92" t="s">
         <v>511</v>
       </c>
-      <c r="B92" t="s">
+      <c r="D92"/>
+      <c r="E92" t="s">
         <v>512</v>
       </c>
-      <c r="C92" t="s">
+      <c r="F92" t="s">
         <v>513</v>
       </c>
-      <c r="D92" t="s">
-[...3 lines deleted...]
-      <c r="F92"/>
       <c r="G92"/>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>514</v>
+      </c>
+      <c r="B93" t="s">
         <v>515</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>516</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>517</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>518</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>519</v>
       </c>
-      <c r="F93" t="s">
+      <c r="G93" t="s">
         <v>520</v>
       </c>
-      <c r="G93" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>521</v>
+      </c>
+      <c r="B94" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
+        <v>523</v>
+      </c>
+      <c r="E94" t="s">
         <v>524</v>
       </c>
-      <c r="E94" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F94"/>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>525</v>
+      </c>
+      <c r="B95" t="s">
+        <v>526</v>
+      </c>
+      <c r="C95" t="s">
         <v>527</v>
       </c>
-      <c r="B95" t="s">
+      <c r="D95"/>
+      <c r="E95" t="s">
         <v>528</v>
       </c>
-      <c r="C95" t="s">
+      <c r="F95" t="s">
         <v>529</v>
       </c>
-      <c r="D95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95"/>
-      <c r="H95"/>
+      <c r="H95" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="B96" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="C96"/>
+        <v>531</v>
+      </c>
+      <c r="C96" t="s">
+        <v>532</v>
+      </c>
       <c r="D96" t="s">
-        <v>245</v>
+        <v>338</v>
       </c>
       <c r="E96" t="s">
-        <v>535</v>
+        <v>203</v>
       </c>
       <c r="F96" t="s">
-        <v>251</v>
+        <v>340</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>534</v>
+      </c>
+      <c r="B97" t="s">
+        <v>535</v>
+      </c>
+      <c r="C97"/>
+      <c r="D97" t="s">
         <v>536</v>
       </c>
-      <c r="B97" t="s">
+      <c r="E97" t="s">
         <v>537</v>
       </c>
-      <c r="C97" t="s">
+      <c r="F97" t="s">
         <v>538</v>
       </c>
-      <c r="D97" t="s">
+      <c r="G97" t="s">
         <v>539</v>
       </c>
-      <c r="E97" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>540</v>
+      </c>
+      <c r="B98" t="s">
+        <v>541</v>
+      </c>
+      <c r="C98" t="s">
+        <v>542</v>
+      </c>
+      <c r="D98" t="s">
+        <v>543</v>
+      </c>
+      <c r="E98" t="s">
         <v>544</v>
       </c>
-      <c r="B98" t="s">
+      <c r="F98" t="s">
         <v>545</v>
       </c>
-      <c r="C98" t="s">
+      <c r="G98" t="s">
         <v>546</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98"/>
       <c r="H98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>547</v>
+      </c>
+      <c r="B99" t="s">
+        <v>548</v>
+      </c>
+      <c r="C99"/>
+      <c r="D99" t="s">
+        <v>549</v>
+      </c>
+      <c r="E99" t="s">
         <v>550</v>
       </c>
-      <c r="B99" t="s">
+      <c r="F99" t="s">
         <v>551</v>
-      </c>
-[...10 lines deleted...]
-        <v>553</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>552</v>
+      </c>
+      <c r="B100" t="s">
+        <v>553</v>
+      </c>
+      <c r="C100"/>
+      <c r="D100" t="s">
         <v>554</v>
       </c>
-      <c r="B100" t="s">
+      <c r="E100" t="s">
         <v>555</v>
       </c>
-      <c r="C100" t="s">
+      <c r="F100" t="s">
         <v>556</v>
       </c>
-      <c r="D100" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G100"/>
       <c r="H100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>557</v>
+      </c>
+      <c r="B101" t="s">
+        <v>558</v>
+      </c>
+      <c r="C101"/>
+      <c r="D101" t="s">
+        <v>559</v>
+      </c>
+      <c r="E101" t="s">
+        <v>560</v>
+      </c>
+      <c r="F101" t="s">
         <v>561</v>
-      </c>
-[...13 lines deleted...]
-        <v>251</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>562</v>
+      </c>
+      <c r="B102" t="s">
+        <v>563</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102" t="s">
+        <v>564</v>
+      </c>
+      <c r="E102" t="s">
+        <v>565</v>
+      </c>
+      <c r="F102" t="s">
         <v>566</v>
-      </c>
-[...11 lines deleted...]
-        <v>570</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>571</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="B103" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="C103" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="D103"/>
       <c r="E103" t="s">
-        <v>576</v>
-[...6 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="F103"/>
+      <c r="G103"/>
       <c r="H103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="B104" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E104" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F104" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="G104"/>
+        <v>575</v>
+      </c>
+      <c r="G104" t="s">
+        <v>576</v>
+      </c>
       <c r="H104" t="s">
-        <v>584</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B105" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C105" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="D105"/>
+        <v>579</v>
+      </c>
+      <c r="D105" t="s">
+        <v>580</v>
+      </c>
       <c r="E105" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="F105"/>
+        <v>581</v>
+      </c>
+      <c r="F105" t="s">
+        <v>582</v>
+      </c>
       <c r="G105"/>
-      <c r="H105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="B106" t="s">
-        <v>590</v>
-[...4 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="C106" t="s">
+        <v>585</v>
+      </c>
+      <c r="D106"/>
       <c r="E106" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="F106"/>
+        <v>586</v>
+      </c>
+      <c r="F106" t="s">
+        <v>587</v>
+      </c>
       <c r="G106"/>
-      <c r="H106"/>
+      <c r="H106" t="s">
+        <v>588</v>
+      </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>589</v>
+      </c>
+      <c r="B107" t="s">
+        <v>590</v>
+      </c>
+      <c r="C107" t="s">
+        <v>591</v>
+      </c>
+      <c r="D107" t="s">
+        <v>592</v>
+      </c>
+      <c r="E107" t="s">
         <v>593</v>
       </c>
-      <c r="B107" t="s">
+      <c r="F107" t="s">
         <v>594</v>
       </c>
-      <c r="C107"/>
-      <c r="D107" t="s">
+      <c r="G107" t="s">
         <v>595</v>
       </c>
-      <c r="E107" t="s">
-[...3 lines deleted...]
-      <c r="G107"/>
       <c r="H107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>596</v>
+      </c>
+      <c r="B108" t="s">
         <v>597</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>598</v>
       </c>
-      <c r="C108"/>
       <c r="D108" t="s">
         <v>599</v>
       </c>
       <c r="E108" t="s">
         <v>600</v>
       </c>
       <c r="F108" t="s">
         <v>601</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>602</v>
       </c>
       <c r="B109" t="s">
         <v>603</v>
       </c>
-      <c r="C109" t="s">
+      <c r="C109"/>
+      <c r="D109" t="s">
         <v>604</v>
       </c>
-      <c r="D109"/>
       <c r="E109" t="s">
         <v>605</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>606</v>
+      </c>
+      <c r="B110" t="s">
         <v>607</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
         <v>608</v>
       </c>
-      <c r="C110"/>
       <c r="D110" t="s">
         <v>609</v>
       </c>
       <c r="E110" t="s">
         <v>610</v>
       </c>
       <c r="F110" t="s">
         <v>611</v>
       </c>
-      <c r="G110"/>
+      <c r="G110" t="s">
+        <v>612</v>
+      </c>
       <c r="H110" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B111" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="C111" t="s">
         <v>614</v>
       </c>
+      <c r="C111"/>
       <c r="D111" t="s">
         <v>615</v>
       </c>
       <c r="E111" t="s">
         <v>616</v>
       </c>
-      <c r="F111" t="s">
+      <c r="F111"/>
+      <c r="G111" t="s">
         <v>617</v>
       </c>
-      <c r="G111"/>
       <c r="H111" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>619</v>
       </c>
       <c r="B112" t="s">
         <v>620</v>
       </c>
-      <c r="C112"/>
+      <c r="C112" t="s">
+        <v>621</v>
+      </c>
       <c r="D112" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="E112" t="s">
         <v>622</v>
       </c>
+      <c r="E112"/>
       <c r="F112" t="s">
         <v>623</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>624</v>
       </c>
       <c r="B113" t="s">
         <v>625</v>
       </c>
       <c r="C113" t="s">
         <v>626</v>
       </c>
       <c r="D113" t="s">
         <v>627</v>
       </c>
       <c r="E113" t="s">
         <v>628</v>
       </c>
-      <c r="F113"/>
-      <c r="G113"/>
+      <c r="F113" t="s">
+        <v>629</v>
+      </c>
+      <c r="G113" t="s">
+        <v>630</v>
+      </c>
       <c r="H113" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B114" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C114" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D114" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="E114" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F114" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="G114"/>
-      <c r="H114"/>
+      <c r="H114" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B115" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="C115"/>
+        <v>638</v>
+      </c>
+      <c r="C115" t="s">
+        <v>639</v>
+      </c>
       <c r="D115" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E115" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="F115" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="G115"/>
+        <v>642</v>
+      </c>
+      <c r="G115" t="s">
+        <v>643</v>
+      </c>
       <c r="H115" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B116" t="s">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>645</v>
+      </c>
+      <c r="C116"/>
       <c r="D116" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="E116" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F116" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="G116"/>
-      <c r="H116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B117" t="s">
-        <v>647</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="C117"/>
       <c r="D117" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="E117"/>
+        <v>651</v>
+      </c>
+      <c r="E117" t="s">
+        <v>652</v>
+      </c>
       <c r="F117" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="G117"/>
-      <c r="H117"/>
+      <c r="H117" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C118"/>
-      <c r="D118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D118"/>
       <c r="E118" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="F118"/>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B119" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="C119"/>
+        <v>658</v>
+      </c>
+      <c r="C119" t="s">
+        <v>659</v>
+      </c>
       <c r="D119" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="E119"/>
       <c r="F119" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G119" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B120" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="C120" t="s">
         <v>662</v>
       </c>
+      <c r="C120"/>
       <c r="D120" t="s">
         <v>663</v>
       </c>
       <c r="E120" t="s">
         <v>664</v>
       </c>
       <c r="F120" t="s">
         <v>665</v>
       </c>
-      <c r="G120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G120"/>
       <c r="H120" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>666</v>
+      </c>
+      <c r="B121" t="s">
         <v>667</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121"/>
+      <c r="D121" t="s">
         <v>668</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>669</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>670</v>
-      </c>
-[...4 lines deleted...]
-        <v>672</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>673</v>
+        <v>533</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>671</v>
+      </c>
+      <c r="B122" t="s">
+        <v>672</v>
+      </c>
+      <c r="C122" t="s">
+        <v>673</v>
+      </c>
+      <c r="D122" t="s">
         <v>674</v>
       </c>
-      <c r="B122" t="s">
+      <c r="E122" t="s">
         <v>675</v>
       </c>
-      <c r="C122"/>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>676</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>677</v>
       </c>
-      <c r="F122"/>
-[...1 lines deleted...]
-      <c r="H122"/>
+      <c r="H122" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>678</v>
       </c>
       <c r="B123" t="s">
         <v>679</v>
       </c>
       <c r="C123"/>
-      <c r="D123"/>
+      <c r="D123" t="s">
+        <v>680</v>
+      </c>
       <c r="E123" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      <c r="H123"/>
+        <v>681</v>
+      </c>
+      <c r="F123" t="s">
+        <v>682</v>
+      </c>
+      <c r="G123" t="s">
+        <v>683</v>
+      </c>
+      <c r="H123" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B124" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="C124"/>
       <c r="D124" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="E124"/>
+        <v>686</v>
+      </c>
+      <c r="E124" t="s">
+        <v>687</v>
+      </c>
       <c r="F124" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>457</v>
+        <v>533</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B125" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C125" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="D125" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="E125" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="F125" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="G125"/>
-      <c r="H125"/>
+      <c r="H125" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B126" t="s">
-        <v>693</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="C126"/>
       <c r="D126" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="E126" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="F126"/>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B127" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>700</v>
+      </c>
+      <c r="C127" t="s">
+        <v>701</v>
+      </c>
       <c r="D127" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="E127" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="F127" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B128" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C128" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D128" t="s">
-        <v>706</v>
+        <v>483</v>
       </c>
       <c r="E128" t="s">
-        <v>707</v>
+        <v>484</v>
       </c>
       <c r="F128" t="s">
         <v>708</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">