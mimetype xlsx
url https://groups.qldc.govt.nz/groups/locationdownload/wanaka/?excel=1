--- v1 (2026-01-29)
+++ v2 (2026-01-29)
@@ -38,2151 +38,2151 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Wanaka BNI</t>
+  </si>
+  <si>
+    <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Emma Kenny </t>
+  </si>
+  <si>
+    <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
+  </si>
+  <si>
+    <t>03 443 1892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Prime Timers - Upper Clutha Senior Citizens</t>
+  </si>
+  <si>
+    <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
+  </si>
+  <si>
+    <t>Helen Millar</t>
+  </si>
+  <si>
+    <t>ucsc.club@gmail.com</t>
+  </si>
+  <si>
+    <t>http://ucscclub.weebly.com/</t>
+  </si>
+  <si>
+    <t>021 043 1054</t>
+  </si>
+  <si>
+    <t>PO Box 692 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Kids Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Kids Club family continues to grow and we're more passionate than ever about getting kids to experience the full range of activi­ties our natural playground has to offer. From adventures, sports and art &amp;amp; crafts to excursions in the Wanaka community, we ensure that every child will have something available to suit their individual skills and interests, as well as opportunities to try new and exciting things. Why fit in when you were born to stand out!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hello@wanakakidsclub.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakakidsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 28 92 77 1</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Wanaka Sun</t>
+  </si>
+  <si>
+    <t>The Wanaka Sun - Wanaka's Community Newspaper</t>
+  </si>
+  <si>
+    <t>admin@thewanakasun.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.thewanakasun.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 5252</t>
+  </si>
+  <si>
+    <t>PO Box 697, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t>IRD Visits Wanaka</t>
+  </si>
+  <si>
+    <t>The Inland Revenue Department (IRD) visits Community Networks one Wednesday of every month, 9.00 a.m. &amp;ndash; 12.30 p.m.  Free half hour appointments. Bookings are essential.  Please phone Community Networks on 03 443 7799 or email  info@communitynetworks.co.nz  to make an appointment.  We will need your date of birth and IRD number.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/services/ird-visits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 7799 </t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
+  </si>
+  <si>
+    <t>info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitylink.nz</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t>Hāwea Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday: 10:00am - 12:00 noonTuesday &amp;amp; Wednesday: 10:00am - 5:00pmSaturday: 10:00am - 12:00 noon</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hawea@qldc.govt.nz </t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9371</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Wanaka Nordic Ski Club</t>
+  </si>
+  <si>
+    <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
+  </si>
+  <si>
+    <t>Secretary:  Susan Helmore</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
+  </si>
+  <si>
+    <t>http://waioraunordicsportsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1281</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
     <t>Upper Clutha Tracks Trust</t>
   </si>
   <si>
     <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
   </si>
   <si>
     <t xml:space="preserve"> Info@uctt.org.nz</t>
   </si>
   <si>
     <t>http://uppercluthatrackstrust.org.nz/</t>
   </si>
   <si>
-    <t>Wanaka</t>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Wanaka Ski and Snowsports Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Ski Club was incorporated in November 1979. In 1992 the Cardrona Ski Club merged with Wanaka Ski Club.  Then in 2008 the Club changed its name to Wanaka Ski &amp;amp; Snowsports Club.  Wanaka Ski &amp;amp; Snowsports Club promotes opportunities for members to participate in snow sports, at  both a competitive level and socially.  We promote and support race training and skills improvement for skiers and boarders at Treble Cone and Cardrona.</t>
+  </si>
+  <si>
+    <t>Secretary: Bonny Teat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakasnowsports.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakasnowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 120, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Local Food Wanaka</t>
+  </si>
+  <si>
+    <t>We&amp;rsquo;re a group of people in the Upper Clutha region who are passionate about local food. We promote and support the relocalising of food production in the area from large farms to small home gardens and everything in between. For more information about the group, or to be added to our email list, please contact us.</t>
+  </si>
+  <si>
+    <t>localfoodwanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>https://localfoodwanaka.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>Otago Community Trust</t>
+  </si>
+  <si>
+    <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
+  </si>
+  <si>
+    <t>info@oct.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.oct.org.nz/</t>
+  </si>
+  <si>
+    <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
+  </si>
+  <si>
+    <t>PO Box 5751, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>Montessori Wanaka</t>
+  </si>
+  <si>
+    <t>Montessori Children’s House Wanaka offers pre-schoolers aged between 1 and 6 years the freedom to explore in a fun, nurturing and well-resourced learning environment where they can develop independence and a respect for both the natural world and each other that will stay with them for the rest of their lives. We are open Monday – Friday from 8.30am – 3pm</t>
+  </si>
+  <si>
+    <t>Anne-Marie Love - Managing Teacher</t>
+  </si>
+  <si>
+    <t>info@mchw.co.nz</t>
+  </si>
+  <si>
+    <t>http://mchw.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 8389</t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Messenger</t>
+  </si>
+  <si>
+    <t>The Messenger is recognised as the most effective advertising medium in the district - by far. It sits in offices, homes, cafés and businesses for a whole week. There are businesses that have advertised continually for 20 years and more. We often see our readers pick the Messenger up outside our office at 8.30am on Wednesday, when we know there will be another copy in their mailbox by lunchtime – they can’t wait.</t>
+  </si>
+  <si>
+    <t>hello@mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>http://mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7805</t>
+  </si>
+  <si>
+    <t>Wanaka Squash Rackets Club</t>
+  </si>
+  <si>
+    <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
+  </si>
+  <si>
+    <t>info@wanakasquash.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
+  </si>
+  <si>
+    <t>021 105 2381</t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
   </si>
   <si>
     <t>Wanaka Pre School</t>
   </si>
   <si>
     <t>We are the longest established early childhood centre in Wanaka and are dedicated to providing affordable andaccessible quality education and care for children in a family friendly environment.</t>
   </si>
   <si>
     <t>info@wanakapre.school.nz</t>
   </si>
   <si>
     <t>http://www.wanakapre.school.nz</t>
   </si>
   <si>
     <t>03 443 7090</t>
   </si>
   <si>
     <t>PO Box 327 Wanaka</t>
   </si>
   <si>
+    <t>Knit Club Wanaka</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka meets on Thursday nights, at Alchemy Cafe Wanaka from 530pm.The club is free to attend, you can arrive at a time that suits as we run until 8pm. Michelle from The Woven Co hosts the club most nights, the aim is to make a positive, supportive and friendly environment for socialising, knitting and learning.</t>
+  </si>
+  <si>
+    <t>Michelle Stewart</t>
+  </si>
+  <si>
+    <t>shop@thewoven.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/knitclubwanaka/</t>
+  </si>
+  <si>
+    <t>022 187 8840</t>
+  </si>
+  <si>
+    <t>Wanaka Community Toy Library</t>
+  </si>
+  <si>
+    <t>The Wanaka Community Toy Library is a not-for-profit registered charity (#CC27776) run by volunteers for the benefit of children and families living in Wanaka, Albert Town, Lake Hawea, Luggate and surrounds. Our library offers a range of toys, puzzles, sport, musical and other play items suitable for members to hire.We have over 800 toys available; catering to children 0-6 years. We also have costumes, novelty cake tins and bouncy castles. We are part of the national Toy Library Federation of NZ and are supported by generous grants, donations and amazing volunteers. We advocate for sustainability by promoting the borrowing of toys appropriate for children at different stages in their development instead of buying.Join us in play!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakatoylibrary.org.nz   </t>
+  </si>
+  <si>
+    <t>http://www.wanakatoylibrary.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Oanaka EduCare</t>
+  </si>
+  <si>
+    <t>Come and see for yourself what makes Little Wonders Oanaka awesome. Our purpose-built building, with three individual classrooms that enable children to shine by providing carefully chosen resources that encourage children's innate urge to PLAY. Our highly qualified teachers provide a programme that supports the particular age groups within each classroom and adapt the space to meet the needs of the children attending.</t>
+  </si>
+  <si>
+    <t>oanaka.educare@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.littlewonders.nz/locations/oanaka/</t>
+  </si>
+  <si>
+    <t>03 443 4076</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Wanaka Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
+  </si>
+  <si>
+    <t>Wendy Bamford (principal)</t>
+  </si>
+  <si>
+    <t>office@wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7687</t>
+  </si>
+  <si>
+    <t>7 Ironside Drive, Wanaka</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre, based in the lakeside town of Wanaka provides for children from 3 months of age. The centre is a small family focused environment for up to 40 children which was established by the community &amp;amp; is still owned by the community. It is a  ‘not for profit’ centre with any profits going back into children’s quality education. We are open from 8.30am until 4.30pm, 47 weeks of the year.</t>
+  </si>
+  <si>
+    <t>Jen Rawson</t>
+  </si>
+  <si>
+    <t>03 443 1181</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Wanaka Search and Rescue Group</t>
+  </si>
+  <si>
+    <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
+  </si>
+  <si>
+    <t>wanaka.sar@gmail.com</t>
+  </si>
+  <si>
+    <t>http://wanakasar.org.nz/</t>
+  </si>
+  <si>
+    <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
     <t>Kahu Youth Trust</t>
   </si>
   <si>
     <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
   </si>
   <si>
     <t>manager@kahuyouthtrust.org</t>
   </si>
   <si>
     <t>http://kahuyouth.org</t>
   </si>
   <si>
     <t>027 570 99268</t>
   </si>
   <si>
     <t>35 Plantation Road, Wānaka, 9305</t>
   </si>
   <si>
-    <t>Community Link Upper Clutha</t>
-[...26 lines deleted...]
-    <t>021 105 2381</t>
+    <t>Mountainside Educare</t>
+  </si>
+  <si>
+    <t>Mountainside Educare is a new, purpose built Early Childhood Centre that opened in February 2016. We specialise in providing quality education and care for children until they are ready for primary school. We are open 7.30am - 6.00pm weekdays, including school holidays.</t>
+  </si>
+  <si>
+    <t>mountainside.educare@xnet.co.nz</t>
+  </si>
+  <si>
+    <t>http://mountainsideeducare.vpweb.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 21 0853 7045</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Rural Women of New Zealand</t>
+  </si>
+  <si>
+    <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
+  </si>
+  <si>
+    <t>https://ruralwomennz.nz/</t>
+  </si>
+  <si>
+    <t>Holy Family Catholic School</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
+  </si>
+  <si>
+    <t>Principal: Jo Mckay</t>
+  </si>
+  <si>
+    <t>office@holyfamilywanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.holyfamilywanaka.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2394</t>
+  </si>
+  <si>
+    <t>PO Box 592 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Wanaka Golf Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
+  </si>
+  <si>
+    <t>wanaka@golf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakagolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 182, Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka 9192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Wānaka Library</t>
+  </si>
+  <si>
+    <t>Opening hours: Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am – 7:00pmFriday: 9:00am – 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Sue Gwilliam</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
   </si>
   <si>
     <t>Fluid Recruitment</t>
   </si>
   <si>
     <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
   </si>
   <si>
     <t>Peter Clark</t>
   </si>
   <si>
     <t>Jobs@fluidrecruitment.co.nz</t>
   </si>
   <si>
     <t>http://www.fluidrecruitment.co.nz</t>
   </si>
   <si>
     <t>03 467 7220</t>
   </si>
   <si>
-    <t>Luggate Community Association</t>
-[...155 lines deleted...]
-    <t>03 443 9334</t>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
   </si>
   <si>
     <t>Radio Wanaka</t>
   </si>
   <si>
     <t>Wanaka's Community Website for streaming radio, local news, events, jobs, whats on. Wanaka Weather, and Wanaka Crown Range Road Reports.</t>
   </si>
   <si>
     <t>info@radiowanaka.co.nz</t>
   </si>
   <si>
     <t>http://www.wanakalive.com/</t>
   </si>
   <si>
     <t>03 443 8838</t>
   </si>
   <si>
-    <t>Otago Community Trust</t>
-[...191 lines deleted...]
-    <t>Luggate</t>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Wanaka Riding For Disabled</t>
+  </si>
+  <si>
+    <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Kay Ross </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kaysutherlandross@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.rda.org.nz/index.html</t>
+  </si>
+  <si>
+    <t>034432611</t>
+  </si>
+  <si>
+    <t>62 Kings Drive, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
   </si>
   <si>
     <t>Wanaka and Districts Lions Club</t>
   </si>
   <si>
     <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
   </si>
   <si>
     <t>md202.secretary@lionsclubs.org.nz</t>
   </si>
   <si>
     <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
   </si>
   <si>
     <t>03 443 7422</t>
   </si>
   <si>
     <t>P.O. Box 167, Wanaka 9343</t>
   </si>
   <si>
-    <t>Wanaka Search and Rescue Group</t>
-[...65 lines deleted...]
-    <t>021 036 5651</t>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Wanaka Badminton Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Penny Batchelor</t>
+  </si>
+  <si>
+    <t>penny.batchelor@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 1767</t>
+  </si>
+  <si>
+    <t>Six a Side Cricket</t>
+  </si>
+  <si>
+    <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emma Campbell </t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
+  </si>
+  <si>
+    <t>0211242266</t>
+  </si>
+  <si>
+    <t>Queenstown, New Zealand</t>
   </si>
   <si>
     <t>Luggate Albion Cricket Club</t>
   </si>
   <si>
     <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
   </si>
   <si>
     <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
   </si>
   <si>
     <t>albionjuniorcricket@gmail.com</t>
   </si>
   <si>
     <t>http://www.albioncc.co.nz/</t>
   </si>
   <si>
     <t>021 499 642</t>
   </si>
   <si>
-    <t>Hāwea Library</t>
-[...124 lines deleted...]
-  <si>
     <t>Bike Wanaka</t>
   </si>
   <si>
     <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
   </si>
   <si>
     <t>secretary@bikewanaka.org.nz</t>
   </si>
   <si>
     <t>http://www.bikewanaka.org.nz</t>
   </si>
   <si>
-    <t>Central Mediation</t>
-[...68 lines deleted...]
-    <t>03 443 8565</t>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
   </si>
   <si>
     <t>Upper Clutha A&amp;P Society Inc.</t>
   </si>
   <si>
     <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
   </si>
   <si>
     <t>info@wanakashow.co.nz</t>
   </si>
   <si>
     <t>http://www.wanakashow.co.nz</t>
   </si>
   <si>
     <t>03 443 9559</t>
-  </si>
-[...1303 lines deleted...]
-    <t>03 443 1181</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2547,2907 +2547,2907 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
-      <c r="D2" t="s">
+      <c r="C2" t="s">
         <v>10</v>
       </c>
+      <c r="D2"/>
       <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="F2"/>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="E3"/>
       <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="G3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="G4"/>
-      <c r="H4" t="s">
+      <c r="G4" t="s">
         <v>24</v>
       </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="C5"/>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>30</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G6"/>
+        <v>38</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
       <c r="H6" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      <c r="G8"/>
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
       <c r="H8" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="H9"/>
+        <v>55</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G12" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H12" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="C13"/>
       <c r="D13" t="s">
-        <v>74</v>
-[...7 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="E13"/>
+      <c r="F13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>85</v>
       </c>
+      <c r="C15"/>
       <c r="D15" t="s">
         <v>86</v>
       </c>
-      <c r="E15"/>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
       <c r="F15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C17"/>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>98</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F18" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="G18"/>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C19"/>
+      <c r="D19" t="s">
         <v>108</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>109</v>
       </c>
-      <c r="E19" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F19"/>
+      <c r="G19"/>
       <c r="H19" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20"/>
+      <c r="D20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
-[...11 lines deleted...]
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>119</v>
       </c>
-      <c r="C21"/>
-[...8 lines deleted...]
-      </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="E22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>126</v>
       </c>
-      <c r="E22" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="E23"/>
+      <c r="F23" t="s">
         <v>131</v>
       </c>
-      <c r="D23"/>
-[...5 lines deleted...]
-      </c>
       <c r="G23"/>
-      <c r="H23"/>
+      <c r="H23" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
         <v>134</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>135</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>136</v>
       </c>
-      <c r="D24" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F24"/>
+      <c r="G24"/>
       <c r="H24" t="s">
-        <v>141</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25"/>
       <c r="F25" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="G25"/>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>144</v>
+      </c>
       <c r="D26" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E26" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="F26" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="G26"/>
-      <c r="H26"/>
+      <c r="H26" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
+        <v>150</v>
+      </c>
+      <c r="D27" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" t="s">
+        <v>152</v>
+      </c>
+      <c r="F27" t="s">
         <v>153</v>
       </c>
-      <c r="B27" t="s">
+      <c r="G27"/>
+      <c r="H27" t="s">
         <v>154</v>
       </c>
-      <c r="C27" t="s">
-[...12 lines deleted...]
-      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B28" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C28"/>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>157</v>
+      </c>
       <c r="E28" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="F28"/>
       <c r="G28"/>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>159</v>
+      </c>
+      <c r="B29" t="s">
+        <v>160</v>
+      </c>
+      <c r="C29" t="s">
+        <v>161</v>
+      </c>
+      <c r="D29" t="s">
+        <v>162</v>
+      </c>
+      <c r="E29" t="s">
+        <v>163</v>
+      </c>
+      <c r="F29" t="s">
         <v>164</v>
       </c>
-      <c r="B29" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B30" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
       <c r="D30" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E30" t="s">
-        <v>173</v>
-[...9 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" t="s">
+        <v>173</v>
+      </c>
+      <c r="E31" t="s">
+        <v>174</v>
+      </c>
+      <c r="F31" t="s">
         <v>175</v>
       </c>
-      <c r="B31" t="s">
+      <c r="G31" t="s">
         <v>176</v>
       </c>
-      <c r="C31" t="s">
-[...11 lines deleted...]
-      <c r="G31"/>
       <c r="H31" t="s">
-        <v>181</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32" t="s">
+        <v>180</v>
+      </c>
+      <c r="E32" t="s">
+        <v>181</v>
+      </c>
+      <c r="F32" t="s">
         <v>182</v>
       </c>
-      <c r="B32" t="s">
+      <c r="G32" t="s">
         <v>183</v>
       </c>
-      <c r="C32" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B33" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E33" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="F33" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="G33"/>
-      <c r="H33"/>
+      <c r="H33" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B34" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="C34"/>
       <c r="D34" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E34" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F34"/>
       <c r="G34"/>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35"/>
       <c r="E35" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="F35"/>
       <c r="G35"/>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="C36"/>
       <c r="D36" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="E36"/>
       <c r="F36" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="C37" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="D37" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="E37" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="F37" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="G37"/>
+        <v>205</v>
+      </c>
+      <c r="G37" t="s">
+        <v>206</v>
+      </c>
       <c r="H37" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="B38" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="E38" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="F38"/>
       <c r="G38" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="H38" t="s">
-        <v>224</v>
+        <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C39"/>
+        <v>214</v>
+      </c>
+      <c r="C39" t="s">
+        <v>215</v>
+      </c>
       <c r="D39" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="E39" t="s">
-        <v>228</v>
-[...6 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="F39"/>
+      <c r="G39"/>
       <c r="H39" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="B40" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>220</v>
+      </c>
       <c r="D40" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="E40" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="F40" t="s">
-        <v>234</v>
-[...6 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
-[...4 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="C41" t="s">
+        <v>226</v>
+      </c>
+      <c r="D41"/>
       <c r="E41" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="F41" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="B42" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="C42"/>
+        <v>231</v>
+      </c>
+      <c r="C42" t="s">
+        <v>232</v>
+      </c>
       <c r="D42" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="E42" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="F42"/>
+        <v>234</v>
+      </c>
+      <c r="F42" t="s">
+        <v>235</v>
+      </c>
       <c r="G42"/>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="C43" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="D43" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="E43" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="F43" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="G43"/>
       <c r="H43" t="s">
-        <v>12</v>
+        <v>242</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B44" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="E44" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="F44"/>
-      <c r="G44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G44"/>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="B45" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="C45" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="D45"/>
       <c r="E45" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="F45" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="G45"/>
       <c r="H45" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="B46" t="s">
-        <v>265</v>
-[...4 lines deleted...]
-      <c r="D46"/>
+        <v>253</v>
+      </c>
+      <c r="C46"/>
+      <c r="D46" t="s">
+        <v>254</v>
+      </c>
       <c r="E46" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="F46" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="G46"/>
+        <v>256</v>
+      </c>
+      <c r="G46" t="s">
+        <v>254</v>
+      </c>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="B47" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="C47"/>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D47"/>
+      <c r="E47"/>
       <c r="F47" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="C48" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="F48" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="B49" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>267</v>
+      </c>
+      <c r="E49" t="s">
+        <v>268</v>
+      </c>
       <c r="F49" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="B50" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="C50"/>
       <c r="D50" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="E50" t="s">
-        <v>288</v>
+        <v>273</v>
       </c>
       <c r="F50" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="G50"/>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="B51" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
       <c r="C51" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
       <c r="D51" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="E51" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-      <c r="G51"/>
+        <v>280</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51" t="s">
+        <v>281</v>
+      </c>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
       <c r="B52" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
-      <c r="E52"/>
+      <c r="D52" t="s">
+        <v>284</v>
+      </c>
+      <c r="E52" t="s">
+        <v>285</v>
+      </c>
       <c r="F52" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>12</v>
+        <v>287</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="B53" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="E53" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="F53"/>
       <c r="G53"/>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="B54" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="C54" t="s">
-        <v>308</v>
+        <v>294</v>
       </c>
       <c r="D54" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="E54" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="F54" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="G54"/>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="B55" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="C55" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="F55" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>319</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="B56" t="s">
-        <v>321</v>
+        <v>304</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>322</v>
+        <v>305</v>
       </c>
       <c r="E56" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="F56" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="G56" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="B57" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="C57" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="D57" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="E57" t="s">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>315</v>
       </c>
       <c r="C58" t="s">
-        <v>333</v>
+        <v>316</v>
       </c>
       <c r="D58" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="E58" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-      <c r="G58"/>
+        <v>318</v>
+      </c>
+      <c r="F58" t="s">
+        <v>319</v>
+      </c>
+      <c r="G58" t="s">
+        <v>320</v>
+      </c>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="B59" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="C59"/>
+        <v>322</v>
+      </c>
+      <c r="C59" t="s">
+        <v>323</v>
+      </c>
       <c r="D59" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="E59" t="s">
-        <v>339</v>
+        <v>325</v>
       </c>
       <c r="F59" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="G59"/>
+        <v>326</v>
+      </c>
+      <c r="G59" t="s">
+        <v>327</v>
+      </c>
       <c r="H59" t="s">
-        <v>12</v>
+        <v>328</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
       <c r="B60" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="C60"/>
       <c r="D60" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="E60" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="F60" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="H60"/>
+        <v>333</v>
+      </c>
+      <c r="G60" t="s">
+        <v>334</v>
+      </c>
+      <c r="H60" t="s">
+        <v>335</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="B61" t="s">
-        <v>346</v>
+        <v>46</v>
       </c>
       <c r="C61" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D61" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B62" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="C62" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="D62" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="E62" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="F62"/>
+        <v>344</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B63" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="C63"/>
+        <v>346</v>
+      </c>
+      <c r="C63" t="s">
+        <v>347</v>
+      </c>
       <c r="D63" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="E63" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>350</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>351</v>
+      </c>
+      <c r="B64" t="s">
+        <v>352</v>
+      </c>
+      <c r="C64" t="s">
+        <v>353</v>
+      </c>
+      <c r="D64" t="s">
+        <v>354</v>
+      </c>
+      <c r="E64" t="s">
+        <v>355</v>
+      </c>
+      <c r="F64" t="s">
+        <v>356</v>
+      </c>
+      <c r="G64" t="s">
+        <v>357</v>
+      </c>
+      <c r="H64" t="s">
         <v>358</v>
-      </c>
-[...17 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="B65" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C65" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D65" t="s">
-        <v>367</v>
-[...6 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="E65"/>
+      <c r="F65"/>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B66" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C66" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="D66" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="E66" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="F66" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>12</v>
+        <v>369</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="B67" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="C67" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="D67"/>
       <c r="E67" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="F67" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B68" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="C68" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D68" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="E68" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="F68" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B69" t="s">
-        <v>389</v>
-[...8 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="C69" t="s">
+        <v>383</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>384</v>
+      </c>
+      <c r="F69"/>
       <c r="G69"/>
-      <c r="H69"/>
+      <c r="H69" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B70" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="C70" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>387</v>
+      </c>
+      <c r="D70" t="s">
+        <v>388</v>
+      </c>
       <c r="E70" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="F70" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="B71" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="E71" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="F71"/>
+        <v>394</v>
+      </c>
+      <c r="F71" t="s">
+        <v>395</v>
+      </c>
       <c r="G71"/>
-      <c r="H71"/>
+      <c r="H71" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="C72"/>
       <c r="D72" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-      <c r="F72"/>
+        <v>398</v>
+      </c>
+      <c r="E72" t="s">
+        <v>399</v>
+      </c>
+      <c r="F72" t="s">
+        <v>400</v>
+      </c>
       <c r="G72"/>
-      <c r="H72"/>
+      <c r="H72" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>401</v>
+      </c>
+      <c r="B73" t="s">
+        <v>402</v>
+      </c>
+      <c r="C73"/>
+      <c r="D73" t="s">
+        <v>403</v>
+      </c>
+      <c r="E73" t="s">
+        <v>404</v>
+      </c>
+      <c r="F73"/>
+      <c r="G73" t="s">
         <v>405</v>
       </c>
-      <c r="B73" t="s">
+      <c r="H73" t="s">
         <v>406</v>
-      </c>
-[...14 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="B74" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>150</v>
+        <v>409</v>
       </c>
       <c r="E74" t="s">
-        <v>151</v>
+        <v>410</v>
       </c>
       <c r="F74" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-      <c r="H74"/>
+        <v>411</v>
+      </c>
+      <c r="G74" t="s">
+        <v>412</v>
+      </c>
+      <c r="H74" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>413</v>
+      </c>
+      <c r="B75" t="s">
         <v>414</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>415</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>416</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>417</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>418</v>
       </c>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G75"/>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>419</v>
+      </c>
+      <c r="B76" t="s">
         <v>420</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76"/>
+      <c r="D76" t="s">
         <v>421</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>422</v>
       </c>
-      <c r="D76" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F76"/>
+      <c r="G76"/>
       <c r="H76" t="s">
-        <v>427</v>
+        <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B77" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="C77"/>
+        <v>424</v>
+      </c>
+      <c r="C77" t="s">
+        <v>425</v>
+      </c>
       <c r="D77" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>425</v>
+      </c>
+      <c r="E77" t="s">
+        <v>426</v>
+      </c>
       <c r="F77" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="G77"/>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>428</v>
+      </c>
+      <c r="B78" t="s">
+        <v>429</v>
+      </c>
+      <c r="C78" t="s">
+        <v>430</v>
+      </c>
+      <c r="D78" t="s">
+        <v>431</v>
+      </c>
+      <c r="E78" t="s">
         <v>432</v>
       </c>
-      <c r="B78" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>12</v>
+        <v>433</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B79" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="E79" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="F79"/>
+        <v>437</v>
+      </c>
+      <c r="F79" t="s">
+        <v>438</v>
+      </c>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>439</v>
+      </c>
+      <c r="B80" t="s">
+        <v>440</v>
+      </c>
+      <c r="C80"/>
+      <c r="D80" t="s">
+        <v>441</v>
+      </c>
+      <c r="E80"/>
+      <c r="F80" t="s">
         <v>442</v>
       </c>
-      <c r="B80" t="s">
-[...17 lines deleted...]
-      <c r="H80"/>
+      <c r="G80"/>
+      <c r="H80" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>443</v>
+      </c>
+      <c r="B81" t="s">
+        <v>444</v>
+      </c>
+      <c r="C81"/>
+      <c r="D81" t="s">
+        <v>445</v>
+      </c>
+      <c r="E81" t="s">
         <v>446</v>
       </c>
-      <c r="B81" t="s">
+      <c r="F81" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B82" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="E82" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="F82"/>
+        <v>451</v>
+      </c>
+      <c r="F82" t="s">
+        <v>452</v>
+      </c>
       <c r="G82"/>
-      <c r="H82"/>
+      <c r="H82" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>453</v>
+      </c>
+      <c r="B83" t="s">
+        <v>454</v>
+      </c>
+      <c r="C83" t="s">
+        <v>455</v>
+      </c>
+      <c r="D83" t="s">
         <v>456</v>
       </c>
-      <c r="B83" t="s">
+      <c r="E83" t="s">
         <v>457</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83"/>
       <c r="F83" t="s">
-        <v>460</v>
+        <v>427</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>458</v>
+      </c>
+      <c r="B84" t="s">
+        <v>459</v>
+      </c>
+      <c r="C84" t="s">
+        <v>460</v>
+      </c>
+      <c r="D84" t="s">
         <v>461</v>
       </c>
-      <c r="B84" t="s">
+      <c r="E84" t="s">
         <v>462</v>
       </c>
-      <c r="C84" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F84"/>
       <c r="G84"/>
-      <c r="H84"/>
+      <c r="H84" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>463</v>
+      </c>
+      <c r="B85" t="s">
+        <v>464</v>
+      </c>
+      <c r="C85" t="s">
+        <v>465</v>
+      </c>
+      <c r="D85" t="s">
+        <v>466</v>
+      </c>
+      <c r="E85" t="s">
         <v>467</v>
       </c>
-      <c r="B85" t="s">
+      <c r="F85" t="s">
         <v>468</v>
       </c>
-      <c r="C85" t="s">
+      <c r="G85" t="s">
         <v>469</v>
       </c>
-      <c r="D85" t="s">
+      <c r="H85" t="s">
         <v>470</v>
-      </c>
-[...10 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>471</v>
+      </c>
+      <c r="B86" t="s">
+        <v>472</v>
+      </c>
+      <c r="C86"/>
+      <c r="D86" t="s">
+        <v>473</v>
+      </c>
+      <c r="E86" t="s">
+        <v>474</v>
+      </c>
+      <c r="F86" t="s">
         <v>475</v>
       </c>
-      <c r="B86" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G86"/>
       <c r="H86" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>476</v>
+      </c>
+      <c r="B87" t="s">
+        <v>477</v>
+      </c>
+      <c r="C87" t="s">
+        <v>478</v>
+      </c>
+      <c r="D87" t="s">
+        <v>479</v>
+      </c>
+      <c r="E87" t="s">
         <v>480</v>
       </c>
-      <c r="B87" t="s">
+      <c r="F87" t="s">
         <v>481</v>
       </c>
-      <c r="C87" t="s">
+      <c r="G87" t="s">
         <v>482</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87"/>
       <c r="H87" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>483</v>
+      </c>
+      <c r="B88" t="s">
+        <v>484</v>
+      </c>
+      <c r="C88" t="s">
+        <v>485</v>
+      </c>
+      <c r="D88" t="s">
+        <v>92</v>
+      </c>
+      <c r="E88" t="s">
+        <v>93</v>
+      </c>
+      <c r="F88" t="s">
         <v>486</v>
       </c>
-      <c r="B88" t="s">
-[...11 lines deleted...]
-      <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="B89" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="C89" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D89" t="s">
-        <v>494</v>
-[...6 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="E89"/>
+      <c r="F89"/>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B90" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C90" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="D90" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="E90" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="F90" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B91" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="C91"/>
+        <v>498</v>
+      </c>
+      <c r="C91" t="s">
+        <v>499</v>
+      </c>
       <c r="D91" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="E91" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="F91" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>508</v>
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="B92" t="s">
-        <v>510</v>
-[...4 lines deleted...]
-      <c r="D92"/>
+        <v>504</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92" t="s">
+        <v>505</v>
+      </c>
       <c r="E92" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="F92" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-      <c r="H92"/>
+        <v>507</v>
+      </c>
+      <c r="G92" t="s">
+        <v>508</v>
+      </c>
+      <c r="H92" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="B93" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C93"/>
       <c r="D93" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="E93" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>512</v>
+      </c>
+      <c r="F93">
+        <v>111</v>
       </c>
       <c r="G93" t="s">
-        <v>520</v>
-[...1 lines deleted...]
-      <c r="H93"/>
+        <v>513</v>
+      </c>
+      <c r="H93" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="B94" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="C94"/>
+        <v>515</v>
+      </c>
+      <c r="C94" t="s">
+        <v>516</v>
+      </c>
       <c r="D94" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="E94" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="F94"/>
+        <v>518</v>
+      </c>
+      <c r="F94" t="s">
+        <v>519</v>
+      </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>520</v>
+      </c>
+      <c r="B95" t="s">
+        <v>521</v>
+      </c>
+      <c r="C95" t="s">
+        <v>522</v>
+      </c>
+      <c r="D95" t="s">
+        <v>523</v>
+      </c>
+      <c r="E95" t="s">
+        <v>524</v>
+      </c>
+      <c r="F95" t="s">
         <v>525</v>
-      </c>
-[...11 lines deleted...]
-        <v>529</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>526</v>
+      </c>
+      <c r="B96" t="s">
+        <v>527</v>
+      </c>
+      <c r="C96"/>
+      <c r="D96" t="s">
+        <v>528</v>
+      </c>
+      <c r="E96" t="s">
+        <v>529</v>
+      </c>
+      <c r="F96" t="s">
         <v>530</v>
-      </c>
-[...13 lines deleted...]
-        <v>340</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="B97" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
+        <v>534</v>
+      </c>
+      <c r="E97" t="s">
+        <v>535</v>
+      </c>
+      <c r="F97" t="s">
         <v>536</v>
       </c>
-      <c r="E97" t="s">
-[...8 lines deleted...]
-      <c r="H97"/>
+      <c r="G97"/>
+      <c r="H97" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>537</v>
+      </c>
+      <c r="B98" t="s">
+        <v>538</v>
+      </c>
+      <c r="C98" t="s">
+        <v>539</v>
+      </c>
+      <c r="D98" t="s">
         <v>540</v>
       </c>
-      <c r="B98" t="s">
+      <c r="E98" t="s">
         <v>541</v>
       </c>
-      <c r="C98" t="s">
+      <c r="F98" t="s">
         <v>542</v>
       </c>
-      <c r="D98" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G98"/>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="B99" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>549</v>
+        <v>436</v>
       </c>
       <c r="E99" t="s">
-        <v>550</v>
+        <v>437</v>
       </c>
       <c r="F99" t="s">
-        <v>551</v>
+        <v>438</v>
       </c>
       <c r="G99"/>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="B100" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="C100"/>
+        <v>546</v>
+      </c>
+      <c r="C100" t="s">
+        <v>547</v>
+      </c>
       <c r="D100" t="s">
-        <v>554</v>
+        <v>48</v>
       </c>
       <c r="E100" t="s">
-        <v>555</v>
+        <v>462</v>
       </c>
       <c r="F100" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="B101" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="E101" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="F101" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="B102" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="E102" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="F102"/>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
       <c r="B103" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="C103" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="D103"/>
+        <v>560</v>
+      </c>
+      <c r="D103" t="s">
+        <v>561</v>
+      </c>
       <c r="E103" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="G103"/>
+        <v>562</v>
+      </c>
+      <c r="F103" t="s">
+        <v>563</v>
+      </c>
+      <c r="G103" t="s">
+        <v>564</v>
+      </c>
       <c r="H103" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B104" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="C104"/>
+        <v>566</v>
+      </c>
+      <c r="C104" t="s">
+        <v>567</v>
+      </c>
       <c r="D104" t="s">
-        <v>573</v>
+        <v>123</v>
       </c>
       <c r="E104" t="s">
-        <v>574</v>
+        <v>124</v>
       </c>
       <c r="F104" t="s">
-        <v>575</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G104"/>
       <c r="H104" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="B105" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="C105" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="D105" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="E105" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="F105" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="G105"/>
-      <c r="H105"/>
+      <c r="H105" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="B106" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="C106" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="D106"/>
+        <v>576</v>
+      </c>
+      <c r="D106" t="s">
+        <v>577</v>
+      </c>
       <c r="E106" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="F106" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>588</v>
+        <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="B107" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>581</v>
+      </c>
+      <c r="C107"/>
       <c r="D107" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="E107" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="F107" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="G107" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="H107" t="s">
-        <v>12</v>
+        <v>586</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="B108" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="C108" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="D108" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="E108" t="s">
-        <v>600</v>
+        <v>591</v>
       </c>
       <c r="F108" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="G108"/>
+        <v>592</v>
+      </c>
+      <c r="G108" t="s">
+        <v>593</v>
+      </c>
       <c r="H108" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="B109" t="s">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="C109"/>
+        <v>595</v>
+      </c>
+      <c r="C109" t="s">
+        <v>596</v>
+      </c>
       <c r="D109" t="s">
-        <v>604</v>
+        <v>551</v>
       </c>
       <c r="E109" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="F109"/>
+        <v>146</v>
+      </c>
+      <c r="F109" t="s">
+        <v>553</v>
+      </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>12</v>
+        <v>287</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="B110" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="C110" t="s">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="D110"/>
       <c r="E110" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="F110" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="G110"/>
       <c r="H110" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="B111" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>603</v>
+      </c>
+      <c r="C111" t="s">
+        <v>604</v>
+      </c>
       <c r="D111" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="E111" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="F111" t="s">
+        <v>607</v>
+      </c>
+      <c r="G111"/>
       <c r="H111" t="s">
-        <v>618</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="B112" t="s">
-        <v>620</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="C112"/>
       <c r="D112" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="E112"/>
+        <v>610</v>
+      </c>
+      <c r="E112" t="s">
+        <v>611</v>
+      </c>
       <c r="F112" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-      <c r="H112"/>
+        <v>612</v>
+      </c>
+      <c r="G112" t="s">
+        <v>613</v>
+      </c>
+      <c r="H112" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="B113" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="C113" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="D113" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="E113" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="F113" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="G113" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="H113" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="B114" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="C114"/>
       <c r="D114" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="E114" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="F114" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="B115" t="s">
-        <v>638</v>
+        <v>627</v>
       </c>
       <c r="C115" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="D115" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="E115" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="F115" t="s">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="G115" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
       <c r="H115" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="B116" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="C116"/>
+        <v>634</v>
+      </c>
+      <c r="C116" t="s">
+        <v>635</v>
+      </c>
       <c r="D116" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="E116" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="F116" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="G116"/>
-      <c r="H116"/>
+      <c r="H116" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="B117" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="C117"/>
+        <v>640</v>
+      </c>
+      <c r="C117" t="s">
+        <v>641</v>
+      </c>
       <c r="D117" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="E117" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="F117" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="G117"/>
+        <v>644</v>
+      </c>
+      <c r="G117" t="s">
+        <v>645</v>
+      </c>
       <c r="H117" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="B118" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="C118"/>
-      <c r="D118"/>
+      <c r="D118" t="s">
+        <v>648</v>
+      </c>
       <c r="E118" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      <c r="H118"/>
+        <v>649</v>
+      </c>
+      <c r="F118" t="s">
+        <v>650</v>
+      </c>
+      <c r="G118" t="s">
+        <v>651</v>
+      </c>
+      <c r="H118" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="B119" t="s">
-        <v>658</v>
-[...3 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="C119"/>
       <c r="D119" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="E119"/>
+        <v>654</v>
+      </c>
+      <c r="E119" t="s">
+        <v>655</v>
+      </c>
       <c r="F119" t="s">
-        <v>660</v>
-[...4 lines deleted...]
-      <c r="H119"/>
+        <v>656</v>
+      </c>
+      <c r="G119"/>
+      <c r="H119" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="B120" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="E120" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="F120" t="s">
-        <v>665</v>
-[...4 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="G120" t="s">
+        <v>662</v>
+      </c>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>663</v>
+      </c>
+      <c r="B121" t="s">
+        <v>664</v>
+      </c>
+      <c r="C121" t="s">
+        <v>665</v>
+      </c>
+      <c r="D121" t="s">
         <v>666</v>
       </c>
-      <c r="B121" t="s">
+      <c r="E121" t="s">
         <v>667</v>
       </c>
-      <c r="C121"/>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>668</v>
       </c>
-      <c r="E121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>669</v>
+      </c>
+      <c r="B122" t="s">
+        <v>670</v>
+      </c>
+      <c r="C122" t="s">
         <v>671</v>
       </c>
-      <c r="B122" t="s">
+      <c r="D122" t="s">
         <v>672</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122"/>
+      <c r="F122" t="s">
         <v>673</v>
       </c>
-      <c r="D122" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G122"/>
       <c r="H122" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>674</v>
+      </c>
+      <c r="B123" t="s">
+        <v>675</v>
+      </c>
+      <c r="C123" t="s">
+        <v>676</v>
+      </c>
+      <c r="D123" t="s">
+        <v>677</v>
+      </c>
+      <c r="E123" t="s">
         <v>678</v>
       </c>
-      <c r="B123" t="s">
+      <c r="F123" t="s">
         <v>679</v>
       </c>
-      <c r="C123"/>
-      <c r="D123" t="s">
+      <c r="G123"/>
+      <c r="H123" t="s">
         <v>680</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>681</v>
+      </c>
+      <c r="B124" t="s">
+        <v>682</v>
+      </c>
+      <c r="C124" t="s">
+        <v>683</v>
+      </c>
+      <c r="D124" t="s">
         <v>684</v>
       </c>
-      <c r="B124" t="s">
+      <c r="E124" t="s">
         <v>685</v>
       </c>
-      <c r="C124"/>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>686</v>
-      </c>
-[...4 lines deleted...]
-        <v>688</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>533</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>687</v>
+      </c>
+      <c r="B125" t="s">
+        <v>688</v>
+      </c>
+      <c r="C125"/>
+      <c r="D125" t="s">
         <v>689</v>
       </c>
-      <c r="B125" t="s">
+      <c r="E125" t="s">
         <v>690</v>
       </c>
-      <c r="C125" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F125"/>
       <c r="G125"/>
-      <c r="H125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>691</v>
+      </c>
+      <c r="B126" t="s">
+        <v>692</v>
+      </c>
+      <c r="C126" t="s">
+        <v>693</v>
+      </c>
+      <c r="D126" t="s">
+        <v>694</v>
+      </c>
+      <c r="E126" t="s">
         <v>695</v>
       </c>
-      <c r="B126" t="s">
+      <c r="F126" t="s">
         <v>696</v>
       </c>
-      <c r="C126"/>
-[...6 lines deleted...]
-      <c r="F126"/>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>12</v>
+        <v>697</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>698</v>
+      </c>
+      <c r="B127" t="s">
         <v>699</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127"/>
+      <c r="D127" t="s">
         <v>700</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>701</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>702</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>703</v>
       </c>
-      <c r="F127" t="s">
-[...2 lines deleted...]
-      <c r="G127"/>
       <c r="H127" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>704</v>
+      </c>
+      <c r="B128" t="s">
         <v>705</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128"/>
+      <c r="D128" t="s">
         <v>706</v>
       </c>
-      <c r="C128" t="s">
+      <c r="E128" t="s">
         <v>707</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="F128" t="s">
         <v>708</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">