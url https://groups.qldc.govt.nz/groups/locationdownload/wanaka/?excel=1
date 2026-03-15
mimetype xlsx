--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -38,2151 +38,2151 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>Wanaka Search and Rescue Group</t>
+  </si>
+  <si>
+    <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
+  </si>
+  <si>
+    <t>wanaka.sar@gmail.com</t>
+  </si>
+  <si>
+    <t>http://wanakasar.org.nz/</t>
+  </si>
+  <si>
+    <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Badminton Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Penny Batchelor</t>
+  </si>
+  <si>
+    <t>penny.batchelor@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 1767</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Hāwea Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday: 10:00am - 12:00 noonTuesday &amp;amp; Wednesday: 10:00am - 5:00pmSaturday: 10:00am - 12:00 noon</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hawea@qldc.govt.nz </t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 443 9371</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Wanaka Riding For Disabled</t>
+  </si>
+  <si>
+    <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Kay Ross </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kaysutherlandross@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.rda.org.nz/index.html</t>
+  </si>
+  <si>
+    <t>034432611</t>
+  </si>
+  <si>
+    <t>62 Kings Drive, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Wanaka Pre School</t>
+  </si>
+  <si>
+    <t>We are the longest established early childhood centre in Wanaka and are dedicated to providing affordable andaccessible quality education and care for children in a family friendly environment.</t>
+  </si>
+  <si>
+    <t>info@wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7090</t>
+  </si>
+  <si>
+    <t>PO Box 327 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka and Districts Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
+  </si>
+  <si>
+    <t>03 443 7422</t>
+  </si>
+  <si>
+    <t>P.O. Box 167, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>Wānaka Library</t>
+  </si>
+  <si>
+    <t>Opening hours: Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am – 7:00pmFriday: 9:00am – 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Sue Gwilliam</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Mountainside Educare</t>
+  </si>
+  <si>
+    <t>Mountainside Educare is a new, purpose built Early Childhood Centre that opened in February 2016. We specialise in providing quality education and care for children until they are ready for primary school. We are open 7.30am - 6.00pm weekdays, including school holidays.</t>
+  </si>
+  <si>
+    <t>mountainside.educare@xnet.co.nz</t>
+  </si>
+  <si>
+    <t>http://mountainsideeducare.vpweb.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 21 0853 7045</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Wanaka Ski and Snowsports Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Ski Club was incorporated in November 1979. In 1992 the Cardrona Ski Club merged with Wanaka Ski Club.  Then in 2008 the Club changed its name to Wanaka Ski &amp;amp; Snowsports Club.  Wanaka Ski &amp;amp; Snowsports Club promotes opportunities for members to participate in snow sports, at  both a competitive level and socially.  We promote and support race training and skills improvement for skiers and boarders at Treble Cone and Cardrona.</t>
+  </si>
+  <si>
+    <t>Secretary: Bonny Teat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakasnowsports.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakasnowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 120, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Wanaka Sun</t>
+  </si>
+  <si>
+    <t>The Wanaka Sun - Wanaka's Community Newspaper</t>
+  </si>
+  <si>
+    <t>admin@thewanakasun.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.thewanakasun.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 5252</t>
+  </si>
+  <si>
+    <t>PO Box 697, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Wanaka Kids Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Kids Club family continues to grow and we're more passionate than ever about getting kids to experience the full range of activi­ties our natural playground has to offer. From adventures, sports and art &amp;amp; crafts to excursions in the Wanaka community, we ensure that every child will have something available to suit their individual skills and interests, as well as opportunities to try new and exciting things. Why fit in when you were born to stand out!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hello@wanakakidsclub.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakakidsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 28 92 77 1</t>
+  </si>
+  <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Radio Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka's Community Website for streaming radio, local news, events, jobs, whats on. Wanaka Weather, and Wanaka Crown Range Road Reports.</t>
+  </si>
+  <si>
+    <t>info@radiowanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakalive.com/</t>
+  </si>
+  <si>
+    <t>03 443 8838</t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>St Columba Anglican Church</t>
+  </si>
+  <si>
+    <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
+  </si>
+  <si>
+    <t>Vicar: Damon Plimmer</t>
+  </si>
+  <si>
+    <t>ucang@calledsouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
+  </si>
+  <si>
+    <t>03 443 2440 &amp; 027 216 5165</t>
+  </si>
+  <si>
+    <t>The Vicarage 186 Brownston Street, Wanaka</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t>Six a Side Cricket</t>
+  </si>
+  <si>
+    <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emma Campbell </t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
+  </si>
+  <si>
+    <t>0211242266</t>
+  </si>
+  <si>
+    <t>Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
+  </si>
+  <si>
+    <t>info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitylink.nz</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka meets on Thursday nights, at Alchemy Cafe Wanaka from 530pm.The club is free to attend, you can arrive at a time that suits as we run until 8pm. Michelle from The Woven Co hosts the club most nights, the aim is to make a positive, supportive and friendly environment for socialising, knitting and learning.</t>
+  </si>
+  <si>
+    <t>Michelle Stewart</t>
+  </si>
+  <si>
+    <t>shop@thewoven.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/knitclubwanaka/</t>
+  </si>
+  <si>
+    <t>022 187 8840</t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Bike Wanaka</t>
+  </si>
+  <si>
+    <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
+  </si>
+  <si>
+    <t>secretary@bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Messenger</t>
+  </si>
+  <si>
+    <t>The Messenger is recognised as the most effective advertising medium in the district - by far. It sits in offices, homes, cafés and businesses for a whole week. There are businesses that have advertised continually for 20 years and more. We often see our readers pick the Messenger up outside our office at 8.30am on Wednesday, when we know there will be another copy in their mailbox by lunchtime – they can’t wait.</t>
+  </si>
+  <si>
+    <t>hello@mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>http://mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7805</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
+  </si>
+  <si>
+    <t>Wendy Bamford (principal)</t>
+  </si>
+  <si>
+    <t>office@wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7687</t>
+  </si>
+  <si>
+    <t>7 Ironside Drive, Wanaka</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t>Wanaka Squash Rackets Club</t>
+  </si>
+  <si>
+    <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
+  </si>
+  <si>
+    <t>info@wanakasquash.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
+  </si>
+  <si>
+    <t>021 105 2381</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Luggate Albion Cricket Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
+  </si>
+  <si>
+    <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
+  </si>
+  <si>
+    <t>albionjuniorcricket@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.albioncc.co.nz/</t>
+  </si>
+  <si>
+    <t>021 499 642</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>Montessori Wanaka</t>
+  </si>
+  <si>
+    <t>Montessori Children’s House Wanaka offers pre-schoolers aged between 1 and 6 years the freedom to explore in a fun, nurturing and well-resourced learning environment where they can develop independence and a respect for both the natural world and each other that will stay with them for the rest of their lives. We are open Monday – Friday from 8.30am – 3pm</t>
+  </si>
+  <si>
+    <t>Anne-Marie Love - Managing Teacher</t>
+  </si>
+  <si>
+    <t>info@mchw.co.nz</t>
+  </si>
+  <si>
+    <t>http://mchw.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 8389</t>
+  </si>
+  <si>
+    <t>Wanaka Golf Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
+  </si>
+  <si>
+    <t>wanaka@golf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakagolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 182, Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka 9192</t>
+  </si>
+  <si>
     <t>Wanaka BNI</t>
   </si>
   <si>
     <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
   </si>
   <si>
     <t xml:space="preserve">Secretary - Emma Kenny </t>
   </si>
   <si>
     <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
   </si>
   <si>
     <t>03 443 1892</t>
   </si>
   <si>
     <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
   </si>
   <si>
-    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
-[...53 lines deleted...]
-    <t>Wanaka</t>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>Local Food Wanaka</t>
+  </si>
+  <si>
+    <t>We&amp;rsquo;re a group of people in the Upper Clutha region who are passionate about local food. We promote and support the relocalising of food production in the area from large farms to small home gardens and everything in between. For more information about the group, or to be added to our email list, please contact us.</t>
+  </si>
+  <si>
+    <t>localfoodwanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>https://localfoodwanaka.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Oanaka EduCare</t>
+  </si>
+  <si>
+    <t>Come and see for yourself what makes Little Wonders Oanaka awesome. Our purpose-built building, with three individual classrooms that enable children to shine by providing carefully chosen resources that encourage children's innate urge to PLAY. Our highly qualified teachers provide a programme that supports the particular age groups within each classroom and adapt the space to meet the needs of the children attending.</t>
+  </si>
+  <si>
+    <t>oanaka.educare@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.littlewonders.nz/locations/oanaka/</t>
+  </si>
+  <si>
+    <t>03 443 4076</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>Kahu Youth Trust</t>
+  </si>
+  <si>
+    <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
+  </si>
+  <si>
+    <t>manager@kahuyouthtrust.org</t>
+  </si>
+  <si>
+    <t>http://kahuyouth.org</t>
+  </si>
+  <si>
+    <t>027 570 99268</t>
+  </si>
+  <si>
+    <t>35 Plantation Road, Wānaka, 9305</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>IRD Visits Wanaka</t>
+  </si>
+  <si>
+    <t>The Inland Revenue Department (IRD) visits Community Networks one Wednesday of every month, 9.00 a.m. &amp;ndash; 12.30 p.m.  Free half hour appointments. Bookings are essential.  Please phone Community Networks on 03 443 7799 or email  info@communitynetworks.co.nz  to make an appointment.  We will need your date of birth and IRD number.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/services/ird-visits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 7799 </t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre, based in the lakeside town of Wanaka provides for children from 3 months of age. The centre is a small family focused environment for up to 40 children which was established by the community &amp;amp; is still owned by the community. It is a  ‘not for profit’ centre with any profits going back into children’s quality education. We are open from 8.30am until 4.30pm, 47 weeks of the year.</t>
+  </si>
+  <si>
+    <t>Jen Rawson</t>
+  </si>
+  <si>
+    <t>03 443 1181</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Rural Women of New Zealand</t>
+  </si>
+  <si>
+    <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
+  </si>
+  <si>
+    <t>https://ruralwomennz.nz/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Tracks Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Info@uctt.org.nz</t>
+  </si>
+  <si>
+    <t>http://uppercluthatrackstrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Nordic Ski Club</t>
+  </si>
+  <si>
+    <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
+  </si>
+  <si>
+    <t>Secretary:  Susan Helmore</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
+  </si>
+  <si>
+    <t>http://waioraunordicsportsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1281</t>
+  </si>
+  <si>
+    <t>Upper Clutha A&amp;P Society Inc.</t>
+  </si>
+  <si>
+    <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
+  </si>
+  <si>
+    <t>info@wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 9559</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Holy Family Catholic School</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
+  </si>
+  <si>
+    <t>Principal: Jo Mckay</t>
+  </si>
+  <si>
+    <t>office@holyfamilywanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.holyfamilywanaka.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2394</t>
+  </si>
+  <si>
+    <t>PO Box 592 Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t>Wanaka Community Toy Library</t>
+  </si>
+  <si>
+    <t>The Wanaka Community Toy Library is a not-for-profit registered charity (#CC27776) run by volunteers for the benefit of children and families living in Wanaka, Albert Town, Lake Hawea, Luggate and surrounds. Our library offers a range of toys, puzzles, sport, musical and other play items suitable for members to hire.We have over 800 toys available; catering to children 0-6 years. We also have costumes, novelty cake tins and bouncy castles. We are part of the national Toy Library Federation of NZ and are supported by generous grants, donations and amazing volunteers. We advocate for sustainability by promoting the borrowing of toys appropriate for children at different stages in their development instead of buying.Join us in play!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakatoylibrary.org.nz   </t>
+  </si>
+  <si>
+    <t>http://www.wanakatoylibrary.org.nz</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
   </si>
   <si>
     <t>Prime Timers - Upper Clutha Senior Citizens</t>
   </si>
   <si>
     <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
   </si>
   <si>
     <t>Helen Millar</t>
   </si>
   <si>
     <t>ucsc.club@gmail.com</t>
   </si>
   <si>
     <t>http://ucscclub.weebly.com/</t>
   </si>
   <si>
     <t>021 043 1054</t>
   </si>
   <si>
     <t>PO Box 692 Wanaka 9343</t>
   </si>
   <si>
-    <t>Wanaka Kids Club</t>
-[...388 lines deleted...]
-  <si>
     <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
   </si>
   <si>
     <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
   </si>
   <si>
     <t>Wanaka Area Office</t>
   </si>
   <si>
     <t>mtaspiringvc@doc.govt.nz</t>
   </si>
   <si>
     <t>http://www.doc.govt.nz</t>
   </si>
   <si>
     <t>+64 3 443 7660</t>
   </si>
   <si>
     <t>P O Box 93 Wanaka</t>
   </si>
   <si>
-    <t>Wanaka Community Hub</t>
-[...454 lines deleted...]
-  <si>
     <t>Otago Community Trust</t>
   </si>
   <si>
     <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
   </si>
   <si>
     <t>info@oct.org.nz</t>
   </si>
   <si>
     <t>http://www.oct.org.nz/</t>
   </si>
   <si>
     <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
   </si>
   <si>
     <t>PO Box 5751, Dunedin 9058</t>
   </si>
   <si>
     <t>Dunedin 9058</t>
-  </si>
-[...1117 lines deleted...]
-    <t>03 443 9559</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2550,2904 +2550,2904 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="C3"/>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="H3"/>
+        <v>19</v>
+      </c>
+      <c r="G3"/>
+      <c r="H3" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F4" t="s">
         <v>23</v>
+      </c>
+      <c r="F4">
+        <v>111</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6"/>
+      <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="G8"/>
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>53</v>
-      </c>
-[...8 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10"/>
-      <c r="D10" t="s">
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="E10" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F10"/>
+      <c r="G10"/>
       <c r="H10" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G11"/>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G12"/>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
       <c r="D13" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13"/>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C15"/>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B16" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="C16"/>
       <c r="D16" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
+        <v>89</v>
+      </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F17" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="C18" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="E18" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="F19"/>
+        <v>101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
       <c r="D20" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F20" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G20"/>
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>109</v>
+      </c>
       <c r="H20" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22"/>
+      <c r="D22" t="s">
+        <v>118</v>
+      </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
+      <c r="F22" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
-[...17 lines deleted...]
-      <c r="H22"/>
+      <c r="G22"/>
+      <c r="H22" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-      <c r="G23"/>
+        <v>123</v>
+      </c>
+      <c r="E23" t="s">
+        <v>124</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23" t="s">
+        <v>125</v>
+      </c>
       <c r="H23" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>127</v>
+      </c>
+      <c r="B24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24"/>
+      <c r="D24" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" t="s">
+        <v>131</v>
+      </c>
+      <c r="G24" t="s">
         <v>132</v>
       </c>
-      <c r="B24" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
+        <v>135</v>
+      </c>
+      <c r="D25" t="s">
+        <v>136</v>
+      </c>
+      <c r="E25" t="s">
         <v>137</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
         <v>138</v>
       </c>
-      <c r="C25" t="s">
+      <c r="G25" t="s">
         <v>139</v>
       </c>
-      <c r="D25" t="s">
-[...7 lines deleted...]
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>140</v>
+      </c>
+      <c r="B26" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" t="s">
         <v>142</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
         <v>143</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>144</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>67</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" t="s">
         <v>148</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27"/>
+      <c r="D27" t="s">
         <v>149</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" t="s">
         <v>150</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>151</v>
       </c>
-      <c r="E27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27"/>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B28" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" t="s">
+        <v>155</v>
+      </c>
+      <c r="F28" t="s">
+        <v>156</v>
+      </c>
+      <c r="G28" t="s">
         <v>157</v>
       </c>
-      <c r="E28" t="s">
-[...4 lines deleted...]
-      <c r="H28"/>
+      <c r="H28" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
         <v>159</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29"/>
+      <c r="D29" t="s">
         <v>160</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>161</v>
       </c>
-      <c r="D29" t="s">
+      <c r="F29" t="s">
         <v>162</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
         <v>163</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>164</v>
+      </c>
+      <c r="B30" t="s">
         <v>165</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>166</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>167</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>168</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>169</v>
       </c>
-      <c r="F30"/>
-      <c r="G30"/>
+      <c r="G30" t="s">
+        <v>170</v>
+      </c>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E31" t="s">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>175</v>
       </c>
-      <c r="G31" t="s">
+      <c r="G31"/>
+      <c r="H31" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>177</v>
       </c>
       <c r="B32" t="s">
         <v>178</v>
       </c>
       <c r="C32" t="s">
         <v>179</v>
       </c>
       <c r="D32" t="s">
         <v>180</v>
       </c>
       <c r="E32" t="s">
         <v>181</v>
       </c>
       <c r="F32" t="s">
         <v>182</v>
       </c>
-      <c r="G32" t="s">
-[...2 lines deleted...]
-      <c r="H32"/>
+      <c r="G32"/>
+      <c r="H32" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>183</v>
+      </c>
+      <c r="B33" t="s">
         <v>184</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>185</v>
       </c>
-      <c r="C33"/>
       <c r="D33" t="s">
         <v>186</v>
       </c>
       <c r="E33" t="s">
         <v>187</v>
       </c>
       <c r="F33" t="s">
         <v>188</v>
       </c>
       <c r="G33"/>
-      <c r="H33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>189</v>
       </c>
       <c r="B34" t="s">
         <v>190</v>
       </c>
-      <c r="C34"/>
+      <c r="C34" t="s">
+        <v>191</v>
+      </c>
       <c r="D34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E34" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F34"/>
+        <v>193</v>
+      </c>
+      <c r="F34" t="s">
+        <v>194</v>
+      </c>
       <c r="G34"/>
-      <c r="H34"/>
+      <c r="H34" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-      <c r="D35"/>
+        <v>197</v>
+      </c>
+      <c r="C35" t="s">
+        <v>198</v>
+      </c>
+      <c r="D35" t="s">
+        <v>199</v>
+      </c>
       <c r="E35" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="F35"/>
+        <v>200</v>
+      </c>
+      <c r="F35" t="s">
+        <v>201</v>
+      </c>
       <c r="G35"/>
-      <c r="H35"/>
+      <c r="H35" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B36" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>204</v>
+      </c>
+      <c r="E36" t="s">
+        <v>205</v>
+      </c>
       <c r="F36" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B37" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="C37"/>
       <c r="D37" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="E37" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F37" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="G37"/>
       <c r="H37" t="s">
-        <v>207</v>
+        <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B38" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E38" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="F38" t="s">
+        <v>216</v>
+      </c>
+      <c r="G38"/>
       <c r="H38" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B39" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C39" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D39" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E39" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="F39"/>
+        <v>220</v>
+      </c>
+      <c r="F39" t="s">
+        <v>221</v>
+      </c>
       <c r="G39"/>
-      <c r="H39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B40" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C40" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D40" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E40" t="s">
-        <v>222</v>
-[...4 lines deleted...]
-      <c r="G40"/>
+        <v>226</v>
+      </c>
+      <c r="F40"/>
+      <c r="G40" t="s">
+        <v>227</v>
+      </c>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B41" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C41" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D41" t="s">
+        <v>231</v>
+      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G41"/>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C42" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D42" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E42" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F42" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E43" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F43" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="G43"/>
+        <v>243</v>
+      </c>
+      <c r="G43" t="s">
+        <v>244</v>
+      </c>
       <c r="H43" t="s">
-        <v>242</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B44" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="C44"/>
+        <v>246</v>
+      </c>
+      <c r="C44" t="s">
+        <v>247</v>
+      </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="E44" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F44"/>
+        <v>249</v>
+      </c>
+      <c r="F44" t="s">
+        <v>250</v>
+      </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B45" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-      <c r="D45"/>
+        <v>252</v>
+      </c>
+      <c r="C45"/>
+      <c r="D45" t="s">
+        <v>253</v>
+      </c>
       <c r="E45" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F45" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B46" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>254</v>
+        <v>174</v>
       </c>
       <c r="E46" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F46" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="G46"/>
       <c r="H46" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B47" t="s">
-        <v>258</v>
-[...6 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="C47" t="s">
+        <v>261</v>
+      </c>
+      <c r="D47" t="s">
+        <v>262</v>
+      </c>
+      <c r="E47" t="s">
+        <v>263</v>
+      </c>
+      <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B48" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C48" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>266</v>
+      </c>
+      <c r="D48" t="s">
+        <v>267</v>
+      </c>
       <c r="E48" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F48" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-      <c r="H48"/>
+        <v>269</v>
+      </c>
+      <c r="G48" t="s">
+        <v>270</v>
+      </c>
+      <c r="H48" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B49" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="C49"/>
+        <v>273</v>
+      </c>
+      <c r="C49" t="s">
+        <v>274</v>
+      </c>
       <c r="D49" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B50" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="E50" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="F50" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="G50"/>
+        <v>281</v>
+      </c>
+      <c r="G50" t="s">
+        <v>282</v>
+      </c>
       <c r="H50" t="s">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B51" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C51" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="D51" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="E51" t="s">
-        <v>280</v>
-[...4 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="F51" t="s">
+        <v>288</v>
+      </c>
+      <c r="G51"/>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B52" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="E52" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-      <c r="G52"/>
+        <v>292</v>
+      </c>
+      <c r="F52"/>
+      <c r="G52" t="s">
+        <v>293</v>
+      </c>
       <c r="H52" t="s">
-        <v>287</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B53" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="C53"/>
+        <v>295</v>
+      </c>
+      <c r="C53" t="s">
+        <v>296</v>
+      </c>
       <c r="D53" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="E53" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="F53"/>
+        <v>298</v>
+      </c>
+      <c r="F53" t="s">
+        <v>299</v>
+      </c>
       <c r="G53"/>
-      <c r="H53"/>
+      <c r="H53" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B54" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C54" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D54" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="E54" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="F54" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="G54"/>
+        <v>305</v>
+      </c>
+      <c r="G54" t="s">
+        <v>306</v>
+      </c>
       <c r="H54" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="B55" t="s">
-        <v>299</v>
-[...4 lines deleted...]
-      <c r="D55"/>
+        <v>308</v>
+      </c>
+      <c r="C55"/>
+      <c r="D55" t="s">
+        <v>309</v>
+      </c>
       <c r="E55" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="F55" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="B56" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="C56"/>
+        <v>313</v>
+      </c>
+      <c r="C56" t="s">
+        <v>314</v>
+      </c>
       <c r="D56" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="G56" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="B57" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="C57"/>
       <c r="D57" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E57" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="F57"/>
+        <v>319</v>
+      </c>
+      <c r="F57" t="s">
+        <v>299</v>
+      </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B58" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="C58" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="D58" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="E58" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="F58" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="G58" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="H58" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B59" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C59" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="D59" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="E59" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="F59" t="s">
-        <v>326</v>
-[...6 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="G59"/>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B60" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="C60"/>
+        <v>334</v>
+      </c>
+      <c r="C60" t="s">
+        <v>335</v>
+      </c>
       <c r="D60" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="G60"/>
       <c r="H60" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B61" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="C61"/>
       <c r="D61" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B62" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="C62"/>
       <c r="D62" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E62" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F62" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G62"/>
+        <v>346</v>
+      </c>
+      <c r="G62" t="s">
+        <v>347</v>
+      </c>
       <c r="H62" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B63" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E63" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F63" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B64" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C64" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D64" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E64" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="F64" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="G64"/>
       <c r="H64" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B65" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="C65" t="s">
         <v>361</v>
       </c>
+      <c r="C65"/>
       <c r="D65" t="s">
         <v>362</v>
       </c>
       <c r="E65"/>
-      <c r="F65"/>
+      <c r="F65" t="s">
+        <v>363</v>
+      </c>
       <c r="G65"/>
-      <c r="H65"/>
+      <c r="H65" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B66" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C66" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D66" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E66" t="s">
-        <v>367</v>
+        <v>263</v>
       </c>
       <c r="F66" t="s">
         <v>368</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>369</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>369</v>
+      </c>
+      <c r="B67" t="s">
         <v>370</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67"/>
+      <c r="D67" t="s">
         <v>371</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>372</v>
       </c>
-      <c r="D67"/>
-[...2 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>374</v>
+        <v>299</v>
       </c>
       <c r="G67"/>
-      <c r="H67"/>
+      <c r="H67" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>373</v>
+      </c>
+      <c r="B68" t="s">
+        <v>374</v>
+      </c>
+      <c r="C68" t="s">
         <v>375</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>376</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>377</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>379</v>
+      </c>
+      <c r="B69" t="s">
+        <v>380</v>
+      </c>
+      <c r="C69" t="s">
         <v>381</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>382</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>383</v>
-      </c>
-[...2 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>384</v>
+      </c>
+      <c r="B70" t="s">
         <v>385</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>386</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70"/>
+      <c r="E70" t="s">
         <v>387</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B71" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="E71" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="F71"/>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B72" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="E72" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="F72"/>
       <c r="G72"/>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E73" t="s">
-        <v>404</v>
-[...4 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="F73" t="s">
+        <v>401</v>
+      </c>
+      <c r="G73"/>
       <c r="H73" t="s">
-        <v>406</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="B74" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="E74" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="F74" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="G74" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="H74" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B75" t="s">
-        <v>414</v>
+        <v>334</v>
       </c>
       <c r="C75" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="D75" t="s">
-        <v>416</v>
+        <v>367</v>
       </c>
       <c r="E75" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="F75" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="H75"/>
+        <v>411</v>
+      </c>
+      <c r="G75" t="s">
+        <v>412</v>
+      </c>
+      <c r="H75" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>413</v>
+      </c>
+      <c r="B76" t="s">
+        <v>414</v>
+      </c>
+      <c r="C76" t="s">
+        <v>415</v>
+      </c>
+      <c r="D76" t="s">
+        <v>416</v>
+      </c>
+      <c r="E76" t="s">
+        <v>417</v>
+      </c>
+      <c r="F76" t="s">
+        <v>418</v>
+      </c>
+      <c r="G76" t="s">
         <v>419</v>
       </c>
-      <c r="B76" t="s">
-[...10 lines deleted...]
-      <c r="G76"/>
       <c r="H76" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>420</v>
+      </c>
+      <c r="B77" t="s">
+        <v>421</v>
+      </c>
+      <c r="C77" t="s">
+        <v>422</v>
+      </c>
+      <c r="D77" t="s">
         <v>423</v>
       </c>
-      <c r="B77" t="s">
+      <c r="E77" t="s">
         <v>424</v>
       </c>
-      <c r="C77" t="s">
+      <c r="F77" t="s">
         <v>425</v>
       </c>
-      <c r="D77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G77"/>
-      <c r="H77"/>
+      <c r="H77" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>426</v>
+      </c>
+      <c r="B78" t="s">
+        <v>427</v>
+      </c>
+      <c r="C78" t="s">
         <v>428</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
         <v>429</v>
       </c>
-      <c r="C78" t="s">
+      <c r="E78" t="s">
         <v>430</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78"/>
+      <c r="F78" t="s">
+        <v>221</v>
+      </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>433</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>431</v>
+      </c>
+      <c r="B79" t="s">
+        <v>432</v>
+      </c>
+      <c r="C79" t="s">
+        <v>433</v>
+      </c>
+      <c r="D79" t="s">
         <v>434</v>
       </c>
-      <c r="B79" t="s">
+      <c r="E79" t="s">
         <v>435</v>
       </c>
-      <c r="C79"/>
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>436</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
         <v>437</v>
       </c>
-      <c r="F79" t="s">
-[...3 lines deleted...]
-      <c r="H79"/>
+      <c r="H79" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>438</v>
+      </c>
+      <c r="B80" t="s">
         <v>439</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>440</v>
       </c>
-      <c r="C80"/>
       <c r="D80" t="s">
         <v>441</v>
       </c>
-      <c r="E80"/>
+      <c r="E80" t="s">
+        <v>442</v>
+      </c>
       <c r="F80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="G80"/>
-      <c r="H80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B81" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>445</v>
+      </c>
+      <c r="C81" t="s">
+        <v>446</v>
+      </c>
       <c r="D81" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E81" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F81" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="G81"/>
+        <v>449</v>
+      </c>
+      <c r="G81" t="s">
+        <v>450</v>
+      </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B82" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="C82"/>
+        <v>452</v>
+      </c>
+      <c r="C82" t="s">
+        <v>453</v>
+      </c>
       <c r="D82" t="s">
-        <v>450</v>
-[...6 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="E82"/>
+      <c r="F82"/>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B83" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="C83"/>
       <c r="D83" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E83" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F83" t="s">
-        <v>427</v>
+        <v>459</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B84" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C84" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D84" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E84" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-      <c r="G84"/>
+        <v>464</v>
+      </c>
+      <c r="F84" t="s">
+        <v>465</v>
+      </c>
+      <c r="G84" t="s">
+        <v>466</v>
+      </c>
       <c r="H84" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B85" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="C85"/>
       <c r="D85" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E85" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F85" t="s">
-        <v>468</v>
-[...6 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="G85"/>
+      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B86" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>473</v>
+      </c>
+      <c r="C86" t="s">
+        <v>474</v>
+      </c>
       <c r="D86" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="E86" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F86" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B87" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C87" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D87" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E87" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F87" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="G87"/>
       <c r="H87" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B88" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C88" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D88" t="s">
-        <v>92</v>
+        <v>487</v>
       </c>
       <c r="E88" t="s">
-        <v>93</v>
+        <v>488</v>
       </c>
       <c r="F88" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B89" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="C89"/>
       <c r="D89" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      <c r="G89"/>
+        <v>492</v>
+      </c>
+      <c r="E89" t="s">
+        <v>493</v>
+      </c>
+      <c r="F89" t="s">
+        <v>494</v>
+      </c>
+      <c r="G89" t="s">
+        <v>495</v>
+      </c>
       <c r="H89" t="s">
-        <v>32</v>
+        <v>496</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="B90" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C90" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="D90"/>
       <c r="E90" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F90" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>32</v>
+        <v>502</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B91" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C91" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="D91" t="s">
-        <v>500</v>
-[...3 lines deleted...]
-      </c>
+        <v>506</v>
+      </c>
+      <c r="E91"/>
       <c r="F91" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B92" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="C92"/>
+        <v>509</v>
+      </c>
+      <c r="C92" t="s">
+        <v>510</v>
+      </c>
       <c r="D92" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="E92" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="F92" t="s">
-        <v>507</v>
-[...6 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="G92"/>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B93" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="C93"/>
+        <v>515</v>
+      </c>
+      <c r="C93" t="s">
+        <v>516</v>
+      </c>
       <c r="D93" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="E93" t="s">
-        <v>512</v>
-[...6 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="F93" t="s">
+        <v>519</v>
+      </c>
+      <c r="G93"/>
       <c r="H93" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="B94" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="C94" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="D94"/>
       <c r="E94" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F94" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>32</v>
+        <v>525</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B95" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C95" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="D95" t="s">
-        <v>523</v>
+        <v>447</v>
       </c>
       <c r="E95" t="s">
-        <v>524</v>
+        <v>448</v>
       </c>
       <c r="F95" t="s">
-        <v>525</v>
+        <v>449</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B96" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E96" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="F96"/>
       <c r="G96"/>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B97" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E97" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F97" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>32</v>
+        <v>176</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B98" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="C98" t="s">
         <v>539</v>
       </c>
-      <c r="D98" t="s">
+      <c r="C98"/>
+      <c r="D98"/>
+      <c r="E98" t="s">
         <v>540</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>541</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98"/>
+      <c r="H98" t="s">
         <v>542</v>
       </c>
-      <c r="G98"/>
-      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>543</v>
       </c>
       <c r="B99" t="s">
         <v>544</v>
       </c>
-      <c r="C99"/>
+      <c r="C99" t="s">
+        <v>545</v>
+      </c>
       <c r="D99" t="s">
-        <v>436</v>
+        <v>546</v>
       </c>
       <c r="E99" t="s">
-        <v>437</v>
+        <v>547</v>
       </c>
       <c r="F99" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-      <c r="H99"/>
+        <v>548</v>
+      </c>
+      <c r="G99" t="s">
+        <v>549</v>
+      </c>
+      <c r="H99" t="s">
+        <v>550</v>
+      </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B100" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="C100"/>
       <c r="D100" t="s">
-        <v>48</v>
+        <v>469</v>
       </c>
       <c r="E100" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="F100" t="s">
-        <v>548</v>
+        <v>471</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B101" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="E101" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F101" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>32</v>
+        <v>558</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="B102" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="C102"/>
+        <v>560</v>
+      </c>
+      <c r="C102" t="s">
+        <v>561</v>
+      </c>
       <c r="D102" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="E102" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>32</v>
+        <v>564</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="B103" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="C103"/>
       <c r="D103" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E103" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F103" t="s">
-        <v>563</v>
-[...6 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="G103"/>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B104" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C104" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D104" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="E104" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="F104" t="s">
-        <v>125</v>
+        <v>573</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="B105" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C105" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="D105" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="E105" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="F105" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B106" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C106" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D106" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="E106" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="F106" t="s">
-        <v>579</v>
-[...1 lines deleted...]
-      <c r="G106"/>
+        <v>585</v>
+      </c>
+      <c r="G106" t="s">
+        <v>586</v>
+      </c>
       <c r="H106" t="s">
-        <v>32</v>
+        <v>587</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="B107" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="E107" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F107" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="G107" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="B108" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="C108" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="D108" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="E108" t="s">
-        <v>591</v>
-[...6 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="F108"/>
+      <c r="G108"/>
       <c r="H108" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B109" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="C109"/>
       <c r="D109" t="s">
-        <v>551</v>
+        <v>601</v>
       </c>
       <c r="E109" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>287</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="B110" t="s">
-        <v>598</v>
-[...4 lines deleted...]
-      <c r="D110"/>
+        <v>604</v>
+      </c>
+      <c r="C110"/>
+      <c r="D110" t="s">
+        <v>605</v>
+      </c>
       <c r="E110" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="F110"/>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B111" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C111" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D111" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="E111" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="F111" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B112" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E112" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F112" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="G112"/>
       <c r="H112" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B113" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C113" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="D113"/>
       <c r="E113" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="F113" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="G113"/>
       <c r="H113" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B114" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="C114"/>
+        <v>624</v>
+      </c>
+      <c r="C114" t="s">
+        <v>625</v>
+      </c>
       <c r="D114" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="E114" t="s">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="F114"/>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B115" t="s">
-        <v>627</v>
-[...4 lines deleted...]
-      <c r="D115" t="s">
         <v>629</v>
       </c>
+      <c r="C115"/>
+      <c r="D115"/>
       <c r="E115" t="s">
         <v>630</v>
       </c>
-      <c r="F115" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F115"/>
+      <c r="G115"/>
+      <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>631</v>
+      </c>
+      <c r="B116" t="s">
+        <v>632</v>
+      </c>
+      <c r="C116"/>
+      <c r="D116" t="s">
         <v>633</v>
       </c>
-      <c r="B116" t="s">
+      <c r="E116" t="s">
         <v>634</v>
       </c>
-      <c r="C116" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F116"/>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>635</v>
+      </c>
+      <c r="B117" t="s">
+        <v>636</v>
+      </c>
+      <c r="C117" t="s">
+        <v>637</v>
+      </c>
+      <c r="D117" t="s">
+        <v>638</v>
+      </c>
+      <c r="E117" t="s">
         <v>639</v>
       </c>
-      <c r="B117" t="s">
+      <c r="F117" t="s">
         <v>640</v>
       </c>
-      <c r="C117" t="s">
+      <c r="G117" t="s">
         <v>641</v>
       </c>
-      <c r="D117" t="s">
+      <c r="H117" t="s">
         <v>642</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>643</v>
+      </c>
+      <c r="B118" t="s">
+        <v>644</v>
+      </c>
+      <c r="C118" t="s">
+        <v>645</v>
+      </c>
+      <c r="D118" t="s">
         <v>646</v>
       </c>
-      <c r="B118" t="s">
+      <c r="E118" t="s">
         <v>647</v>
       </c>
-      <c r="C118"/>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
         <v>648</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" t="s">
         <v>649</v>
       </c>
-      <c r="F118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H118" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>650</v>
+      </c>
+      <c r="B119" t="s">
+        <v>651</v>
+      </c>
+      <c r="C119" t="s">
         <v>652</v>
       </c>
-      <c r="B119" t="s">
+      <c r="D119"/>
+      <c r="E119" t="s">
         <v>653</v>
       </c>
-      <c r="C119"/>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>654</v>
-      </c>
-[...4 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B120" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="E120" t="s">
-        <v>660</v>
-[...7 lines deleted...]
-      <c r="H120"/>
+        <v>658</v>
+      </c>
+      <c r="F120"/>
+      <c r="G120"/>
+      <c r="H120" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>659</v>
+      </c>
+      <c r="B121" t="s">
+        <v>660</v>
+      </c>
+      <c r="C121"/>
+      <c r="D121" t="s">
+        <v>661</v>
+      </c>
+      <c r="E121" t="s">
+        <v>662</v>
+      </c>
+      <c r="F121" t="s">
         <v>663</v>
       </c>
-      <c r="B121" t="s">
+      <c r="G121"/>
+      <c r="H121" t="s">
         <v>664</v>
       </c>
-      <c r="C121" t="s">
-[...12 lines deleted...]
-      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>665</v>
+      </c>
+      <c r="B122" t="s">
+        <v>666</v>
+      </c>
+      <c r="C122" t="s">
+        <v>667</v>
+      </c>
+      <c r="D122" t="s">
+        <v>668</v>
+      </c>
+      <c r="E122" t="s">
         <v>669</v>
       </c>
-      <c r="B122" t="s">
+      <c r="F122" t="s">
         <v>670</v>
-      </c>
-[...8 lines deleted...]
-        <v>673</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>671</v>
+      </c>
+      <c r="B123" t="s">
+        <v>672</v>
+      </c>
+      <c r="C123" t="s">
+        <v>673</v>
+      </c>
+      <c r="D123" t="s">
         <v>674</v>
       </c>
-      <c r="B123" t="s">
+      <c r="E123" t="s">
         <v>675</v>
       </c>
-      <c r="C123" t="s">
+      <c r="F123" t="s">
         <v>676</v>
-      </c>
-[...7 lines deleted...]
-        <v>679</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>680</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>677</v>
+      </c>
+      <c r="B124" t="s">
+        <v>678</v>
+      </c>
+      <c r="C124" t="s">
+        <v>679</v>
+      </c>
+      <c r="D124" t="s">
+        <v>680</v>
+      </c>
+      <c r="E124" t="s">
         <v>681</v>
       </c>
-      <c r="B124" t="s">
+      <c r="F124" t="s">
         <v>682</v>
-      </c>
-[...10 lines deleted...]
-        <v>686</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>32</v>
+        <v>683</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>684</v>
+      </c>
+      <c r="B125" t="s">
+        <v>685</v>
+      </c>
+      <c r="C125" t="s">
+        <v>686</v>
+      </c>
+      <c r="D125" t="s">
         <v>687</v>
       </c>
-      <c r="B125" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
-      <c r="H125"/>
+      <c r="H125" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>688</v>
+      </c>
+      <c r="B126" t="s">
+        <v>689</v>
+      </c>
+      <c r="C126" t="s">
+        <v>690</v>
+      </c>
+      <c r="D126" t="s">
         <v>691</v>
       </c>
-      <c r="B126" t="s">
+      <c r="E126" t="s">
         <v>692</v>
       </c>
-      <c r="C126" t="s">
+      <c r="F126" t="s">
         <v>693</v>
       </c>
-      <c r="D126" t="s">
+      <c r="G126" t="s">
         <v>694</v>
       </c>
-      <c r="E126" t="s">
-[...5 lines deleted...]
-      <c r="G126"/>
       <c r="H126" t="s">
-        <v>697</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>695</v>
+      </c>
+      <c r="B127" t="s">
+        <v>696</v>
+      </c>
+      <c r="C127" t="s">
+        <v>697</v>
+      </c>
+      <c r="D127" t="s">
         <v>698</v>
       </c>
-      <c r="B127" t="s">
+      <c r="E127" t="s">
         <v>699</v>
       </c>
-      <c r="C127"/>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>700</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>701</v>
       </c>
-      <c r="F127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H127" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="B128" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
+        <v>704</v>
+      </c>
+      <c r="E128" t="s">
+        <v>705</v>
+      </c>
+      <c r="F128" t="s">
         <v>706</v>
       </c>
-      <c r="E128" t="s">
+      <c r="G128" t="s">
         <v>707</v>
       </c>
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>708</v>
-      </c>
-[...2 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">