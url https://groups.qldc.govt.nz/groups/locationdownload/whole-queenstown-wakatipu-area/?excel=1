--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -38,534 +38,534 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Whakatipu Wildlife Trust</t>
+  </si>
+  <si>
+    <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
+  </si>
+  <si>
+    <t>hello@whakatipuwildlifetrust.org.nz</t>
+  </si>
+  <si>
+    <t>https://whakatipuwildlifetrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>ASB</t>
+  </si>
+  <si>
+    <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
+  </si>
+  <si>
+    <t>shyla.hona@asb.co.nz</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Southern REAP - Rural Education</t>
+  </si>
+  <si>
+    <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
+  </si>
+  <si>
+    <t>Dawn Brocks</t>
+  </si>
+  <si>
+    <t>dawn@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 111 117</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
+  </si>
+  <si>
+    <t>Queenstown Womxn's Group</t>
+  </si>
+  <si>
+    <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
+  </si>
+  <si>
+    <t>Gemma Rose Peacock</t>
+  </si>
+  <si>
+    <t>gemmarosepeacock@gmail.com</t>
+  </si>
+  <si>
+    <t>http://gemmarosepeacock.com</t>
+  </si>
+  <si>
+    <t>02108603160</t>
+  </si>
+  <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
+  </si>
+  <si>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
     <t>45 South</t>
   </si>
   <si>
     <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
   </si>
   <si>
     <t>jennifer@45south.org</t>
   </si>
   <si>
     <t>https://www.45South.org</t>
   </si>
   <si>
-    <t>Carlson Gracie Jiu Jitsu NZ</t>
-[...146 lines deleted...]
-    <t>https://www.healthpoint.co.nz/</t>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
   </si>
   <si>
     <t>Whakatipu Wilding Control Group (WCG)</t>
   </si>
   <si>
     <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
   </si>
   <si>
     <t>Volunteer Co-ordinator</t>
   </si>
   <si>
     <t>volunteer@whakatipuwilding.co.nz</t>
   </si>
   <si>
     <t>http://www.whakatipuwilding.co.nz</t>
   </si>
   <si>
     <t>Whakatipu</t>
-  </si>
-[...304 lines deleted...]
-    <t>0800 111 117</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -948,650 +948,650 @@
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3"/>
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>15</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>16</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4"/>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="E4"/>
+      <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F5"/>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>24</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="C9"/>
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="H9"/>
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
         <v>53</v>
       </c>
-      <c r="B10" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="G10"/>
+      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="B11" t="s">
-[...9 lines deleted...]
-      <c r="H11"/>
+      <c r="H11" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>63</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>64</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>65</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
         <v>70</v>
       </c>
-      <c r="E13" t="s">
+      <c r="G13"/>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="F13" t="s">
-[...3 lines deleted...]
-      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" t="s">
         <v>73</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>74</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>75</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>76</v>
       </c>
-      <c r="E14"/>
       <c r="F14" t="s">
         <v>77</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15" t="s">
         <v>81</v>
       </c>
       <c r="E15" t="s">
         <v>82</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F15"/>
       <c r="G15"/>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
+        <v>85</v>
+      </c>
+      <c r="E16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F16" t="s">
         <v>87</v>
       </c>
-      <c r="E16"/>
-      <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>90</v>
       </c>
       <c r="E17" t="s">
         <v>91</v>
       </c>
       <c r="F17" t="s">
         <v>92</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
         <v>94</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18"/>
+      <c r="D18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>97</v>
       </c>
-      <c r="E18" t="s">
+      <c r="G18"/>
+      <c r="H18" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" t="s">
         <v>103</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>104</v>
       </c>
-      <c r="F19"/>
-[...1 lines deleted...]
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E21" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="F21"/>
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>118</v>
+      </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="E22"/>
       <c r="F22" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="C23"/>
       <c r="D23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G23"/>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F24" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>140</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
       <c r="F25" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="G25"/>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
       <c r="D26" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E26" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F26" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B27" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="E27"/>
       <c r="F27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G27"/>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E28" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F28" t="s">
         <v>156</v>
       </c>
-      <c r="G28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>157</v>
+      </c>
+      <c r="B29" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" t="s">
         <v>159</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>160</v>
       </c>
-      <c r="C29"/>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>161</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>162</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>163</v>
       </c>
-      <c r="G29"/>
-      <c r="H29"/>
+      <c r="H29" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>164</v>
       </c>
       <c r="B30" t="s">
         <v>165</v>
       </c>
       <c r="C30" t="s">
         <v>166</v>
       </c>
       <c r="D30" t="s">
         <v>167</v>
       </c>
       <c r="E30" t="s">
         <v>168</v>
       </c>
-      <c r="F30" t="s">
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30" t="s">
         <v>169</v>
       </c>
-      <c r="G30"/>
-      <c r="H30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>