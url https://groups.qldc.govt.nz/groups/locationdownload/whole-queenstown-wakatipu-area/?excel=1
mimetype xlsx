--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -38,534 +38,534 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Queenstown Womxn's Group</t>
+  </si>
+  <si>
+    <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
+  </si>
+  <si>
+    <t>Gemma Rose Peacock</t>
+  </si>
+  <si>
+    <t>gemmarosepeacock@gmail.com</t>
+  </si>
+  <si>
+    <t>http://gemmarosepeacock.com</t>
+  </si>
+  <si>
+    <t>02108603160</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>45 South</t>
+  </si>
+  <si>
+    <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
+  </si>
+  <si>
+    <t>jennifer@45south.org</t>
+  </si>
+  <si>
+    <t>https://www.45South.org</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG)</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
+  </si>
+  <si>
+    <t>Volunteer Co-ordinator</t>
+  </si>
+  <si>
+    <t>volunteer@whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>Whakatipu</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
+  </si>
+  <si>
     <t>Whakatipu Wildlife Trust</t>
   </si>
   <si>
     <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
   </si>
   <si>
     <t>hello@whakatipuwildlifetrust.org.nz</t>
   </si>
   <si>
     <t>https://whakatipuwildlifetrust.org.nz/</t>
   </si>
   <si>
-    <t>Hospice Southland</t>
-[...11 lines deleted...]
-    <t>027 301 7324</t>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
   </si>
   <si>
     <t>ASB</t>
   </si>
   <si>
     <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
   </si>
   <si>
     <t>shyla.hona@asb.co.nz</t>
   </si>
   <si>
-    <t>Healthpoint</t>
-[...5 lines deleted...]
-    <t>https://www.healthpoint.co.nz/</t>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
   </si>
   <si>
     <t>Southern REAP - Rural Education</t>
   </si>
   <si>
     <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
   </si>
   <si>
     <t>Dawn Brocks</t>
   </si>
   <si>
     <t>dawn@reap.co.nz</t>
   </si>
   <si>
     <t>http://southernreap.co.nz/</t>
   </si>
   <si>
     <t>0800 111 117</t>
-  </si>
-[...421 lines deleted...]
-    <t>Whakatipu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -930,668 +930,668 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F2"/>
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C3"/>
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G3"/>
-      <c r="H3"/>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C4"/>
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
       <c r="D4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="F4"/>
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>26</v>
+      </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="F5"/>
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
       <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C6"/>
       <c r="D6" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="E6"/>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
       <c r="F7" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
       <c r="F9" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="C10"/>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C11"/>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>57</v>
-[...9 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="C12"/>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F12"/>
       <c r="G12"/>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E15" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="F15"/>
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>84</v>
+      </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C16"/>
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
       <c r="D16" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E16" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F16"/>
       <c r="G16"/>
-      <c r="H16"/>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
+      </c>
       <c r="D17" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="E17"/>
       <c r="F17" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="G17"/>
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B18" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="C18"/>
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E19" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="G19"/>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="C20"/>
       <c r="D20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="F20"/>
       <c r="G20"/>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="C21" t="s">
         <v>115</v>
       </c>
+      <c r="C21"/>
       <c r="D21" t="s">
         <v>116</v>
       </c>
       <c r="E21" t="s">
         <v>117</v>
       </c>
       <c r="F21" t="s">
         <v>118</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
         <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>123</v>
       </c>
-      <c r="E22"/>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-      <c r="H22"/>
+        <v>125</v>
+      </c>
+      <c r="G22" t="s">
+        <v>126</v>
+      </c>
+      <c r="H22" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="F23" t="s">
         <v>129</v>
       </c>
+      <c r="E23"/>
+      <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>130</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C24"/>
+      <c r="D24" t="s">
         <v>132</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>133</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>134</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>135</v>
+      </c>
+      <c r="B25" t="s">
+        <v>136</v>
+      </c>
+      <c r="C25" t="s">
         <v>137</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>138</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>139</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
         <v>143</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26"/>
+      <c r="D26" t="s">
         <v>144</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>145</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>146</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>147</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26"/>
       <c r="H26" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" t="s">
         <v>149</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>150</v>
       </c>
-      <c r="C27"/>
       <c r="D27" t="s">
         <v>151</v>
       </c>
-      <c r="E27"/>
-      <c r="F27" t="s">
+      <c r="E27" t="s">
         <v>152</v>
       </c>
+      <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>153</v>
       </c>
       <c r="B28" t="s">
         <v>154</v>
       </c>
-      <c r="C28"/>
+      <c r="C28" t="s">
+        <v>155</v>
+      </c>
       <c r="D28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E28" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="F28"/>
+        <v>157</v>
+      </c>
+      <c r="F28" t="s">
+        <v>158</v>
+      </c>
       <c r="G28"/>
-      <c r="H28"/>
+      <c r="H28" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C29" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D29" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="E29"/>
       <c r="F29" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="G29" t="s">
         <v>163</v>
       </c>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>164</v>
       </c>
       <c r="B30" t="s">
         <v>165</v>
       </c>
       <c r="C30" t="s">
         <v>166</v>
       </c>
       <c r="D30" t="s">
         <v>167</v>
       </c>
       <c r="E30" t="s">
         <v>168</v>
       </c>
-      <c r="F30"/>
+      <c r="F30" t="s">
+        <v>169</v>
+      </c>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>