--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -56,516 +56,516 @@
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
     <t>Queenstown Womxn's Group</t>
   </si>
   <si>
     <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
   </si>
   <si>
     <t>Gemma Rose Peacock</t>
   </si>
   <si>
     <t>gemmarosepeacock@gmail.com</t>
   </si>
   <si>
     <t>http://gemmarosepeacock.com</t>
   </si>
   <si>
     <t>02108603160</t>
   </si>
   <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>45 South</t>
+  </si>
+  <si>
+    <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
+  </si>
+  <si>
+    <t>jennifer@45south.org</t>
+  </si>
+  <si>
+    <t>https://www.45South.org</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>ASB</t>
+  </si>
+  <si>
+    <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
+  </si>
+  <si>
+    <t>shyla.hona@asb.co.nz</t>
+  </si>
+  <si>
+    <t>Southern REAP - Rural Education</t>
+  </si>
+  <si>
+    <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
+  </si>
+  <si>
+    <t>Dawn Brocks</t>
+  </si>
+  <si>
+    <t>dawn@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 111 117</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Whakatipu Wildlife Trust</t>
+  </si>
+  <si>
+    <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
+  </si>
+  <si>
+    <t>hello@whakatipuwildlifetrust.org.nz</t>
+  </si>
+  <si>
+    <t>https://whakatipuwildlifetrust.org.nz/</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
     <t>St Peter's Anglican Church</t>
   </si>
   <si>
     <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
   </si>
   <si>
     <t>Rev Dr David Wright</t>
   </si>
   <si>
     <t>admin@stpeters.co.nz</t>
   </si>
   <si>
     <t>http://www.stpeters.co.nz</t>
   </si>
   <si>
     <t>03 4428391</t>
   </si>
   <si>
-    <t>Queenstown</t>
-[...194 lines deleted...]
-    <t>Wanaka</t>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
   </si>
   <si>
     <t>Whakatipu Wilding Control Group (WCG)</t>
   </si>
   <si>
     <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
   </si>
   <si>
     <t>Volunteer Co-ordinator</t>
   </si>
   <si>
     <t>volunteer@whakatipuwilding.co.nz</t>
   </si>
   <si>
     <t>http://www.whakatipuwilding.co.nz</t>
   </si>
   <si>
     <t>Whakatipu</t>
   </si>
   <si>
-    <t>Bruce Grant Youth Trust</t>
-[...62 lines deleted...]
-    <t>https://whakatipuwildlifetrust.org.nz/</t>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
   </si>
   <si>
     <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
   </si>
   <si>
     <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
   </si>
   <si>
     <t>asorbaca@yahoo.com</t>
   </si>
   <si>
     <t>https://www.schoolofrussianballet.co.nz/</t>
   </si>
   <si>
     <t>022 157 1848</t>
-  </si>
-[...151 lines deleted...]
-    <t>0800 111 117</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -961,637 +961,637 @@
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F3"/>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="E5"/>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="G5"/>
-      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6"/>
-      <c r="D6" t="s">
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>40</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7"/>
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="C8"/>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>65</v>
       </c>
-      <c r="C12"/>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>66</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>67</v>
       </c>
-      <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
-      <c r="C13"/>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
       <c r="D13" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="E13" t="s">
         <v>71</v>
       </c>
+      <c r="E13"/>
       <c r="F13" t="s">
         <v>72</v>
       </c>
       <c r="G13"/>
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="C14" t="s">
         <v>75</v>
       </c>
+      <c r="C14"/>
       <c r="D14" t="s">
         <v>76</v>
       </c>
       <c r="E14" t="s">
         <v>77</v>
       </c>
       <c r="F14" t="s">
         <v>78</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>82</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>84</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C16"/>
+      <c r="D16" t="s">
         <v>88</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>92</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
         <v>93</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
         <v>94</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="G17"/>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="E18" t="s">
         <v>99</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
         <v>100</v>
       </c>
-      <c r="D18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G18"/>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="E19" t="s">
         <v>105</v>
       </c>
-      <c r="C19"/>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>106</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>107</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>108</v>
-      </c>
-[...2 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>111</v>
       </c>
-      <c r="C20"/>
       <c r="D20" t="s">
         <v>112</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E20"/>
+      <c r="F20" t="s">
         <v>113</v>
       </c>
-      <c r="F20"/>
-[...1 lines deleted...]
-      <c r="H20"/>
+      <c r="G20" t="s">
+        <v>114</v>
+      </c>
+      <c r="H20" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="E21" t="s">
         <v>117</v>
       </c>
+      <c r="E21"/>
       <c r="F21" t="s">
         <v>118</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22"/>
+      <c r="D22" t="s">
         <v>121</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>122</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>123</v>
       </c>
-      <c r="E22" t="s">
+      <c r="G22"/>
+      <c r="H22" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
         <v>127</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>128</v>
       </c>
-      <c r="C23"/>
-      <c r="D23" t="s">
+      <c r="E23"/>
+      <c r="F23" t="s">
         <v>129</v>
       </c>
-      <c r="E23"/>
-      <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>130</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>132</v>
       </c>
       <c r="E24" t="s">
         <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>134</v>
       </c>
-      <c r="G24"/>
-      <c r="H24"/>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>142</v>
       </c>
       <c r="B26" t="s">
         <v>143</v>
       </c>
-      <c r="C26"/>
+      <c r="C26" t="s">
+        <v>144</v>
+      </c>
       <c r="D26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F26" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G26" t="s">
         <v>147</v>
       </c>
+      <c r="G26"/>
       <c r="H26" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>148</v>
       </c>
       <c r="B27" t="s">
         <v>149</v>
       </c>
       <c r="C27" t="s">
         <v>150</v>
       </c>
       <c r="D27" t="s">
         <v>151</v>
       </c>
       <c r="E27" t="s">
         <v>152</v>
       </c>
-      <c r="F27"/>
+      <c r="F27" t="s">
+        <v>153</v>
+      </c>
       <c r="G27"/>
-      <c r="H27"/>
+      <c r="H27" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E28" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="F28" t="s">
         <v>158</v>
       </c>
+      <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B29" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>161</v>
       </c>
+      <c r="C29"/>
       <c r="D29" t="s">
         <v>162</v>
       </c>
-      <c r="E29"/>
+      <c r="E29" t="s">
+        <v>163</v>
+      </c>
       <c r="F29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G29"/>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B30" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C30" t="s">
         <v>166</v>
       </c>
+      <c r="C30"/>
       <c r="D30" t="s">
         <v>167</v>
       </c>
       <c r="E30" t="s">
         <v>168</v>
       </c>
       <c r="F30" t="s">
         <v>169</v>
       </c>
       <c r="G30"/>
-      <c r="H30"/>
+      <c r="H30" t="s">
+        <v>73</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>