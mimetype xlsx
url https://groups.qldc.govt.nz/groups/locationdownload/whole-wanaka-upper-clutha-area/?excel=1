--- v0 (2025-10-07)
+++ v1 (2025-12-15)
@@ -38,159 +38,159 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
     <t>Healthpoint</t>
   </si>
   <si>
     <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
   </si>
   <si>
     <t>https://www.healthpoint.co.nz/</t>
   </si>
   <si>
     <t>Aspiring Trampolining</t>
   </si>
   <si>
     <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
   </si>
   <si>
     <t>aspiring-trampolining@outlook.com</t>
   </si>
   <si>
     <t>https://www.sporty.co.nz/aspiringtrampolining</t>
   </si>
   <si>
     <t>021 203 8798</t>
   </si>
   <si>
-    <t>Wanaka</t>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
+  </si>
+  <si>
+    <t>Sally Murray</t>
+  </si>
+  <si>
+    <t>manager@pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>027 222 8801</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
   </si>
   <si>
     <t>Wanaka Toastmasters</t>
   </si>
   <si>
     <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
   </si>
   <si>
     <t>wanakatoastmasters@gmail.com</t>
   </si>
   <si>
     <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
   </si>
   <si>
     <t>021 331 245</t>
-  </si>
-[...67 lines deleted...]
-    <t>https://www.waiwanaka.nz/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -556,185 +556,185 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
       <c r="E2" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F2"/>
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
       <c r="G2"/>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C3"/>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="F3"/>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4"/>
-      <c r="H4"/>
+      <c r="H4" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="C5"/>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F5" t="s">
         <v>26</v>
       </c>
+      <c r="F5"/>
       <c r="G5"/>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="C6"/>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G6" t="s">
         <v>32</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
       </c>
-      <c r="G7"/>
-      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8"/>
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>