--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -56,141 +56,141 @@
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
     <t>Upper Clutha Historical Records Society</t>
   </si>
   <si>
     <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
   </si>
   <si>
     <t>wanaka.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>http://www.uppercluthahistory.org/</t>
   </si>
   <si>
     <t>03 443 0410</t>
   </si>
   <si>
     <t>Wanaka</t>
   </si>
   <si>
+    <t>Wanaka Toastmasters</t>
+  </si>
+  <si>
+    <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
+  </si>
+  <si>
+    <t>wanakatoastmasters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
+  </si>
+  <si>
+    <t>021 331 245</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
+  </si>
+  <si>
+    <t>Sally Murray</t>
+  </si>
+  <si>
+    <t>manager@pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>027 222 8801</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
     <t>Healthpoint</t>
   </si>
   <si>
     <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
   </si>
   <si>
     <t>https://www.healthpoint.co.nz/</t>
   </si>
   <si>
     <t>Aspiring Trampolining</t>
   </si>
   <si>
     <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
   </si>
   <si>
     <t>aspiring-trampolining@outlook.com</t>
   </si>
   <si>
     <t>https://www.sporty.co.nz/aspiringtrampolining</t>
   </si>
   <si>
     <t>021 203 8798</t>
-  </si>
-[...67 lines deleted...]
-    <t>021 331 245</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -578,165 +578,165 @@
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3"/>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
       <c r="E3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F3"/>
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C4"/>
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G4"/>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C5"/>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="H5"/>
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C7"/>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-      <c r="H7" t="s">
         <v>39</v>
       </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8"/>
-      <c r="H8"/>
+      <c r="H8" t="s">
+        <v>13</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>