--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -38,159 +38,159 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Toastmasters</t>
+  </si>
+  <si>
+    <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
+  </si>
+  <si>
+    <t>wanakatoastmasters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
+  </si>
+  <si>
+    <t>021 331 245</t>
+  </si>
+  <si>
     <t>Upper Clutha Historical Records Society</t>
   </si>
   <si>
     <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
   </si>
   <si>
     <t>wanaka.library@qldc.govt.nz</t>
   </si>
   <si>
     <t>http://www.uppercluthahistory.org/</t>
   </si>
   <si>
     <t>03 443 0410</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...16 lines deleted...]
-  <si>
     <t>Path Wānaka Ari ki Wānaka</t>
   </si>
   <si>
     <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
   </si>
   <si>
     <t>Sally Murray</t>
   </si>
   <si>
     <t>manager@pathwanaka.org.nz</t>
   </si>
   <si>
     <t>https://www.pathwanaka.org.nz</t>
   </si>
   <si>
     <t>027 222 8801</t>
-  </si>
-[...58 lines deleted...]
-    <t>021 203 8798</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -556,187 +556,187 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E3" t="s">
         <v>15</v>
       </c>
-      <c r="C3"/>
-[...8 lines deleted...]
-      </c>
+      <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4"/>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
-[...6 lines deleted...]
-      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5"/>
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6"/>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
-[...8 lines deleted...]
-      <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="C7"/>
-[...4 lines deleted...]
-      <c r="F7"/>
       <c r="G7"/>
-      <c r="H7"/>
+      <c r="H7" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8"/>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>