--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -38,8916 +38,8916 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>WebsiteURL</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>AddressMail</t>
   </si>
   <si>
     <t>AddressTown</t>
   </si>
   <si>
+    <t>Alcoholics Anonymous Arrowtown</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.  </t>
+  </si>
+  <si>
+    <t>nzgso@aa.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aa.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 229 6757 </t>
+  </si>
+  <si>
+    <t>Arrowtown</t>
+  </si>
+  <si>
+    <t>Wanaka Ukeleles</t>
+  </si>
+  <si>
+    <t>Wanaka Ukuleles started out as a bunch of enthusiastic learners attending workshops held by Rachel Pearson-Irvin. After 6 years (for some of the original members) of dedication and enthusiasm and a whole 3 folders full of music later we are now an incorporated not for profit society that loves any opportunity to perform.</t>
+  </si>
+  <si>
+    <t>Rachel Pearson-Irvin</t>
+  </si>
+  <si>
+    <t>info@wanaka-ukuleles.nz</t>
+  </si>
+  <si>
+    <t>http://wanaka-ukuleles.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 9297 </t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Queenstown</t>
+  </si>
+  <si>
+    <t>Confidential</t>
+  </si>
+  <si>
+    <t>Queenstown</t>
+  </si>
+  <si>
+    <t>Bruce Grant Youth Trust</t>
+  </si>
+  <si>
+    <t>The Bruce Grant Youth Trust looks to support youth, under the age of 25, who are looking to further themselves in the Arts, Cultural and Sporting fields. They must be a resident of the Wakatipu Basin. Individuals and teams may apply. We have one funding round a year in October. This can be reviewed by the trust.Olympic skier, mountaineering great, extreme sportsman and extraordinary individual, Bruce Grant was a Queenstown adventurer whose special attitude to life touched a community and provide inspiration to local young people.Bruce died after reaching the summit of K2 in the Himalayas on August 13, 1995. His death had a devastating effect on the Queenstown community and a trust was set up to preserve his legacy and to recognise the efforts of young people who displayed a similar passion for life and desire to achieve.</t>
+  </si>
+  <si>
+    <t>Alison Beaumont</t>
+  </si>
+  <si>
+    <t>alison@brucegrantyouthtrust.org.nz</t>
+  </si>
+  <si>
+    <t>021 955 695</t>
+  </si>
+  <si>
+    <t>P O Box 1769 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus</t>
+  </si>
+  <si>
+    <t>Arrowtown Circus provides classes for both Kids and Adults. It focuses on: Tumbling, Adagio, Handstands, Silks, Trapeze, Juggling, Hoops and Act Creation.</t>
+  </si>
+  <si>
+    <t>Abigail Rose</t>
+  </si>
+  <si>
+    <t>cirque@abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>0220172046</t>
+  </si>
+  <si>
+    <t>Snow Sports NZ</t>
+  </si>
+  <si>
+    <t>We are about competitive snow sports, from grassroots, to winning on the world stage. Snow Sports New Zealand is the national sporting organisation representing the interests of adaptive snow sports, alpine ski racing, cross country skiing, freeskiing and snowboarding in New Zealand.</t>
+  </si>
+  <si>
+    <t>info@snowsports.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.snowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 443 4085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 395, Wanaka, 9305 </t>
+  </si>
+  <si>
+    <t>Wanaka</t>
+  </si>
+  <si>
+    <t>PSA Otago</t>
+  </si>
+  <si>
+    <t>The PSA – the Public Service Association Te Pūkenga Here Tikanga Mahi –is New Zealand's largest union, representing more than 63,000 workers in central government, state-owned enterprises, local councils, health boards and community groups.We champion members’ interests with a strong effective voice. We stand together, supporting and empowering members, individually and collectively. We encourage participation from members. We aim to be transparent, accessible and inclusive in the way we work</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psa.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.psa.org.nz/</t>
+  </si>
+  <si>
+    <t>0508 367 772.</t>
+  </si>
+  <si>
+    <t>Cancer Society - Central Otago &amp; Queenstown Lakes District</t>
+  </si>
+  <si>
+    <t>Supportive Care Services: We are committed to providing the very best practical support for people and their families affected by a cancer diagnosis. No matter who you are, where you live, or the issues you're facing through cancer, we can help with services that are free, confidential and accessible.Living with a cancer diagnosis makes many demands on all members of the family. Support can be provided in your home by Society staff and volunteers who recognise the value of a listening ear and time-out for caregivers and supporters.We do ask that you make contact with the Cancer Society, because we are not always made aware of who is affected by cancer in our community. Health professionals, family or friends may also make a referral to the Society on your behalf, with your permission.For more information about our supportive care services, please contact our Queenstown Lakes office on 03 442 4281. Health Promotion is about encouraging healthy lifestyles and environments that help to reduce cancer risk. The  Cancer Society works collaboratively with other community groups to advocate to healthy public policy, promote healthy lifestyle choices and supportive environments. There is good evidence the following help reduce the risk of developing some cancers and chronic diseases and so we encourage:•Smokefree - people and environments•SunSmart - people and settings eg schools, workplaces•Healthy eating•Physical activity as part of everyday life.For more detailed information on how you can reduce your risk of developing cancer please contact our Health Promotion representative on Mob Ph 0278225 825 or the Cancer Society website www.cancernz.org.nz</t>
+  </si>
+  <si>
+    <t>Marie Wales</t>
+  </si>
+  <si>
+    <t>marie.wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cancernz.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office: 03 442 4281 Mob 027 536 0066 </t>
+  </si>
+  <si>
+    <t>Plastic Bag Free Wanaka</t>
+  </si>
+  <si>
+    <t>After the explosion of a facebook thread on the growing concerns of plastic use in our town, local musician Anna van Riel compiled the shared posts and data in a newly formed social media group ‘Plastic Bag Free Wanaka-group’. Gaining 200 members overnight it became apparent that talking wasn’t enough. So we are creating solutions to stop single-use plastic bags, and generally single-use plastic.Our GoalOur goal is to guide Wanaka towards being single-use plastic bag and bottle free by 2019.</t>
+  </si>
+  <si>
+    <t>Contact person: Anna van Riel</t>
+  </si>
+  <si>
+    <t>plasticbagfreewanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.plasticfreewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>027 367 9940</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance</t>
+  </si>
+  <si>
+    <t>Cre8ing Balance provides on-site Workplace Wellbeing Support. We are a provider to the Regional Business Partner Network where Health and Wellbeing support is available that is 100% funded. Businesses register for support here: https://www.regionalbusinesspartners.co.nz/page/new-zealand-business-support </t>
+  </si>
+  <si>
+    <t>Chenin Madden</t>
+  </si>
+  <si>
+    <t>chenin@cre8ingbalance.com</t>
+  </si>
+  <si>
+    <t>https://cre8ingbalance.com/</t>
+  </si>
+  <si>
+    <t>0212880270</t>
+  </si>
+  <si>
+    <t>Wakatipu Region</t>
+  </si>
+  <si>
+    <t>Mountainside Educare</t>
+  </si>
+  <si>
+    <t>Mountainside Educare is a new, purpose built Early Childhood Centre that opened in February 2016. We specialise in providing quality education and care for children until they are ready for primary school. We are open 7.30am - 6.00pm weekdays, including school holidays.</t>
+  </si>
+  <si>
+    <t>mountainside.educare@xnet.co.nz</t>
+  </si>
+  <si>
+    <t>http://mountainsideeducare.vpweb.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 21 0853 7045</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Queenstown</t>
+  </si>
+  <si>
+    <t>Strenghtening Families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Matthew Hawke</t>
+  </si>
+  <si>
+    <t>matthew@jigsawcentrallakes.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.strengtheningfamilies.govt.nz/get-started/lower-south-island.html#QueenstownWakatipu6</t>
+  </si>
+  <si>
+    <t>03 450 1075 / 027 203 4547</t>
+  </si>
+  <si>
+    <t>PO Box 302, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Zumba Queenstown</t>
+  </si>
+  <si>
+    <t>A total workout, combining all elements of fitness – cardio, muscle conditioning, balance and flexibility, boosted energy and a serious dose of awesome each time you leave class</t>
+  </si>
+  <si>
+    <t>Ana Maria Duque</t>
+  </si>
+  <si>
+    <t>tapiaduque.anamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.zumba.com/en-US</t>
+  </si>
+  <si>
+    <t>021 082 981 40</t>
+  </si>
+  <si>
+    <t>Wanaka Ski and Snowsports Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Ski Club was incorporated in November 1979. In 1992 the Cardrona Ski Club merged with Wanaka Ski Club.  Then in 2008 the Club changed its name to Wanaka Ski &amp;amp; Snowsports Club.  Wanaka Ski &amp;amp; Snowsports Club promotes opportunities for members to participate in snow sports, at  both a competitive level and socially.  We promote and support race training and skills improvement for skiers and boarders at Treble Cone and Cardrona.</t>
+  </si>
+  <si>
+    <t>Secretary: Bonny Teat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakasnowsports.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakasnowsports.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 120, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Pre School</t>
+  </si>
+  <si>
+    <t>We are the longest established early childhood centre in Wanaka and are dedicated to providing affordable andaccessible quality education and care for children in a family friendly environment.</t>
+  </si>
+  <si>
+    <t>info@wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakapre.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7090</t>
+  </si>
+  <si>
+    <t>PO Box 327 Wanaka</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre</t>
+  </si>
+  <si>
+    <t>Remarkable Theatre is run by a committee of volunteers Established in 2009 from Queenstown Shakespeare our community theatre group aims to promote the performing arts in Central Otago and to encourage the development of acting and performance skills of people in the Queenstown Lakes District.Keep an eye out for workshops, play readings and auditions throughout the year.</t>
+  </si>
+  <si>
+    <t>Andrew Edgar</t>
+  </si>
+  <si>
+    <t>remarkabletheatrenz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.remarkabletheatre.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 185 0648‬ </t>
+  </si>
+  <si>
+    <t>PO BOX 496, Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining</t>
+  </si>
+  <si>
+    <t>Aspiring Trampolining provides opportunities for those wishing to further their skills in trampolining and associated activities. Termly classes are available along with open sessions, birthday parties and private bookings for all ages and ability levels. Sessions are geared towards fundamental Trampoline and Tumbling skills that are also transferrable to a number of other sports and are all taught by our highly qualified and experienced coaches. Check out our website or Email us for more information and to book into a Session.</t>
+  </si>
+  <si>
+    <t>aspiring-trampolining@outlook.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/aspiringtrampolining</t>
+  </si>
+  <si>
+    <t>021 203 8798</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health</t>
+  </si>
+  <si>
+    <t>Bruce Telford - Mental Health is a group which provides a free online mental health programme called Survival Strategies for depression which provides practical strategies to improve and manage a persons mood, that everyone can access. In addition to this it offers a Face to Face Mental Health Education Programme called: feeling good ... it also provides general counselling services.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruce Telford </t>
+  </si>
+  <si>
+    <t>bruce@brucetelford.com</t>
+  </si>
+  <si>
+    <t>http://brucetelford.com</t>
+  </si>
+  <si>
+    <t>0276307512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankton </t>
+  </si>
+  <si>
+    <t>Alzheimers Southland</t>
+  </si>
+  <si>
+    <t>Alzheimers Southland offers support, education and information to anyone wanting to know more about dementia. We provide this service by offering educational talks, information sessions, support groups and home visits to clients.In Queenstown / Arrowtown every 4-6 weeks.To find out more about Alzheimers Southland services please get in touch.</t>
+  </si>
+  <si>
+    <t>alzheimers.southlandcsw@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/southland</t>
+  </si>
+  <si>
+    <t>(03) 214-0984</t>
+  </si>
+  <si>
+    <t>Invercargill</t>
+  </si>
+  <si>
+    <t>Arrowtown Library</t>
+  </si>
+  <si>
+    <t>Open 10am - 5pm weekdays, 10am - 2pm Saturday</t>
+  </si>
+  <si>
+    <t>Lizzie - Librarian</t>
+  </si>
+  <si>
+    <t>arrowtown@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://qldclibraries.govt.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1607</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers</t>
+  </si>
+  <si>
+    <t>The Wakatipu Walkers walk 50 weeks of the year and hike a different trail every week. There are often 3 options varying from Fit (4-8hrs), M (3-5hrs), and E (2-3hrs). Check out the timetable on the website: wakatipuwalkers.weebly.com 027 434 4545 kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>kashmilne@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wakatipuwalkers.weebly.com/</t>
+  </si>
+  <si>
+    <t>027 434 4545</t>
+  </si>
+  <si>
+    <t>Occupational Therapist</t>
+  </si>
+  <si>
+    <t>Assessment and provision of Early intervention in mental health; anxiety, depression and life coaching.  &amp;#61623; Supportive counsellor- Training in ACT and CPT  &amp;#61623; Reactivation into meaningful activity after illness/injury or grief.  &amp;#61623; Assessment, strategies and education to assist with sleep issues/disorders</t>
+  </si>
+  <si>
+    <t>Rachael Bentley</t>
+  </si>
+  <si>
+    <t>Thesleepsolutionsclinic@gmail.com</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/wp-content/uploads/2017/11/Counselling-Mental-Health-Services-in-the-Upper-Clutha-3.pdf</t>
+  </si>
+  <si>
+    <t>0212508628</t>
+  </si>
+  <si>
+    <t>Kingston Voluntary Rural Fire Force</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include: Wildfires Civil defence Natural disasters Of course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station?If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: Learn more about being a Fire and Emergency New Zealand volunteer Read up on the medical checks and security checks volunteers must pass   Find out how to become a volunteer </t>
+  </si>
+  <si>
+    <t>Tony Wilson (Fire Chief)</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/kingston-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>03 248 8844 or 027 237 9497</t>
+  </si>
+  <si>
+    <t>P O Box 24 Kingston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Victim Support</t>
+  </si>
+  <si>
+    <t>Victim Support is an independent incorporated society that provides a free 24 / 7 community response to help victims of serious crime and trauma. Volunteers are at the heart of our service.Our free service provides emotional and practical support, information, referral to other support services and advocacy for the rights of victims. This support helps victims find strength, hope and safety in the face of grief and trauma at what may be the worst time of their life.</t>
+  </si>
+  <si>
+    <t>nationaloffice@victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.victimsupport.org.nz</t>
+  </si>
+  <si>
+    <t>0800 842 846</t>
+  </si>
+  <si>
+    <t>Queenstown Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting TimesQUEENSTOWN 6:30PM, Wednesday, 2ndGold Ridge Resort, Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Club President: Charlie Reid</t>
+  </si>
+  <si>
+    <t>md202.secretary@lionsclubs.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lionsclubs.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 8077</t>
+  </si>
+  <si>
+    <t>P O Box 273 Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Genealogical Group</t>
+  </si>
+  <si>
+    <t>THE WANAKA GENEALOGICAL GROUP provides information for our members and potential members who are interested in researching their ancestors.OBJECTIVES To bring together people who share an interest in family history and genealogy so that they may help and encourage one another in their research. To provide assistance for people wishing to compile family histories from sources in New Zealand and overseas.Meetings are usually held in the Wanaka Library, Dunmore Street, on the last Friday of the month, except December. Notices giving the venue and topics to be covered will be emailed to members and advertised in the Upper Clutha Messenger Community Diary each month</t>
+  </si>
+  <si>
+    <t>Judy Thompson - Secretary</t>
+  </si>
+  <si>
+    <t>wanarelly@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wanakagenealogy.weebly.com</t>
+  </si>
+  <si>
+    <t>027 557 7212</t>
+  </si>
+  <si>
+    <t>P O Box 434 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>wanaka</t>
+  </si>
+  <si>
+    <t>AccessAbility - Needs Assessment and Co-ordination</t>
+  </si>
+  <si>
+    <t>AccessAbility works with disabled people and whānau in three key ways.Needs AssessmentWe can meet with you to learn about your goals, dreams and what you need to live well.Service CoordinationWe can connect you with people, opportunities and community resources to help you live well.Local Area CoordinationLocal Area Coordination is a new, community-based approach to working with disabled people. Local Area Coordinators can work alongside you and your whānau, encouraging you to dream big, make plans and work towards the life you imagine.</t>
+  </si>
+  <si>
+    <t>Karen Collings</t>
+  </si>
+  <si>
+    <t>otago@accessability.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.accessability.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 758 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 966 Dunedin </t>
+  </si>
+  <si>
+    <t>Inner Wheel Club of Queenstown</t>
+  </si>
+  <si>
+    <t>The motto of Inner Wheel is Friendship and ServiceJoin us helping together in our local Queenstown Lakes Area Community, Meals on Wheels, Voluntary Collectors, Marathon Supporters, Charity Shop.Friendship through club meetings, Our Walking Group, and Movie Group. Join us when we meet each month for activity and friendship. When:  2ndWednesday of the Month                                                                                                                        Where:   Venue is advised  Check us out on  Facebook then,     Email:    queenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>membership@iwnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.innerwheel.org.nz/?fbclid=IwAR3HYTqFuA0-PzvTRXWGKyI1hRaSsBiY7tL2Jmoht4tG6DcqwHog_QP4O7I</t>
+  </si>
+  <si>
+    <t>Community Law Centre</t>
+  </si>
+  <si>
+    <t>We offer free legal advice and information, representation and education to the people of Otago. Free legal advice clinics are held on the 1st Thursday of each month in Queenstown and Wanaka.Please make an appointment first. QUEENSTOWN (9:30am to 11:30am): Happiness House, phone: 03 442 6531, location: 4 Park Street, Queenstown.WANAKA (11:00am to 1:00pm): Community Networks, phone: 03 443 7799 or email info@communitynetworks.co.nz, location: 34 McDougall St, Wanaka.Or you can contact the main Community Law office on 0800 169 333.</t>
+  </si>
+  <si>
+    <t>reception@dclc.org.nz</t>
+  </si>
+  <si>
+    <t>http://communitylaw.org.nz/centre/otago/</t>
+  </si>
+  <si>
+    <t>0800 169 333</t>
+  </si>
+  <si>
+    <t>Otago Community Trust</t>
+  </si>
+  <si>
+    <t>The Otago Community Trust is a philanthropic organisation which applies its Trust funds for charitable and other purposes which are of benefit to the community. We provide grants to not-for-profit community groups and projects that make a positive contribution to Otago communities.The Trust provides donations across the diverse sectors of art &amp;amp; culture, heritage &amp;amp; environment, education, sport and recreation and community. These grants support important and innovative projects that provide improved standards of living, safety, health and welfare. Since its beginning, the Trust has distributed in excess of $158 million across the community.The Otago Community Trust area is principally the provincial district of Otago, which includes Wanaka. West Otago, Queenstown and Arrowtown districts are outside our funding boundry. </t>
+  </si>
+  <si>
+    <t>info@oct.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.oct.org.nz/</t>
+  </si>
+  <si>
+    <t>Toll Free Phone: 0800 10 12 40 / Phone: (03) 479 0994</t>
+  </si>
+  <si>
+    <t>PO Box 5751, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Riding Club, Inc. (WRC) is an affiliated member of New Zealand Riding Clubs, Inc. and Bridleways NZ. We are an open, active, fun group of adult horse lovers who share a common passion for equestrian activities and information.We organise and host competitions, treks and other equestrian events to provide riding and social opportunities for our members and other riders. We also promote the communication of a wide range of equestrian-related information relevant to the Wakatipu community.Our club meets once per month, and all members are encouraged to attend. New members are always welcome! Membership is just $25 per year. For more information about our meetings, our committee, and becoming a financial member of the WRC, feel free to contact us on wakatipuridingclub@gmail.com for any other information. Wakatipu Riding Club, Inc. is here to encourage equine adventures of all types in this wonderful region.</t>
+  </si>
+  <si>
+    <t>wakatipuridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/529726693705922/</t>
+  </si>
+  <si>
+    <t>Wanaka Community Hub</t>
+  </si>
+  <si>
+    <t>The Wanaka Community House Charitable Trust was formed to build a Community House for Wanaka. A Community House is a building that welcomes tenants who provide social service to the region as well as for community groups. It is a centrally located facility that provides space in a cooperative and supportive environment and helps to build a sense of community and social wellbeing.</t>
+  </si>
+  <si>
+    <t>Gina Treadwell</t>
+  </si>
+  <si>
+    <t>manager@wanakacommunityhub.org.nz</t>
+  </si>
+  <si>
+    <t>https://wanakacommunityhub.org.nz/</t>
+  </si>
+  <si>
+    <t>034432071</t>
+  </si>
+  <si>
+    <t>P.O. Box 559, Wanaka, 9343.</t>
+  </si>
+  <si>
+    <t>WAI Wānaka</t>
+  </si>
+  <si>
+    <t>WAI Wānaka is a non-profit community organisation with a vision of healthy ecosystems and community wellbeing for future generations. We work with individuals, community groups, farmers, catchment groups, councils, schools and businesses to improve ecosystem health, reverse biodiversity loss and keep the water healthy. Our research, education and community programmes will make sure that everyone who touches the water acts to protect it. Much of our work focuses on raising awareness about environmental issues, advocating for evidence-based decision making and greater research into our lakes and rivers, fostering collaboration, measuring impacts and most importantly empowering local communities to take action. WAI Wānaka recognises Ōraka-Aparima Rūnaka, Awarua Rūnanga, Waihopai Rūnaka, Hokonui Rūnanga, Te Rūnanga o Ōtākou, Kāti Huirapa Rūnaka ki Puketeraki and Te Rūnanga o Moeraki as the seven papatipu rūnaka that are mana whenua of the Upper Lakes rohe. We are acutely aware that we do not have a relationship with mana whenua, it is our strong desire to develop a relationship and better understand the aspirations of mana whenua in the Upper Lakes rohe so that we can align our programmes where appropriate.</t>
+  </si>
+  <si>
+    <t>Cat Dillon</t>
+  </si>
+  <si>
+    <t>getinvolved@waiwanaka.nz</t>
+  </si>
+  <si>
+    <t>https://www.waiwanaka.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Ice Hockey Club</t>
+  </si>
+  <si>
+    <t>We provide the opportunity for players to play hockey in the wakatipu area, through leagues and training sessions. We are based at Queenstown Ice Arena. Our mission is More feet in skates We are part of the Southern Ice Hockey region and New Zealand Ice Hockey Federation (NZIHF).</t>
+  </si>
+  <si>
+    <t>Kimberley Dixonqueen</t>
+  </si>
+  <si>
+    <t>queenstownicehockey@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownicehockey.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 8000</t>
+  </si>
+  <si>
+    <t>Queenstown Gardens</t>
+  </si>
+  <si>
+    <t>St John Youth Division Queenstown</t>
+  </si>
+  <si>
+    <t>Kia Ora and welcome to our awesome St John Youth online presence. If you’ve got this far you may be considering a St John youth programme. Belonging to St John Youth is in many ways belonging to a large extended family with an ethos of caring and a strong focus on developing young New Zealanders into become outstanding citizens.St John Youth offers two unique but distinctive programmes. The penguin programme is for young people aged 6-8 years and the cadet programme for young people aged 8-18 years.</t>
+  </si>
+  <si>
+    <t>Youth.Southisland@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://youth.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 785 646</t>
+  </si>
+  <si>
+    <t>Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Arrowtown Village Association</t>
+  </si>
+  <si>
+    <t>We aim to be the voice of the Arrowtown community. As well as initiating new projects the AVA works with the community and statutory authorities to improve the outcomes for the Arrowtown community and environment.  </t>
+  </si>
+  <si>
+    <t>chairperson@arrowtownvillage.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownvillage.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 140 Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown 9351</t>
+  </si>
+  <si>
+    <t>Health and Disability Advocacy Service</t>
+  </si>
+  <si>
+    <t>The Nationwide Health and Disability Advocacy Service is a free service that operates independently from all health and disability service providers, government agencies and HDC. If you want to know more about your rights when using health or disability services, get questions answered, or make a complaint, we can help.Freephone: 0800 555 050 Email: advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>advocacy@advocacy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.advocacy.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 555 050 </t>
+  </si>
+  <si>
+    <t>Arrowtown Plunket</t>
+  </si>
+  <si>
+    <t>Hours: Mon, Wed, Thurs, Friday 10am-12pm under 5's. Wed 1pm - 3pm Babies group</t>
+  </si>
+  <si>
+    <t>Linsey Whitchurch</t>
+  </si>
+  <si>
+    <t>arrowtown.plunket@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz</t>
+  </si>
+  <si>
+    <t>027 636 1112</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club Inc</t>
+  </si>
+  <si>
+    <t>Wakatipu Yacht Club is a member of the Southland Yachting Association and is affiliated to Yachting New Zealand the National Sport Body in NZ for the sport of sailing at all levels.Wakatipu Yacht Club is a non-profit organisation and is operated and organised by members who freely donate their personal time and energies.Wakatipu Yacht Club sails on Wednesdays and Sundays, with courses set around the Frankton Arm and out into the lake. The trailer yachts often compete in longer distance events to Walter and Cecil Peaks and even as far as Glenorchy at the headwaters of Lake Wakatipu.</t>
+  </si>
+  <si>
+    <t>Secretary Nikki Jackson</t>
+  </si>
+  <si>
+    <t>wakatipuyachtclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuyachtclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 347 306</t>
+  </si>
+  <si>
+    <t>PO Box 182, QUEENSTOWN</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust</t>
+  </si>
+  <si>
+    <t>Lakes District Air Rescue Trust operates emergency rescue helicopters from bases in Queenstown and Te Anau, covering most areas of the lower South Island.We train our Paramedics, Doctors, Helifirefighters and Alpine Cliff Rescue crews to the highest standards.For more information please go to our website or get in touch.  </t>
+  </si>
+  <si>
+    <t>Executive Secretary / Manager - Robert (Bob) Young (Retired Insurance Broker)</t>
+  </si>
+  <si>
+    <t>youngqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://ldart.co.nz/</t>
+  </si>
+  <si>
+    <t>027 220 5936</t>
+  </si>
+  <si>
+    <t>PO Box 721, Queenstown 9348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Probation Service Queenstown </t>
+  </si>
+  <si>
+    <t>Queenstown Community Corrections - https://www.corrections.govt.nz/about_us/getting_in_touch/our_locations/queenstown_service_centreHours of operation - 8.30am to 5.00pm Monday to Friday. </t>
+  </si>
+  <si>
+    <t>http://www.corrections.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 4830</t>
+  </si>
+  <si>
+    <t>P O Box 2672, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Idea (Intellectual Disability Empowerment in Action)</t>
+  </si>
+  <si>
+    <t>Welcome to IHC New Zealand. IHC will advocate for the rights, inclusion and welfare of all people with intellectual disabilities and support them to live satisfying lives in the community.IHC, through IDEA Services, supports adults of all ages with intellectual disabilities to live in their own homes and be part of their local communities.</t>
+  </si>
+  <si>
+    <t>southern@idea.org.nz</t>
+  </si>
+  <si>
+    <t>https://ihc.org.nz/</t>
+  </si>
+  <si>
+    <t>03 341 9299</t>
+  </si>
+  <si>
+    <t>PO Box 27202, Christchurch 8640</t>
+  </si>
+  <si>
+    <t>Hawea Food Forest</t>
+  </si>
+  <si>
+    <t>We are a community-run food forest and community garden operated by volunteers.</t>
+  </si>
+  <si>
+    <t>admin@haweafoodforest.org</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/HaweaFoodForest</t>
+  </si>
+  <si>
+    <t>021 173 1350</t>
+  </si>
+  <si>
+    <t>Hawea Flat</t>
+  </si>
+  <si>
+    <t>Wakatipu High School</t>
+  </si>
+  <si>
+    <t>Welcome to Wakatipu High School. Our mission is to deliver a ‘great all-round education that enables students to reach for their heights’ – and that is what happens every day at Wakatipu High School. ​ The key priority in this great all-round education is student learning, progress and achievement, and our recent results are testament to the very high levels of academic achievement of our students.</t>
+  </si>
+  <si>
+    <t>Mr Steve Hall</t>
+  </si>
+  <si>
+    <t>office@wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipu.school.nz</t>
+  </si>
+  <si>
+    <t>03 442 7370</t>
+  </si>
+  <si>
+    <t>Private Bag 50080 Queenstown</t>
+  </si>
+  <si>
+    <t>St John Ambulance Service</t>
+  </si>
+  <si>
+    <t>St John operates 24 hours a day, seven days a week. We use ambulances, four-wheel drive vehicles, rapid response units, motorcycles and other specialist vehicles to ensure we can reach people at any hour of the day in almost any terrain, weather or situation.</t>
+  </si>
+  <si>
+    <t>enquiries@stjohn.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjohn.org.nz/</t>
+  </si>
+  <si>
+    <t>Mediaworks</t>
+  </si>
+  <si>
+    <t>MediaWorks is New Zealand's largest independent broadcaster, and reaches more than 4 million Kiwis through its TV, Radio and Digital platforms. The company is owned by Oaktree Capital and governed by a Board of Directors; Jack Matthews (Chairman) and Jonas Mitzschke. MediaWorks is led by Michael Anderson, CEO.Through our loved and trusted news and entertainment brands, including Three, More FM, The Edge and RadioLive, The Rock and The Breeze, MediaWorks connects with 97% of all New Zealanders. With this comes responsibility, and ours is to make a positive difference in our communities. Over the years, MediaWorks has been proud to support hundreds of charities. We've shed light on many important issues, engaging with millions of New Zealanders to raise awareness. And, with the public’s support, we’ve helped to raise millions of dollars for charities too.</t>
+  </si>
+  <si>
+    <t>corporate@mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.mediaworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 901 0810</t>
+  </si>
+  <si>
+    <t>PO Box 224, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation</t>
+  </si>
+  <si>
+    <t>Parenting Through Separation is a free parenting course that’s available all year around New Zealand. At the course, you’ll get practical advice to help you understand and manage the needs of your children following separation.The Parenting Through Separation course can also help grandparents and other family and whānau members who may be involved in caring for your children.</t>
+  </si>
+  <si>
+    <t>https://www.justice.govt.nz/family/care-of-children/resolving-parentings-disagreements/parenting-through-separation/</t>
+  </si>
+  <si>
+    <t>03 466 4600</t>
+  </si>
+  <si>
+    <t>Queenstown Toastmasters</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Toastmasters !Queenstown Toastmasters is your local branch of an international organisation that helps to improve public speaking and leadership skills in a friendly, comfortable and self-paced environment.!Meetings are every 1st, 3rd and 5th (if there is one) Tuesday of each month, except for a short break over the Christmas and New Years period. Our meetings start at 7.00 pm. Our venue is the St John Rooms, 10 Douglas St, Frankton. Use the Lakes District Hospital entrance, turn hard left and drive to the end of the carpark by the flagpole.</t>
+  </si>
+  <si>
+    <t>queenstown@toastmasters.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntoastmasters.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 1253</t>
+  </si>
+  <si>
+    <t>P O Box 2437 Queenstown</t>
+  </si>
+  <si>
+    <t>Cardrona Residents and Ratepayers Society</t>
+  </si>
+  <si>
+    <t>Chairman - Blyth Adams badams@slingshot.co.nz ​Vice-Chair - Sarah Stewart sarahs.cardrona@gmail.comSecretary - Katie Ross. katiejaneross@gmail.comTreasurer - Kay Curtis kaycurtis@clear.net.nz</t>
+  </si>
+  <si>
+    <t>Katie Ross, Secretary</t>
+  </si>
+  <si>
+    <t>katiejaneross@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.cvrrs.com/</t>
+  </si>
+  <si>
+    <t>0275 345 136 (Blyth)</t>
+  </si>
+  <si>
+    <t>St Josephs Catholic Parish</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu &amp;ndash; the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>Father Jaime Lalaguna</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 8414</t>
+  </si>
+  <si>
+    <t>P O Box 208 Queenstown 9348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Probus Club of Wanaka - Fellowship NZ </t>
+  </si>
+  <si>
+    <t>Now called Fellowship NZ, Probus is an association of active retirees who join together in clubs, the basis purpose of which is to provide regular opportunities to keep their minds active, expand their interests and enjoy the fellowship of new friends.</t>
+  </si>
+  <si>
+    <t>Tony Newton</t>
+  </si>
+  <si>
+    <t>http://fnzi.nz/</t>
+  </si>
+  <si>
+    <t>027 261 5686</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview Club</t>
+  </si>
+  <si>
+    <t>Wanaka Grandview club {formerly Probus} is a group of retirees that meet monthly to exchange ideas and listen to guest speakers on a wide variety of subjects. We meet at 10AM on the 3rd Monday of each month at the Wanaka Community Hub. </t>
+  </si>
+  <si>
+    <t>davidleslie2102@gmail.com</t>
+  </si>
+  <si>
+    <t>03 443 9262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka </t>
+  </si>
+  <si>
+    <t>Shotover Primary School</t>
+  </si>
+  <si>
+    <t>Welcome to Shotover Primary School in Queenstown, which caters for children from new entrants to year 8. We opened our doors for the very first time in 2015. Since then, we've added more teaching and learning spaces, a community hall with a music studio and technology and science room, and playgrounds. There's more to come as our community grows around us.</t>
+  </si>
+  <si>
+    <t>office@shotover.school.nz</t>
+  </si>
+  <si>
+    <t>https://www.shotover.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 409 0005</t>
+  </si>
+  <si>
+    <t>Dance Social NZ</t>
+  </si>
+  <si>
+    <t>At Dance Social NZ we teach Modern Jive: an easy to learn, partner dance which is as it says Dancing and its Social!  Our weekly classes are on Thursday nights at Te Atamira the new arts centre in Dart House, Remarkables ParkBeginners class is at 8pm so come a little earlier to get settled in before class starts.  We do a First Timer's Offer of 5 classes for $50.  Usual casual rate is $15 per session.   We are full of fun and variety!  Whatever your age, whatever music you like to move to, whether you are single or a couple this is the dance for you!  We range in age from late teens to mid 70's!  If you can walk you can dance!  You don't need to bring a partner with you but, if you do, bring them along!  Switching around during class not only helps you learn quicker but makes it much more social.  Very quickly a room of strangers becomes a room of friends!  We dance to a wide range of music styles so there's something for everyone.   We also teach private lessons for Wedding Dances or just for fun!  </t>
+  </si>
+  <si>
+    <t>Emma Dagg</t>
+  </si>
+  <si>
+    <t>dancesocialnz@gmail.com</t>
+  </si>
+  <si>
+    <t>021566013</t>
+  </si>
+  <si>
+    <t>Frankton</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Tourism</t>
+  </si>
+  <si>
+    <t>Located in the stunning alps of the South Island in New Zealand, visitors from around the world are drawn to the Wanaka region by its outstanding natural beauty. Wanaka’s lakes and mountains and proximity to Mt Aspiring National Park, makes it the ultimate base for outdoor activities. But it’s not just the outdoor enthusiasts who have plenty to do, stroll the streets and be inspired by galleries, stylish shops and be spoilt for choice with a great selection of cool cafes and restaurants.Lake Wanaka Tourism is a Regional Tourism Organisation formed in 1993. The organisation is a membership based, incorporated society, with 450+ member businesses. Lake Wanaka Tourism wholely owns the Wanaka i-SITE Visitor Centre and runs it as a limited liability company governed by a seperate independent board and Manager. A portion of their profits are returned each year to help fund the marketing work done by Lake Wanaka Tourism.</t>
+  </si>
+  <si>
+    <t>info@lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 1574</t>
+  </si>
+  <si>
+    <t>P O Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Hospice Southland</t>
+  </si>
+  <si>
+    <t>Hospice Southland provides specialist palliative care for people with life-limiting illnesses in Southland and the Wakatipu Basin, free of charge, 24/7. Care is delivered in our Invercargill Inpatient Unit, at home, or in aged residential care, focusing on symptom management to help you live as comfortably and meaningfully as possible.We are committed to an authentic partnership under Te Tiriti o Waitangi to improve outcomes for Māori and Pacific people in our care.Our dedicated team of doctors, nurses, social workers, and counsellors are here to support you to live every moment.  In Queenstown, our team is based in Frankton at the Queenstown Community Hospice House.</t>
+  </si>
+  <si>
+    <t>qchospicesouthland@hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>http://hospicesouthland.org.nz</t>
+  </si>
+  <si>
+    <t>027 301 7324</t>
+  </si>
+  <si>
+    <t>Friends of Pembroke Park</t>
+  </si>
+  <si>
+    <t>The Friends of Pembroke Park (est. 1996) is an Incorporated Society that works positively to enhance and protect Pembroke Park.It does this by providing a connection between its members, the Queenstown Lakes District Council (QLDC) and the public especially when proposals arise that challenge the Recreation Reserve status of the Park and its Management Plan.History has shown that the Park is vulnerable to proposals that could affect it being retained as an open green space.The pressure for changes are partly due to the rapidly growing population of Wanaka which is becoming well-known as one of New Zealand’s most beautiful tourist towns.</t>
+  </si>
+  <si>
+    <t>Loris King</t>
+  </si>
+  <si>
+    <t>http://friendsofpembrokepark.co.nz/wp/</t>
+  </si>
+  <si>
+    <t>03 443 8565</t>
+  </si>
+  <si>
+    <t>Compassionate Friends</t>
+  </si>
+  <si>
+    <t>We gather together to support each other every two months where we either have a speaker, watch a video on aspects of grief, share each others grief or chat informally. Personal support is given by phone calls and home visits particularly to the newly bereaved and where a need is known. Once a year we endeavour to run a grief workshop.There are no subscriptions. The newsletter and workshops are free to bereaved families. No commitment is expected from bereaved families to attend workshops, bi-monthly gatherings or receive newslettersTHE AREA ENCOMPASSED BY CENTRAL OTAGO COMPASSIONATE FRIENDS The Teviot Valley – The Maniototo – Queenstown – Wanaka – Cromwell – Alexandra All the areas in between and surrounding the above places</t>
+  </si>
+  <si>
+    <t>Pauline Trotter</t>
+  </si>
+  <si>
+    <t>centralotagocf@gmail.com</t>
+  </si>
+  <si>
+    <t>http://compassionatefriends.org.nz/contact.html</t>
+  </si>
+  <si>
+    <t>027 396 0611</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora - Maori Mental Health</t>
+  </si>
+  <si>
+    <t>Te Korowai Hou Ora is situated at the Southland Hospital.Open: 8.00am to 5.00pm, Monday to Friday.</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-maori-mental-health</t>
+  </si>
+  <si>
+    <t>(03) 214 5786 or 0800 443366</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Queenstown Dog Agility Club is a non-profit organisation, and is affiliated with Dogs NZ (New Zealand Kennel Club).Come and join us for agility whether for fun or competing. We offer weekly training sessions, at the Lake Hayes Showgrounds, with our club trainers and the opportunity to train with visiting trainers.</t>
+  </si>
+  <si>
+    <t>Diana Scott</t>
+  </si>
+  <si>
+    <t>QDAC2020@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.qdac.org.nz/</t>
+  </si>
+  <si>
+    <t>PO BOX 1307, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Lake Hawea Community Centre</t>
+  </si>
+  <si>
+    <t>The Lake Hawea Community Centre is the perfect location for your next function. Ideal for weddings and other events, catering for up to 400 people. A beautiful location surrounded by lake and mountain views of the Hawea and Wanaka region.</t>
+  </si>
+  <si>
+    <t>Booking Coordinator: Glenis Palmer</t>
+  </si>
+  <si>
+    <t>bookings@lhcc.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.lakehaweacommunitycentre.co.nz</t>
+  </si>
+  <si>
+    <t>+64 276 370 553</t>
+  </si>
+  <si>
+    <t>Hawea 9345</t>
+  </si>
+  <si>
+    <t>Radio Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka's Community Website for streaming radio, local news, events, jobs, whats on. Wanaka Weather, and Wanaka Crown Range Road Reports.</t>
+  </si>
+  <si>
+    <t>info@radiowanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakalive.com/</t>
+  </si>
+  <si>
+    <t>03 443 8838</t>
+  </si>
+  <si>
+    <t>Workbridge Inc</t>
+  </si>
+  <si>
+    <t>Linking the right people to the right jobsWorkbridge is a specialist employment service that gives employers access to a wide talent pool of people with a disability, injury or illness.Our services are free, and we fill 3500-4000 job vacancies each year. If you’re an employer, we can help you recruit, select and support staff with the right skills and attitudes for your workplace. If you’re a job seeker, we can help you develop job-searching skills and find the most suitable employment for you.</t>
+  </si>
+  <si>
+    <t>Trudy Kerr</t>
+  </si>
+  <si>
+    <t>trudyk@workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.workbridge.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 0227</t>
+  </si>
+  <si>
+    <t>Kingston Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Wednesday: 3pm to 5pmSaturday: 11am to 1pm</t>
+  </si>
+  <si>
+    <t>Librarian</t>
+  </si>
+  <si>
+    <t>kingston.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 248 8963 and 03 441 0600 (out of hours)</t>
+  </si>
+  <si>
+    <t>Arrowtown Swimming Club</t>
+  </si>
+  <si>
+    <t>The Arrowtown Swimming Club is run by volunteers from the community for the community. The club is steeped in history having been running for well over 30 years. We provide swimming lessons during the summer months for children seven years and older. Also squad training is offered to more competent swimmers in order to refine technique and gain fitness and stamina.</t>
+  </si>
+  <si>
+    <t>arrowtownswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>0212971422</t>
+  </si>
+  <si>
+    <t>C/- 11 Elva Dawson Place,Arrowtown, 9302</t>
+  </si>
+  <si>
+    <t>Queenstown Creative Writing Group</t>
+  </si>
+  <si>
+    <t>A friendly group of people who love to write. No qualifications needed, join us for fortnightly challenges to get you scribbling, feedback and top quality chit chat.   Email or message the group for more information, or simply pop along to the next meeting.</t>
+  </si>
+  <si>
+    <t>bethanyrogers137@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/QueenstownWriters/</t>
+  </si>
+  <si>
+    <t>Creative Queenstown Art and Craft Market</t>
+  </si>
+  <si>
+    <t>The "Creative Queenstown Arts and Crafts Markets" are set in a vibrant colourful arena, where visual and performing arts meld together for the public and visitors to enjoy. We embrace the talents of many artists and crafters from around the South Island, some coming from as far as Nelson, Christchurch, Dunedin, Invercargill and the West Coast to display and sell their own quality handmade Art and Craft.We pride ourselves in contributing to Queenstown's wonderfully relaxed weekends and being able to provide free local musical entertainment for your enjoyment. When are the Markets?Every Saturday on the lake front at Earnslaw Park in Queenstown.Extra market days on Fridays 2021: 8th Jan, 22nd Jan, 5th Feb, 19th Feb, 5th March, 19th March, 2nd April, 16th April, 30th AprilSummer Hours: November - April 9.00am - 4:30pm - Winter Hours:  May - October  9.30am - 3:30pm</t>
+  </si>
+  <si>
+    <t>Jasmine Clark</t>
+  </si>
+  <si>
+    <t>info@queenstownmarket.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmarket.com/</t>
+  </si>
+  <si>
+    <t>021 122 7695</t>
+  </si>
+  <si>
+    <t>Glenorchy Primary School</t>
+  </si>
+  <si>
+    <t>Glenorchy School is a small, remote school situated at the head of Lake Wakatipu and is central to the community.The families of our children are diverse in their economic status and their occupations. We work to provide our children with a positive, quality learning environment in which they are secure and successful. Glenorchy School values the individual.Everyone working and learning within this environment is important.</t>
+  </si>
+  <si>
+    <t>office@glenorchy.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.glenorchy.school.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9900</t>
+  </si>
+  <si>
+    <t>P O Box 19 Glenorchy</t>
+  </si>
+  <si>
+    <t>Glenorchy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justice of the Peace Services </t>
+  </si>
+  <si>
+    <t>QueenstownFriday 12:30pm to 1:30pmCitizens Advice Bureau, 44 Stanley Street, QueenstownPh: 03 442 6799Email: queenstown@cab.org.nzWanakaTuesday 10:30am - 12:00pmThursday 2:00 - 3:30pmBy appointment Community Link Upper Clutha, Wanaka Community Hub, 34 McDougall St, WanakaPh: 03-443 7799, email: info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://justiceofthepeace.org.nz/</t>
+  </si>
+  <si>
+    <t>Senior Net</t>
+  </si>
+  <si>
+    <t>Learning Technology Together - Courses to keep you switched on  SeniorNet is a community training network that supports and motivates people aged 50+ to enjoy and use technology in their everyday lives.  Join in the fun and learn how to do everything from simple word-processing to sending emails and searching the internet. In small, friendly and stress-free classes, you&amp;rsquo;ll gain the skills and confidence you need to get the most out of information technology.</t>
+  </si>
+  <si>
+    <t>nutcow2@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.seniornet.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2909</t>
+  </si>
+  <si>
+    <t>Protect Queenstown/We Love Wakatipu Inc. Society</t>
+  </si>
+  <si>
+    <t>Purpose We Love Wakatipu Inc Soc is running its Protect Queenstown campaign to stop expansion of the air noise boundaries at Queenstown Airport, by ensuring QLDC hears the community's strong opposition and by keeping the community informed about how we can take part in the planning process.</t>
+  </si>
+  <si>
+    <t>Cath Gilmour</t>
+  </si>
+  <si>
+    <t>protectqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://protectqueenstown.wordpress.com/</t>
+  </si>
+  <si>
+    <t>0274900057</t>
+  </si>
+  <si>
+    <t>Rotary Club of Wanaka</t>
+  </si>
+  <si>
+    <t>The members of the Rotary Club of Wanaka represent a cross section of the local community with the primary goal to give back to the local community and others with service above self under the guiding principles set out by the international rotary organisation.  The local club has a very social and healthy membership of 50+ people.  Meetings are held weekly over dinner on Tuesday nights at 6pm at Albert Town Tavern.</t>
+  </si>
+  <si>
+    <t>rotarysupportcenter@rotary.org</t>
+  </si>
+  <si>
+    <t>http://www.wanakarotary.club/</t>
+  </si>
+  <si>
+    <t>PO Box 137, Wanaka</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown</t>
+  </si>
+  <si>
+    <t>Sustainable Queenstown is a group of like-minded locals engaging the community in actively seeking sustainable solutions through collaboration, connectedness and fun events. We are always on the hunt for change-agents, so if you are a rebel with a cause, come and join us!</t>
+  </si>
+  <si>
+    <t>sustainable.queenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://sustainablequeenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>Community Trust South</t>
+  </si>
+  <si>
+    <t>We are your community owned grant making organisation. From Stewart Island to Glenorchy, Te Anau to Tapanui and all the places in between, we provide a helping hand to hundreds of groups - both large and small - by providing funding for facilities, services, events, community projects and programmes. We also help people to achieve their personal goals through scholarships.</t>
+  </si>
+  <si>
+    <t>info@communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitytrustsouth.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 2034</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club</t>
+  </si>
+  <si>
+    <t>Tramping (hiking), cycling, and other activities, for casual day trippers to serious explorers.  Based in Queenstown, Arrowtown, Frankton, and around the Wakatipu Basin.  Meet up:  At the club monthly meeting.     Date: The first Tuesday of the month     Time: 7:30pm.     Location: St Margaret's Presbyterian Church, Ross Street, Frankton.</t>
+  </si>
+  <si>
+    <t>President: Sally Stockdale</t>
+  </si>
+  <si>
+    <t>wakatipu.tramper@gmail.com</t>
+  </si>
+  <si>
+    <t>021 132 6631</t>
+  </si>
+  <si>
+    <t>Wakatipu Tramping Club, PO Box 137, Queenstown</t>
+  </si>
+  <si>
+    <t>Yoga in the Community - Gentle yoga for good health &amp; calmness</t>
+  </si>
+  <si>
+    <t>Yoga in the Community is a tool to support the people of our communities with:  mental, physical and spiritual health, awareness, vitality, purpose &amp;amp; connection to ourselves &amp;amp; each other. It will accommodate the person that comes to class with one goal in mind such as to experience better flexibility, relieve symptoms of pain &amp;amp; cancer, or other dis-ease of the body and mind or to overcome disorders such as hypertension, depression, even to lose weight, as well as the support mental &amp;amp; spiritual development of those seeking more than the physical benefits. Offered by Carmen -  a longtime experienced, student &amp;amp; teacher of Yoga.Practice time offered every Tuesday through out the year @ the Wanaka St Johns Rm - 9.30am. The venue space is generously donated by a student benefactor which allows for a no-one-to-be -turned-away  philosophy.  If you are able to pay $12 per casual or $10 for concession. Your donation supports Carmen with a contribution to living costs and to the St Johns Voluntary organisation. </t>
+  </si>
+  <si>
+    <t>carmen</t>
+  </si>
+  <si>
+    <t>takeuhigher@gmx.com</t>
+  </si>
+  <si>
+    <t>http://abundant.earth</t>
+  </si>
+  <si>
+    <t>0223265019</t>
+  </si>
+  <si>
+    <t>Kingston Bowling Club</t>
+  </si>
+  <si>
+    <t>The Club House phone number is 03 248 8882.</t>
+  </si>
+  <si>
+    <t>Fran</t>
+  </si>
+  <si>
+    <t>027 492 7711</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Futsal</t>
+  </si>
+  <si>
+    <t>Queenstown Football also provides indoor football in term 3 at the Queenstown Events Centre. Indoor Football / Soccer is known as Futsal There are limited places available for kids aged U8 - U14 Please contact us for more information</t>
+  </si>
+  <si>
+    <t>President: Phil Ingham</t>
+  </si>
+  <si>
+    <t>info@queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownfootball.com</t>
+  </si>
+  <si>
+    <t>021 0851 0282</t>
+  </si>
+  <si>
+    <t>Wakatipu Women's Fellowship</t>
+  </si>
+  <si>
+    <t>Meetings held every 3rd Wednesday of the month from February till November. Meetings held in members homes.</t>
+  </si>
+  <si>
+    <t>Pauline Dunbar</t>
+  </si>
+  <si>
+    <t>dunbarap@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>03 409 0125</t>
+  </si>
+  <si>
+    <t>Gibbston Community Association</t>
+  </si>
+  <si>
+    <t>Virtually written off in the 1970’s, the tiny rural community of Gibbston revitalised itself by developing wine tourism alongside the existing adventure tourism (A J Hackett Bungy, white-water rafting and river surfing) and within the context of their history. In 1997, a small group of vineyard owners petitioned Council to include special provisions in the District Plan that acknowledged Gibbston’s special character. Shortly thereafter, in May 1998, the Gibbston Community Association was incorporated to represent the interests of everyone in the valley whether or not they were involved in the wine industry. Their mission is to protect, preserve and promote the unique characteristics of Gibbston as an area of special character. Every penny that they raise through subscriptions or fundraising goes to their community projects. They are a 100% volunteer group – no one is paid.After 6 challenging years clearing briar and gorse, raising $1.4million, and building 14 bridges along 8km of the Kawarau River, this community of less than 100 families opened the Gibbston River Trail and gifted it to the people of New Zealand on 4th December 2010.They’ve also developed:• a highway rest area, • a community reserve, • a community rubbish and recycling depot, • rescued a 150-year old orchard and gold-mining settlement and developed car parking, picnic and toilet facilities, and interpretive signage• and raised more than $60,000 for local charities. In February 2011, they were selected as the New Zealand Community of the Year. </t>
+  </si>
+  <si>
+    <t>Craig Palmer</t>
+  </si>
+  <si>
+    <t>gibbstoncommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Gibbston-Community-Association-NZ-1815541138458764/</t>
+  </si>
+  <si>
+    <t>021 844 653</t>
+  </si>
+  <si>
+    <t>Gibbston</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromwell College </t>
+  </si>
+  <si>
+    <t>We are proud of the quality education and the many opportunities that we provide for our students and we know that this prepares them well for life beyond school. We pride ourselves on our dedicated staff, excellent facilities, friendly students, and engaging programmes set amongst the stunning landscapes of Central Otago.Cromwell College is a secondary school with a difference. Since 1995 over 300 students have enjoyed our highly regarded and popular Outdoor Pursuits Academy. This academy enables students from around New Zealand and overseas to experience life in Central Otago for their final years of secondary schooling.</t>
+  </si>
+  <si>
+    <t>admin@cromwell.school.nz</t>
+  </si>
+  <si>
+    <t>http://cromwell.school.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 1121</t>
+  </si>
+  <si>
+    <t>Cromwell</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust</t>
+  </si>
+  <si>
+    <t>Wakatipu Youth Trust is a Not for Profit organisation that works alongside young people aged 10 - 24yrs old to achieve positive outcomes through both support and advocacy. We provide resources, opportunities, skilled people and safe environments, which help to foster confidence and challenge youth. By resourcing youth in this way, we believe they discover their true identity and develop strengths, attitudes and strong relationships, which enable them to contribute positively in our communities</t>
+  </si>
+  <si>
+    <t>info@wakatipuyouthtrust.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wakatipuyouthtrust.co.nz </t>
+  </si>
+  <si>
+    <t>03 451 1413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wakatipu Artistic Swimming </t>
+  </si>
+  <si>
+    <t>We offer artistic swimming programs for recreational and competitive synchronised swimmers in a friendly &amp;amp; supportive club environment, based in Queenstown. Come along for a free introductory session at Alpine Aqualand - contact us for more information.Currently meeting every Wednesday and Friday evenings At Alpine Aqua Land. </t>
+  </si>
+  <si>
+    <t>wakatipuartisticswimming@gmail.com</t>
+  </si>
+  <si>
+    <t>https://synchroswimnz.org.nz/clubs/wakatipu-artistic-swimming-queenstown-lakes</t>
+  </si>
+  <si>
+    <t>Lakes District Museum &amp; Gallery</t>
+  </si>
+  <si>
+    <t>Open 8.30am - 5pm daily except Christmas Day. Researcher/archivist and education officer available. The Lakes District Museum is much more than a museum in the conventional sense; hence its popularity with local residents and visitors from all around the world. The museum has a strong hands-on focus, presenting an authentic picture of early Maori life and the harsh pioneering days of the European settlers and goldminers through working displays covering two floors and incorporating three historic buildings. The museum also houses an art gallery, bookshop, archives and research facility and a busy education programme. We also own and operate Arrowtown's historic Post Office.</t>
+  </si>
+  <si>
+    <t>David Clarke (Director)</t>
+  </si>
+  <si>
+    <t>info@museumqueenstown.com</t>
+  </si>
+  <si>
+    <t>http://www.MuseumQueenstown.com</t>
+  </si>
+  <si>
+    <t>442 1824</t>
+  </si>
+  <si>
+    <t>Arrowtown Autumn Festival Committee</t>
+  </si>
+  <si>
+    <t>The Akarua Arrowtown Autumn Festival has been an annual fixture on the local calendar since 1985.  Festival events are centred around the community, celebrating our glorious Autumn season and everything our special place in the world has to offer. The festival generally runs over 5 days around the 3rd week of April when the autumn colours are at their peak.  We have a paid co-ordinator who oversees the running of the festival but a huge amount of work is also put in by our volunteer committee. We are always looking for people to volunteer even an hour of their time over the festival so please get in touch if you would like to get involved.  Our AGM is generally held in July to elect the committee for the following year.  For more information, please visit our website and/or facebook page.</t>
+  </si>
+  <si>
+    <t>Carole Watts</t>
+  </si>
+  <si>
+    <t>info@arrowtownautumnfestival.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.arrowtownautumnfestival.co.nz </t>
+  </si>
+  <si>
+    <t>027 256 0426</t>
+  </si>
+  <si>
+    <t>Stop Smoking NZ</t>
+  </si>
+  <si>
+    <t>There are Stop Smoking Service providers located throughout New Zealand, and they can help you on your quit journey. Your local service will be able to work with you to create your quit plan, with free and flexible support and free Nicotine Replacement Therapy (NRT).</t>
+  </si>
+  <si>
+    <t>admin@stopsmoking.nz</t>
+  </si>
+  <si>
+    <t>https://www.smokefree.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 925 242</t>
+  </si>
+  <si>
+    <t>Wanaka Bowling Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bowling Club was founded by James Faulks in 1926, who also donated the land, that was at the time a paddock for wagon horses. The first opening day was 25th. October 1926.The present clubrooms were opened in 1980, and the indoor Stadium was opened in 1994. This enabled the club to have an all-year bowling programme. In 2008, because of difficulties in maintaining the quality of the grass green, it was decided to put down an artificial green. This was renewed in 2013. The Club continues to flourish, and currently has the largest membership of any club in Otago</t>
+  </si>
+  <si>
+    <t>Secretary: Madeleine Wilson</t>
+  </si>
+  <si>
+    <t>secretary.wanakabowls@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanakabowls.org/</t>
+  </si>
+  <si>
+    <t>03 443 4045</t>
+  </si>
+  <si>
+    <t>Wanaka, 9305</t>
+  </si>
+  <si>
+    <t>Glenorchy Riding Club</t>
+  </si>
+  <si>
+    <t>The GYRC is a group of horse enthusiasts who – regardless of their riding skills, experience or discipline – come together to enjoy the hacking, training or events that the area can provide. We organise regular hacks to various stations, farms and some conservation areas (gratefully with the support of local farmers and DOC), often followed by a BBQ. For competitive riders or simply for those who would like to improve their riding skills – there are options of coaching by visiting respected coaches (basic schooling, dressage, show jumping).</t>
+  </si>
+  <si>
+    <t>glenorchyridingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.co.nz/glenorchy-riding-club/</t>
+  </si>
+  <si>
+    <t>027 464 9182</t>
+  </si>
+  <si>
+    <t>Oanaka EduCare</t>
+  </si>
+  <si>
+    <t>Come and see for yourself what makes Little Wonders Oanaka awesome. Our purpose-built building, with three individual classrooms that enable children to shine by providing carefully chosen resources that encourage children's innate urge to PLAY. Our highly qualified teachers provide a programme that supports the particular age groups within each classroom and adapt the space to meet the needs of the children attending.</t>
+  </si>
+  <si>
+    <t>oanaka.educare@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.littlewonders.nz/locations/oanaka/</t>
+  </si>
+  <si>
+    <t>03 443 4076</t>
+  </si>
+  <si>
+    <t>Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Arrowtown Primary School</t>
+  </si>
+  <si>
+    <t>Arrowtown School is a state-funded, co-educational school. It is a full primary school with Year 1-8 students from 5 to 13 years of age. The current school roll is approximately 580. Arrowtown School started in 1863 and has been on its present site since 1997.The school is modern, very well resourced and has a large, attractive school hall and excellent recreation facilities. Arrowtown is 20 kilometres from the tourist town of Queenstown. It has a population of around 2400 and is a picturesque township with an interesting and colourful history based on the discovery of gold in the 1860’s. The school’s community consists of the township and its rural area. About three quarters of our pupils live in the town with the rest living on lifestyle blocks close by.The township is situated in the Lakes District, a major New Zealand tourist destination offering a diverse range of opportunities and experiences, including outdoor pursuits, alpine sports and adventure tourism and water activities. We take advantage of this beautiful environment and incorporate a number of the district’s outdoor activities into our school programmes.</t>
+  </si>
+  <si>
+    <t>Chris Bryant</t>
+  </si>
+  <si>
+    <t>admin@arrowtown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 1854</t>
+  </si>
+  <si>
+    <t>P O Box 173, Arrowtown</t>
+  </si>
+  <si>
+    <t>Arrowtown Bowling Club</t>
+  </si>
+  <si>
+    <t>8 rink artificial green. Open all year for playing outdoor bowls.</t>
+  </si>
+  <si>
+    <t>Heather Stirling (secretary)</t>
+  </si>
+  <si>
+    <t>arrowtownbowls@gmail.com</t>
+  </si>
+  <si>
+    <t>03 442 1905</t>
+  </si>
+  <si>
+    <t>Kate Moetaua Collective</t>
+  </si>
+  <si>
+    <t>Supporting and growing young performers, developing a passion for the world of performing arts, embracing new theatrical challenges and technology, exploring new and exciting way to express ourselves, engaging the challenge of speaking to a crowd, continuing the long-held tradition of speech and drama exams and generally having loads of fun with other like-minded people is what we are all about.</t>
+  </si>
+  <si>
+    <t>administrator; Tasman</t>
+  </si>
+  <si>
+    <t>thedramacollective@gmail.com</t>
+  </si>
+  <si>
+    <t>https://thedramacollective.club/</t>
+  </si>
+  <si>
+    <t>0210308157</t>
+  </si>
+  <si>
+    <t>Central Otago Budgeting Services</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it&amp;rsquo;s not always an easy place to live. More than ever before, families are struggling to gain control of their finances.   Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.</t>
+  </si>
+  <si>
+    <t>cobas@ach.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.nbfcct.com/</t>
+  </si>
+  <si>
+    <t>03 448 8072</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Bridge Programme - Alcohol &amp; Drug Support</t>
+  </si>
+  <si>
+    <t>Whether you're considering getting some help for yourself or a friend or relative, The Salvation Army Bridge offers the opportunity to evaluate alcohol or drug use and explore ways to bring things under control again.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedin_bridge@nzf.salvationarmy.org </t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz/need-assistance/addictions/alcohol-and-drug-support</t>
+  </si>
+  <si>
+    <t>0800 530 000 or (03) 477 9852</t>
+  </si>
+  <si>
+    <t>Dunedin</t>
+  </si>
+  <si>
+    <t>Arrowtown School Of Russian Ballet and Creative Arts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This is the first school in New Zealand which focuses on Russian Classical Ballet, many other styles and combines not only dance but a whole variety of Performing and Creative Arts.   Our main aim is to train young dancers in New Zealand through a graded classical syllabus to reach a professional standard. Those who do not wish to follow a dancing career; we offer a teacher’s program.For those who are interested in other styles of dance for fun and fitness come try one of our exciting new classes. Ranging from Belly Dance, Choreography in a Fusion of Traditional Dancing, Contemporary, Jazz, Modern, Neoclassical and Stretching classes.Develop attention and body awareness through dance, fitness workouts, powerful ballet stretches and exercises to make you fit and flexible.We also offer Creative Art Classes.Be creative, express your inner feelings and emotions!        </t>
+  </si>
+  <si>
+    <t>asorbaca@yahoo.com</t>
+  </si>
+  <si>
+    <t>https://www.schoolofrussianballet.co.nz/</t>
+  </si>
+  <si>
+    <t>022 157 1848</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association</t>
+  </si>
+  <si>
+    <t>Glenorchy Community Association is a community based incorporated society. Membership is made up of residents and property owners living in the Glenorchy township and the Head of the Lake.The Community Association meets monthly on the first Thursday of the month in the Glenorchy Community Hall at 7.30pm.</t>
+  </si>
+  <si>
+    <t>John Glover (Chairperson)</t>
+  </si>
+  <si>
+    <t>gycommunityassn@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.glenorchycommunity.co.nz/gy-community-association/ </t>
+  </si>
+  <si>
+    <t>027 586 7233</t>
+  </si>
+  <si>
+    <t>PO Box 38, Glenorchy 9350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcohol Drug Helpline </t>
+  </si>
+  <si>
+    <t>Our alcohol drug telephone helpline is only a call away. Call 0800 787 797 or text 8681, 24 hours a day, 7 days a week, to speak with a trained counsellor. All calls are free and confidential.</t>
+  </si>
+  <si>
+    <t>http://www.alcoholdrughelp.org.nz</t>
+  </si>
+  <si>
+    <t>0800 787 797</t>
+  </si>
+  <si>
+    <t>Wanaka Walkers</t>
+  </si>
+  <si>
+    <t>Our sole online presence is our blog at wanakawalkers.blogspot.co.nz.We include a regular item advertising each Monday's walk in the Community Diary published in the Wanaka Messenger. The Messenger item does give the destination of each Monday's walk, as this is decided by the walk leader on the Sunday immediately before depending on the forecast for the day.Visitors welcome.  Bring suitable boots, clothes and lunch.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greg Martin </t>
+  </si>
+  <si>
+    <t>http://wanakawalkers.blogspot.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Cubs</t>
+  </si>
+  <si>
+    <t>Cubs - 8-11 Years Cub Packs offer learning programmes where children are encouraged to experience, experiment, and explore... The Cub section is for children aged 8 to 11 years. They meet weekly at their Scout Hall and take part in all sorts of cool activities.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huw Phillips </t>
+  </si>
+  <si>
+    <t>wanaka@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/wanaka-scout-group/</t>
+  </si>
+  <si>
+    <t>03 477 6644</t>
+  </si>
+  <si>
+    <t>lsi@scouts.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Nepalese’s community in New Zealand </t>
+  </si>
+  <si>
+    <t>Almost 300 Nepalese’s living and working in Queenstown.Nepalese Community in Queenstown is a community based established to promote Nepalese culture and networking within the Nepalese residing in Queenstown. Nepalese communities are growing in New Zealand particularly in Queenstown.One of our roles is to contribute in community development, work together with other communities to identify issues and facilitate to come up with resolutions and support. we are pleased with the government in their public policies that are enhancing multiculturalism, respecting diversity among us, and thus it is our community’s goal as well to promote cultural diversity in the interest of individuals and society as a whole. While Nepalese communities across New Zealand have already made significant effort in organizing and running Nepalese language educational programs, culture, religious, we intent to promote and continue that effort.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pramesh Devkota </t>
+  </si>
+  <si>
+    <t>pamesh.dev072@gmail.com</t>
+  </si>
+  <si>
+    <t>0226345296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown </t>
+  </si>
+  <si>
+    <t>Wanaka Kids Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Kids Club family continues to grow and we're more passionate than ever about getting kids to experience the full range of activi­ties our natural playground has to offer. From adventures, sports and art &amp;amp; crafts to excursions in the Wanaka community, we ensure that every child will have something available to suit their individual skills and interests, as well as opportunities to try new and exciting things. Why fit in when you were born to stand out!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hello@wanakakidsclub.co.nz </t>
+  </si>
+  <si>
+    <t>https://www.wanakakidsclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 28 92 77 1</t>
+  </si>
+  <si>
+    <t>Upper Clutha Children's Medical Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Children’s Medical Trust supports families who are finding it difficult to meet the costs associated with their children’s medical needs. Financial assistance is provided for the medical treatment of children covering physical, psychological and developmental problems on the recommendation from their health professional. This includes other support and assistance which is considered to be consistent with the charitable purpose of the Trust.</t>
+  </si>
+  <si>
+    <t>Pam Horne (Secretary)</t>
+  </si>
+  <si>
+    <t>neville.h@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.uccmedtrust.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 4434483</t>
+  </si>
+  <si>
+    <t>P O Box 678, Wanaka</t>
+  </si>
+  <si>
+    <t>Luggate Community Association</t>
+  </si>
+  <si>
+    <t>We meet the last Thursday of each month, 7:30pm at Luggate Fire Station rooms.</t>
+  </si>
+  <si>
+    <t>Rod Anderson</t>
+  </si>
+  <si>
+    <t>luggatecommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>Association of Presbyterian Women</t>
+  </si>
+  <si>
+    <t>Office open Tuesday to Friday 9am to 2pm</t>
+  </si>
+  <si>
+    <t>Margaret Little (Secretary)/Heather Ronald</t>
+  </si>
+  <si>
+    <t>wcpchurch@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2027/03 442 6270</t>
+  </si>
+  <si>
+    <t>Southern REAP (Wakatipu)</t>
+  </si>
+  <si>
+    <t>Our professional vision is to enrich our communities through innovative programmes.REAP fills gaps in mainstream education service provision by providing integrated and educational initiatives across Early Childhood, Schools and the Adult Education sectors.</t>
+  </si>
+  <si>
+    <t>enquiries@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz</t>
+  </si>
+  <si>
+    <t>03  236 6008</t>
+  </si>
+  <si>
+    <t>PO Box 9 WINTON 9741</t>
+  </si>
+  <si>
+    <t>Makarora Valley Community Incorporated</t>
+  </si>
+  <si>
+    <t>We don't have regular scheduled meetings, but rather as and when required (and when we can arrange for all the committee to be around).You can also contact Careen Kemp (Deputy/Secretary) on careenk@hotmail.com </t>
+  </si>
+  <si>
+    <t>Danyel Hutton</t>
+  </si>
+  <si>
+    <t>mail.mvci@gmail.com</t>
+  </si>
+  <si>
+    <t>Arrowtown Medical Centre</t>
+  </si>
+  <si>
+    <t>Right care delivered by the right person in the right place at the right time.Queenstown Medical Centre (QMC) operates across three sites – Queenstown, Arrowtown and Frankton (Remarkables Park). In addition to General Practice, Isle St houses an Accident &amp;amp; Medical clinic and facilitates access to a range of health services including Radiology and Ultrasound, Psychology, Physiotherapy, Pharmacy, Immigration Medicals, Travel Medicine and Sexual Health and Family Planning.</t>
+  </si>
+  <si>
+    <t>info@qmc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qmc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 450 1355 </t>
+  </si>
+  <si>
+    <t>Queenstown Bridge Club</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Bridge Club. We are one of the largest bridge clubs in Otago/Southland and we love new members.Meet to play bridge every Tuesday evening and Friday afternoon at the Queenstown Events Centre.</t>
+  </si>
+  <si>
+    <t>Annette Fea</t>
+  </si>
+  <si>
+    <t>annette@feaqt.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstown.bridge-club.org/</t>
+  </si>
+  <si>
+    <t>027 453 3573 or 0276006329</t>
+  </si>
+  <si>
+    <t>PO Box 389, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown and District Historical Society</t>
+  </si>
+  <si>
+    <t>The Historical Society was formed in 1965 in order to protect, celebrate and promote the history of the Wakatipu area. We organise meetings and activities for members and the public; publish a bi-annual magazine which is searchable on our website; have an app of historic sites; support the publication of local history; monitor development in the district to ensure history is protected; and collaborate with other organisations in promoting local history.</t>
+  </si>
+  <si>
+    <t>Marion Borrell (Chairperson)</t>
+  </si>
+  <si>
+    <t>marionborrell@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownhistoricalsociety.org.nz</t>
+  </si>
+  <si>
+    <t>P O Box 132, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Alumni </t>
+  </si>
+  <si>
+    <t>Stay in touch Lincoln Alumni https://alumnilinc.lincoln.ac.nz, find out what we're up to on campus.Or you can contact Richard on his cellphone: 027 226 0983.</t>
+  </si>
+  <si>
+    <t>Richard Burdon</t>
+  </si>
+  <si>
+    <t>info@glendenehunting.com</t>
+  </si>
+  <si>
+    <t>https://alumnilinc.lincoln.ac.nz</t>
+  </si>
+  <si>
+    <t>03 443 1554</t>
+  </si>
+  <si>
+    <t>Glendene Station Private Bag</t>
+  </si>
+  <si>
+    <t>Ministry of Education</t>
+  </si>
+  <si>
+    <t>We shape an education system that delivers equitable and excellent outcomes.Our Vision - Every New Zealander:•Is strong in their national and cultural identity•Aspires for themselves and their children to achieve more•Has the choice and opportunity to be the best they can be•Is an active participant and citizen in creating a strong civil society•Is productive, valued and competitive in the world.New Zealand and New Zealanders lead globally.</t>
+  </si>
+  <si>
+    <t>enquiries.dunedin@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/ministry-of-education/regional-ministry-contacts/</t>
+  </si>
+  <si>
+    <t>03 445 3750</t>
+  </si>
+  <si>
+    <t>Silk &amp; Circus</t>
+  </si>
+  <si>
+    <t>Silk &amp;amp; Circus provides Aerials classes for both Kids and Adults. We focus on Aerial Silks, Trapeze, Lyra, Juggling and Act Creation. We aim to provide quality coaching in a friendly and welcoming atmosphere.</t>
+  </si>
+  <si>
+    <t>hello@silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.silkandcircus.co.nz</t>
+  </si>
+  <si>
+    <t>0212044854</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Anglers Club is based in Queenstown and meets on the first Tuesday of each month at the Sherwood Hotel at 7:30pm. Meet in the bar a little before the meeting with other club members for a drink and maybe a meal if you like.Wakatipu Anglers Club always welcomes new members so if you are interested in finding out more or becoming part of the local fishing community feel free to get in touch or come along to one of the club meeting to get to know us.</t>
+  </si>
+  <si>
+    <t>wakatipuanglersclubnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuanglersclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town Community Association</t>
+  </si>
+  <si>
+    <t> Our goal is to enhance the quality of life for the residents by being responsive to the needs, interests, and priorities of the community. It is the function of this organization to promote the health, safety, common good, and social welfare of the residents of Albert Town.If you live in Albert Town, you are already part of the ATCA, we encourage you to become a member. Chair: Heather Thorne - 0272589779Secretary: Tania Waghorn atca.albert.town@gmail.com ATCA Committee details updated April 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heather Thorne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">atca.albert.town@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.atca.org.nz/</t>
+  </si>
+  <si>
+    <t>Albert Town 9305</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha</t>
+  </si>
+  <si>
+    <t>Community Link Upper Clutha is the Upper Clutha's one-stop community support and connection centre, supporting our growing community across the full wellbeing spectrum. We work to provide information and support; connect and collaborate; and build resilient community through development projects and cross-sector collaboration. • We provide a gateway for the community to access free information and support from government agencies like MSD, WINZ, IRD; financial advisors; legal aid; and social work services. • We coordinate community services like the Community Foodbank; JP services; Total Mobility Vouchers; Meals on Wheels and Wheels to Dunstan, our community bus service connecting locals to Dunstan and Dunedin hospitals. • We offer subsidised counselling and financial assistance with one-off household costs through our Community Support Fund. • We work alongside local social service providers and the community to identify and address gaps in provision; develop and support projects to meet community needs; and support community groups with advice and funding.   Hours: 9-5pm, Monday - Friday Location: Wanaka Community Hub, 34 McDougall Street For more info: visit www.communitylink.nz or call 03 443 7799</t>
+  </si>
+  <si>
+    <t>info@communitylink.nz</t>
+  </si>
+  <si>
+    <t>http://www.communitylink.nz</t>
+  </si>
+  <si>
+    <t>03 443 7799</t>
+  </si>
+  <si>
+    <t>Wakatipu Toy Library</t>
+  </si>
+  <si>
+    <t>The Toy Library Federation of NZ is the national body to which individual toy libraries belong. We act as a support to new and existing not-for-profit toy libraries; offering information and support on all aspects of running a toy library, toy selection and the value of play. Toy Libraries offer a range of quality toys, puzzles, games and learning activities for members to hire for a set period of time. In NZ our toy libraries mainly cater for children 0-8 years. Many libraries also stock games, puzzles, sport, musical and other play items suitable for the entire family. Some therapeutic toy libraries such as those run by CCS focus on children with special needs. Toy Libraries are run by a group of volunteers for the benefit of children in your community.</t>
+  </si>
+  <si>
+    <t>wakatiputoylibrary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toylibrary.co.nz/</t>
+  </si>
+  <si>
+    <t>027 678 5593</t>
+  </si>
+  <si>
+    <t>Salsa Queenstown</t>
+  </si>
+  <si>
+    <t>Salsa Class</t>
+  </si>
+  <si>
+    <t>Maria Beckingsale</t>
+  </si>
+  <si>
+    <t>pasionsalsaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/334148146609903/about/</t>
+  </si>
+  <si>
+    <t>021 242 3628</t>
+  </si>
+  <si>
+    <t>CanShop</t>
+  </si>
+  <si>
+    <t>100% volunteer run Opportunity Shop, raising funds to provide practical psychosocial support to individuals affected by a cancer diagnosis and their wider families /whānau. We have health care professional staff based across the region, with a staff members based in Queenstown, Wanaka and Alexandra.We provide support to anyone who is affected by cancer, no matter where you live or your circumstance. Our services are for those with a cancer diagnosis and their family / whānau and friends. Our hours of operation are Monday to Friday 10am – 4pm and Saturdays 11am – 3pm. Address: Building 12, Level 1,11 Hawthorne Drive, Frankton, Queenstown 9300. Across from the BNZ, around the corner from the old Hannah’s shop.</t>
+  </si>
+  <si>
+    <t>Marie.Wales@cansoc.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/canshopqueenstown/</t>
+  </si>
+  <si>
+    <t>0275360066</t>
+  </si>
+  <si>
+    <t>Dance Evolution Studios</t>
+  </si>
+  <si>
+    <t>Formerly known as Queenstown School of Dance, DEVOS  has been teaching Wakatipu students since 2006. Queenstown classes are held on Wednesdays and Thursdays at the The Arrowtown Community Hall, a gorgeous big dance space, with excellent parking, safe space for children and only 15mins commute from downtown Queenstown. We offer a Musical Theatre Class, a Hip Hop Crew Class and of course our fabulous DEVOS DANCE FUSION CLASSES. Suitable for both beginners and seasoned dancers wanting to challenge themselves in all genres of dance. </t>
+  </si>
+  <si>
+    <t>Anna Stuart</t>
+  </si>
+  <si>
+    <t>https://devos.co.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Al-anon</t>
+  </si>
+  <si>
+    <t>Al-Anon has but one purpose: to help families of alcoholics. We do this by practicing The Twelve Steps, by welcoming and giving comfort to families of alcoholics, and by giving understanding and encouragement to the alcoholic. We believe that alcoholism is a family illness and that changed attitudes can aid recovery.Queenstown AFG - Thursday 7.30pm Salvation Army Rooms 29 Camp St Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">office@al-anon.org.nz </t>
+  </si>
+  <si>
+    <t>https://al-anon.org.nz/al-anon-meetings/</t>
+  </si>
+  <si>
+    <t>0508425266</t>
+  </si>
+  <si>
+    <t>Whakatipu Wildlife Trust</t>
+  </si>
+  <si>
+    <t>The Whakatipu Wildlife Trust work with community environmental groups to support, connect and foster predator control efforts. We represent a unified voice for wildlife in the Wakatipu Basin; working towards a predator free Wakatipu. We are always on the lookout for new volunteers to help with our trapping, training and advocacy work.</t>
+  </si>
+  <si>
+    <t>hello@whakatipuwildlifetrust.org.nz</t>
+  </si>
+  <si>
+    <t>https://whakatipuwildlifetrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Arrowtown Horticultural Society</t>
+  </si>
+  <si>
+    <t>A small group of garden enthusiasts who run an annual Flower Show in Arrowtown. Very school/community based. Please make contact! We have a great group of people who need your help to make the magic happen...</t>
+  </si>
+  <si>
+    <t>Jean Britton - President</t>
+  </si>
+  <si>
+    <t>jeanbobqt@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>442 3650</t>
+  </si>
+  <si>
+    <t>Queenstown Womens Institute</t>
+  </si>
+  <si>
+    <t>Women&amp;rsquo;s Institute is a local, provincial, national and international organization that promotes women, families and communities.  Queenstown WI: meets first Tuesday contact Jo-Ellen Reid 4423389</t>
+  </si>
+  <si>
+    <t>Jo Reid</t>
+  </si>
+  <si>
+    <t>http://www.centralotagonz.com/alexandra-clyde/clyde/clubs/x,1,4083/alexandra-womens-institute.html</t>
+  </si>
+  <si>
+    <t>03 442 3389</t>
+  </si>
+  <si>
+    <t>Southland Times</t>
+  </si>
+  <si>
+    <t>The Southland Times newspaper has played a major role in the life of the province since its first edition was published in 1862.</t>
+  </si>
+  <si>
+    <t>advertising@stl.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stuff.co.nz/southland-times</t>
+  </si>
+  <si>
+    <t>(03) 441 0690</t>
+  </si>
+  <si>
+    <t>Upper Clutha Sports Community</t>
+  </si>
+  <si>
+    <t>We are a voluntary group set up to encourage greater participation in and the more effective and efficient delivery of sport and recreation in the Upper Clutha. We work with clubs,schools, Sport Central and the QLDC to connect people with people and to support those involved in sport and recreation in our area.</t>
+  </si>
+  <si>
+    <t>uppercluthasportscommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/ucsportscommunity</t>
+  </si>
+  <si>
+    <t>03 443 8824</t>
+  </si>
+  <si>
+    <t>Counsellor and Gestalt Therapist, Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>I work as a counsellor and gestalt therapist with individuals and couples. Most people benefit from therapy at certain times in their lives. This is normally signalled by anxiety or depression, or by that ‘lost’ sense that many of us fall victim to, when life loses its colour and vitality. Please see my website for my credentials and more about the way I work. Liz</t>
+  </si>
+  <si>
+    <t>Elizabeth Denton</t>
+  </si>
+  <si>
+    <t>elizabethdentonnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstowntherapy.wordpress.com</t>
+  </si>
+  <si>
+    <t>0212 882 797</t>
+  </si>
+  <si>
+    <t>50 Stanley Street, Queenstown</t>
+  </si>
+  <si>
+    <t>Ashburn Psychiatric Health Care</t>
+  </si>
+  <si>
+    <t>Ashburn Clinic is a not-for-profit rehabilitation clinic and therapeutic community in Dunedin, offering a professional and supportive environment for diagnosis, treatment and recovery from mental illness and addictions.</t>
+  </si>
+  <si>
+    <t>ashburn@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ashburn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 476 2092</t>
+  </si>
+  <si>
+    <t>Private Bag 1916, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9010 </t>
+  </si>
+  <si>
+    <t>Ignite Wanaka Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>The Ignite Wanaka Chamber of Commerce is a membership-driven, not-for-profit organisation representing the diverse aspects of the Wanaka business sector, small and large businesses, business professionals, community groups and residents.The Ignite Wanaka Chamber of Commerce provides support, advocacy, networking &amp;amp; training opportunities, creating a stronger business sector in the town.</t>
+  </si>
+  <si>
+    <t>naomi@ignitewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ignitewanaka.co.nz/</t>
+  </si>
+  <si>
+    <t>021 942 502</t>
+  </si>
+  <si>
+    <t>PO Box 80, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka and Districts Lions Club</t>
+  </si>
+  <si>
+    <t>Lions are ordinary people from all walks of life who enjoy getting together and doing good things. We are kind and generous people who want to help. That’s why we work on projects to improve our communities and protect the environment. We get enormous satisfaction from the knowledge that what we do DOES make a difference. And we enjoy friendship and fun while doing so.Meeting time : 6:30pm WednesdayLocation : Albert Town Tavern</t>
+  </si>
+  <si>
+    <t>http://members.lionsclubs.org.nz/Clubs/202F/Zone-1/Wanaka-Districts</t>
+  </si>
+  <si>
+    <t>03 443 7422</t>
+  </si>
+  <si>
+    <t>P.O. Box 167, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art Club</t>
+  </si>
+  <si>
+    <t>Lakes District Floral Art club is for people who enjoy floral art and who live within the Central Otago region of New Zealand.We meet at a number of places - Cromwell, Wanaka, Queenstown</t>
+  </si>
+  <si>
+    <t>pmcgeorge@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fasnz.org.nz/</t>
+  </si>
+  <si>
+    <t>0272766461</t>
+  </si>
+  <si>
+    <t>Central Otago Junior Rugby</t>
+  </si>
+  <si>
+    <t>Information for parents and children that play in the Central Otago Junior Rugby competition &amp;amp; rep teams and is ran by the J.A.B.The Central Otago Junior Advisory Board (J.A.B.) governs the junior game in Central Otago from Under Seven Rippa Rugby through to full field 15 aside tackle rugby. The JAB also organises Central Otago Junior Representative rugby for children selected for higher honours.</t>
+  </si>
+  <si>
+    <t>Club Secretary</t>
+  </si>
+  <si>
+    <t>centraljab@gmail.com</t>
+  </si>
+  <si>
+    <t>Wakatipu High School foundation</t>
+  </si>
+  <si>
+    <t>Since 2013, the WHS Foundation has supported the delivery of an outstanding education at Wakatipu High School. We recognise that through education, our youth can enrich both their own lives and our community. Our vision is to create a supportive and well-resourced environment for all students; enabling them to reach their potential.</t>
+  </si>
+  <si>
+    <t>Mia McGregor</t>
+  </si>
+  <si>
+    <t>exec@whsf.nz</t>
+  </si>
+  <si>
+    <t>https://www.whsf.nz/</t>
+  </si>
+  <si>
+    <t>Healthpoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpoint provides up-to-date information about healthcare providers, referral expectations, services offered and common treatments.SERVICES: COVID-19 Testing GPs / Accident &amp;amp; Urgent Medical Care Public Hospital Services Private Hospitals &amp;amp; Specialists Mental Health &amp;amp; Addictions Maternity Services Pharmacy Allied Health Dentistry Optometry Cancer Support Community Health Services Social Services </t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/</t>
+  </si>
+  <si>
+    <t>Mary Ferguson</t>
+  </si>
+  <si>
+    <t>Psychotherapist/CounsellorI am a Registered Psychotherapist with both an adult and a specialised child, adolescent &amp;amp; family scope of practice. This is because I have a Postgraduate qualification in Child &amp;amp; Adolescent Psychotherapy.I work across the Central Lakes region consulting in Queenstown, Cromwell and Wanaka. When I meet with a new client it is important to start our work by establishing a warm and supportive relationship. By reaching an understanding of your concerns and difficulties it means that your goals and a treatment plan can be established.</t>
+  </si>
+  <si>
+    <t>maryferguson3@gmail.com</t>
+  </si>
+  <si>
+    <t>http://mary-ferguson.co.nz/</t>
+  </si>
+  <si>
+    <t>0275 044 730</t>
+  </si>
+  <si>
+    <t>P O Box 1628, Queenstown</t>
+  </si>
+  <si>
+    <t>Kinga Krupa Music</t>
+  </si>
+  <si>
+    <t>We are a piano school based in Shotover Country offering music tuition to people of all ages (from 3 to 93) - piano, keyboard, music theory, early childhood music, exams preparation etc. Please feel invited to our concerts and workshops, we love being an active member of the community!</t>
+  </si>
+  <si>
+    <t>Kinga</t>
+  </si>
+  <si>
+    <t>info@kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>http://www.kingakrupamusic.com</t>
+  </si>
+  <si>
+    <t>02108437037</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>The Salvation Army, an international movement, is an evangelical part of the universal Christian Church. Its message is based on the Bible. Its ministry is motivated by love for God. Its mission is to preach the gospel of Jesus Christ and meet human needs in his name without discrimination. In the NZ, Tonga and Fiji Territory, our mission is to: Care for People, Transform Lives and Reform Society through God in Christ by the Holy Spirit's power.</t>
+  </si>
+  <si>
+    <t>queenstown.corps@salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.salvationarmy.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9661</t>
+  </si>
+  <si>
+    <t>P O Box 887 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club</t>
+  </si>
+  <si>
+    <t>As the only rugby club located in Queenstown, New Zealand, the Wakatipu Rugby Club has a proud record of one of the strongest Otago Country Rugby Clubs around. Formed in 1953 the club currently fields two senior rugby teams, the Premiers and Wanderers as well as an U17,U16, U15, U14, a girl’s team and nine teams in the junior club. If you are looking for a club to play for in NZ where you will make friends for life then the Wakatipu Rugby Club is an ideal location set amongst NZ’s Adventure Capital of the world.</t>
+  </si>
+  <si>
+    <t>info@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>027 736 9446</t>
+  </si>
+  <si>
+    <t>City Impact Church</t>
+  </si>
+  <si>
+    <t>Sunday Services 10am &amp;amp; 6:30pm</t>
+  </si>
+  <si>
+    <t>Ps Paul &amp; Lynne Tankard/ Sen Ps Daryl &amp; Roberta Watson</t>
+  </si>
+  <si>
+    <t>queenstown@cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>http://www.cityimpactchurch.com</t>
+  </si>
+  <si>
+    <t>03 442 3025</t>
+  </si>
+  <si>
+    <t>PO Box 875 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Kids Circus</t>
+  </si>
+  <si>
+    <t>Circus class for anyone over 6years. A fun class of Trapeze, Aerial Fabric, Rope, Tumbling, Juggling and Hoops. Arrowtown Primary School Hall Thursdays 5.30pm Sundays 4pm   Ask about adult training!</t>
+  </si>
+  <si>
+    <t>http://Www.abigailrose.co.nz</t>
+  </si>
+  <si>
+    <t>022 017 2046</t>
+  </si>
+  <si>
+    <t>Abbeyfield Wakatipu Inc</t>
+  </si>
+  <si>
+    <t>Not-for-profit housing project for the over-55s in the Wakatipu.Purpose-built affordable housing for independent older people.Follows international Abbeyfield tenets of companionship, values and community support and involvement.Manager/Residents Housekeeper: Alison Beaumont - 021 955695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alison Beaumont </t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@abbeyfieldwakatipu.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.abbeyfield.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 441 4448 </t>
+  </si>
+  <si>
+    <t>Kelvin Peninsula Community Association</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects.</t>
+  </si>
+  <si>
+    <t>David Mayhew</t>
+  </si>
+  <si>
+    <t>talk2kpca@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kelvinpeninsula.org/</t>
+  </si>
+  <si>
+    <t>02102270279</t>
+  </si>
+  <si>
+    <t>Wakatipu 9348</t>
+  </si>
+  <si>
+    <t>Wanaka Bridge Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Bridge Club was formed in 1977 and is affiliated to NZ Bridge.  The Club is well-known for its friendly atmosphere and has a steady membership of about 190.  It uses the NZ Bridge Scorer programme, and all sessions' hands are randomly machine dealt.  We play regular sessions four times a week on Monday and Wednesday evenings, Tuesdays at 11:00 a.m., and Fridays at 1:00 p.m., with two tournaments held during the year. Please visit our website for full details. During the remainder of 2022 and until at least mid-2023 we are playing at the Presbyterian Church Community Hall, 91 Tenby Street, Wanaka. We look forward to you joining us.</t>
+  </si>
+  <si>
+    <t>Lynne Fegan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">wanakabridgeclub@fastmail.com </t>
+  </si>
+  <si>
+    <t>http://otagosouthlandbridge.org.nz/wanaka/</t>
+  </si>
+  <si>
+    <t>03 443 6838</t>
+  </si>
+  <si>
+    <t>P O Box 310, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Alzheimers Society Otago, Queenstown</t>
+  </si>
+  <si>
+    <t>Affiliated to Alzheimers New Zealand Inc, Alzheimers Otago is an autonomous society operating from three offices across Otago. Our primary role is to support people with dementia and the family, friends, neighbours and communities who care for them.We do this by providing information, support, advice, carer support groups, home visits by qualified staff, education, a shoulder to lean on and a companion on this, at times, long and difficult journey. Queenstown Office days: Tuesday, Wednesday, ThursdayHours: 9am - 4pm</t>
+  </si>
+  <si>
+    <t>queenstown@alzheimersotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.alzheimers.org.nz/otago</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(03) 441 4955 or 027 441 4960 </t>
+  </si>
+  <si>
+    <t>St Josephs School</t>
+  </si>
+  <si>
+    <t>We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. The Gospel values are the basis of how we behave and treat each other. Our school’s vision is to “create confident learners who, like Jesus make a positive difference”.We can only do this if we all work together to provide the best learning opportunities for our children and so we welcome and encourage all our families to be actively engaged in their children’s learning.We have a great history in Queenstown - the Dominican sisters arrived to teach at our school on its current site in 1883. The Dominican pillars of prayer, learning, community and service are evident in our school and our learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal: Trisch Inder </t>
+  </si>
+  <si>
+    <t>office@stjosephsqt.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqt.school.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8224</t>
+  </si>
+  <si>
+    <t>Southern District Health Board</t>
+  </si>
+  <si>
+    <t>Southern District Health Board (Southern DHB) exists to support everyone across our district to live well, and access the right care when they need it, by delivering high quality, patient-centred and equitable health services to our diverse communities.We are responsible for planning, funding and providing health and disability services to a population of over 315,000 located South of the Waitaki River. Our catchment area encompasses Invercargill City, Queenstown - Lakes District, Gore, rural Southland, Clutha, Central Otago, Maniototo, Waitaki District and Dunedin City. This means Southern DHB serves the largest geographic region of all New Zealand's health boards.</t>
+  </si>
+  <si>
+    <t>contactus@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernhealth.nz</t>
+  </si>
+  <si>
+    <t>03 474 0999</t>
+  </si>
+  <si>
+    <t>Otago Community Hospice</t>
+  </si>
+  <si>
+    <t>We provide a wide range of services for people who are approaching the end of their life and whose palliative care needs are beyond the level that are able to be supported by their local services e.g. GP and District Nurses alone. We also provide care and support for the patient’s loved ones.</t>
+  </si>
+  <si>
+    <t>contact@otagohospice.co.nz</t>
+  </si>
+  <si>
+    <t>https://otagohospice.co.nz/</t>
+  </si>
+  <si>
+    <t>03 473 6005 or 0800 473 6005</t>
+  </si>
+  <si>
+    <t>Dunedin 9010</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health Team</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Mental Health, Addiction &amp;amp; Intellectual Disability Services: Monday to Friday 8.30am ‐ 5.00pmThe Wakatipu Community Mental Health Team provides a range of specialist mental health services in the Queenstown and Districts community. A multi‐disciplinary team of health professionals provides a range of services for people aged 18 years and over who have been diagnosed with a significant mental illness.Referrals: These can be received from your GP and other health professionals. It is our preference that your GP is informed so that both services are involved with your treatment.If you are in a crisis and need urgent assistance please phone the Southland Mental Health Emergency Team who provide a 24 hour a day, 7 days a week service on: 0800 467 846.For our Clyde clinic our contacts are:centralotagocmht@southerndhb.govt.nz 03 440 4308Clyde covers Wanaka, Cromwell, and beyond.   </t>
+  </si>
+  <si>
+    <t>wakatipuCMHT@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 - afterhours number 0800 467 846</t>
+  </si>
+  <si>
+    <t>P.O.Box 2022 Frankton</t>
+  </si>
+  <si>
+    <t>Brain Injury Assoiation</t>
+  </si>
+  <si>
+    <t>Every day, 90 New Zealanders sustain a brain injury. Brain injuries are more common than you think, and can happen to anyone at anytime. Sudden knocks to the head through falls, sporting injuries and car crashes can all result in a brain injury. In fact, if you have ever suffered a concussion, no matter how mild, then you have sustained a brain injury.</t>
+  </si>
+  <si>
+    <t>liaison.dunedin@brain-injury.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.brain-injury.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6156</t>
+  </si>
+  <si>
+    <t>PO Box 5222, Dunedin</t>
+  </si>
+  <si>
+    <t>Dunedin 9016</t>
+  </si>
+  <si>
+    <t>Queenstown Cricket Club</t>
+  </si>
+  <si>
+    <t>One of Central Otago's leading Cricket Clubs, the Queenstown Cricket Club not only enjoys playing its home matches in one of the most picturesque landscapes found anywhere in the world, it also has the privilege of playing on some of the very best pitches in New Zealand.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emma Campbell</t>
+  </si>
+  <si>
+    <t>emma@coaching-solutions.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowncricketclub.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 124 2266 </t>
+  </si>
+  <si>
+    <t>IRD Visits Wanaka</t>
+  </si>
+  <si>
+    <t>The Inland Revenue Department (IRD) visits Community Networks one Wednesday of every month, 9.00 a.m. &amp;ndash; 12.30 p.m.  Free half hour appointments. Bookings are essential.  Please phone Community Networks on 03 443 7799 or email  info@communitynetworks.co.nz  to make an appointment.  We will need your date of birth and IRD number.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>http://communitynetworks.co.nz/services/ird-visits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 7799 </t>
+  </si>
+  <si>
+    <t>KingsView Christian School</t>
+  </si>
+  <si>
+    <t>KingsView School is an inter-denominational state integrated Christian school operating from Year 1 to Year 8. It is a Decile 7 school, currently leasing premises in Yewlett Crescent, Frankton. Plans are under way to develop a new site some time in the next two-three years.KingsView began life in 1996 as Southern Lakes Christian School. It was established as a private school by the Christian School Association of Queenstown building on the vision of the Wielemaker and Sizemore families and began with 8 pupils from five families in the home of a school parent but soon outgrew this. It then rented premises in the Presbyterian Church of Queenstown situated on Stanley Street in the Queenstown CBD. This lease expired at the end of 2006, and the current premises have been leased since 2007. The school operates a full primary structure (Years 0-8) with two full-time teachers. The school has achieved considerable success in local area initiatives including spelling competitions, arts festivals, concerts, inter-school sports and swimming competitions, community clean-up days and voluntary help initiatives with locals. The pupils also help the Salvation Army with fundraising activities and the school has regularly featured among the top per-student dollar raised for World Vision.Application was first made to integrate the school into the state education system in 2006, and we rejoice that in 2010 our application has finally been approved by the Minister of Education. With integration, the school’s name has been changed to ‘KingsView’ to reflect both the heavenly King we serve and the beautiful part of His creation we are blessed to be located in.</t>
+  </si>
+  <si>
+    <t>Peter Ferrar</t>
+  </si>
+  <si>
+    <t>office@kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.kingsview.school.nz</t>
+  </si>
+  <si>
+    <t>03 451 1444</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Messenger</t>
+  </si>
+  <si>
+    <t>The Messenger is recognised as the most effective advertising medium in the district - by far. It sits in offices, homes, cafés and businesses for a whole week. There are businesses that have advertised continually for 20 years and more. We often see our readers pick the Messenger up outside our office at 8.30am on Wednesday, when we know there will be another copy in their mailbox by lunchtime – they can’t wait.</t>
+  </si>
+  <si>
+    <t>hello@mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>http://mymessenger.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7805</t>
+  </si>
+  <si>
+    <t>Grey Power Queenstown</t>
+  </si>
+  <si>
+    <t>Grey Power is a national organisation that was set up in the 80s as an advocacy group for older people.  Over 50s are welcome to join us.  We have about four main meetings a year featuring a speaker, smaller meetings from time to time on subjects that may interest a smaller audience.  Social events are organised from time to time.  Grey Power Electricity is available to members which means lower electricity costs also a range of discounts is available from local businesses.  We welcome new members.Treasurer, Kirsty Sharpe:kirstyjsharpe@gmail.com021 04100 76</t>
+  </si>
+  <si>
+    <t>Peter Jenkins</t>
+  </si>
+  <si>
+    <t>greypowerqueenstownsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.greypower.co.nz</t>
+  </si>
+  <si>
+    <t>03 428 7861</t>
+  </si>
+  <si>
+    <t>ASB</t>
+  </si>
+  <si>
+    <t>The role of a Community Banker has evolved considerably and is now defined as a connector or conduit between our most vulnerable customer &amp;amp; communities, bridging the gap supporting Financial Literacy ASB’s products and services Our Kaupapa: “Working with passion to connect with and support Tangata me te Hapori.</t>
+  </si>
+  <si>
+    <t>shyla.hona@asb.co.nz</t>
+  </si>
+  <si>
+    <t>Brief Intervention Service</t>
+  </si>
+  <si>
+    <t>WellSouth Brief Intervention Primary Mental Health Service provides support and assistance to people experiencing concerns related to their mental well-being.This can include people experiencing•stress,•depression,•anxiety or•concerns about their alcohol and drug use.This service is available to those people eligible for NZ healthcare and 20 years of age and over. Generally people are referred by their general practice health care team.</t>
+  </si>
+  <si>
+    <t>info@wellsouth.org.nz</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/community/clinical-service/brief-intervention-services/</t>
+  </si>
+  <si>
+    <t>03 477 1163 OR 0800 477 115 (free)</t>
+  </si>
+  <si>
+    <t>WellSouth Primary Care Network, PO Box 218, Dunedin</t>
+  </si>
+  <si>
+    <t>Oranga Tamariki Ministry for Children</t>
+  </si>
+  <si>
+    <t>We are dedicated to supporting any child in New Zealand whose wellbeing is at significant risk of harm now, or in the future. We also work with young people who may have offended, or are likely to offend.Our belief is that in the right environment, with the right people surrounding and nurturing them, any child can, and should flourish.Lines open 24/7. From 5pm – 8 am Monday to Friday, weekends and public holidays, social workers will only assess emergency situations. But we encourage you to call if you're unsure.</t>
+  </si>
+  <si>
+    <t>enquiry@ot.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.orangatamariki.govt.nz/</t>
+  </si>
+  <si>
+    <t>0508 326 459</t>
+  </si>
+  <si>
+    <t>P O Box 240 Alexandra</t>
+  </si>
+  <si>
+    <t>Counsellor - Sarah Deering</t>
+  </si>
+  <si>
+    <t>Providing counselling services to individuals, couples, and families. Counselling can assist you in moving forward if you are feeling stuck, or by finding solutions to issues that may be affecting your life.</t>
+  </si>
+  <si>
+    <t>Sarah Deering</t>
+  </si>
+  <si>
+    <t>counsellingprovider@gmail.com; sarah@counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.counsellingprovider.co.nz</t>
+  </si>
+  <si>
+    <t>0212527620</t>
+  </si>
+  <si>
+    <t>Skyline Arcade, The Mall, Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Resort College</t>
+  </si>
+  <si>
+    <t>QRC is New Zealand’s premier Tourism &amp;amp; Hospitality Management College. Whether you aspire to a career in adventure tourism or wish to enter the world of hospitality, QRC will prepare you with the skills, knowledge and confidence to successfully pursue your management career, through a blended delivery of theory, practical &amp;amp; professional learning.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charlie Phillips </t>
+  </si>
+  <si>
+    <t>charlie.phillips@qrc.ac.nz</t>
+  </si>
+  <si>
+    <t>https://www.qrc.ac.nz/</t>
+  </si>
+  <si>
+    <t>03 409 0500</t>
+  </si>
+  <si>
+    <t>PO Box 1566</t>
+  </si>
+  <si>
+    <t>Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Breastfeeding Support Group</t>
+  </si>
+  <si>
+    <t>Breastfeeding Peer Supporters are trained to provide breastfeeding support and basic breastfeeding information to mothers in the community. Peer Supporters have graduated from a programme based on the La Leche League New Zealand Peer Counsellor Programme and completed the breastfeeding training provided by a Peer Counsellor Administrator. They have all been police vetted.</t>
+  </si>
+  <si>
+    <t>Emma Weinert or Catkin Bartlett</t>
+  </si>
+  <si>
+    <t>emma.weinert@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.breastfeedingsos.co.nz/Consultant/Territory?region=Queenstown</t>
+  </si>
+  <si>
+    <t>021942445 or 0800560650</t>
+  </si>
+  <si>
+    <t>Employment New Zealand</t>
+  </si>
+  <si>
+    <t>For free employment information we're open from Monday to Thursday 8.30am - 5.00pm, Fridays 9.00am - 5.00pm, excluding public holidays. Please note: We can't interpret employment agreements, provide legal advice or bring personal grievances on your behalf.0800 20 90 20 International: +64 9 969 2950Language Line If English isn't your first language, you can use a free telephone interpreting service called Language Line. Interpreters are available for 43 different languages. Call us after 9.00am, ask for Language Line and tell us which language you speak. Hold the line and we'll get an interpreter within a couple of minutes.Video Relay Service If you are deaf or hearing impaired, after 9:00am we can use the Video Relay Service to provide information. Visit https://www.nzrelay.co.nz/index  </t>
+  </si>
+  <si>
+    <t>info@employment.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.employment.govt.nz/</t>
+  </si>
+  <si>
+    <t>0800 20 90 20</t>
+  </si>
+  <si>
+    <t>Meals on Wheels Upper Clutha (Wanaka, Albert Town, Hawea, Luggate, Cardrona)</t>
+  </si>
+  <si>
+    <t>To be assessed for eligibility for Meals on Wheels, clients need to contact their GP or a nurse at the medical centre.The meals are cooked at Aspiring Enliven Care Centre. Clients who are already receiving meals and wanting to change/cancel them temporarily should call the Aspiring Enliven Care Centre on 03 555 3010.To become a Meals on Wheels volunteer driver, please contact Community Networks/LINK on 03 443 7799 or email info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Networks/LINK </t>
+  </si>
+  <si>
+    <t>info@communitynetworks.co.nz</t>
+  </si>
+  <si>
+    <t>03 555 3010</t>
+  </si>
+  <si>
+    <t>Wanaka Scout and Guide Group</t>
+  </si>
+  <si>
+    <t>Scouts take part in activities as diverse as kayaking, abseiling, expeditions overseas, photography, climbing and caving. As a Scout you can learn survival skills, first aid, be part of a stage show, or even learn how to fly a plane. There’s something for every young person. It’s a great way to have fun, make friends, get outdoors, express your creativity and experience the wider world.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huw Phillips</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Queenstown</t>
+  </si>
+  <si>
+    <t>Shukokai is a hard and fast style of karate with an emphasis on self-defence. Traditional dojo etiquette and discipline are also important in training. Shukokai - "way for all" - has aspects that are suitable for men, women, and children of all ages.Shukokai Karate Queenstown is a voluntary, non-profit organisation committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Shukokai Karate Queenstown is a part of the Karate NZ family which is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Sensei Liz Simpson - Nidan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">patsarat@gmail.com   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://sites.google.com/site/samuraikaratenewzealand/home  </t>
+  </si>
+  <si>
+    <t>0274 316 236</t>
+  </si>
+  <si>
+    <t>St John 1st Aid Training</t>
+  </si>
+  <si>
+    <t>First aid is at the heart of St John. In addition to our ambulance services, we provide training courses, kits and supplies, AEDs and smartphone applications. We also provide up-to-date first aid information right here on this website – tips, quizzes, videos and online training courses.</t>
+  </si>
+  <si>
+    <t>Jehovahs Witness Kingdom Hall</t>
+  </si>
+  <si>
+    <t>A place of learning for lectures and discussions. The facility seats up to 84 people and meetings are usually scheduled for midweek evenings and Sunday mornings or afternoon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2341 or +64 027 444 5226  </t>
+  </si>
+  <si>
+    <t>Queenstown Quilters and Patchworkers</t>
+  </si>
+  <si>
+    <t>We are a group of people who gather weekly to stitch, share our projects and support local charities.</t>
+  </si>
+  <si>
+    <t>quiltersqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Queenstown-Quilters-Patchworkers-677250472434624/</t>
+  </si>
+  <si>
+    <t>027 375 0910</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Disabilities Services</t>
+  </si>
+  <si>
+    <t>Disability Support Services (DSS) is responsible for the planning and funding of disability support services, and administers the Intellectual Disability (Compulsory Care and Rehabilitation) Act 2003.</t>
+  </si>
+  <si>
+    <t>info@health.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 373 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QT Community CATs </t>
+  </si>
+  <si>
+    <t>QT Community Cats - Traps, rescues and re homes cats with in the Wakatipu Region, QT Cats also runs Well being and Companion Cat Programs with Youth through to Senior citizens. We are Volunteer Based.</t>
+  </si>
+  <si>
+    <t>ginny@ambiencesystems.co.nz</t>
+  </si>
+  <si>
+    <t>0276950276</t>
+  </si>
+  <si>
+    <t>Shukokai Karate - Wanaka</t>
+  </si>
+  <si>
+    <t>Karate NZ is a voluntary, non profit organization committed to fostering and developing opportunities for all New Zealanders to participate in traditional and sports karate at all levels. Karate NZ is recognized by Sport New Zealand as the national governing body for Karate in New Zealand.</t>
+  </si>
+  <si>
+    <t>Gabriela Schmidt-Morrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gabriela_schmidt@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.karatenz.co.nz</t>
+  </si>
+  <si>
+    <t>027 2233 176</t>
+  </si>
+  <si>
+    <t>Remarkables Park Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We now operate across three sites, Queenstown, Arrowtown and Remarkables Park and our team consists of 13 Vocationally Registered General Practitioners, 16 Practice Nurses, 10 receptionists and 6 Clinical and Administrative support staff.</t>
+  </si>
+  <si>
+    <t>03 450 9199</t>
+  </si>
+  <si>
+    <t>Queenstown Baptist Church</t>
+  </si>
+  <si>
+    <t>Baptist Church Queenstown is located in Queenstown, New Zealand, and was founded in 1989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pastor Jeff </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.qbbc.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027-364-8788</t>
+  </si>
+  <si>
+    <t>P O Box 339 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration World  </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration World.   New Zealand's First Ever Luv Immigration World Festival will be in Queenstown. Get involved and let's make history together. &amp;#8203;It is going to be amazing! Learn, Taste and Experience the World.    &amp;#8203;Coming in 2019. It is all about bringing cultures together and connecting everyone for a fun day out.    YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  &amp;#8203;If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t>Kay Luv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@luvimmigration.com </t>
+  </si>
+  <si>
+    <t>http://luvimmigration.com/luv-immigration-world.html</t>
+  </si>
+  <si>
+    <t>03 442 2211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Po Box 99, Queenstown </t>
+  </si>
+  <si>
+    <t>1088 Frankton Rd, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Southern Lakes Deerstalkers Association</t>
+  </si>
+  <si>
+    <t>Formed in 1937, the New Zealand Deerstalkers’ Association is New Zealand’s recognised National body representing and speaking for hunter generally. The fundamental aim of the association is to ensure that the organisation and management of recreational hunting in New Zealand is carried out by hunters.Our Mission Statement is:“to retain, enhance and create opportunities for the enjoyment of legitimate recreational hunting and the sport of shooting, for the members of the Association”</t>
+  </si>
+  <si>
+    <t>info@southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.southernlakesnzda.org.nz</t>
+  </si>
+  <si>
+    <t>021 942 328</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club</t>
+  </si>
+  <si>
+    <t>Wanaka Tennis Club invites all players to enjoy our facilities... •Open throughout the year to both members and non-members •7 courts - 5 Tiger Elite, and 2 Rebound Ace •2 fenced volley walls •Toilets, changing rooms, and shower facilities •Clubroom including lounge and kitchen (available for function hire) •Outdoor tables, umbrellas and BBQ for events •Pro-shop •Watch tennis from our wooden deck with beautiful mountain backdrop •Strong membership of all ages •Excellent coaching, catering for all ages and abilities</t>
+  </si>
+  <si>
+    <t>John Lyness</t>
+  </si>
+  <si>
+    <t>http://www.wanaka-tennis.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 7500</t>
+  </si>
+  <si>
+    <t>Pointe Central</t>
+  </si>
+  <si>
+    <t>Welcome to Pointe Central, Classical Ballet Coaching Academy located in beautiful Wanaka focused on achieving exceptional standards of ballet and dance.We believe in teaching a solid, basic foundation in classical ballet technique and nurturing creativity and artistic development while offering a warm, fun and positive environment.Enquire today to learn more about the classes on offer for preschoolers right up to Adults and how to enrol in a Pointe Central lesson today. </t>
+  </si>
+  <si>
+    <t>Briony Martin</t>
+  </si>
+  <si>
+    <t>info@pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pointecentral.co.nz</t>
+  </si>
+  <si>
+    <t>02102891754</t>
+  </si>
+  <si>
+    <t>Wanaka Croquet Club</t>
+  </si>
+  <si>
+    <t>Croquet New Zealand is the National Sporting Organisation (NSO) for the sport of Croquet. Croquet New Zealand has 19 regional Associations throughout the country representing 112 clubs and over 4200 members.Croquet is a fun game for all ages. Visitors are always welcome at our Club in Wanaka.Our Club rooms &amp;amp; kitchen facilities are also available for hire. Our playing times are Mid September to April:  Wed                  names in by 9:15 am to noon     Golf Croquet onlyThurs &amp;amp; Sat        names in by 1:15 pm to 4 pm     Golf &amp;amp; Association Croquet</t>
+  </si>
+  <si>
+    <t>Shirley Menlove</t>
+  </si>
+  <si>
+    <t>ismenlove@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://croquet.org.nz/</t>
+  </si>
+  <si>
+    <t>027 202 4970</t>
+  </si>
+  <si>
+    <t>Junior Rugby Wakatipu</t>
+  </si>
+  <si>
+    <t>Wakatipu Rugby Club has been going since 1953 and we have senior and junior teams playing. We’re always very happy to welcome new players to the club and to let you know it’s never too late to get involved! It’s a great activity for your child and a rewarding one for parents too – watching your child’s team develop and seeing them move through the age groups and grow stronger as a unit and as individuals.You’re generally with the same team every season of rugby so it’s an excellent opportunity to catch up and cheer them on.It is very important to register your child before they play as they will then be covered by the NZRU insurance scheme. Registration is not complete until subs are paid.Players can start as young as 5, and until the year they turn 8 they will be playing Rippa Rugby. Rippa Rugby is a very safe, non-contact, easy to play game for both boys and girls alike. While the rules are simple and the game easy to learn, Rippa Rugby will promote excellent ball handling and running skills, and give all kids a chance to participate in our national game.Once your child is in the under 8’s, they would normally be in a tackle team, but playing a smaller field with less players. As your child progresses the players and the field size increase. Your child can play throughout their schooling as we have a high school team and a senior team as well. We also have a female team in high school.</t>
+  </si>
+  <si>
+    <t>Club Captain: Damien O'Connell</t>
+  </si>
+  <si>
+    <t>juniors@wakatipurugby.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrugby.co.nz/juniors.html</t>
+  </si>
+  <si>
+    <t>0274 735 474</t>
+  </si>
+  <si>
+    <t>P O Box 2338 Wakatipu</t>
+  </si>
+  <si>
+    <t>Wānaka Library</t>
+  </si>
+  <si>
+    <t>Opening hours: Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am – 7:00pmFriday: 9:00am – 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>Sue Gwilliam</t>
+  </si>
+  <si>
+    <t>wanaka.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 443 0410</t>
+  </si>
+  <si>
+    <t>sKids Queenstown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Queenstown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children after school then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>Programme Manager – Vicki James</t>
+  </si>
+  <si>
+    <t>queenstown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/queenstown/</t>
+  </si>
+  <si>
+    <t>021 251 8688</t>
+  </si>
+  <si>
+    <t>Alcohol and Drug / Community Mental Health Nurses</t>
+  </si>
+  <si>
+    <t>The Southern DHB Alcohol and Drug Services are delivered by the Specialist Addiction Services team (formerly Community Alcohol and Drug Service (CADS) in Otago and Drug and Alcohol Specialist Service (DASS) in Southland).All Southern DHB Alcohol and Drug Services locations have registered health professionals and access to an addiction specialist psychiatrist.</t>
+  </si>
+  <si>
+    <t>cads.intake@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services/southern-dhb-alcohol-and-drug-services</t>
+  </si>
+  <si>
+    <t>(03) 441 0010 or 0800 44 33 66</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Wakatipu, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Royal NZ Foundation for the Blind</t>
+  </si>
+  <si>
+    <t>The Blind Foundation is here to help. If you, a family member or friend, is blind or experiencing sight loss, we can provide the support needed to help you face your future with confidence. You can access our services by registering with us. Once you’re set up, you’ll be able to get a wide range of support. You might wish to access our popular Library Service or learn some tips to help at home. We also encourage independence through showing you how to get around. If you’re employed or seeking employment or study options, we can help with that too.</t>
+  </si>
+  <si>
+    <t>info@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>http://blindfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>0800 24 33 33</t>
+  </si>
+  <si>
+    <t>Invercargill 9810</t>
+  </si>
+  <si>
+    <t>Arrowtown Golf Club</t>
+  </si>
+  <si>
+    <t>Playing golf in Queenstown? Just 20 minutes drive from Queenstown and rated 20th best course in New Zealand the Arrowtown Golf Course is a must play.The picturesque Arrowtown Golf Club is set in Central Otago, one of New Zealand's most historic and scenic regions. This Golf Course is a must when playing Queenstown Golf, surrounded by mountains the 18 hole course has superb views from every fairway. Take time to play golf in this inspiring setting - it's unique! Each hole has its own attraction and the diverse and challenging course attracts players from all over the world. Historic stone cottage ruins nestle amongst towering trees, a legacy of Arrowtown's pioneers.Golf clubs, trundlers and electric carts are available for hire. Concessions for groups. Please enquire at the clubhouse.The Arrowtown Golf Club is open all year round and welcomes green fee players.</t>
+  </si>
+  <si>
+    <t>info@arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 1719</t>
+  </si>
+  <si>
+    <t>P O Box 6, Arrowtown</t>
+  </si>
+  <si>
+    <t>Altrusa International Inc of Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altrusa is a womens service organisation focussing on womens development, literacy and service in our community.We meet the first and third Wednesday of each month, at Level One Malaghan House, 10 Memorial Street, Queenstown (the Senior Citizens Rooms).Anyone is welcome to come along.        </t>
+  </si>
+  <si>
+    <t>Margaret Melhop (President)</t>
+  </si>
+  <si>
+    <t>president.queenstown@altrusa.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.altrusa.org.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 508 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Art Society &amp; Art Centre</t>
+  </si>
+  <si>
+    <t>The Queenstown Arts Centre is a non-profit organisation run by volunteers from the Queenstown Arts Society.Established in 1981, the QAC is a vibrant community Arts Centre in the heart of Queenstown. Housed in the old classrooms of the local high school on the corner of Ballarat and Stanley Streets the centre comprises the Cloakroom Gallery, Artist's Studios and a large hireable workroom. This is a unique venue for artists to create and exhibit their art and for art lovers to observe and share the creative experience.</t>
+  </si>
+  <si>
+    <t>Office Administrator</t>
+  </si>
+  <si>
+    <t>hello@queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownartscentre.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7782</t>
+  </si>
+  <si>
+    <t>Counselling - Re-Create</t>
+  </si>
+  <si>
+    <t>Kathryn provides counselling and training in both general mental health issues and addiction or substance abuse</t>
+  </si>
+  <si>
+    <t>Kathryn Denniston</t>
+  </si>
+  <si>
+    <t>kathryn@re-create.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.re-create.co.nz</t>
+  </si>
+  <si>
+    <t>021 0289 7288</t>
+  </si>
+  <si>
+    <t>Wakatipu Guides Club</t>
+  </si>
+  <si>
+    <t>For Pippies, Brownies, Guides, Rangers and Leaders.Girl guides are a great way for girls to make new friends and enjoy a range of diverse activities in an environment of positive encouragement and fun.  We enable girls and young women to reach their potential and make a difference in the world</t>
+  </si>
+  <si>
+    <t>info@ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ggnz.org.nz</t>
+  </si>
+  <si>
+    <t>03 366 8409</t>
+  </si>
+  <si>
+    <t>Support Group For Dyslexia</t>
+  </si>
+  <si>
+    <t>Dyslexia is often thought of as a literacy problem, but it is not limited to only this area. Other difficulties that can adversely affect a person’s life include numeracy, co-ordination, organizational skills, time management and auditory processing. Dyslexia is a different way of thinking that involves using pictures as a faster way of solving life’s puzzles.From my office in Alexandra, individuals experience change in areas of their life that allow them to progress in the mainstream of education and employment.</t>
+  </si>
+  <si>
+    <t>alma@dyslexiahelp4u.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dyslexiahelp4u.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 027 485 6798</t>
+  </si>
+  <si>
+    <t>Arrowtown Menzshed</t>
+  </si>
+  <si>
+    <t>The Arrowtown Menzshed has established a new building in Prestons Drive, Arrowtown and will be equipped with tools, benches and a range of machinery for woodworking. Members can use the facilities for their own projects or for projects aimed to help others in the community. An annual sub of $25 covers membership and the treasurer can be contacted for payment details.Contact Treasurer, Bob Farrell on 03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bob Farrell </t>
+  </si>
+  <si>
+    <t>bob.farrell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://menzshed.org.nz/arrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0484  OR 027 442 0484</t>
+  </si>
+  <si>
+    <t>Wanaka Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka is an area where wine growing and tourism abound as the growing industries. Nearby we have a lake, fabulous hills and scenic tracks which enable us to take advantage of many E.O.T.C activities such as aquatics, Nordic and alpine skiing and exploring the local area. Wanaka School has close warm relationships with students, parents and the community. Our strengths are in the integrated, school wide programmes and quality teaching we provide. Teachers strive to provide well balanced learning programmes, where inquiry, critical thinking, co-operative learning strategies and digital literacies are an integral part of our approaches. We provide extra programmes for our at risk students and for our more able students over and above the work undertaken in the classroom. Literacy and numeracy have a high priority. </t>
+  </si>
+  <si>
+    <t>Wendy Bamford (principal)</t>
+  </si>
+  <si>
+    <t>office@wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanaka.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 7687</t>
+  </si>
+  <si>
+    <t>7 Ironside Drive, Wanaka</t>
+  </si>
+  <si>
+    <t>Disc Golf Wanaka</t>
+  </si>
+  <si>
+    <t>As a growing resort town, Wanaka offers visitors many outdoor opportunities. And now disc golf is one of those options!The Lismore Park Disc Golf course is situated above Lake Wanaka on a Terminal Moraine. Although over half the holes on the course are unobstructed by trees, the undulations of the parks surface significantly changes how the holes are played. Each hole has a unique placement that highlights the parks diversity. A third of the course is in the trees and although the distances may be short the hole placements are more difficult. On a calm day the course seems quite relaxing and the views are incredible. If you happen to play Lismore Park on a windy day even scoring par on a seemingly short hole can be a challenge. The course has 18 baskets and is well worth a stop if you find yourself in the area.The fine lads behind the course have created a Facebook page, head to http://www.facebook.com/DiscGolfWanaka for updates and calls for rounds.</t>
+  </si>
+  <si>
+    <t>Martin Galley &amp; Ed Waddington</t>
+  </si>
+  <si>
+    <t>discgolfwanaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/DiscGolfWanaka</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau Queenstown</t>
+  </si>
+  <si>
+    <t>Citizens Advice Bureau provides free and confidential advice to everyone. We take the time to listen to you and equip you with the information, options and support that fit your needs.Opening hoursMonday to Friday 9.30am - 4.30pm Free legal clinic every Wednesday between 12.30pm to 1.30pmPhone our office for an appointment Justice of the Peace services every Friday between 12.30pm to 1.30pmNo appointment necessary</t>
+  </si>
+  <si>
+    <t>queenstown@cab.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.cab.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 6799</t>
+  </si>
+  <si>
+    <t>P O Box 122 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Netball Centre</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>Sue Albrecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@wakatipunetball.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/</t>
+  </si>
+  <si>
+    <t>027 309 2998</t>
+  </si>
+  <si>
+    <t>Queenstown Indian Religious Organisation</t>
+  </si>
+  <si>
+    <t>Religious sessions as per planned by the members</t>
+  </si>
+  <si>
+    <t>Rajendra Kumar</t>
+  </si>
+  <si>
+    <t>0212932514</t>
+  </si>
+  <si>
+    <t>247 Frankton Rd , Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Mountain Safety Council</t>
+  </si>
+  <si>
+    <t>The Wakatipu branch of the Mountain Safety Council run a variety of public courses in the following disciplines - Firearms, Bushcraft, Outdoor First Aid, HUNTS, River Safety and Avalanche. We are always interested in hearing from individuals or groups wishing to become involved and learn more about courses.</t>
+  </si>
+  <si>
+    <t>info@mountainsafety.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.mountainsafety.org.nz/</t>
+  </si>
+  <si>
+    <t>04-385 7162</t>
+  </si>
+  <si>
+    <t>Arrowtown Rugby Club</t>
+  </si>
+  <si>
+    <t>Twenty minutes from Queenstown, in the historic town of Arrowtown is home of the Arrowtown Rugby Club. Playing from Jack Reid Park, the club as a proud history in playing in the Central Otago and Otago Country Wide Competitions - in 2008 Arrowtown won both of these competitions. They have also held the much sort after White Horse Cup for the 2009 and 2010 seasons.</t>
+  </si>
+  <si>
+    <t>Amy Wilson-White (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrugby@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/arrowtownrugby/</t>
+  </si>
+  <si>
+    <t>027 2288514</t>
+  </si>
+  <si>
+    <t>Freedom Church</t>
+  </si>
+  <si>
+    <t>We're a grace based church focused on Jesus.We have been meeting in central Queenstown since 2007. Our purpose is to introduce people to Jesus Christ and help them to fulfil their God given potential.We meet on Sunday evenings at the Queenstown Primary School hall.You can spend your Sunday's getting amongst all that Queenstown has to offer and still get to church.You are welcome no matter what your background. And you don't have to have been to Church before. If you want to come and check it out we promise to make you feel welcome.</t>
+  </si>
+  <si>
+    <t>Alistair &amp; Adrienne Chalmers</t>
+  </si>
+  <si>
+    <t>info@arrowtownengineering.com</t>
+  </si>
+  <si>
+    <t>https://www.freedom-church.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 021 740526</t>
+  </si>
+  <si>
+    <t>Hawea Picnic Racing Club</t>
+  </si>
+  <si>
+    <t>Join Hawea Picnic Races for their annual Equalisator event. Featuring both harness and thoroughbred racing as well as the always exciting saddle pace, this is a great day out for all the family. There will be ice creams and BBQ on the day or bring along your own picnic and enjoy!</t>
+  </si>
+  <si>
+    <t>Bill McCarthy</t>
+  </si>
+  <si>
+    <t>03 443 1456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hawea Flat Wanaka </t>
+  </si>
+  <si>
+    <t>Methodist Mission</t>
+  </si>
+  <si>
+    <t>The Mission has been standing up for social justice in Otago since 1890. Our clients lead everything we do and their voice is paramount. They bring the resources for the work and set the targets that we work towards. Our job is to keep them on track, help them develop new resources, and provide a hand up when they stumble. To do this we use high levels of skill, rigour, and specialist tools, while paying attention and learning from what we discover.</t>
+  </si>
+  <si>
+    <t>admin@mmsouth.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2391, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>Kōrerotia</t>
+  </si>
+  <si>
+    <t>We are a group of locals who are passionate about Te Reo Māori (Māori Language) and Waiata (Māori songs). Most of us have completed one of the Te Ara Reo Māori courses offered by SIT, and we formed the group to continue our journey of learning and using Māori language in our every day lives. We are by no means fluent speakers, but we value Māori language and do our best to promote it in our area.Our group is made up of mostly non-Māori and we meet up weekly either at Arrowtown School, at the Fork and Tap bar at Arrowtown, or at each others homes. Our group welcomes people from all backgrounds, ethnicities and age groups. Our group is fun and we like to socialise. Nō reira, nau mai, haere mai (So welcome!)Akona te reo, kōrerotia te reo!Learn the language, speak the language!</t>
+  </si>
+  <si>
+    <t>Cory Ratahi</t>
+  </si>
+  <si>
+    <t>cory.ratahi@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.korerotia.co.nz</t>
+  </si>
+  <si>
+    <t>0211208203</t>
+  </si>
+  <si>
+    <t>Destination Queenstown</t>
+  </si>
+  <si>
+    <t>Destination Queenstown (DQ) is the Regional Tourism Organisation (RTO) responsible for the marketing of Queenstown as the Southern Hemisphere's premier four season lake and alpine resort.As the neutral tourism contact point for the resort, we work with local businesses, including tourism operators, the hospitality industry, accommodation providers, retailers, and service sectors to promote Queenstown as a unique destination that offers visitors truly memorable experiences. Our role is to co-ordinate, facilitate, motivate and develop the marketing of Queenstown.On an international level, we work closely with Tourism New Zealand and in our long haul markets we promote the wider Southern Lakes region alongside our neighbours Destination Fiordland and Lake Wanaka Tourism.We are responsible for the branding and positioning of Queenstown.We have a mandate to generically promote the Queenstown District as an international visitor destination through a variety of distribution channels and we act as the neutral co-ordinator of initiatives and campaigns that benefit our members.We have a core role in several areas including providing information, trade liaison and media promotion. We also co-ordinate the collective marketing of Queenstown – identifying, prioritising and promoting the various visitor groups that we believe Queenstown can attract.The role of our team is to provide the right assistance to the right people, be it frontline staff, corporate contacts, travel agents, media or Destination Queenstown’s members. Liaison with key markets, leveraging advertising investment, maintaining relationships, developing new contacts and providing updates on events, developments, new products and relevant news in our region is all part of our job.</t>
+  </si>
+  <si>
+    <t>reception@queenstownnz.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.queenstownnz.co.nz/</t>
+  </si>
+  <si>
+    <t>03 441 0700 / Freephone: 0800 478 336 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 353 Queenstown</t>
+  </si>
+  <si>
+    <t>Wakatipu Senior Citizens Association</t>
+  </si>
+  <si>
+    <t>Located on Memorial Street in Malaghan House, we offer regular activities and social gatherings for Wakatipu basin senior residents aged 60 plus. From our sunny rooms overlooking the Recreation ground, members can enjoy a range of activities.  Our Friday lunches, from 11:30am to 2 pm are very popular with members. The meal is followed by a guest speaker or entertainer. We also arrange monthly outings to interesting places within the region.  To find out more about our organization, to become a member or volunteer, or to join the association committee, please contact the manager on (03) 442 9214. The rooms are open Wednesdays from 10am to 2pm and Fridays from 10:30am to 3:00pm. Annual subscription: $20.00</t>
+  </si>
+  <si>
+    <t>Manager/Coordinator - Gabby Lake</t>
+  </si>
+  <si>
+    <t>info@wsca.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9214</t>
+  </si>
+  <si>
+    <t>P O Box 833, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>BestStart Queenstown</t>
+  </si>
+  <si>
+    <t>Best Start Queenstown prides itself on providing a safe, loving and challenging environment that nurtures the growth of all children. We believe children learn best when they can build trusting and respectful relationships – within their peer groups, with teachers and within our community. We believe children learn through play and as teacher(s) foster and extend on the individual interest(s) as children develop and adapt to individual learning needs.We offer education and care from 3 months to 5 years, with open hours of 8am till 5.30pm, Monday to Friday. We only close on statutory holidays.</t>
+  </si>
+  <si>
+    <t>Katy</t>
+  </si>
+  <si>
+    <t>queenstown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-queenstown</t>
+  </si>
+  <si>
+    <t>(03) 442 6822</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc</t>
+  </si>
+  <si>
+    <t>Queenstown Bowling Club Inc. is situated amidst the magnificent Queenstown Public Gardens, with picture postcard views of the Remarkables and Ben Lomond.The Club offers two full-size artificial greens for play, enabling bowls to be played all year round. Other club facilities include a modern bar, lounge and barbeque area. Visitors are welcome to try their hand at bowls, with both bowls and flat-soled shoes available for hire at $10 per person per day.</t>
+  </si>
+  <si>
+    <t>Secretary: Jane Anderson</t>
+  </si>
+  <si>
+    <t>info@bowlsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bowlsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">442 8424  </t>
+  </si>
+  <si>
+    <t>P O Box 2142 Wakatipu</t>
+  </si>
+  <si>
+    <t>Glenorchy Rural Fire Force</t>
+  </si>
+  <si>
+    <t>This is a rural volunteer station, meaning all of our members dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. These include:WildfiresCivil defenceNatural disastersOf course, we also offer fire safety and burning advice. If you’re planning on lighting an open fire, then make sure you check the fire season status, and find out whether you need a fire permit.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages:  https://fireandemergency.nz/stations/show/glenorchy-voluntary-rural-fire-force</t>
+  </si>
+  <si>
+    <t>Dick Watson</t>
+  </si>
+  <si>
+    <t>songreenstone@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/Glenorchy-Volunteer-Rural-Fire-Force-1636296079961525/</t>
+  </si>
+  <si>
+    <t>0277655125</t>
+  </si>
+  <si>
+    <t>Wanaka Swimming Club</t>
+  </si>
+  <si>
+    <t>At Wanaka Swim Club we are very fortunate to have great coaches to work with our members. The coaches will be found poolside every week running the many swim sessions available. If you would like to join us at Wanaka Swim Club, please come to the pool and talk to the coaches who will be able to asses your ability and discuss what sessions might be suitable or desirable. </t>
+  </si>
+  <si>
+    <t>Secretary - Natasha Schurink</t>
+  </si>
+  <si>
+    <t>wanakaswimclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanaka.swimming.org.nz/</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown</t>
+  </si>
+  <si>
+    <t>Japanese Family Society of Queenstown is a non-profit organization to link between the Japanese and Queenstown locals. We have activities to share our culture with the New Zealanders. Within the Japanese community, we have activities to embrace and pass on the Japanese culture to the Japanese children. Also Japanese library available.Please check "Japanese Family Society of Queenstown" on Facebook for more details: https://www.facebook.com/Japanese-Family-Society-of-Queenstown-130973023680130/</t>
+  </si>
+  <si>
+    <t>Taeko Mori</t>
+  </si>
+  <si>
+    <t>japanesefamilyqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>http://japanesefamily.weebly.com/</t>
+  </si>
+  <si>
+    <t>021-048-0078</t>
+  </si>
+  <si>
+    <t>Queenstown Gymnastics Club Inc</t>
+  </si>
+  <si>
+    <t>The Queenstown Gymnastic Club is the Wakatipu's only fully equipped gym &amp;amp; includes a sprung floor and the apparatus required for men's and women's artistic gymnastics. We have recreational programmes for boys and girls that suit ages 3yrs through adult and all ability levels. We also host private birthday parties and run a competitive team programme. We aim to provide quality coaching in a friendly atmosphere, with our classes taught by qualified coaches. Our Club is affiliated with GymSports New Zealand (GSNZ), and our programmes are endorsed by Gymnastics New Zealand. </t>
+  </si>
+  <si>
+    <t>qtgymnastics@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.qtgymnastics.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1218, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Frankton, Queenstown</t>
+  </si>
+  <si>
+    <t>Hawea Kindergarten</t>
+  </si>
+  <si>
+    <t>Your child can come to our kindergarten for up to 6 hours a day, Monday to Friday, during our 4 kindergarten terms. These terms echo the terms your child will have when they start school.</t>
+  </si>
+  <si>
+    <t>hawea@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/hawea</t>
+  </si>
+  <si>
+    <t>(03) 443 6192</t>
+  </si>
+  <si>
+    <t>Hawea</t>
+  </si>
+  <si>
+    <t>Parenting 4 Life</t>
+  </si>
+  <si>
+    <t>Our Vision: To be the early childhood learning centre of choice in our community of Aotearoa, providing every opportunity to be highly effective learners. Our Purpose: To provide all families and whanau with quality early childhood care and education in a small family-focused environment.Opening hours of 8.45 – 4.30pm, Monday to Friday</t>
+  </si>
+  <si>
+    <t>Kylie Cameron - Office Manager</t>
+  </si>
+  <si>
+    <t>info@aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.aspiringbeginnings.co.nz</t>
+  </si>
+  <si>
+    <t>03 4431181</t>
+  </si>
+  <si>
+    <t>Aspiring Therapy</t>
+  </si>
+  <si>
+    <t>  Counselling: room-based therapy where things such as stress, overwhelm, burnout, depression, and anxiety can be explored. Equine Assisted Psychotherapy is a form of animal-assisted therapy where horses act as co-facilitators. Nature-based alternative to traditional room-based counselling. Beneficial for people who have a lived experience of trauma.   </t>
+  </si>
+  <si>
+    <t>Kiara Moore</t>
+  </si>
+  <si>
+    <t>hello@aspiringtherapy.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringtherapy.co.nz/</t>
+  </si>
+  <si>
+    <t>02041229503</t>
+  </si>
+  <si>
+    <t>Comcol - Community Colleges New Zealand</t>
+  </si>
+  <si>
+    <t>Community Colleges NZ is a charitable training establishment with six colleges South Island-wide. We have over 30 years' experience providing quality, hands-on learning and currently offer practical training to people 16+ years of age. Through our practical training courses you'll gain NZQA unit standards and have the opportunity to work towards NCEA and a recognised New Zealand qualification.</t>
+  </si>
+  <si>
+    <t>Jodie Mitchell</t>
+  </si>
+  <si>
+    <t>info.dn@comcol.ac.nz</t>
+  </si>
+  <si>
+    <t>http://comcol.ac.nz/colleges/comcol-dunedin-0800-887-005/</t>
+  </si>
+  <si>
+    <t>(03) 477 7790</t>
+  </si>
+  <si>
+    <t>PO Box 715, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grow Wanaka </t>
+  </si>
+  <si>
+    <t>Grow Wanaka is a community garden and food hub. We divert food scraps from the landfill and use them to build healthy soil and grow nutritious kai with the help of volunteers.   </t>
+  </si>
+  <si>
+    <t>Wanakacommunitygarden@gmail.com</t>
+  </si>
+  <si>
+    <t>0226147733</t>
+  </si>
+  <si>
+    <t>Wakatipu Ski Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Ski Club, situated at the base of the field of Coronet Peak in Queenstown, New Zealand, offers subsidised ski &amp;amp; snowboard lessons for adults and children of all abilities (from beginner to advanced). We wish to promote snowsports among local families.</t>
+  </si>
+  <si>
+    <t>Jo Grimmer (Secretary)</t>
+  </si>
+  <si>
+    <t>secretary@wsc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wsc.co.nz/</t>
+  </si>
+  <si>
+    <t>P O Box 21 Queenstown</t>
+  </si>
+  <si>
+    <t>Fernhill/Sunshine Bay Community Association</t>
+  </si>
+  <si>
+    <t>The Fernhill Sunshine Bay Community is a non-profit local community group dedicated to making the most out of our area.  We meet the second Tuesday of each month, 6:30pm at Lokal Kitchen &amp;amp; Bar, 155 Fernhill Road, Queenstown.Please see website for further details.  </t>
+  </si>
+  <si>
+    <t>fsbcaqueenstown@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/fernhillsunshinebaycommunityassociation/</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School</t>
+  </si>
+  <si>
+    <t>Remarkables Primary School is one of New Zealand’s newest primary schools, which welcomed students in Term 1, 2010. The official opening was held on the 27th of August 2010. This school is unique in what it offers to all those who become part of this learning community. The school has had a staged opening beginning with our Year 1 and 2 students in Term 1, 2010 and our Year 3 and 4 students in Term 3, 2010. We welcomed our Year 5 and 6 students at the beginning of Term 1 in 2011. In 2012 we opened to Year 7 and 8 students and will grow to our capacity of 460.The school's vision is Remarkables Primary School aims to equip and inspire each student to take full advantage of life’s opportunities within a global community.Our Mission Statement is: ‘Truly Remarkable People – Ngai Iwi Tumeke.’</t>
+  </si>
+  <si>
+    <t>Debbie Dickson - Principal</t>
+  </si>
+  <si>
+    <t>office@remarkables.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.remarkablesprimary.school.nz</t>
+  </si>
+  <si>
+    <t>P.O. Box 2564, Wakatipu 9349</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Our purpose - Papatūānuku Thrives. To find out about day and multi-day walks, camping and biking visit DOC in the centre of Queenstown.   Get local outdoor knowledge on Queenstown and nearby Glenorchy, Arrowtown and Mount Aspiring National Park, and regional advice on the lower South Island.   Our experienced team will point you to the must-do outdoor activities or find alternatives to get off the beaten track.    </t>
+  </si>
+  <si>
+    <t>Wakatipu Area Office</t>
+  </si>
+  <si>
+    <t>queenstownvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 7935</t>
+  </si>
+  <si>
+    <t>P O Box 811 Queenstown</t>
+  </si>
+  <si>
+    <t>Bike Wanaka</t>
+  </si>
+  <si>
+    <t>Bike Wanaka is a group of like minded cycling enthusiasts, we advocate trail building and maintenance in the Wanaka area, organise cycling events and try to bring together the local community to improve cycling facilities for everyone on two wheels in the Upper Clutha area.  </t>
+  </si>
+  <si>
+    <t>secretary@bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.bikewanaka.org.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>In an Emergency dial 111This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area. And of course, we also offer fire safety advice.The Queenstown Volunteer Fire Brigade has a long proud history of serving its community in the Wakatipu basin since 1864.</t>
+  </si>
+  <si>
+    <t>katherine.lamont@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>http://www.fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 442 7666</t>
+  </si>
+  <si>
+    <t>Wild Things Nanny Service</t>
+  </si>
+  <si>
+    <t>Welcome to Wild Things where we are all about inspiring today's learners within creative and fun learning environments to lay the foundations for tomorrow. We offer the families of Otago and Southland a comprehensive network of passionate home-based educators, to provide the highest quality home-based early childhood education and care for your children. With over 15 years’ experience we are committed to offering professional, quality early childhood education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wildthings.org.nz </t>
+  </si>
+  <si>
+    <t>https://wildthings.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 44 44 70</t>
+  </si>
+  <si>
+    <t>PO Box 1409</t>
+  </si>
+  <si>
+    <t>The Found</t>
+  </si>
+  <si>
+    <t>We love people wholeheartedly, we desire for people to get to know Jesus personally and to find community through genuine connection in our Church whanua. We are committed to seeing people grow and discover purpose and hope in their lives.  We were all once lost, misfits going our own way. until Jesus found us; he never gives up searching for us. His love is relentless. The father is waiting for you to come home. Let the revelation of love come flooding in. The birth, life, death and resurrection of Jesus changes our lives and futures forever. If we are willing to turn away from sin and self and believe in Him, we are forgiven, we are free, no longer lost, we are The Found.At The Found we have four streams that are equally important to us: The Found gathered in the House, the Whare Karakia Gathering as the Church on Sunday; the ekklesia, collective assembly of the body of Christ, for worship, prayer, teaching Scripture, moving in our Spiritual gifts, expelling the emphasis of Church being the building, but rather the people, those who are Christ curious and believers alike.    The Found gathered in the Home - for Kai and Kōreo Sharing a meal, serving and loving one another. There is always a place for you at the table. Gathered in the home we build community by having deeper relationships, pastoral care and discipleship, praying and digging deeper into the Word of God together.  The Found in the Community - Manaaki(tia); to look after, care for and show support To support, take care of, give hospitality to, protect, look out for, show respect, generosity and care for others; by way of programmes and events that serve and meet needs in the community and beyond. The Found online, which is a resource hub for helping you in your journey to Know Jesus.  Connect on zoom on Sundays and for prayer on Mondays. Plus we look forward to developing a variety of offerings, empowering people to use their gifts in a way that engages and reaches people for Jesus. These four streams are not new, but they are worth equal emphasis Where we are all called to be growing in Christ, in the Word, in prayer, in worship, in step with the Spirit, in fellowship, in service, in the vine, in faith, in hope, in love, invited, inclusive, intentional, intimate; we emphasise the grace of Jesus' love, genuine relationship, serving one another in love as followers of Christ.  In all these streams there's an opportunity for salvation, freedom and transformation through knowing Jesus and experiencing the power of the Holy Spirit.</t>
+  </si>
+  <si>
+    <t>Ps Andrew &amp; Alana Waples</t>
+  </si>
+  <si>
+    <t>hello@thefound.nz</t>
+  </si>
+  <si>
+    <t>https://www.thefound.nz</t>
+  </si>
+  <si>
+    <t>0275232351</t>
+  </si>
+  <si>
+    <t>Wanaka Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Established 1953. Currently 33 Volunteer Firefighters, Attending approximately 175 calls a year. Two appliances, 851, 857 &amp;amp; one support vehicle 8526.</t>
+  </si>
+  <si>
+    <t>03-443 7602</t>
+  </si>
+  <si>
+    <t>Pact</t>
+  </si>
+  <si>
+    <t>Pact provides support to anyone with a need so they can lead fulfilling lives in the community. We don’t care why you need our support or what that support looks like. It’s our job to figure that out with you.We have more than 40 staff supporting more than 200 people throughout Southland with bases in Invercargill (which houses our main office), Gore, Queenstown and Winton.In the Queenstown Lakes district, Pact offers community support to youth and adults with a mental health or intellectual disability who need some help with living skills and goals.</t>
+  </si>
+  <si>
+    <t>pact@pactgroup.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.pactgroup.co.nz/</t>
+  </si>
+  <si>
+    <t>03 211 2850</t>
+  </si>
+  <si>
+    <t>Central Lakes Community Mental Health</t>
+  </si>
+  <si>
+    <t>The Community Mental Health Teams are made up of health professionals who provide a range of specialist mental health services for people aged 18 years and over who have been diagnosed with a significant mental illness. We will also see people aged 16 or 17 if they have left school</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 0010</t>
+  </si>
+  <si>
+    <t>PO Box 2022, Frankton</t>
+  </si>
+  <si>
+    <t>Wanaka Skate Board Club</t>
+  </si>
+  <si>
+    <t>A group in the Wanaka community with a passion for skateboarding. We are building a vert ramp for skateboard enthusiasts to enjoy for many years to come!</t>
+  </si>
+  <si>
+    <t>Tom Pedon</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/wanakaskateclub/?ref=group_header</t>
+  </si>
+  <si>
+    <t>027 478 3935</t>
+  </si>
+  <si>
+    <t>Baby Sleep Consultant</t>
+  </si>
+  <si>
+    <t>I am Oanita and I am lucky enough to be based here in the wonderful Queenstown Otago.I have a varied background in home and centre based childcare both here in NZ and overseas. I trained as a nanny initially and have been presented with wonderful opportunities along my career including recruitment, marketing, running playschools and a position managing a childcare centre here in Queenstown.</t>
+  </si>
+  <si>
+    <t>Oanita</t>
+  </si>
+  <si>
+    <t>oanita@babysleepconsultant.co.nz</t>
+  </si>
+  <si>
+    <t>http://babysleepconsultant.co.nz/about-us/sleep-consultants/oanita-queenstown/</t>
+  </si>
+  <si>
+    <t>021 884 291</t>
+  </si>
+  <si>
+    <t>Hawea Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station.That means all members of our brigade dedicate their own time in order to serve this community. We respond to a variety of emergencies in our local area.These include: Fires Medical emergencies Motor vehicle accidents Search and rescue Civil defence Natural disaster responses And of course, we also offer fire safety advice.If you want to visit this station, get in touch using the contact details on this page or come by the station on a training night.Want to volunteer at this station? If you want to serve your community and volunteer for this brigade, you can find out more about volunteering for Fire and Emergency New Zealand on these pages: https://fireandemergency.nz/stations/show/lake-hawea-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>Brent Arthur - Chief Fire Officer</t>
+  </si>
+  <si>
+    <t>brent.arthur@fireandemergency.nz</t>
+  </si>
+  <si>
+    <t>03 443 1632 or 021 334482</t>
+  </si>
+  <si>
+    <t>Lake Hawea</t>
+  </si>
+  <si>
+    <t>Problem Gambling Foundation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">At the Problem Gambling Foundation of New Zealand (PGF) we are trained to help. Our qualified counsellors provide free, professional and confidential gambling counselling services for both gamblers and others affected by gambling.Freephone 0800 664 262   Immediate support between 8.30am and 5.00pm Monday to Friday     </t>
+  </si>
+  <si>
+    <t>help@pgfnz.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pgf.nz/</t>
+  </si>
+  <si>
+    <t>0800 664 262 or (03) 742 1022</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club Inc (Lake Hayes)</t>
+  </si>
+  <si>
+    <t>Wakatipu Rowing Club caters for Junior, Club and Masters Rowers. The Club is located at Lake Hayes in picturesque Queenstown.</t>
+  </si>
+  <si>
+    <t>wakatipurowing@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wakatipurowing/</t>
+  </si>
+  <si>
+    <t>027 778 7377</t>
+  </si>
+  <si>
+    <t>St Peter's Anglican Church</t>
+  </si>
+  <si>
+    <t>St Peter's in Queenstown and St Paul's in Arrowtown have been part of Queenstown and the wider Wakatipu since 1863 when the first church was built.St Peters remains an integral part of the Queenstown community and its history. It embraces the worshipping community in the Anglican tradition with many nationalities warmly welcomed to its services. Please join us for worship and any of our activities.</t>
+  </si>
+  <si>
+    <t>Rev Dr David Wright</t>
+  </si>
+  <si>
+    <t>admin@stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stpeters.co.nz</t>
+  </si>
+  <si>
+    <t>03 4428391</t>
+  </si>
+  <si>
+    <t>Kiwi Haka</t>
+  </si>
+  <si>
+    <t>Norm</t>
+  </si>
+  <si>
+    <t>kiwihaka@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 0101 or 0274 200 165</t>
+  </si>
+  <si>
+    <t>Wakatipu Woodcraft Guild</t>
+  </si>
+  <si>
+    <t>Meetings Second Monday of month 7.30pm at a members workshop Please contact for details.</t>
+  </si>
+  <si>
+    <t>President: Geoffrey Walker</t>
+  </si>
+  <si>
+    <t>beckyparisbda@gmail.com</t>
+  </si>
+  <si>
+    <t>http://naw.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (03) 441 2103</t>
+  </si>
+  <si>
+    <t>Shotover Country Music Club</t>
+  </si>
+  <si>
+    <t>Meet every third Sunday (1.00-5.00pm).</t>
+  </si>
+  <si>
+    <t>Wendy Hutton</t>
+  </si>
+  <si>
+    <t>1gwmhutton@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.countrymusiccorralled.com/otago-clubs</t>
+  </si>
+  <si>
+    <t>027 209 8371</t>
+  </si>
+  <si>
+    <t>C/- 84 Cotter Ave, Arrowtown 9302</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Frankton</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nzgso@aa.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.aa.org.nz</t>
+  </si>
+  <si>
+    <t>Holy Family Catholic School</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> We are a full primary (from New Entrants to Year 8) state integrated school with a special Catholic character. We were founded in 2006 and our charism is ‘Family/Whanau’ which means we promote and embrace strong family values in our teaching and learning. Our mission statement calls us to provide a safe, supportive and stimulating environment that encourages children to embrace learning, think for themselves and self manage. We strive to offer the best educational opportunities we can: opportunities that are broad, child centred, authentic and purposeful and our strategic goals focus on curriculum delivery which promotes excellent student outcomes. If you would like to learn more about our school or have an enquiry about enrolment please browse our website and contact the school: office@holyfamilywanaka.school.nz   We look forward to hearing from you. </t>
+  </si>
+  <si>
+    <t>Principal: Jo Mckay</t>
+  </si>
+  <si>
+    <t>office@holyfamilywanaka.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.holyfamilywanaka.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 2394</t>
+  </si>
+  <si>
+    <t>PO Box 592 Wanaka</t>
+  </si>
+  <si>
+    <t>Queenstown Dharma Centre</t>
+  </si>
+  <si>
+    <t>Established in 1997 the Queenstown Dharma Centre is dedicated to embracing the full richness of life through meditation, insight and fellowship. The Centre welcomes both residents and visitors to Queenstown. We practice wisdom, compassion and awareness in a non-sectarian context for the benefit of all. By focusing on the essence of great teachings and practices of liberation we can come to recognise and embrace our inherent freedom.</t>
+  </si>
+  <si>
+    <t>info@dharmacentre.org.nz</t>
+  </si>
+  <si>
+    <t>http://dharmacentre.org.nz/</t>
+  </si>
+  <si>
+    <t>Glenorchy Landcare Group</t>
+  </si>
+  <si>
+    <t>GLENORCHY LANDCARE GROUPGlenorchy Landcare group works with ORC to understand water quality.The Otago Regional Council, in conjunction with the Glenorchy Landcare group, carried out water quality sampling during the 2013/14 growing season within tributaries of Lake Wakatipu, from Greenstone Station around to Closeburn Station near Queenstown.Initially Council met with the Glenorchy Landcare Group in June 2013 to outline changes to the Otago Water Plan involving setting of water quality limits within waterways, nitrogen leaching rates to groundwater, and prohibited and permitted activities.Group members were keen to get more information about water quality in their area to see how it compared with water quality limits within Schedule 15 of the Water Plan. Although water quality information had been collected for the Dart River for a number of years, the group wished to build up a wider range of water quality data information from an increased number of waterways.The group identified 18 tributaries within their area that represented both farming and native non-farmed catcments. Farming catchments included extensive high country grazing, semi-intensive hill country, and intensive flats. Three rounds of sampling were carried out in the tributaries, December, February and May 2014. Testing was carried out for ammonia, nitrates/nitrites, dissolved reactive phosphate, turbidity and Ecoli. Ammonia, turbidity and phosphate met the water quality limits for all farming tributaries. There were some elevated Ecoli and Nitrates/nitrites on intensive flat country that will require some follow up. It should be noted that water quality results that are more than the Schedule 15 limits are not a compliance issue but can be viewed as an opportunity to identify management aspects that could give rise to elevated reasons. In some cases these may be non farming animal inputs.</t>
+  </si>
+  <si>
+    <t>Iris &amp; Kate Scott</t>
+  </si>
+  <si>
+    <t>scotts@reesvalley.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/glenorchy/our-natural-world/glenorchy-landcare-group/</t>
+  </si>
+  <si>
+    <t>03 442 9908</t>
+  </si>
+  <si>
+    <t>C/- Rees Valley Association, Glenorchy</t>
+  </si>
+  <si>
+    <t>Zigzagzoo Remarkables Park</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children. Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning.</t>
+  </si>
+  <si>
+    <t>info@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/remarkables-park</t>
+  </si>
+  <si>
+    <t>03 409 0404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danceworks </t>
+  </si>
+  <si>
+    <t>At Danceworks we provide dance classes in Jazz, Ballet, Tap, Hiphop, Contemporary &amp;amp; Musical Theatre in &amp;amp; around Queenstown.We cater for all age groups from two year old toddlers through to adults. Our oldest Ballet student is 82 years old, so you see it’s never too late to start! We also offer private one on one or small group classes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louise Gooding </t>
+  </si>
+  <si>
+    <t xml:space="preserve">danceworksnz@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.danceworksqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>021 062 2939</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG)</t>
+  </si>
+  <si>
+    <t>Whakatipu Wilding Control Group (WCG) was established by QLDC in 2009 in the Whakatipu/Queenstown District to obtain funding, implement a work program, advance education and raise awareness about the damaging effects of wilding conifer, (also known as wilding pine), spread in the district. With the aim to promote and protect community values from negative effects including:Impacts on the Whakatipu’s Outstanding Natural Landscapes Conservation values - (loss of native biodiversity including species extinction - some unique to Central Otago) Increasing wild-fire hazards The smothering of historic and recreational sites • Limiting economic land uses • The damaging effects to tourism Reducing water yields It is widely understood a monoculture for carbon sequestration is not the answer to climate change, biodiversity is just as important for our ecosystems and future planet health. Our native trees are a better long-term answer where they not only sequester carbon long into the future but ensure biodiversity is safeguarded for our future generations.As New Zealand/Aotearoa’s number one pest plant, wilding conifers are introduced, self-seeded trees growing where they are not wanted. Their seeds blow many kilometres to infest the sensitive Whakatipu alpine landscape. Not all introduced conifers are a problem, WCG target 5 species where growth gets out of control in our unique climate and soil conditions.Douglas fir (Pseudotsuga menziesii) Contorta pine (Pinus contorta) Scots pine (Pinus sylvestris ) Larch (Larix decidua) Corsican pine (Pinus nigra) WCG work collaboratively to protect against wilding pine threats, by reducing spread and removing seed sources. The extensive work programme includes a range of control methods including ground control; hand pulling, lopping, chainsaws, drill and fill. Aerial lancing is used in remote or hard to access sites. Aerial Boom spray is used as a last resort in dense and inaccessible wilding stands. Logging operations are undertaken where appropriate.WCG keep our community informed with a number of tools including seasonal newsletters, a freshly developed website, Facebook and Instagram and an annual Reporting to the Community Night. The community are also kept involved with the popular WCG Ben Lomond Adopt-a-Plot Programme and Volunteer Events are held on a regular basis.Get in touch with us, we'd love to include you as either a new volunteer or sponsor for this vitally important conservation work in the Whakatipu.</t>
+  </si>
+  <si>
+    <t>Volunteer Co-ordinator</t>
+  </si>
+  <si>
+    <t>volunteer@whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.whakatipuwilding.co.nz</t>
+  </si>
+  <si>
+    <t>Whakatipu</t>
+  </si>
+  <si>
+    <t>Wanaka Search and Rescue Group</t>
+  </si>
+  <si>
+    <t>Providing Search and Rescue support for the lost, missing and injured If you’re lost, missing or injured, day or night – we’ll come and find you. That’s the basic premise that drives the 80-odd volunteers of Wanaka Search and Rescue, which is affiliated with NZ LandSAR. We operate in the Mt Aspiring National Park and the Wanaka lakes area, from the high country to the river valleys – as well as the town environs. Wanaka Search and Rescue is one of the busiest back-country search and rescue groups in New Zealand, averaging 45-55 operations in a busy year.</t>
+  </si>
+  <si>
+    <t>wanaka.sar@gmail.com</t>
+  </si>
+  <si>
+    <t>http://wanakasar.org.nz/</t>
+  </si>
+  <si>
+    <t>Treasurer, LandSAR Wanaka, Box 119, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Wanaka Police Station open hours: 9.00am - 5.00pm Mon - Fri 10.00am - 6.00pm Sat and Sun.</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 18, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Dance Wanaka</t>
+  </si>
+  <si>
+    <t>Dance Wanaka offers fun &amp;amp; enjoyable dance classes for all ages in Modern Jazz, Ballet, Hip Hop, Contemporary &amp;amp; Preschool dance classes. Our professional team of teachers provide stimulating classes that nurture students passion for dance, along with extending their dance skills. We welcome you to come and trial a class today!</t>
+  </si>
+  <si>
+    <t>Anna Thomas (Director)</t>
+  </si>
+  <si>
+    <t>info@dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dancewanaka.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 575 569 </t>
+  </si>
+  <si>
+    <t>Paradise Trust</t>
+  </si>
+  <si>
+    <t>Anyone can visit Paradise... Paradise is a 300 acre historic property open to the public all year round. For a donation you can park your vehicle and wander the grounds &amp;amp; tracks and experience the majestic scenery first hand. Many people choose to stay overnight and there are a variety of accommodation options to choose from. It is now such a popular place to 'unplug' from today's high-tech world that a two-night minimum stay is in place for most of the year.</t>
+  </si>
+  <si>
+    <t>info@paradisetrust.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.paradisetrust.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(+64) 03 442 9956 </t>
+  </si>
+  <si>
+    <t>Glenorchy 9372</t>
+  </si>
+  <si>
+    <t>Able Southern Family Support in Mental Illness</t>
+  </si>
+  <si>
+    <t>We are here to support families/whanau that care for someone with a mental illness or addiction. Our aim is to give families the strength and skills they need for a better life experience at home, in the community and at work.</t>
+  </si>
+  <si>
+    <t>adminco@able.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.able.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 448 9303</t>
+  </si>
+  <si>
+    <t>Lakeside Football Club</t>
+  </si>
+  <si>
+    <t>Mostly non playing social rugby club. Main annual project is the running of the Glenorchy Races on the first Saturday of every year as a community fundraiser</t>
+  </si>
+  <si>
+    <t>Ann Percy</t>
+  </si>
+  <si>
+    <t>elfinbay@countrynet.co.nz</t>
+  </si>
+  <si>
+    <t>027 825 1003</t>
+  </si>
+  <si>
+    <t>Work and Income</t>
+  </si>
+  <si>
+    <t>Work and Income provides employment services and financial assistance throughout New Zealand</t>
+  </si>
+  <si>
+    <t>OnlineSupport@WorkandIncome.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.workandincome.govt.nz</t>
+  </si>
+  <si>
+    <t>0800 559 009</t>
+  </si>
+  <si>
+    <t>PO Box 2454, Wakatipu</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Queenstown</t>
+  </si>
+  <si>
+    <t>Play Therapy</t>
+  </si>
+  <si>
+    <t>Child-centred play therapy services are available for children aged 2.5 years to 12 years and counselling and psychotherapy services are available for adults.If your child is experiencing behavioural or emotional difficulties, child-centred play therapy can support them to gain resilience and peace through developing awareness, insight, problem-solving and coping skills.</t>
+  </si>
+  <si>
+    <t>Frankie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> playtherapyotago@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.playtherapyotago.nz/</t>
+  </si>
+  <si>
+    <t>0277882315</t>
+  </si>
+  <si>
+    <t>Dynamic Development Occupational Therapy Service</t>
+  </si>
+  <si>
+    <t>Dynamic development offers and in home assessment and therapy program which is developed to meet a child's individual needs.Dynamic Development is run by Jenna Hale a Pediatric Occupational Therapist, it is a mobile service which operates throughout the South Island.</t>
+  </si>
+  <si>
+    <t>dynamicdevelopmentots@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.dynamicdevelopmentots.com/</t>
+  </si>
+  <si>
+    <t>022 100 3994</t>
+  </si>
+  <si>
+    <t>National Heart Foundation</t>
+  </si>
+  <si>
+    <t>Our mission: to STOP New Zealanders dying prematurely of heart disease and HELP people with heart disease to live full and productive lives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dunedinoffice@heartfoundation.org.nz </t>
+  </si>
+  <si>
+    <t>http://www.heartfoundation.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 4773999</t>
+  </si>
+  <si>
+    <t>PO Box 6179 Dunedin 9059</t>
+  </si>
+  <si>
+    <t>Dunedin Central 9016</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club</t>
+  </si>
+  <si>
+    <t>Wakatipu Hockey Club is a community sporting club based in the Queenstown region (including Arrowtown, Glenorchy, Kingston and surrounding areas), in the South Island of New Zealand. We play in the Central Otago region with other local field hockey clubs.  Our main season is played in Winter - from about April to September, depending on the hockey grade. Hockey registrations normally open mid-February. If you're keen to play hockey, please get in touch - we'd love you to join us!</t>
+  </si>
+  <si>
+    <t>Karyn Battrick</t>
+  </si>
+  <si>
+    <t>wakatipuhockeyclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuhockeyclub.co.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iCan Talent Agency </t>
+  </si>
+  <si>
+    <t>Established in 2000, ICAN has thrived and expanded to meet the growing domestic and international demands which utilise this regions unique geography, rich cultural heritage, and abundance of outdoor sports and adventure tourism related activities.Ican's shared studio premises in central Queenstown caters primarily to our School tutoring and Registrations but is also available for Castings or Meetings.</t>
+  </si>
+  <si>
+    <t>Tracy Cameron - Director</t>
+  </si>
+  <si>
+    <t>tracy@icanmodels.com</t>
+  </si>
+  <si>
+    <t>http://www.icanmodels.com/</t>
+  </si>
+  <si>
+    <t>+64 21 818 318</t>
+  </si>
+  <si>
+    <t>Arrowtown Tennis Club</t>
+  </si>
+  <si>
+    <t>Senior club nights Wednesdays from 6pm at the courts at Jack Reid Park. New members most welcome. More information on joining from Fran McFarlane 021 299 9829. Coaching available from former ATP tour player Alistair Hunt 021 677 589.</t>
+  </si>
+  <si>
+    <t>03 442 0774</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Football Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Queenstown Junior Football Club, the home of football in the Wakatipu Basin!The QJF club aims to promote and foster the game of football within the Wakatipu basin for players of school ages (from 5 years to 18 years). The club was first formed in the 1980’s for the promotion and organisation of football within the Wakatipu Basin with about 50 to 60 members; it now has over 350 members and is a great way to meet a wide variety of new people in this district. QJFC practices and games are all held at a central location at the Queenstown Event Centre at Frankton. The Central Otago League games (for the 8 to 16 grades) are hosted in succession by each Central Otago club every Sunday (these clubs being; Cromwell, Alexandra, Wanaka and Queenstown).We welcome new members and parents, the QJFC as a registered charity is about making sure that children can come and have fun, enjoying the most popular sport in the world. We look forward to seeing you soon!</t>
+  </si>
+  <si>
+    <t>Queentown Seventh-day Adventist church</t>
+  </si>
+  <si>
+    <t>Together, we're striving to become the kind of church described in the Bible a church with relevant teaching, heart-felt worship, honest friendships, constant prayer, and compassionate care for those in need. In short, we'd like to have the kind of contagious Christianity that can influence and encourage the entire community, one life at a time.So whether you're a spiritual seeker who's just starting to ask questions about God, or a committed Christian who wants to sink the roots of your faith even deeper, you can find a home here at Queenstown Seventh-day Adventist Church.</t>
+  </si>
+  <si>
+    <t>kimpbon@yahoo.com</t>
+  </si>
+  <si>
+    <t>http://queenstown.adventist.org.nz/</t>
+  </si>
+  <si>
+    <t>+64 (0) 21 988 801</t>
+  </si>
+  <si>
+    <t>Strengthening Families - Upper Clutha</t>
+  </si>
+  <si>
+    <t>Strenghtening families can be used by any family/whanau in New Zealand with a child, children or young person(s) who needs help for more than one support service or government agency.</t>
+  </si>
+  <si>
+    <t>Maureen Miller</t>
+  </si>
+  <si>
+    <t>sf.maniototo@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>03 444 9427 or 027 341 5558</t>
+  </si>
+  <si>
+    <t>Ranfurly 9332</t>
+  </si>
+  <si>
+    <t>Glenorchy Playgroup</t>
+  </si>
+  <si>
+    <t>Welcome to Glenorchy Playgroup - Haere mai, all parents, caregivers and young children are welcome.We believe in the importance of providing a place where pre-school children and parents can regularly meet, feel welcomed and involved. Our playgroup will use a variety of activities to provide learning opportunities and experiences for young children.We aim to give parents and caregivers the opportunity to learn new ways for encouraging their children’s learning in a friendly and supportive fun group.Mondays: 10am – 12pm Thursdays: 10am – 12pm School term time only.$2/session or $25 for the term.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jenny Huckstep (President) </t>
+  </si>
+  <si>
+    <t>https://www.glenorchycommunity.nz/community/organisations/playgroup/</t>
+  </si>
+  <si>
+    <t>0211672242</t>
+  </si>
+  <si>
+    <t>PO Box 59 Glenorchy</t>
+  </si>
+  <si>
+    <t>Kingston Community Association</t>
+  </si>
+  <si>
+    <t>The Kingston Community Association meet on the first Friday of each month at the Kingston Emergency Services Building in Kent St. The committee consists of Chairman, Secretary, Treasurer &amp;amp; 7 elected committee members. KCA work in close liaison with QLDC.</t>
+  </si>
+  <si>
+    <t>Chairperson - Athol Elliott</t>
+  </si>
+  <si>
+    <t>kcasecretary@hotmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kingston.kiwi.nz/portal/CommunityGroups.aspx</t>
+  </si>
+  <si>
+    <t>027 292 9430</t>
+  </si>
+  <si>
+    <t>Whakatipu Reforestation Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   About The Whakatipu Reforestation Trust   Our Vision: To protect and restore the native biodiversity of the Whakatipu Basin through revegetation projects, collaboration, education and advocacy.  Since humans first set foot on New Zealand, our native forests have reduced by 70% while our native bird species have been reduced by 30%. The Kowhai rich dry woodlands that used to be prolific in the Whakatipu Basin are one of the most threatened ecosystems in New Zealand, and also one of the least protected. “Without endemic touchstones visible to the resident [Whakatipu Basin] population on a daily basis their appreciation of the history of their own land and identification with it will gradually atrophy. As northern temperate images fill people’s experience and imagination, these foreign elements become entrenched in tradition with an inevitable loss of both biological and cultural diversity.”Colin Meurk, Landcare Research We work with the community to grow and plant out native plants, including threatened species. This will create wildlife corridors that will, in turn, attract native birds and insects back into the basin, significantly enhancing the biodiversity of our region. FIND OUT HOW YOU CAN GET INVOLVED    </t>
+  </si>
+  <si>
+    <t>Karen O’Donahoo</t>
+  </si>
+  <si>
+    <t>volunteer@wrtqt.org.nz</t>
+  </si>
+  <si>
+    <t>https://wrtqt.org.nz/</t>
+  </si>
+  <si>
+    <t>Disability Information Service</t>
+  </si>
+  <si>
+    <t>DIS has been serving the Otago community since 1997. We provide disability and health information. We also sell equipment to help with daily living. Our information and equipment consultants provide unbiased, professional advice. We let you know the options available so that you can make informed choices about what is right for you. Anyone can use our service. And it's free. We help you join the dots, removing barriers to independence. The Ministry of Health funds us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  info@livingwellcentre.nz</t>
+  </si>
+  <si>
+    <t>http://www.disabilityinfo.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 471 6152</t>
+  </si>
+  <si>
+    <t>Wanaka Golf Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Golf Course is a picturesque 18 hole golf course surrounded by mountains and overlooking Lake Wanaka. It is nestled above the township of Wanaka, only a 45 minute drive from Queenstown in the heart of the Queenstown Lakes region. Wanaka GC is home to 950 members and hosts plenty of happy holidaying green fee players. Course maintenance is of a very high standard here, and as Central Otago continues to grow as a golfing destination so too does Wanaka Golf Club.</t>
+  </si>
+  <si>
+    <t>wanaka@golf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakagolf.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 182, Wanaka </t>
+  </si>
+  <si>
+    <t>Wanaka 9192</t>
+  </si>
+  <si>
+    <t>Adventure Development</t>
+  </si>
+  <si>
+    <t>Adventure Development Ltd (ADL) is a not for profit organisation that aims to help young people &amp;amp; whanau who are dealing with alcohol &amp;amp; drug issues and/or mental health difficulties.ADL has offices in Dunedin, Timaru and Invercargill but covers rural areas via mobile staff. We can see you at school, in the community or at home. Our services are funded by the Southern District Health Board, South Canterbury DHB, and by the Ministry of Social Development and are free to clients and their families</t>
+  </si>
+  <si>
+    <t>Malcolm Creagh</t>
+  </si>
+  <si>
+    <t>malcolm@adlnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://adventuredevelopment.co.nz/</t>
+  </si>
+  <si>
+    <t>027 254 9323</t>
+  </si>
+  <si>
+    <t>PO Box 189</t>
+  </si>
+  <si>
+    <t>Queenstown Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday, Tuesday, Wednesday: 9:00am - 5:30pmThursday: 9:00am - 7:00pmFriday: 9:00am - 5:30pmSaturday: 10:00am - 5:00pm</t>
+  </si>
+  <si>
+    <t>queenstown.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03 441 0600</t>
+  </si>
+  <si>
+    <t>Kahu Youth Trust</t>
+  </si>
+  <si>
+    <t>Kāhu Youth's vision is to empower ALL youth in the Upper Clutha to live their best lives. We achieve our vision by providing safe spaces where youth can hangout, learn and have fun! We deliver a diverse range of programmes and activities including; mentoring, drop-in sessions, afterschool clubs, holiday programmes and events. Led by professional Youth Workers, these programmes offer fun and unique experiences and opportunities for youth to develop their capacity, strengths, resilience, confidence, wellness, and friendships. Kahu Youth has two youth centres within Paetara Aspiring Central (Wānaka) and Lake Hāwea Community Centre. Our youth work is underpinned by and measured against national Positive Youth Development Frameworks</t>
+  </si>
+  <si>
+    <t>manager@kahuyouthtrust.org</t>
+  </si>
+  <si>
+    <t>http://kahuyouth.org</t>
+  </si>
+  <si>
+    <t>027 570 99268</t>
+  </si>
+  <si>
+    <t>35 Plantation Road, Wānaka, 9305</t>
+  </si>
+  <si>
+    <t>MS Otago</t>
+  </si>
+  <si>
+    <t>Welcome to the home of the Otago Multiple Sclerosis Society. We are glad you found us! This website is intended to inform you about the services, programmes and events for people with MS in the Otago area. People with other neurological illnesses such as Arachnoditis are also welcome.The Otago Multiple Sclerosis Society aims to empower people with Multiple Sclerosis and their families by providing them with professional support, education, information and skills, to participate actively in the community in ways that are meaningful to them.</t>
+  </si>
+  <si>
+    <t>Field officer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@msotago.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.msotago.org.nz</t>
+  </si>
+  <si>
+    <t>027 88 99 035</t>
+  </si>
+  <si>
+    <t>PO Box 2293, Dunedin</t>
+  </si>
+  <si>
+    <t>Queenstown Catholic Church</t>
+  </si>
+  <si>
+    <t>Queenstown, Arrowtown, Garston and Glenorchy are served by one Priest, currently Father Jaime Lalaguna, who is stationed in Queenstown itself. Queenstown came into being through farming, Arrowtown through gold and Garston also through farming. Queenstown is situated on the shores of Lake Wakatipu – the Maori translation is The Breath of the Sleeping Giant. While we are small in actual numbers, our Churches are haven for countless visitors who come for various reasons.</t>
+  </si>
+  <si>
+    <t>stjosephsqueenstown@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.stjosephsqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 208 Queenstown</t>
+  </si>
+  <si>
+    <t>Diabetes Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Diabetes New Zealand is a Charitable Trust that represents and supports people with diabetes. We’ve been around for over 50 years and have a National Office in Wellington, and branches across the country with staff and volunteers who help people live well with diabetes.      OUR MISSION All people living in New Zealand who are affected by, or at risk of, diabetes have access to the appropriate tools, information and support essential for their health and wellbeing.    Diabetes is a chronic disease that occurs when the pancreas is no longer able to make insulin, or when the body cannot make good use of the insulin it produces. Insulin is a hormone made by the pancreas, that acts like a key to let glucose from the food we eat pass from the blood stream into the cells in the body to produce energy. All carbohydrate foods are broken down into glucose in the blood. Insulin helps glucose get into the cells. Not being able to produce insulin or use it effectively leads to raised glucose levels in the blood (known as hyperglycaemia). Over the long-term high glucose levels are associated with damage to the body and failure of various organs and tissues.</t>
+  </si>
+  <si>
+    <t>diabetes.southlandfo@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.diabetes.org.nz</t>
+  </si>
+  <si>
+    <t>(03) 218 3422</t>
+  </si>
+  <si>
+    <t>PO Box 1122, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation Otago/Southland</t>
+  </si>
+  <si>
+    <t>Child Cancer Foundation provides strength and comfort to families, parents and children impacted by child cancer.We give personalised support to each family through a one-to-one connection – someone who can help guide them every step of the way now, and in the future. We help with the big things like emotional, social and practical support. But also the little things they have probably never even thought about.</t>
+  </si>
+  <si>
+    <t>Christine Donovan</t>
+  </si>
+  <si>
+    <t>cdonovan@childcancer.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.childcancer.org.nz/</t>
+  </si>
+  <si>
+    <t>03 951 3080 or 021 556 356</t>
+  </si>
+  <si>
+    <t>Wakatipu Dog Agility Club</t>
+  </si>
+  <si>
+    <t>Established in 2008 and began regular training sessions in January 2009. We have a small, but dedicated, membership, who meet for training sessions every week. We all have one thing in common - the desire to enjoy an activity with our dogs that offers the dogs exercise, education, fun, and socialisation</t>
+  </si>
+  <si>
+    <t>info@wdac.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wdac.org.nz</t>
+  </si>
+  <si>
+    <t>027 337 5354</t>
+  </si>
+  <si>
+    <t>PO Box 899, Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Budgeting Advice</t>
+  </si>
+  <si>
+    <t>New Zealand is a great place to live, but it’s not always an easy place to live. More than ever before, families are struggling to gain control of their finances. Budgeting services offer free, confidential budgeting advice. With a financial mentor, you can create a plan to get out of debt, save money and start building a future for you and your family.Our Financial Mentors offer free, confidential advice by phone, text, email and live chat.Phone: 0800 345 123Text: 4029 </t>
+  </si>
+  <si>
+    <t>help@moneytalks.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 114 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim Community</t>
+  </si>
+  <si>
+    <t>Queenstown Muslim community is the association of Muslim people who live in Queenstown </t>
+  </si>
+  <si>
+    <t>queenstownmuslim@gmail.com</t>
+  </si>
+  <si>
+    <t>http:///www.facebook.com/queenstownmuslimcommunity/</t>
+  </si>
+  <si>
+    <t>022 070 5061</t>
+  </si>
+  <si>
+    <t>Queenstown Mountain Bike Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Mountain Bike Club (QMTBC) was formed in 2003 with the express purpose of facilitating the development of trails and areas within the Queenstown area in a coordinated, safe and legal manner. In recent years there has been significant growth in mountain biking in the Wakaitpu region, both in local uptake and in international travellers. This is directly attributable to the active and focused efforts of QTMBC.The Club has a committee group of 8 dedicated persons who volunteer their time to organise and run the club.The Club currently has over 400 enthusiastic members including families and youth and we cater to all types of mountain bikers from beginner and learners to enthusiasts to experts and extreme riders and all types of riding including:Freeride,Cross Country,Endurance,Downhill,Dirt Jumps, from beginner and learners to expert linesQueenstown has it all!Our trails also get utilised by a large number of visiting tourists to the area. Each summer a large amount of bikers of all standards flock to Queenstown as it is now seen as a destination for mountain bikers. Several professional mountain bikers use the region as a winter training ground.</t>
+  </si>
+  <si>
+    <t>bikers@queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownmtb.co.nz</t>
+  </si>
+  <si>
+    <t>Wanaka Autumn Arts School</t>
+  </si>
+  <si>
+    <t>For our 29th annual school this year , we will be offering you an exciting programme of 16 classes with highly talented tutors from New Zealand and Australia. Some are new to us, others are returning from previous years. The school is based at the modern Mt Aspiring College campus with practical classes exploring the district. We look forward to a stimulating week in the stunning autumn environs of Wanaka – an opportunity for learning and exchanging ideas and techniques as well as meeting a variety of people with diverse interests. Classes are limited so please register early to avoid disappointment. We may take bookings after the closing date, but classes may also have to be cancelled if there are insufficient numbers by that date.</t>
+  </si>
+  <si>
+    <t>Robyn Van Reenen</t>
+  </si>
+  <si>
+    <t>rvr@cleangreen.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.autumnartschool.net.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1810</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Community Arts Council, PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Wanaka 9382</t>
+  </si>
+  <si>
+    <t>Central Otago Wakatipu Cycle Club</t>
+  </si>
+  <si>
+    <t>Winner of "The Best Little Cycling Club in New Zealand" at 2009 Cycling NZ Awards. We emphasise having fun while racing. Catering for all, ranging from the beginner ‘Weekend Warrior’ through to elite ridersCentral Otago-Wakatipu Cycle Club was founded in 1990 as Wakatipu Cycling Club, affiliated to Cycling Southland and catering for Queenstown &amp;amp; Central Otago districts. The club name was changed in 2007 to better reflect the wider membership as we draw riders from Alexandra, Cromwell, and Wanaka plus their surrounding districts as well as Queenstown. We race regularly through the summer months, making best use of the marvellous countryside that we have the good fortune to inhabit here. Races like our Queenstown to Glenorchy, and Hawea to Makarora return take riders along beautiful lakeside routes as the roads wind up and down at the base of the mountains. Currently we race every weekend from daylight saving onwards until late April, catering for a good spread of rider abilities from beginner through to elite. Everyone is welcome along, with the racing adjusted around those who turn up to try and ensure all get a chance to be part of the eventThe competitive but friendly spirit of the club has proven a good grounding for youngsters, several of whom have represented New Zealand at Junior level in various events over the last five years. A glance at the club’s Roll of Honour shows the achievements of club members. Quite a few Multisport stars hone their biking skills with us, and Club member John Alabaster has won 2 coveted time trial titles at the World Veteran Road championships at St Johann in Austria. However the most important part of the club are the members who come along and race. We also have plenty of riders who usually participate from time to time as part of training for other sports. Apart from racing in the sun (well...usually racing in the sun!) a drawcard is the socialising afterwards, downing a coffee and lunch at the many great cafés the area has to offer. This is a great chance to relax and unwind, let the other riders know how unlucky you were not to win… and make new friends! So if you fancy giving cycle racing a go, check out the calendar at http://wakatipucycling.co.nz , contact one of the club captains or secretary, turn up on the day - and enjoy!Our motto is "Cycle in Central - it's more fun in the sun!” especially when after the race we enjoy a bite to eat or a coffee and swap tall stories about why we didn't win ........you only lose if you don’t have fun!"</t>
+  </si>
+  <si>
+    <t>Queenstown Club Captain: Dallas McLister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lippers@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://wakatipucycling.co.nz</t>
+  </si>
+  <si>
+    <t>027 542 0329</t>
+  </si>
+  <si>
+    <t>ACC</t>
+  </si>
+  <si>
+    <t>We help prevent injuries and get New Zealanders and visitors back to everyday life if they’ve had an accident.We touch the lives of a large number of New Zealanders. The health, rehabilitation and service providers who help people who are injured, the businesses, vehicle owners and workers who contribute to the Scheme, and any New Zealander or visitor to New Zealand who's injured in an accident.</t>
+  </si>
+  <si>
+    <t>information@acc.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.acc.co.nz/ </t>
+  </si>
+  <si>
+    <t>04 816 7400</t>
+  </si>
+  <si>
+    <t>PO Box 242, Wellington 6140</t>
+  </si>
+  <si>
+    <t>Central Otago Living Options</t>
+  </si>
+  <si>
+    <t>The New Zealand Disability Support Network (NZDSN) is an incorporated society of members, represented by a Board of Governance.NZDSN was formed in 2010 and is a network of not-for-profit organisations and some for-profit NGOs that provide support services to disabled people, mainly through contracts with government.NZDSN takes a pan-disability perspective on the sector.NZDSN is governed by a Board elected from the wider membership, and is serviced by a full-time Chief Executive and a small, mainly part-time support team.Disability Types Age-Related Conditions Brain Injury Cognitive/Intellectual Developmental Delay Hearing Impairment Multiple Diagnosis Physical Sensory Visual Impairment Services Provided•Child/Youth •Community Participation •Day Activity •Home Care •Home Support •Kaupapa Maori •Life Skills •Pacific Island •Residential •Respite •Support Living</t>
+  </si>
+  <si>
+    <t>Alison Wildey</t>
+  </si>
+  <si>
+    <t>alison@livingoptions.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzdsn.org.nz/member/central-otago-living-options/</t>
+  </si>
+  <si>
+    <t>03 4487748</t>
+  </si>
+  <si>
+    <t>PO Box 446 Alexandra</t>
+  </si>
+  <si>
+    <t>Remarkables Orienteering Club</t>
+  </si>
+  <si>
+    <t>We are an orienteering club based in Queenstown, New Zealand with maps around the region.From absolute beginners to world champions, we support anyone wanting to get started in the sport of orienteering or make it on the world stage.For further information and upcoming events visit our webpage www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>remarkables.orienteering@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.roc.org.nz</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown</t>
+  </si>
+  <si>
+    <t>Showbiz Queenstown plays a major role in the cultural life of the Wakatipu community. It has a proud history of delivering exciting, nostalgic, traditional and classical musicals to audiences. Showbiz Queenstown is a non-profit incorporated society .Our mission is to assist and encourage members of our community to extend their artistic abilities and provide quality entertainment to the Wakatipu community.</t>
+  </si>
+  <si>
+    <t>showbizqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.facebook.com/showbizqt/</t>
+  </si>
+  <si>
+    <t>Queenstown RSA</t>
+  </si>
+  <si>
+    <t>The Queenstown RSA welcomes club members and their guests, and visiting members of affiliated clubs.We are located in the Queenstown Memorial Centre, Memorial Street, upstairs in the Gallipoli Room – an electric invalid chair is available for those who are unable to use the stairs. When visiting the scenic capital of New Zealand visit the Queenstown RSA, where you are guaranteed a friendly welcome.Opening Hours Friday, 5-7pm</t>
+  </si>
+  <si>
+    <t>Phil Wiel - President (as at July 2019)</t>
+  </si>
+  <si>
+    <t>president.qtrsa@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.rsaqueenstown.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 1969 Queenstown</t>
+  </si>
+  <si>
+    <t>Carlson Gracie Jiu Jitsu NZ</t>
+  </si>
+  <si>
+    <t>Based in Queenstown New Zealand, Carlson Gracie Jiu-Jitsu New Zealand is the sole New Zealand arm of Carlson Gracie Jiu-Jitsu, one of the world’s top schools for Brazilian Jiu-Jitsu. Carlson Gracie Jiu-Jitsu is well known for its commitment to teaching high level Brazilian Jiu-Jitsu, training some of the best competitors and fighters around the world.At our school, you will receive hands-on attention from our instructors who monitor your progress in a clean, safe, and friendly environment. We choose our instructors based on teaching ability, technical knowledge, personal integrity, patience, and dedication to the art of Brazilian Jiu-Jitsu.</t>
+  </si>
+  <si>
+    <t>Jose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">contact@carlsongraciebjj.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.carlsongraciebjj.co.nz/</t>
+  </si>
+  <si>
+    <t>02102304516</t>
+  </si>
+  <si>
+    <t>Public Health Nurse</t>
+  </si>
+  <si>
+    <t>A public health nurse or a public nurse is a trained nurse whose work and focus is on community health.  The Otago public health nursing service provides free, confidential well child/tamariki and youth/rangatahi health assessments for youth aged between 0-18 years who are eligible and/or attending early childhood centres and schools. They work in a variety of settings including schools, for the government and for special health projects running in the community.</t>
+  </si>
+  <si>
+    <t>publichealthnursing@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>03 450 9156</t>
+  </si>
+  <si>
+    <t>PO Box 2180 Frankton Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Remarkables Park, Town Centre Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs</t>
+  </si>
+  <si>
+    <t>Aspiring Avalanche Dogs is a non-profit organisation and a registered charity who's goal is to provide support and succession of four av-dog teams at Treble Cone into the future.Based at Treble Cone Ski Area in Wanaka our highly trained dog teams are all volunteer members of NZLandSAR Dogs and can be rapidly deployed around the clock to help locate skiers, snowboarders and mountaineers unlucky enough to be caught in an avalanche in the Southern Lakes Region and beyond.</t>
+  </si>
+  <si>
+    <t>info@aspiringdogs.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringdogs.org.nz/</t>
+  </si>
+  <si>
+    <t>021 319 824 | 03 443 5465</t>
+  </si>
+  <si>
+    <t>29 Kingston Street, Albert Town, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous Wanaka</t>
+  </si>
+  <si>
+    <t>Alcoholics Anonymous is a voluntary, worldwide fellowship of men and women from all walks of life who meet together to attain and maintain sobriety. The only requirement for membership is a desire to stop drinking. There are no dues or fees for A.A. membership.Note: visit the website or download the app - Alcoholics Anonymous New Zealand - if you want view all meetings in the area. </t>
+  </si>
+  <si>
+    <t>Upper Clutha Lions Club of Wanaka</t>
+  </si>
+  <si>
+    <t>Meet 2nd Wednesday of each month at Prince Albert Tavern Café, Albert TownMeet &amp;amp; Greet 6.30pm</t>
+  </si>
+  <si>
+    <t>SECRETARY- Lorraine Knowles</t>
+  </si>
+  <si>
+    <t>knowles_lorraine@yahoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://e-clubhouse.org/sites/wanakauc/</t>
+  </si>
+  <si>
+    <t>027 4737 813</t>
+  </si>
+  <si>
+    <t>P.O. Box 255, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust</t>
+  </si>
+  <si>
+    <t>Central Lakes Trust was established to grant funds for community charitable purposes. ​The Trust plays a pivotal role in producing sustainable outcomes that enrich lives, enhance assets, and build resilient communities.​The Trust assists many community projects and services, but all must meet charitable criteria. ​For a purpose to be charitable, it must relate to one of the following four funding principles:The relief of povertyAdvancement of educationAdvancement of religionAny other purpose beneficial to the community</t>
+  </si>
+  <si>
+    <t>info@clt.net.nz</t>
+  </si>
+  <si>
+    <t>https://www.clt.net.nz/</t>
+  </si>
+  <si>
+    <t>03 445 9958</t>
+  </si>
+  <si>
+    <t>PO Box 138, Cromwell</t>
+  </si>
+  <si>
+    <t>Fish and Game Otago</t>
+  </si>
+  <si>
+    <t>The region runs inland to include the whole of both the Clutha and Taieri River catchments as well as a number of smaller coastal river catchments such as the Catlins, Tahakopa, Tokomairiro, Waikouaiti and Shag.Otago has, without doubt, some of the most diverse waters for sports fishing in New Zealand. They range from the unique high country experiences on gin clear southern lakes river tributaries, to ‘put and take’ reservoir fisheries in Dunedin City.The Otago Region also offers a veritable smorgasbord of game bird hunting  from mallards on large coastal wetlands, to upland game on briar rose-strewn Central Otago hills. In between there are countless pond and river bank hunting opportunities, along with small stream stalking and evening shooting over grain crops. Otago pretty much has it all when it comes to game bird hunting.</t>
+  </si>
+  <si>
+    <t>otago@fishandgame.org.nz</t>
+  </si>
+  <si>
+    <t>https://fishandgame.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>(03) 477 9076</t>
+  </si>
+  <si>
+    <t>PO Box 76, Dunedin 9054</t>
+  </si>
+  <si>
+    <t>IMIQ</t>
+  </si>
+  <si>
+    <t>IMIQ (Ikatan Masyarakat Indonesia di Queenstown) is an Indonesian community group in Queenstown.</t>
+  </si>
+  <si>
+    <t>Meilita Manusama</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/imiq.queenstown/</t>
+  </si>
+  <si>
+    <t>0211896569</t>
+  </si>
+  <si>
+    <t>Wanaka Sun</t>
+  </si>
+  <si>
+    <t>The Wanaka Sun - Wanaka's Community Newspaper</t>
+  </si>
+  <si>
+    <t>admin@thewanakasun.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.thewanakasun.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 5252</t>
+  </si>
+  <si>
+    <t>PO Box 697, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Queenstown Disc Golf</t>
+  </si>
+  <si>
+    <t>Disc golf has been played in and around the Wakatipu for decades, most notably in the Queenstown Gardens. The course in the Gardens was the first permanently marked out course in New Zealand. Starting out with 17 object targets and one lone basket back in 1996, it has grown over the years and has now become a full 18 basket tournament course.</t>
+  </si>
+  <si>
+    <t>info@queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowndiscgolf.co.nz</t>
+  </si>
+  <si>
+    <t>PO Box 577 Queenstown</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup</t>
+  </si>
+  <si>
+    <t>Hawea Playgroup is a supportive environment for parents and children (new born to 5yrs) and provides plenty of play opportunity for all ages. Parents can network and enjoy a safe, warm and well resourced environment (inside and outside) with their children.</t>
+  </si>
+  <si>
+    <t>haweaplaygroup@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/haweaplaygroup/</t>
+  </si>
+  <si>
+    <t>i-SITE Queenstown Visitor Centre</t>
+  </si>
+  <si>
+    <t> We are Queenstown’s only official Visitor Information Centre and part of the nationwide Tourism New Zealand and Goverment approved i-SITE Network. i-SITE Queenstown is one of 90 offices nationwide here to give visitors unbias travel advice, forward itinerary planning, activities bookings and transport in Queenstown and around New Zealand. We specialise in Queenstown bookings for: Accommodation, from luxury hotels, motels right through to budget backpackers and everything in between Transport, including rental cars, coach travel and chauffeured services Attractions and adventure activities Restaurants, entertainment and cultural activities For up-to-the-minute Queenstown visitor information and booking services, our local travel consultants provide expert advice and assistance.  Contact us for Queenstown and New Zealand-wide travel reservations.</t>
+  </si>
+  <si>
+    <t>info@queenstownisite.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownisite.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 4424100</t>
+  </si>
+  <si>
+    <t>Wanaka Womens Institute</t>
+  </si>
+  <si>
+    <t>To encourage and inspire women within dynamic, caring organisation</t>
+  </si>
+  <si>
+    <t>Colleen Dryden</t>
+  </si>
+  <si>
+    <t>exec@wi.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.wi.org.nz</t>
+  </si>
+  <si>
+    <t>04 566 1584</t>
+  </si>
+  <si>
+    <t>Latin Soul Dance</t>
+  </si>
+  <si>
+    <t>We are a dance school in the Queenstown Lakes and Central Otago area specialising in Latin dances such as Salsa, Bachata, Rueda de Casino and Kizomba.We have classes and social dances in the area most days of the week, so get in touch and come along!There are 2 things we love - dancing and creating community - so join our dance family and see how dancing can change your life!</t>
+  </si>
+  <si>
+    <t>Gina and Nicho</t>
+  </si>
+  <si>
+    <t>info@latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.latinsoul.co.nz</t>
+  </si>
+  <si>
+    <t>0222376206</t>
+  </si>
+  <si>
+    <t>Queenstown Photography Club</t>
+  </si>
+  <si>
+    <t>The Queenstown Photography Club Inc. is a non-profit organisation of both amateur and professional photographers alike.Our primary goal is to promote and support the art and science of photography as a means of creative expression achieved through awareness, education and participation.  We strive to provide an enjoyable and stimulating forum through which members can receive practical information to help improve their technique, develop their artistic vision, share ideas and keep pace with industry trends.The QPC meets on the first Monday of each month (except January) at 7pm in the St John’s Building, 10 Douglas Street, Frankton.Competitions provide members with the opportunity to view other member’s work as well as receive valuable feedback on their own work from judges within the photographic industry.  Additionally, photographic outings are held on a regular basis (see our Field Trips).Visitors are always welcome (first visit free, next visit $10 or membership).If you would like more information about our Photography Club and its activities, please feel free to contact any of the clubs committee or e-mail us at info@qtphotoclub.co.nz</t>
+  </si>
+  <si>
+    <t>President – Suzy Walker</t>
+  </si>
+  <si>
+    <t>queenstownphotoclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenstownphotographyclub.wordpress.com</t>
+  </si>
+  <si>
+    <t>Vineyard Christian Fellowship</t>
+  </si>
+  <si>
+    <t>On The Rock is an orthodox and evangelical church moving in Pentecostal Power. Janet and Chris Barraclough founded On The Rock in 1996 after hearing God's call to minister to the visitors and residents of Queenstown. Meetings are informal and cafe-style including Communion, Worship &amp;amp; Preaching, so that churchgoers and unchurched alike can feel comfortable coming to experience intimacy and presence of God.The center is located in Queenstown at 7 Viscount Lane. We desire to provide relevant ministry to the world through Queenstown's travelling population.</t>
+  </si>
+  <si>
+    <t>Pastor Janet &amp; Chris Barraclough</t>
+  </si>
+  <si>
+    <t>http://www.vineyard.org.nz/</t>
+  </si>
+  <si>
+    <t>Box 983 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Wanaka Playgroup</t>
+  </si>
+  <si>
+    <t>Playgroup for children aged 0 - 5 yrs accompanied by parent/caregiver. Mondays and Thursdays 9.30 - 11.30. $3.00 per family. Indoor and outdoor toys, equipment, and activities. Bring your child's snacks; tea and coffee provided for adults. Come and join us, lots of fun and friendly faces - locals and visitors all welcome.Wanaka Squash Club Turn right at end of Upton St/Stone St intersection (beside 21) Stone Street</t>
+  </si>
+  <si>
+    <t>playgroupwanaka@hotmail.co.nz</t>
+  </si>
+  <si>
+    <t>03 4435147 or 0211029130</t>
+  </si>
+  <si>
+    <t>The Painters Group</t>
+  </si>
+  <si>
+    <t>PaintersMeets on the second Monday each month, 10:30am in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Brenda Clarke</t>
+  </si>
+  <si>
+    <t>brendaclarke@me.com</t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/wanaka-creative-groups/</t>
+  </si>
+  <si>
+    <t>Queenstown Junior Basketball League</t>
+  </si>
+  <si>
+    <t>Our season generally is winter time (term 2 and a few weeks in term 3) in New Zealand.  We run social based inhouse competition for years 7-13, or U18years on a Friday night between 3:30pm and 9:00pm.  We post all our updates on our website qjbc.wordpress.com.  Registration forms for 2021 will be available from approximately March 2021 on our website.  Please "follow" the website for all our updates (you receive the posts by your email that you register under).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President - Trudy </t>
+  </si>
+  <si>
+    <t>qtnjuniorbball@gmail.com</t>
+  </si>
+  <si>
+    <t>http://QJBC.wordpress.com</t>
+  </si>
+  <si>
+    <t>03 450 9129</t>
+  </si>
+  <si>
+    <t>P O Box 2009 Queenstown</t>
+  </si>
+  <si>
+    <t>St Paul's Anglican Church</t>
+  </si>
+  <si>
+    <t>St. Paul's has remained almost unchanged in over one hundred years. In 1973 a stained glass window was gifted by Mrs Sally Lusk as a memorial to her late husband. The window in a modern theme depicting the trees, hills and valleys of the area and the gold from which the town sprang, blends with, and complements the Victorian architecture of the building.</t>
+  </si>
+  <si>
+    <t>03 442 8391</t>
+  </si>
+  <si>
+    <t>Parish Centre, 2 Church Street, Queenstown 9300</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group</t>
+  </si>
+  <si>
+    <t>Wakatipu Potters Group is a not-for-profit incorporated society and local community pottery club. We have been in existence since 1982, with the studio now located on the corner of the Te Atamira building in Remarkables Park, Frankton (12 Hawthorne St, Dart House Building 11, Remarkables Park - opposite the Cancer Op shop).New for 2023:  We will run courses in Handbuilding and Wheel Throwing.  The open casual Visitor Nights will not be available for now.  Please refer to our website for details of all workshops, courses, and casual open dates.  We respond to emails and messenger chat inquiries (facebook) if you have questions.   Space is limited for any event, and must be booked in advance on our website: https://www.wakatipupotters.com/book-online Membership may be available after five sessions by invitation and application, but as members are independent users of the Club facilities, you must have a level of skill and competence to become a member. There is a non-refundable annual fee and Safety &amp;amp; Use of Studio instruction induction prior to club membership. We are affiliated with Ceramics NZ, the national organisation of potters. You can contact the club:www.wakatipupotters.comwakatipupotters@gmail.com Facebook page: https://www.facebook.com/Queenstownpotters/ Instagram:  wakatipu_potters_group  </t>
+  </si>
+  <si>
+    <t>Secretary</t>
+  </si>
+  <si>
+    <t>wakatipupotters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipupotters.com</t>
+  </si>
+  <si>
+    <t>Frankton,</t>
+  </si>
+  <si>
+    <t>Anglican Family Care</t>
+  </si>
+  <si>
+    <t>Anglican Family Care is a social services agency that has served the people of Dunedin and Otago since 1970. Our main office is based in Dunedin, with other branches in Balclutha, Oamaru and Alexandra.Our main focus is children, young people and their families, but we also provide services that support individuals in need.Our services are for all people regardless of beliefs because we respect the values and beliefs of the Anglican Church, especially "To respond to human needs by loving service".   </t>
+  </si>
+  <si>
+    <t>Enquiries@FamilyCare.org.nz</t>
+  </si>
+  <si>
+    <t>https://anglicanfamilycare.org.nz/</t>
+  </si>
+  <si>
+    <t>Alexandra: 03 448 8228  OR Wanaka: 03 443 6623</t>
+  </si>
+  <si>
+    <t>Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Masonic Lodge - Lake Lodge of Ophir No 85</t>
+  </si>
+  <si>
+    <t>One of the world’s oldest and largest fraternal organisations. An organisation of men who adopt the fundamental principle of integrity, goodwill and charity as the foundations for an individual’s life and character. A non-profit organisation that is heavily involved in supporting charity and community service. Comprised of men of good character with high ideals and worthwhile values who make a difference in the community</t>
+  </si>
+  <si>
+    <t>Hudson Turnbull, Secretary</t>
+  </si>
+  <si>
+    <t>lakelodgeofophir@queenstown.co.nz</t>
+  </si>
+  <si>
+    <t>http://freemasonsnz.org</t>
+  </si>
+  <si>
+    <t>+64 21 442 639</t>
+  </si>
+  <si>
+    <t>PO Box 85 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Mainly Music Wanaka</t>
+  </si>
+  <si>
+    <t>Held at Wanaka Presbyterian Community Church. Call Caroline on 027 279 2703 to check availability.</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>http://www.mainlymusic.org/</t>
+  </si>
+  <si>
+    <t>027 279 2703</t>
+  </si>
+  <si>
+    <t>Wanaka, Otago</t>
+  </si>
+  <si>
+    <t>Catholic Womens League</t>
+  </si>
+  <si>
+    <t>The New Zealand Catholic Women’s League is a national organisation of Catholic women. A faith-based organisation, it gives women the opportunity contribute to the social, intellectual and spiritual life of the Church and the wider society of New Zealand.</t>
+  </si>
+  <si>
+    <t>Mrs Fae Robertson</t>
+  </si>
+  <si>
+    <t>faebob@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://stjosephsqueenstown.co.nz/</t>
+  </si>
+  <si>
+    <t>+64 3 442 8610</t>
+  </si>
+  <si>
+    <t>P O Box 421 Queenstown</t>
+  </si>
+  <si>
+    <t>Arrowtown Returned Services Assn</t>
+  </si>
+  <si>
+    <t>Our mission is to remember and care for all those impacted by service for New Zealand on military operations. The Royal New Zealand Returned and Services’ Association is made up of over 180 local RSAs around the country, each an entity in their own right, with over 100,000 members.</t>
+  </si>
+  <si>
+    <t>Linda Harrison (Secretary)/Lindsay Stirling (President)</t>
+  </si>
+  <si>
+    <t>arrowtownrsa@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.rsa.org.nz/</t>
+  </si>
+  <si>
+    <t>03 409 8857</t>
+  </si>
+  <si>
+    <t>PO Box 28, Arrowtown 9351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown Ice Skating Club </t>
+  </si>
+  <si>
+    <t>Whether interested in the artistry of ice dance, the excitement of jumping and spinning, or the precision of working with a synchronised team, Queenstown Ice Arena offers those interested in participating in figure skating many opportunities to learn and grow. Weekly group figure skating classes are offered, as is private instruction. Contact: queenstowniceskatingclub@gmail.com for more information.</t>
+  </si>
+  <si>
+    <t>queenstowniceskatingclub@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/queenstowniceskatingclub/</t>
+  </si>
+  <si>
+    <t>034418000</t>
+  </si>
+  <si>
+    <t>Hāwea Library</t>
+  </si>
+  <si>
+    <t>Opening Hours:Monday: 10:00am - 12:00 noonTuesday &amp;amp; Wednesday: 10:00am - 5:00pmSaturday: 10:00am - 12:00 noon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hawea@qldc.govt.nz </t>
+  </si>
+  <si>
+    <t>03 443 9371</t>
+  </si>
+  <si>
+    <t>The Academy At Kip McGrath</t>
+  </si>
+  <si>
+    <t>Daytime creative learning projects to extend and inspire your childThe Academy was established in January 2018 to provide a range of exciting and stimulating educational experiences for children of all ages. We are the hub for academic and creative excellence in out-of-school provision in the Wakatipu basin.</t>
+  </si>
+  <si>
+    <t>director@academy-education.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.academy-education.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4615</t>
+  </si>
+  <si>
+    <t>Remarkables</t>
+  </si>
+  <si>
+    <t>Workplace  Support</t>
+  </si>
+  <si>
+    <t>Workplace Support provides professional Employee Assistance Programmes (EAP), including On-Site Staff Support, Counselling Services, Critical Incident Responses, Professional Supervision, Management Coaching, Outplacement Services, Education and Training plus other specialist services relevant to the current business environment. Workplace Support partners with businesses and organisations to assist them with both employee and organisational well being.</t>
+  </si>
+  <si>
+    <t>office@workplacesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.workplacesupport.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 333 200</t>
+  </si>
+  <si>
+    <t>Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Queenstown &amp; Southern Lakes Pipe Band </t>
+  </si>
+  <si>
+    <t>Pipe lessons at Qpact</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact person - Pipe Major John Teviotdale </t>
+  </si>
+  <si>
+    <t>jennifer.ian@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/696232607241890</t>
+  </si>
+  <si>
+    <t>027 4370831</t>
+  </si>
+  <si>
+    <t>Montessori Arrowtown</t>
+  </si>
+  <si>
+    <t>The team at Montessori Arrowtown understand the importance of Early Childhood Education (ECE) who are all focussed on providing the absolute best quality care and education based on our Montessori Philosophy and Te Whariki, our early childhood curriculum. It is important for us to make families and whanau feel welcome respected and comfortable. We’d love you and your family to join us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> mont.arrowtown@best-start.org</t>
+  </si>
+  <si>
+    <t>https://best-start.org/centres/beststart-montessori-arrowtown</t>
+  </si>
+  <si>
+    <t>03 442 0032</t>
+  </si>
+  <si>
+    <t>Harvest Community Garden Network</t>
+  </si>
+  <si>
+    <t>We have 1 garden in Queenstown,1 in Arrowtown. Donation to join. Free to garden!HARVEST Community Gardens Network is a not-for-profit community based organisation formed to promote and support the development of community garden projects across the entire community. HARVEST is a registered incorporated society and is run by a committee, volunteers, members and plot holders.Harvest Community Gardens are a place where local residents are welcome to come and be involved. They can be involved by: ~having a plot or by gardening in the communal spaces ~sitting and meditating in the garden We have a philosophy of: ~chemical free gardening ~using compost and manures to enrich the soil. In short Queenstown Harvest Community Gardens is a place where people can have a plot of land for a small donation to grow fresh produce and flowers or use communal spaces. We hold gardening events, gardening and composting seminars and get togethers. Facebook: https://www.facebook.com/HarvestGardensQueenstown/</t>
+  </si>
+  <si>
+    <t>Megan Palmer</t>
+  </si>
+  <si>
+    <t>harvestgardensqt@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.harvestgardens.co.nz</t>
+  </si>
+  <si>
+    <t>021 508 500</t>
+  </si>
+  <si>
+    <t>The Spectrum Club</t>
+  </si>
+  <si>
+    <t>The Spectrum Club is a new, community based, Queer Straight Alliance group for LBGTQIA+ youth and their supporters in the Queenstown Region.This group was created to fill a gap in the community for Lesbian, Gay, Bisexual, Trans, Queer, Questioning, Intersex, Asexual and Allies aged 15 – 24 years old. The Spectrum club has 3 main purposes: Social: meeting other likeminded, non-judgemental people from diverse backgrounds in a safe fun environment Support: support with bullying, coming out, individual issues Educate: spread awareness about queer issues, education around resilience, bullying etc The Spectrum Club holds regular meetings and loves having new people along to share and celebrate the diverse group.</t>
+  </si>
+  <si>
+    <t>thespectrumclubqt@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/thespectrumclubqt/</t>
+  </si>
+  <si>
+    <t>03-451 1413</t>
+  </si>
+  <si>
+    <t>ArrowYoga</t>
+  </si>
+  <si>
+    <t>ArrowYoga brings affordable yoga lessons to all people of Arrowtown and surrounding. All levels are welcome. We teach Vinyasa Flow, Dynamic Hatha and Slow &amp;amp; Steady. All classes are 60 minutes and cost $10 per person. We can provide a mat. Please wear comfortable clothes and bring an extra layer during the Winter months. Please call us for a class schedule or email arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>arrowyoga@gmail.com</t>
+  </si>
+  <si>
+    <t>021 265 8266</t>
+  </si>
+  <si>
+    <t>PO Box 845, 9348 Queenstown</t>
+  </si>
+  <si>
+    <t>Wanaka Medical Centre</t>
+  </si>
+  <si>
+    <t>Wanaka Medical is a rural general practice providing high quality medical care including accident and emergency services, to the Wanaka Community.Emergency Calls – 24 Hours: (03) 443 0710</t>
+  </si>
+  <si>
+    <t>admin@wanakamedical.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakamedical.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 443 0710</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantage South </t>
+  </si>
+  <si>
+    <t>Advantage South aims to provide the very best help to Southerners looking to get back on their feet after an accident, injury or abuse. We also assist employers to ensure their staff stays healthy and happy in the workplace</t>
+  </si>
+  <si>
+    <t>beth.harman@advantagesouth.co.nz</t>
+  </si>
+  <si>
+    <t>https://advantagesouth.co.nz/</t>
+  </si>
+  <si>
+    <t>64 3 477 9865</t>
+  </si>
+  <si>
+    <t>PO Box 5093, Moray Place, Dunedin 9058</t>
+  </si>
+  <si>
+    <t>Queenstown Tennis Club</t>
+  </si>
+  <si>
+    <t>QUEENSTOWN TENNIS CLUB offers a variety of competitions &amp;amp; recreational play sessions for senior and junior members. Saturday Interclub - singles, doubles and themed party Saturdays. Twilight Competition - Mixed doubles format runds through the season. Mid week tennis - Monday, Wednesday and Friday mornings; 09:30-12:00</t>
+  </si>
+  <si>
+    <t>queenstowntennisclub@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntennisclub.co.nz</t>
+  </si>
+  <si>
+    <t>021 397 552</t>
+  </si>
+  <si>
+    <t>Box 1019 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Centre</t>
+  </si>
+  <si>
+    <t>Little Wrigglers PEPE Parenting Education (5-12 mths)Opening hours: Phone for start dates and information Phone: 03 442 7380 Address: 8 Henry Street, Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>southern.region@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.plunket.org.nz/plunket/show/little-wrigglers-free-pepe-parenting-education-courses-5-12-mths--1</t>
+  </si>
+  <si>
+    <t>03 442 7380</t>
+  </si>
+  <si>
+    <t>Disabilities Resource Centre</t>
+  </si>
+  <si>
+    <t>We came from small beginnings in 1992. Over the following years we provided needs assessment and service co-ordination services and home support services. We also provided the best, most cost effective, equipment and daily living products through our equipment shop. A strong dedicated team of staff ensured that people who came to us for information, resources and support gained the outcomes they desired.We will continue to grow in response to the needs of our communities in Southland, including Gore, Te Anau, Queenstown, Stewart Island and all other localities in our beautiful province.</t>
+  </si>
+  <si>
+    <t>info@drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.drcsouth.co.nz</t>
+  </si>
+  <si>
+    <t>03 214 5000 or 0800 100 531</t>
+  </si>
+  <si>
+    <t>Wanaka BNI</t>
+  </si>
+  <si>
+    <t>BNI provides a positive, supportive, and structured environment for the development and exchange of quality business referrals. It does so by helping you build personal relationships with dozens of other qualified business professionals. Last year, members of BNI worldwide passed millions of referrals that generated billions of dollars of business for each other. Belonging to BNI is like having dozens of salespeople representing your business, and in return you are representing their businesses. What goes around comes around. If I help you, you'll help me and we will both benefit as a result.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Emma Kenny </t>
+  </si>
+  <si>
+    <t>https://otago.bni.co.nz/otago-bni-wanaka/en-NZ/index</t>
+  </si>
+  <si>
+    <t>03 443 1892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wanaka, 9305                                                                                                                                                                                                                                                   </t>
+  </si>
+  <si>
     <t>Wanaka Nordic Ski Club</t>
   </si>
   <si>
     <t>Enjoy the winter months to the fullest • discover fitness • fun and friendship • learn new skills • ski at a reasonable price • explore new territory You can do all this and much more at the Snow Farm this winter. As a Club Member you can enjoy - * Skiing endless trails with like-minded people * Overnight skiing with a group at the Snow Farm huts * Off-trail adventures with a leader * Group Clinics for improving skiers * Good deal when buying skis * Social events, bbq’s &amp;amp; dinners to meet overseas skiers *</t>
   </si>
   <si>
     <t>Secretary:  Susan Helmore</t>
   </si>
   <si>
     <t xml:space="preserve"> waioraunordicsports@gmail.com </t>
   </si>
   <si>
     <t>http://waioraunordicsportsclub.co.nz/</t>
   </si>
   <si>
     <t>03 445 1281</t>
   </si>
   <si>
-    <t>Wanaka</t>
-[...20 lines deleted...]
-    <t>Queenstown 9300</t>
+    <t>Lake Hayes Predator Free</t>
+  </si>
+  <si>
+    <t>Lake Hayes Predator Control is a group of passionate locals who volunteer their time to reduce the number of invasive predators in the Lake Hayes area to protect and support our native wildlife.</t>
+  </si>
+  <si>
+    <t>Upper Clutha Environmental Society (Inc)</t>
+  </si>
+  <si>
+    <t>Community watchdog group that in the main aims to maintain the integrity of the District Plan and its implementation within the framework of central government legislation, especially the RMA. 35 members. Conservation advocacy through submissions on resource consents and district plan changes.</t>
+  </si>
+  <si>
+    <t>Julian Haworth</t>
+  </si>
+  <si>
+    <t>uces@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>0211368238</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Hawea</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Hawea are a sub-committee of the Hawea Community Association Incorporation and have been operating for well over 25 years. Elected each year at the annual general meeting, the guardians consists of 8 persons responsible for seeing that Lake Hawea, its water and its surrounds are managed wisely for the benefit of all, both now and in the future.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Don Robertson </t>
+  </si>
+  <si>
+    <t>donandgaye@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 2601</t>
+  </si>
+  <si>
+    <t>Forest and Bird</t>
+  </si>
+  <si>
+    <t>Forest &amp;amp; Bird is New Zealand’s leading independent conservation organisation protecting and restoring our wildlife and wild places.The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest.</t>
+  </si>
+  <si>
+    <t>Ben Goddard</t>
+  </si>
+  <si>
+    <t>centralotagolakes.branch@forestandbird.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/</t>
+  </si>
+  <si>
+    <t>027 9000 768</t>
+  </si>
+  <si>
+    <t>Elder Net</t>
+  </si>
+  <si>
+    <t>Eldernet was established in 1997 as a direct result of the founders seeing the need for a comprehensive information service that focussed on issues concerning older people in New Zealand. The internet seemed to be the perfect way to make this information available and so, Eldernet was born.With this impartial information, older people, their families’ and professionals who work in this sector access to comprehensive information that enables them to make more informed decisions. Our shared passion for outstanding customer service and the sector in which we all work means that all users of Eldernet are greeted with a smile and ‘can do’ attitude. If you call, fax or e-mail us we trust you’ll always be made to feel welcomed and supported.</t>
+  </si>
+  <si>
+    <t>team@eldernet.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.eldernet.co.nz/Home</t>
+  </si>
+  <si>
+    <t>(03) 388 1204 or 0800 162 706</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre</t>
+  </si>
+  <si>
+    <t>Wakatipu Medical Centre is a community based general medical practice situated in Frankton. It serves patients from the wider Wakatipu basin, stretching Glenorchy to Gibbston Valley and as far south as Athol.  Wakatipu Medical Centre is a traditional general practice, catering primarily for local families. We offer a range of medical services including immigration medicals, mole removals and travel vaccinations.</t>
+  </si>
+  <si>
+    <t>admin@wakatipumedical.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 2288</t>
+  </si>
+  <si>
+    <t>NZ Immigration Service</t>
+  </si>
+  <si>
+    <t>We work with international organisations and industry partners to improve border security and make immigration easier. We lead government strategy designed to help migrants settle in New Zealand.Freephone (within New Zealand) 0508 55 88 55 Opening hours: 6:00am Monday to midnight on Saturday (NZ local time).</t>
+  </si>
+  <si>
+    <t>http://www.immigration.govt.nz</t>
+  </si>
+  <si>
+    <t>0508 558 855</t>
+  </si>
+  <si>
+    <t>Auckland Central 1010</t>
+  </si>
+  <si>
+    <t>Wanaka Wastebusters</t>
+  </si>
+  <si>
+    <t>Wanaka's recycling centre and biggest reuse shop. Open 8am - 5.30pm, 7 days a week (closed Christmas Day, Good Friday and Anzac morning). Drop off your recycling, browse in the shop or check out the Ed-Space. Corner of Ballantyne Rd and Riverbank Rd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">admin@wastebusters.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.wanakawastebusters.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8606</t>
+  </si>
+  <si>
+    <t>PO Box 16, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Family Works Otago</t>
+  </si>
+  <si>
+    <t>Family Works supports children, young people and their families to be safe, strong and connected.Our services include social work, counselling, foodbank, emergency response, budgeting advice, parenting support, youth development and community development programmes.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@psotago.org.nz </t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/family-works/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 7116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Presbyterian Support Otago, PO Box 374, Dunedin 9054 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016 </t>
+  </si>
+  <si>
+    <t>Te Kakano Aotearoa Trust</t>
+  </si>
+  <si>
+    <t>Te Kākano Aotearoa Trust is a Wanaka community-based native plant nursery that specialises in propagating plants of local origin (Upper Clutha region) and uses these plants for localised native habitat restoration. We work with local community groups, schools, organisations &amp;amp; businesses in the effort to promote hands-on community land care.Te Kākano's mission is to inspire community native habitat restoration through propagation, education, and hands-on participation. </t>
+  </si>
+  <si>
+    <t>info@tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.tekakano.org.nz</t>
+  </si>
+  <si>
+    <t>PO Box 550, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Autism New Zealand</t>
+  </si>
+  <si>
+    <t>Autism New Zealand Inc. provides support, training, advocacy, resources and information on Autism Spectrum disorders including Aspergers Syndrome. Our members include children, young adults and adults on the autism spectrum; their family/whanau; caregivers; and professionals who work within this field. Our Vision: Empowering people living with autism.</t>
+  </si>
+  <si>
+    <t>Wendy Jenkins</t>
+  </si>
+  <si>
+    <t>southland@autismnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.autismnz.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 218 2420 or 022 0200 106</t>
+  </si>
+  <si>
+    <t>120b Leet Street, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>Luggate Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>This is a volunteer station. That means all members of our brigade dedicate their own time in order to serve this community.We respond to a variety of emergencies in our local area And of course, we also offer fire safety advice.</t>
+  </si>
+  <si>
+    <t>https://fireandemergency.nz/stations/show/luggate-volunteer-fire-brigade</t>
+  </si>
+  <si>
+    <t>03 443 8555</t>
+  </si>
+  <si>
+    <t>Luggate</t>
+  </si>
+  <si>
+    <t>Aspiring Athletes</t>
+  </si>
+  <si>
+    <t>The Aspiring Athletes Club is an umbrella organization designed to meet the needs of a wide range of athletes – competitive and non competitive. The club calendar offers a summer and winter programme with a variety of activities from the traditional codes to the recreational and family fun events.</t>
+  </si>
+  <si>
+    <t>Secretary - Guy Steven</t>
+  </si>
+  <si>
+    <t>http://www.aspiringathletes.nz/</t>
+  </si>
+  <si>
+    <t>034 436 766</t>
+  </si>
+  <si>
+    <t>Boomerang Bags Queenstown</t>
+  </si>
+  <si>
+    <t>Boomerang Bags works to reduce the use of plastic bags by engaging local communities in the making of Boomerang Bags community made using recycled materials, Boomerang Bags provide a free, fun, sustainable alternative to plastic bags.  By getting involved with Boomerang Bags, you are participating in a national movement that celebrates a local grassroots initiative, community building and sustainability.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgia Todd &amp; Fiona Davies </t>
+  </si>
+  <si>
+    <t xml:space="preserve">drifton_4@hotmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/975159672613924/</t>
+  </si>
+  <si>
+    <t>0210650829</t>
+  </si>
+  <si>
+    <t>Arrowtown Preschool</t>
+  </si>
+  <si>
+    <t>At Arrowtown Preschool the opportunities for learning that children experience are outstanding both within the Preschools and the community. Children are seen as capable learners who bring with them a huge range of knowledge, interests and experiences. Teachers build on these to empower confidence, build resilience and encourage responsibility. Respectful relationships with families, community and our environment are key.Our programmes are inspired by aspects of the Reggio Emilia approach and Nature Based learning with a strong focus on movement and physical challenges.Arrowtown Preschool is a non-profit organisation which guarantees any profit is invested back into learning opportunities for the children.</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>admin@arrowtownpreschool.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.arrowtownpreschool.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 1416</t>
+  </si>
+  <si>
+    <t>Wakatipu Interagency Group</t>
+  </si>
+  <si>
+    <t>Social services interagency group for the Wakatipu.Chair: Niki Mason (Central Lakes Family Services, Strengthening Families Coordinator)</t>
+  </si>
+  <si>
+    <t>Niki Mason</t>
+  </si>
+  <si>
+    <t>qtinteragency@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>0508 440 255</t>
+  </si>
+  <si>
+    <t>Frankton Community Association</t>
+  </si>
+  <si>
+    <t>The Frankton Community Association is your voice to the Queenstown Lakes District Council. Our aim is to provide constructive suggestions and where required offer positive alternatives that will enhance the overall Frankton Community.To contact us or for more information about the Frankton Community Association please go to our website.</t>
+  </si>
+  <si>
+    <t>hello@franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>http://www.franktoncommunity.nz</t>
+  </si>
+  <si>
+    <t>PO Box 2004 Frankton, Queenstown 9349</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services</t>
+  </si>
+  <si>
+    <t>Central Lakes Family Services was brought to life in 2018 with a merger of Queenstown Lakes Family Centre and Jigsaw Central Lakes.Through our professionally trained clinicians we are committed to working with the community, primary health, local government and NGO service providers to optimise and ensure positive outcomes for children, adolescents and their families/whanau are achieved.  Support and Information Advocacy Counselling Strengthening Safety Programmes Children’s “Thumbs Up” programme Non Violence Programmes High School Prevention Education    Ministry of Justice approved Programmes – Adult Safety and Non Violence programmes Business Family harm training Child Protection and Family Harm training   </t>
+  </si>
+  <si>
+    <t>info@clfs.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.clfs.co.nz/</t>
+  </si>
+  <si>
+    <t>0508440255</t>
+  </si>
+  <si>
+    <t>P O Box 302 Queenstown</t>
+  </si>
+  <si>
+    <t>Frankton Library</t>
+  </si>
+  <si>
+    <t>frankton.library @qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 3680</t>
+  </si>
+  <si>
+    <t>New Zealand Red Cross</t>
+  </si>
+  <si>
+    <t>The New Zealand Red Cross has a Disaster Welfare and Support Team (DWST) in Queenstown-Lakes who can respond to the welfare needs of the community in earthquakes, floods and other disasters. We also work to connect and strengthen local communities, teach first aid, offer psychosocial support and promote disaster preparedness.</t>
+  </si>
+  <si>
+    <t>Otago Area</t>
+  </si>
+  <si>
+    <t>otago@redcross.org.nz</t>
+  </si>
+  <si>
+    <t>0800 733 27677</t>
+  </si>
+  <si>
+    <t>Luggate Albion Cricket Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Luggate Albion Cricket Club &amp;ndash; home of cricket in the Upper Clutha region.</t>
+  </si>
+  <si>
+    <t>Mike O’Connor (Senior Club President) Andy Simmers (Junior Club Chairman)</t>
+  </si>
+  <si>
+    <t>albionjuniorcricket@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.albioncc.co.nz/</t>
+  </si>
+  <si>
+    <t>021 499 642</t>
+  </si>
+  <si>
+    <t>Wanaka Adult Swimmers</t>
+  </si>
+  <si>
+    <t>Visit Wanaka pool for family fun, swim lessons, relaxation or to keep fit. Located next to Mount Aspiring College, our 25 metre, 6-lane heated indoor swimming pool is only a quick 5 minute drive from central WanakaWhether you are learning to swim for the first time, or need to improve your technique, our adult classes cater for swimmers of all levels from absolute beginners through to long distance or open water swimmers. Our lessons are set in a relaxed, friendly environment where we can focus on developing your skills.</t>
+  </si>
+  <si>
+    <t>wanakaswims@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/learn-to-swim</t>
+  </si>
+  <si>
+    <t>03 443 9334</t>
+  </si>
+  <si>
+    <t>Arrowtown Business and Promotion Association (ABPA)</t>
+  </si>
+  <si>
+    <t>APBA represents Arrowtown’s businesses. It is responsible for the town’s promotion, and for the arrowtown.com website.The board of the Arrowtown Promotion and Business Association is elected annually by the Association’s members who are business ratepayers. Central to its work, is the belief that the well being of the town is dependent on the preservation of its historic heritage and its natural surrounds. APBA promotes Arrowtown’s tourism, and liaises with its major funder, the Queenstown Lakes District Council.</t>
+  </si>
+  <si>
+    <t>Nicky Busst</t>
+  </si>
+  <si>
+    <t>info@arrowtown.com</t>
+  </si>
+  <si>
+    <t>http://www.arrowtown.com</t>
+  </si>
+  <si>
+    <t>027 7219017</t>
+  </si>
+  <si>
+    <t>Queenstown Indoor Netball</t>
+  </si>
+  <si>
+    <t>This league is a great way to ease back into the game before the winter season starts later in the year. This season we're trialling two parallel leagues for different levels:SOCIAL DIVISIONSOCIAL SERIOUS DIVISION</t>
+  </si>
+  <si>
+    <t>Alexa Peters</t>
+  </si>
+  <si>
+    <t>Alexa.peters@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.qldc.govt.nz/recreation/sports-leagues-programmes/netball</t>
+  </si>
+  <si>
+    <t>03 443 4791</t>
+  </si>
+  <si>
+    <t>Wanaka Counselling</t>
+  </si>
+  <si>
+    <t>I provide counselling or therapy for individuals, children, adolescents, couples, families and parents around issues such as:•sexual abuse •domestic violence •depression and mental health issues •chronic illness •parenting •separation •family issues •relationships •mother-baby/parent-child •post natal •trauma</t>
+  </si>
+  <si>
+    <t>meg@wanakacounselling.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakacounselling.co.nz/</t>
+  </si>
+  <si>
+    <t>027 810 2671​</t>
+  </si>
+  <si>
+    <t>Barre Yoga</t>
+  </si>
+  <si>
+    <t>This is a unique blend of pilates, yoga and dance training techniques. Technique is broken down into steps that anyone can do, no prior dance experience necessary. Classes are offered, such as Barre Warrior, the signature class, that ramps up the pace to challenge endurance, strength and fitness, adding weights and high-intensity interval training.</t>
+  </si>
+  <si>
+    <t>Amber Stephens</t>
+  </si>
+  <si>
+    <t>amber@barrewarrior.com</t>
+  </si>
+  <si>
+    <t>https://www.barrewarrior.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027 227 7338  </t>
+  </si>
+  <si>
+    <t>Arrowtown 9371</t>
+  </si>
+  <si>
+    <t>Prime Timers - Upper Clutha Senior Citizens</t>
+  </si>
+  <si>
+    <t>Prime Timers holds a bi-monthly meeting and afternoon tea in the Presbyterian Church Community Rooms on Tenby Street, Wanaka. These run between the months of February and November. We have guest speakers talking on a variety of subjects followed by afternoon tea. Our meetings are casual and relaxed. We foster a homely environment free from Political, Religious, Race or Gender Bias.In between meetings we have outings. Some locally and some a bit further afield, for example, we go to Hawea but also to the senior citizens afternoon tea in Arrowtown which is part of their Autumn Festival. We go on shopping trips, winery tours and to many other destinations. Safety is a priority for us and we have wonderful volunteers to help us out. We keep costs to minimum and all trips are optional.</t>
+  </si>
+  <si>
+    <t>Helen Millar</t>
+  </si>
+  <si>
+    <t>ucsc.club@gmail.com</t>
+  </si>
+  <si>
+    <t>http://ucscclub.weebly.com/</t>
+  </si>
+  <si>
+    <t>021 043 1054</t>
+  </si>
+  <si>
+    <t>PO Box 692 Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Arthurs Point Community Association (APCA)</t>
+  </si>
+  <si>
+    <t>Meeting details: Held at 7.30 pm on the first Tuesday of every month. Location confirmed on Facebook, plus emailed to our mailing list. Anyone can be added to the mailing list by emailing the APCA. Chair: Andrew Blackford Phone: 021 624 591Vice Chair: Nigel LloydCommittee details updated November 2023</t>
+  </si>
+  <si>
+    <t>Andrew Placford</t>
+  </si>
+  <si>
+    <t>arthurspointcommunity@gmail.com</t>
+  </si>
+  <si>
+    <t>021 624 591</t>
+  </si>
+  <si>
+    <t>PO Box 602 Queenstown</t>
+  </si>
+  <si>
+    <t>Arthur's Point</t>
+  </si>
+  <si>
+    <t>Supporting Families Wakatipu</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Family Centre is a primary mental health and social service provider. We are a team of Registered Health Professionals who specialise in working with children and families. We offer a range of evidence based services to support families in meeting the emotional, social and behavioural needs of their children.</t>
+  </si>
+  <si>
+    <t>info@qlfc.co.nz</t>
+  </si>
+  <si>
+    <t>http://qlfc.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 441 4331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 302 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Tracks Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Tracks Trust is a non profit organisation dedicated to developing a high quality network of public trails around Wanaka and the Upper Clutha Basin.The Trust is made up of ten passionate members of the Wanaka community, plus representatives from the Council, Department of Conservation.The Trust is registered with the Charities Commission – Reg No. CC38956The Trust is an Incorporated Charitable Trust – Reg No. 1898188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Info@uctt.org.nz</t>
+  </si>
+  <si>
+    <t>http://uppercluthatrackstrust.org.nz/</t>
+  </si>
+  <si>
+    <t>Arrowtown Scout Group</t>
+  </si>
+  <si>
+    <t>Scouts provide fun and challenging activities, unique experiences, everyday adventure and the chance to help others so that our youth can make a positive impact in their community. At Scouts we aim to help children and young adults reach their full potential. Youth develop skills including teamwork, time management, community support, leadership, initiative, planning, communication, self-motivation, cultural awareness and commitment. We help young people to get jobs, save lives and even change the world.</t>
+  </si>
+  <si>
+    <t>Karen Iremonger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">arrowtown@group.scouts.nz </t>
+  </si>
+  <si>
+    <t>http://www.scouts.org.nz</t>
+  </si>
+  <si>
+    <t>Kidstart (Barnardos)</t>
+  </si>
+  <si>
+    <t>Kidstart is a home-based care and learning service for children aged from birth to five years. It is provided in the homes of trained Educators, all of whom are supported by fully qualified teachers.</t>
+  </si>
+  <si>
+    <t>CromwellELC@Barnardos.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidstart.co.nz/</t>
+  </si>
+  <si>
+    <t>(03) 445 4728</t>
+  </si>
+  <si>
+    <t>PO Box 114 Alexandra</t>
+  </si>
+  <si>
+    <t>LTA Studios - Adult Dance &amp; Movement</t>
+  </si>
+  <si>
+    <t>Find your feet &amp;amp; indulge your passion at LTA Studios. A one-stop shop for Dance &amp;amp; Movement in Frankton, Queenstown.</t>
+  </si>
+  <si>
+    <t>info@ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>http://www.ltastudiosqt.com</t>
+  </si>
+  <si>
+    <t>02102267291</t>
+  </si>
+  <si>
+    <t>Arrowtown Choppers</t>
+  </si>
+  <si>
+    <t>Stopping the wilding tree spread. A volunteer group to help remove wilding trees from the Arrowtown hills. The long-term goal is not just the removal of wilding species, but reintroduction of a mix of locally sourced native plants for biodiversity and selective non-spreading exotic trees to enhance Arrowtown’s brilliant autumn colours.</t>
+  </si>
+  <si>
+    <t>Karl Walker</t>
+  </si>
+  <si>
+    <t>arrowtownchoppers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/arrowtownchoppers</t>
+  </si>
+  <si>
+    <t>021877485</t>
+  </si>
+  <si>
+    <t>Wakatipu Rodeo Club</t>
+  </si>
+  <si>
+    <t>You can also contact Murray Sarginson on 03 248 8587.</t>
+  </si>
+  <si>
+    <t>Kay McLeod</t>
+  </si>
+  <si>
+    <t>03 442 2713</t>
+  </si>
+  <si>
+    <t>Te Ao Marama Incorporated (Southern Iwi)</t>
+  </si>
+  <si>
+    <t>Te Aō Marama is an organisation of around 100 members, who provide leadership, representation and support to the Māori oral health workforce including clinicians, specialists, health promoters, support staff, researchers, teachers and students. Our membership remains committed to our vision of ‘Hei oranga niho mo te iwi Māori’ – Good Oral health for Māori, for life.</t>
+  </si>
+  <si>
+    <t>nzteaomarama@gmail.com</t>
+  </si>
+  <si>
+    <t>https://teaomarama.org.nz/</t>
+  </si>
+  <si>
+    <t>03 476 9835</t>
+  </si>
+  <si>
+    <t>P O Box 7078 Invercargill</t>
+  </si>
+  <si>
+    <t>Central Otago Flying Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Website of the Central Otago Flying Club (COFC). We are a small Flying and Gliding club situated in Alexandra, in the South Island of New Zealand. We're blessed with uncluttered airspace and lots of fine weather for aviating about our stunning landscape.Our club owns two aircraft: a newly refurbished Cessna 172, and a 2-seater Twin Astir glider. We own a large hanger at the local airport and have comfortable clubrooms right by the taxiway. Alexandra has a good sealed runway and wide grass vectors. We welcome new pilots for flight training in our Cessna or glider. We have 3 gliding instructors, and power instruction is available by arrangement. Glider launching is by aerotow or winch.Our club actively promotes aviation for all ages. For example we hosted a "buddys flying day" during 2015. This enabled a group of local children, whose life circumstances indicate the need for additional mentoring and support, the opportunity to experience a flight in one of several light aircraft made available by generous club members.</t>
+  </si>
+  <si>
+    <t>http://www.cofc.co.nz/index.shtml</t>
+  </si>
+  <si>
+    <t>Box 159  Alexandra.</t>
+  </si>
+  <si>
+    <t>sKids Remarkables</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Remarkables, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicki James </t>
+  </si>
+  <si>
+    <t>021 143 6813</t>
+  </si>
+  <si>
+    <t>Heart Kids</t>
+  </si>
+  <si>
+    <t>Heart Kids Southland is one of the affiliated branches of Heart Kids NZ. We are a group of parents and caregivers of children with heart conditions. We know from first hand experience how important at home support is and we are dedicated to helping others with similar needs.</t>
+  </si>
+  <si>
+    <t>https://heartkids.org.nz/</t>
+  </si>
+  <si>
+    <t>027 214 4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invercargill </t>
+  </si>
+  <si>
+    <t>Pembroke Folk Club</t>
+  </si>
+  <si>
+    <t>Martin Curtis, New Zealand Singer and Songwriter, has been writing and singing songs about his adopted country for over 30 years, and has recorded and released 10 albums, many of them celebrating New ZealandHe organised the first Cardrona Folk Festival, which proved so successful that the event is still on the calendar every October, having become one of the highlights of the New Zealand folk music year.</t>
+  </si>
+  <si>
+    <t>Martin Curtis</t>
+  </si>
+  <si>
+    <t>martincurtisnz@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.martincurtis.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 8152</t>
+  </si>
+  <si>
+    <t>RD2 Wanaka</t>
+  </si>
+  <si>
+    <t>Cardrona</t>
+  </si>
+  <si>
+    <t>Wanaka Printmakers</t>
+  </si>
+  <si>
+    <t>Printmakers Meets casually, most Tuesdays and Thursdays at noon in the Wanaka Arts Centre.</t>
+  </si>
+  <si>
+    <t>Secretary: Toni Mason</t>
+  </si>
+  <si>
+    <t>wanaka.arts.society@gmail.com</t>
+  </si>
+  <si>
+    <t>027 240 8553</t>
+  </si>
+  <si>
+    <t>Wanaka Baptist Church</t>
+  </si>
+  <si>
+    <t>We're a multi-cultural, multi-generational body of Jesus followers.  Some are settled and some are passing through.  All are welcome.On Sunday evenings at 5:30 we meet together to worship the God of the Bible and grow as a community.  We normally meet at the Lake Wanaka Centre (89 Ardmore Street), but not always.  Please check our website or Facebook page for where we are meeting.Facebook:  https://www.facebook.com/Wanaka-Baptist-Church-387487941622017</t>
+  </si>
+  <si>
+    <t>Derek Pyle</t>
+  </si>
+  <si>
+    <t>office@wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>http://wanakabaptist.org</t>
+  </si>
+  <si>
+    <t>021 280 5817</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Queenstown Lakes Community Housing Trust is your local organisation for community housing.Our mission is to provide decent affordable housing with secure tenure, to assist committed residents of the Queenstown Lakes district.</t>
+  </si>
+  <si>
+    <t>Julie Scott</t>
+  </si>
+  <si>
+    <t>admin@qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>http://qlcht.org.nz</t>
+  </si>
+  <si>
+    <t>03 450 1702</t>
+  </si>
+  <si>
+    <t>PO Box 1748, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harriet Wilson - Birth Trauma and Parenting Support </t>
+  </si>
+  <si>
+    <t>I aim to provide a safe space, free from judgement where you can truly be heard.  I offer Healing Birth sessions, where we can work together to unravel your traumatic birth experience, try to make sense of the events and look at tools to continue your healing journey and reclaim your power.   I also offer Centered Parenting sessions; this is a space to speak freely about the struggles of parenthood.  We also look at tools to find your calm center in parenting.  I am a certified Healing Birth Practitioner and a qualified Social Worker who has trained in trauma informed care.  I am passionate about creating space for parents and birth givers to be acknowledged and heard and to be equipped with the tools to enjoy parenting! I offer in person or online sessions.  Please get in touch if you would like to learn more!  </t>
+  </si>
+  <si>
+    <t>harriet.postnatal@outlook.com</t>
+  </si>
+  <si>
+    <t>http://www.harrietw.com</t>
+  </si>
+  <si>
+    <t>Attendance Services</t>
+  </si>
+  <si>
+    <t>" The Attendance Service supports schools and students to manage and improve attendance. Attendance Services combines the Non-Enrolled Truancy Service (NETS) and the District Truancy Service (DTS) into one integrated service. We aim to support schools to: - effectively manage attendance - reduce unjustified absence rates and non-enrolment - reduce the time taken to return students to education."</t>
+  </si>
+  <si>
+    <t>Valda Muller</t>
+  </si>
+  <si>
+    <t>nznut1@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.education.govt.nz/school/managing-and-supporting-students/managing-student-attendance/attendance-services/</t>
+  </si>
+  <si>
+    <t>027 446 6112</t>
+  </si>
+  <si>
+    <t>Catholic Social Services</t>
+  </si>
+  <si>
+    <t>We are the counselling and social services agency of the Catholic Diocese of Dunedin. The agency offers a caring and supportive environment based on respect for all seeking assistance. Our staff are skilled counsellors and social workers dedicated to the well-being of people in our community.We offer counselling, social work support and parenting assistance to individuals and families who come to us irrespective of religious beliefs or ability to pay. Our Mission Statement and Guiding Principles reflect our Catholic tradition and commitment to counselling and social work best principles and practice.</t>
+  </si>
+  <si>
+    <t>http://www.cathsocialservices.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 448 5385</t>
+  </si>
+  <si>
+    <t>P O Box 2047, South Dunedin 9044</t>
+  </si>
+  <si>
+    <t>sKids Shotover</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Shotover Country, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave.</t>
+  </si>
+  <si>
+    <t>shotover@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/shotover/</t>
+  </si>
+  <si>
+    <t>03 4426614</t>
+  </si>
+  <si>
+    <t>Arrowtown Mainly Music for Preschoolers</t>
+  </si>
+  <si>
+    <t>Meet during school terms only Tuesday 10am and Wednesday 1:30pm at the St Johns Presbyterian Church in Berkshire StreetYoung children develop skills – co-ordination, fine motor movements, large motor movements, social interaction, appreciation of music and musical styles, and language development. mainly music provides children with a structured learning environment and then a time of free play. mainly music brings adult and child together for a time of safe interaction, and in doing so, teaching adults rhymes and songs that can be used at home to help with cleaning up, colours, counting, and more. There is an opportunity for parents to network with other parents of young children. Some groups stage additional events to encourage family fun.Stay up to date with mainly music Arrowtown on their facebook page.</t>
+  </si>
+  <si>
+    <t>Marion Patton</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/people/MainlyMusic-Arrowtown/100009692776591</t>
+  </si>
+  <si>
+    <t>03 442 1992</t>
+  </si>
+  <si>
+    <t>Friends of the Wakatipu Gardens and Reserves</t>
+  </si>
+  <si>
+    <t>Advocacy for Queenstown Gardens and other community parks and reserves in the Wakatipu.</t>
+  </si>
+  <si>
+    <t>Jay Cassells</t>
+  </si>
+  <si>
+    <t>jay.cassells@gmail.com</t>
+  </si>
+  <si>
+    <t>021 5111 52</t>
+  </si>
+  <si>
+    <t>Wanaka Riding For Disabled</t>
+  </si>
+  <si>
+    <t>New Zealand Riding for the Disabled (NZRDA) is an association of Member Groups - a voluntary, not-for-profit organisation which provides opportunities for anyone with a disability to enjoy safe, stimulating, therapeutic horse riding and horse-related activities in New Zealand.RDA welcomes people of all ages. A person may be referred to the RDA programme in a number of ways, including word of mouth, or a referral from a health professional (including therapists, doctors and specialists), a teacher or a caregiver.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Kay Ross </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kaysutherlandross@gmail.com </t>
+  </si>
+  <si>
+    <t>http://www.rda.org.nz/index.html</t>
+  </si>
+  <si>
+    <t>034432611</t>
+  </si>
+  <si>
+    <t>62 Kings Drive, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie - Highland Dancing</t>
+  </si>
+  <si>
+    <t>Highland Dancing at Qpact</t>
+  </si>
+  <si>
+    <t>Carleen McKenzie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">carleen_mckenzie@yahoo.co.nz </t>
+  </si>
+  <si>
+    <t>021 257 4369</t>
+  </si>
+  <si>
+    <t>Latter Day Saints</t>
+  </si>
+  <si>
+    <t>The first Latter-day Saint missionaries in New Zealand arrived in Auckland in October 1854 from Australia, where the young Church had established its South Pacific base. The little party was led by mission president Augustus Farnham. With him were Australian convert Elder William Cooke and Thomas Holder. After preaching in Auckland, Wellington and Nelson, Farnham returned to Australia and left Elder Cooke in charge.  Sun 10:00 am	Sacrament meets first  Branch President Katene</t>
+  </si>
+  <si>
+    <t>Branch President - Katene</t>
+  </si>
+  <si>
+    <t>http://www.ldschurch.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 4108</t>
+  </si>
+  <si>
+    <t>Parent to Parent Inc</t>
+  </si>
+  <si>
+    <t>Monday – Wednesday 9:00am – 3:30pm and Thursday 9.00am-4.30pm Often raising a child with a disability is an experience that isn’t planned, and we know it can be a challenging journey. We can inform, educate, inspire and support you as you navigate your way through your family’s experience with disability. Our services are free and confidential.</t>
+  </si>
+  <si>
+    <t>MaryAnn Hughes</t>
+  </si>
+  <si>
+    <t>otago@parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parent2parent.org.nz</t>
+  </si>
+  <si>
+    <t>027 808 3949</t>
+  </si>
+  <si>
+    <t>Asthma Society</t>
+  </si>
+  <si>
+    <t>The Asthma and Respiratory Foundation NZ is New Zealand’s not-for-profit sector authority on all respiratory conditions including asthma, bronchiectasis, childhood bronchiolitis, childhood pneumonia, chronic obstructive pulmonary disease (COPD), lung cancer and obstructive sleep apnoea.</t>
+  </si>
+  <si>
+    <t>otagoasthma@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.asthmafoundation.org.nz/</t>
+  </si>
+  <si>
+    <t>03 471 6167 or 027 471 6162 (after hours)</t>
+  </si>
+  <si>
+    <t>Wanaka Lake Swimmers</t>
+  </si>
+  <si>
+    <t>We, as a committee, are passionate about open water swimming. We love just getting in there, exploring, floating about! In Lake Wanaka you can drink the water, it’s so clean and generally crystal clear and flat.We set this club up in September 2011 to help provide a forum for open water swimmers in and around Lake Wanaka. Last summer, we had up to 60 swimmers going into the water at a time and we felt that their presence needed to be acknowledged and accommodated. We felt that the best way to do this was to set up an official “Club” with a membership. So we did that in September. On the committee we have Claire O’Connell, Jackie Boyd, Marjorie Cook, Kevin Gingell Kent, Anna Kate Hutter and David Strang.</t>
+  </si>
+  <si>
+    <t>wanakalakeswimmers@gmail.com</t>
+  </si>
+  <si>
+    <t>https://wanakalakeswimmers.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Queenstown Plunket Mothers</t>
+  </si>
+  <si>
+    <t>Plunket offers a range of FREE courses, aimed at supporting parents in their parenting role through the different stages of their child’s early development. 1st and 3rd Tuesday of every month 11:00am - 1:00pm</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Belinda.ricketts@plunket.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.plunket.org.nz/plunket-near-me/queenstown-plunket-clinic/queenstown-plunket-mums-4-mums-group/</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club</t>
+  </si>
+  <si>
+    <t>Arrowtown Badminton Club is a social club playing from 7.00pm - 9.00pm every Monday usually beginning sometime in April &amp;amp; running through till September.$7.00 per night casual players, $5.00 per night club members.The Event Centre has some rackets for hire as does the club</t>
+  </si>
+  <si>
+    <t>Alison Mitchell</t>
+  </si>
+  <si>
+    <t>jandamitchell@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>021 299 9829</t>
+  </si>
+  <si>
+    <t>Uruuruwhenua - Health service</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruuruwhenua Health is focused on Māori health but is open to all members of the Central Otago community. Our key objective is to ensure existing health professionals and social services/agencies are coordinated and that Māori are assisted to better utilise the services that are available.We assist whānau in working towards healthier lifestyles, promoting and understanding of the Whare Tapa Wha Health model in terms of tinana (physical wellbeing), wairua (spiritual wellbeing), hinengaro (mental wellbeing) and whānau (family wellbeing).Our focus is on Whānau Ora health promotion, prevention and resources. Individual and whānau health plans Shearing Hauora clinics Maara Kai Drug and alcohol Mental health Auahi Kore support services. </t>
+  </si>
+  <si>
+    <t>info@uruuruwhenuahealth.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/uruuruwhenua-health-community-health-services/</t>
+  </si>
+  <si>
+    <t>0272021515</t>
+  </si>
+  <si>
+    <t>PO Box 500, Alexandra 9320</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Otago Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friendsLocal branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>national@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://epilepsy.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 37 45 37</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Omarama Gliding Club</t>
+  </si>
+  <si>
+    <t>Welcome to the Omarama Gliding Club We are a soaring orientated club based at Omarama, Central Otago, New Zealand. Some of the worlds best soaring can be enjoyed from well equipped modern facilities in the company of some of New Zealand's finest pilots.Please feel free to contact us on any matter. We can assist you with your gliding in New Zealand - with accomodation in New Zealand, travelling to Omarama, staying at Omarama and of course, gliding at Omarama!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brian Savage - President </t>
+  </si>
+  <si>
+    <t>brian.savage@fossicking.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.omarama.com</t>
+  </si>
+  <si>
+    <t>021 619 539</t>
+  </si>
+  <si>
+    <t>PO Box 11-289, Sockburn Christchurch</t>
+  </si>
+  <si>
+    <t>Six a Side Cricket</t>
+  </si>
+  <si>
+    <t>Dates and times: Wednesday evenings from 6pm First game: 25 October 2017 Final game: 7 March 2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emma Campbell </t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/sport/our-leagues/6-aside-cricket/</t>
+  </si>
+  <si>
+    <t>0211242266</t>
+  </si>
+  <si>
+    <t>Queenstown, New Zealand</t>
+  </si>
+  <si>
+    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
+  </si>
+  <si>
+    <t>The branch is active in numerous projects related to the conservation of native flora and fauna, and the preservation of valuable natural landscape features.The branch is represented in several other groups with related interests in conservation and public access to the high country, to the Clutha River and to reserves containing flora and fauna of special interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ben Goddard</t>
+  </si>
+  <si>
+    <t>http://www.forestandbird.org.nz/branches/central-otago-lakes</t>
+  </si>
+  <si>
+    <t>Sport Central</t>
+  </si>
+  <si>
+    <t>Sport Central is a partnership between Sport Otago, Sport Southland, the Central Otago District Council, and the Queenstown Lakes District Council.  The programme, which commenced in 2002, is designed to address the specific sport and recreation issues facing the Central Otago community.  We are grateful for the support of the Community Trust of Otago and the Central Lakes Trust for supporting Sport Central.</t>
+  </si>
+  <si>
+    <t>sporto@sportotago.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.sportotago.co.nz/index.php/sport-central</t>
+  </si>
+  <si>
+    <t>03 474 6350</t>
+  </si>
+  <si>
+    <t>PO Box 969, Dunedin 9054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dunedin 9016  </t>
+  </si>
+  <si>
+    <t>Access Community Health</t>
+  </si>
+  <si>
+    <t>Access Community Health is a leading provider of home based healthcare and supportOur nationwide teams of over 4,000 support workers and registered nurses support people to remain active, safe and independent in their own homes and communities. Access - Invercargill Regional Support Centre5 Tay Street, Invercargill 9810Postal address: P.O. Box 1666, Invercargill 9840</t>
+  </si>
+  <si>
+    <t>https://www.access.org.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 284 663 </t>
+  </si>
+  <si>
+    <t>P.O.Box 2242, South Dunedin 9016</t>
+  </si>
+  <si>
+    <t>80 Macandrew Rd, South Dunedin 9012</t>
+  </si>
+  <si>
+    <t>Piano Lessons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piano lessons from Kana Takahashi at Wakatipu High School and also visiting the students houses in Wakatipu basin.Piece of music piano lessonBA (music), ABRSM Dip Piano performance &amp;amp; music teaching.Associate member of IRMTNZ(Institute of Registered Music Teachers in New Zealand) </t>
+  </si>
+  <si>
+    <t>Kana Takahashi</t>
+  </si>
+  <si>
+    <t>kanat.piano@gmail.com</t>
+  </si>
+  <si>
+    <t>0272380555</t>
+  </si>
+  <si>
+    <t>Arrowtown Newcomers and Locals Network</t>
+  </si>
+  <si>
+    <t>Please note our name change from Arrowtown Newcomers Network, so that not just newcomers can come along to our functions.</t>
+  </si>
+  <si>
+    <t>Neil and Jenny Logan</t>
+  </si>
+  <si>
+    <t>Loganfamily@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://arrowtownvillage.co.nz/index.php?ti=29</t>
+  </si>
+  <si>
+    <t>409 8968</t>
+  </si>
+  <si>
+    <t>Guardians of Lake Wanaka</t>
+  </si>
+  <si>
+    <t>The Guardians of Lake Wanaka provide a direct link between the public and the Minister of Conservation over Lake Wanaka related issues.   Establishment and purpose  The Government enacted The Lake Wanaka Preservation Act in 1973 in recognition of public concern about the potential of hydro-electric development to alter the natural level and outflow of Lake Wanaka.  The Act makes provision for the protection of the natural state of the lake, and for the appointment of the Guardians of Lake Wanaka to advise the Minister of Conservation over:  Preventing the lake from being impounded, controlled or obstructed;  Preventing the natural rate of flow from the lake from being varied or controlled;  Preserving the lake level and shoreline in their natural states;  Maintaining and improving (where possible) the quality of water in the lake.  Functions and administration   The Guardians of Lake Wanaka have a direct responsibility to advise the Minister over issues affecting the purposes of the Act, or the recreational use of the lake and to liaise with the Otago Regional Council over matters which may affect the lake. Conversely, the Regional Council is also required to consult the Guardians when considering resource consent applications which may affect the lake.  The Guardians (usually numbering 6) are appointed by the Minister, who also appoints the Chairperson. One member is nominated by Te Rununga o Ngai Tahu to represent their interests. Meetings are generally held quarterly or as necessary.</t>
+  </si>
+  <si>
+    <t>wanakaguardians@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">443 7660 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Health Shuttles - St.John </t>
+  </si>
+  <si>
+    <t>The St John Health Shuttle is a free community service that transports people to essential medical and health-related appointments, and then brings them home again.Our Health Shuttle service is often used by older people who live alone and no longer drive. It’s also used by people who are too unwell to drive and those who can’t physically access other transport options. St John Health Shuttles are not available in all areas across New Zealand. St John Health Shuttles are currently available in: Motueka, Nelson, Marlborough, North Canterbury, Ashburton, Central Otago, Gore, Northern Southland, Winton, Otautau.</t>
+  </si>
+  <si>
+    <t>https://www.stjohn.org.nz/What-we-do/Community-programmes/Health-Shuttles/</t>
+  </si>
+  <si>
+    <t>0800 103 046</t>
+  </si>
+  <si>
+    <t>Queenstown Squash Club</t>
+  </si>
+  <si>
+    <t>New members are very welcome, if you would prefer to try the Club before you commit to membership you are welcome to pay and play using our Pay2Play online booking system. Go to www.pay2play.co.nz and select Queenstown Squash Club and follow the instructions. Alternatively you are welcome to come and join one of our Tuesday Club Nights, there is just a small fee of $5 for non members.</t>
+  </si>
+  <si>
+    <t>Dan Batchelor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> queenstownsquashclub@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>https://queenstown.squashclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 498 848</t>
+  </si>
+  <si>
+    <t>PO Box 100, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown Meditation</t>
+  </si>
+  <si>
+    <t>Come along to The Sherwood (the yoga studio above the bar), Frankton Road, Queenstown, on Thursday evenings for a community meditation class, suitable for all ages and experience. Take some time out to relax, meet like-minded people, and if you like, join us for a chai in the bar afterwards. Gold coin donation if that's available to you, otherwise come along anyway and soak up the vibes. Be guided on a journey to improve your wellbeing and intuition, and put your life back in your hands. Arrive from 7.15pm, meditation starts at 7.30pm, for approximately 45 minutes.</t>
+  </si>
+  <si>
+    <t>Clare Evans</t>
+  </si>
+  <si>
+    <t>queenstownmeditation@gmail.com</t>
+  </si>
+  <si>
+    <t>021 184 3944</t>
+  </si>
+  <si>
+    <t>554 Frankton Road, Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Medical Centre</t>
+  </si>
+  <si>
+    <t>We are a friendly Lake Wanaka medical centre offering a range of health services, from general medical care to specialised services. Our clinic is open Monday to Friday from 8.30am until 6pm. In the weekends and on public holidays we share a roster to ensure that there is a doctor available in Wanaka every day of the year, 24 hours a day, for accident and emergency care.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Practice Manager </t>
+  </si>
+  <si>
+    <t>office@aspiringmedical.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.aspiringmedical.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 0725 (24 hours)</t>
+  </si>
+  <si>
+    <t>Wakatipu Gun/Claybird Shooting Club</t>
+  </si>
+  <si>
+    <t>The New Zealand Clay Target Association (NZCTA) is responsible for administering, promoting and fostering the sport of Clay Target shooting in New Zealand. The Association is made up of around 90 clubs throughout New Zealand who hold shoots in the various disciplines osf clay target shooting. These clubs range is size from small country clubs with one or two traps and maybe a skeet field to our two National grounds at Hamilton and Christchurch which have 10 DTL fields and 6 skeet fields each</t>
+  </si>
+  <si>
+    <t>cpirie@mactodd.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.nzclaytarget.org.nz/about</t>
+  </si>
+  <si>
+    <t>Cardrona Hall Board</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Cardrona Hall Board maintain and upgrade the Historic Cardrona Hall and Church. Used for concerts, functions and weddings. Please email for bookings.Chairman: Glen Curtis (027 226 6083) Secretary: Jessica Curtis (027 443 0026) </t>
+  </si>
+  <si>
+    <t>Glen Curtis</t>
+  </si>
+  <si>
+    <t>cardronahallboard@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.wanaka-weddings.co.nz/CardronaHallHistoricDomainWeddingVenue.html</t>
+  </si>
+  <si>
+    <t>027 226 6083</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Centre is a central, creative, community space for people in the heart of Wanaka for the general Upper Clutha area and visiting artists.We have private artist and musicians studios, a printing group with printing facilities and a main room which is for hire by the hour, half day or full day.We currently have several community groups who meet here regularly and welcome enquiries by email for bookings.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mandy Welch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> admin@nzwac.art</t>
+  </si>
+  <si>
+    <t>https://www.nzwac.art/</t>
+  </si>
+  <si>
+    <t>Lake Wanaka Language Centre</t>
+  </si>
+  <si>
+    <t>Welome to the Lake Wanaka Language Centre. We currently run two language programmes:•General English - full time or part time•Professional English - ITC, Aviation, Medicine, Finance - full time or part time•IELTS Preparation - part time</t>
+  </si>
+  <si>
+    <t>info@wanaka-english.ac.nz</t>
+  </si>
+  <si>
+    <t>http://lwlc.wanaka-english.ac.nz/</t>
+  </si>
+  <si>
+    <t>021 036 5651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sexual harm victims/survivors </t>
+  </si>
+  <si>
+    <t>Central Counselling &amp;amp; Psychotherapy - Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamela Wilson </t>
+  </si>
+  <si>
+    <t>pamela.wilson@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/social-services/social/central-counselling-psychotherapy-queenstown/</t>
+  </si>
+  <si>
+    <t>03 442 5153</t>
+  </si>
+  <si>
+    <t>Wanaka Psychology</t>
+  </si>
+  <si>
+    <t>I provide psychological assessment and treatment for a wide spectrum of mental wellbeing issues. Adults, children, teenagers and families are all welcome.I offer confidential, personalized and non-judgemental support to overcome these difficulties and improve your understanding of yourself or your child. I am ACC approved and offer psychological services for physical injury claims. I am affiliated with the Queenstown Lakes Family Centre.For an appointment or further information call Monday to Thursday between 9am and 5pm.</t>
+  </si>
+  <si>
+    <t>Mijke Van Weert</t>
+  </si>
+  <si>
+    <t>info@wanakapsychology.nz</t>
+  </si>
+  <si>
+    <t>https://www.wanakapsychology.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">020 4070 8126 </t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre</t>
+  </si>
+  <si>
+    <t>Queenstown Playcentre is a family affair where children learn through responsive and reciprocal relationships with people, places and things. Adults are nurtured and have opportunities to learn through Playcentre courses which run up to level six and also first aid training. Children, parents and whanau explore our community together and in the process create long standing friendships with other people.)</t>
+  </si>
+  <si>
+    <t>queenstown@Playcentre.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.playcentre.org.nz/centre/queenstown/</t>
+  </si>
+  <si>
+    <t>0278802632</t>
+  </si>
+  <si>
+    <t>Human Rights Commission</t>
+  </si>
+  <si>
+    <t>The Human Rights Commission was set up in 1977 and works under the Human Rights Act 1993. Our purpose is to promote and protect the human rights of all people in Aotearoa New Zealand. We work for a free, fair, safe and just New Zealand, where diversity is valued and human dignity and rights are respected.The Human Rights Commission works across Aotearoa New Zealand to increase human rights standards in law, policy and practice. We provide communities with education and tools to protect and promote their human rights, and deliver human rights programmes to government departments, Crown entities and kiwi organisations. Language Line, an interpreting service, is available. An appointment with a sign language interpreter is available.If you have a hearing or speech impairment, you can contact the Commission using the New Zealand Relay Service. NZ Relay is a telecommunications service and all calls are confidential. www.nzrelay.co.nz</t>
+  </si>
+  <si>
+    <t>infoline@hrc.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.hrc.co.nz</t>
+  </si>
+  <si>
+    <t>0800 496 877</t>
+  </si>
+  <si>
+    <t>Epilepsy NZ - Southland Branch</t>
+  </si>
+  <si>
+    <t>What Do We Do?Educational services for professionals who work with people with epilepsy such as ambulance service staff, police, nurses and teachersCommunity awareness through speaking engagements in community groups including service clubs, workplaces, school and recreational clubsA national epilepsy helpline 0800 374 537 Information and support services, both face-to-face and over the phoneEducational programmes to increase the understanding of a person with epilepsy, their family and friends.Local branches offering various types of support and social groups Seizure management planning that provides strategies to help the person with epilepsy gain control of their seizures and build confidenceRegular publications of information through newsletters, brochures, information sheets and our website www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>Southland Branch</t>
+  </si>
+  <si>
+    <t>southland@epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.epilepsy.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 3089 or 0800 EPILEPSY</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce Queenstown</t>
+  </si>
+  <si>
+    <t>The New Zealand Chambers of Commerce is a body of some thirty Chambers throughout New Zealand, supporting over 12,000 members and representing over 40 million businesses.The role of the Queenstown Chamber of Commerce is to influence and inspire business vitality in the District. We do this positively through our representation to Local and Central Government on issues of concern to our members. The Chamber can help you grow your networks and grow your business. Through us, you have the opportunity to make your business visible.Membership is open to businesses and industries of any size and from any sector.</t>
+  </si>
+  <si>
+    <t>admin@queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownchamber.org.nz</t>
+  </si>
+  <si>
+    <t>03 441 8254</t>
+  </si>
+  <si>
+    <t>PO Box 938 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club</t>
+  </si>
+  <si>
+    <t>Queenstown Karate Club was founded by Craig McLachlan in 1989. We have hosted many internationally renowned instructors over the last 25 years including Higaonna Sensei, Terauchi Sensei, Bakkies Sensei, Molyneux Sensei, Kuramoto Sensei, Fujimaki Sensei, Sensei Joe Roses, Sensei Chris Larkin and Sensei David Lambert.To find out more about the Dojo (Club) and Karate, feel free to visit our website.</t>
+  </si>
+  <si>
+    <t>Chris Rae</t>
+  </si>
+  <si>
+    <t>chris@darkside.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>0210 221 8625</t>
+  </si>
+  <si>
+    <t>Kingston Golf Club Inc</t>
+  </si>
+  <si>
+    <t>Welcome to Kingston, the southern gateway to Central Otago where both fruit and golf are plentiful. The Kingston Golf Club has been the place where both locals and visitors have played a round for 50 years and counting. Our beautiful nine hole course is surrounded by stunning scenery of both the Eyre and Hector mountain ranges and capped off by lake Wakatipu. Comfortably nestled in among ancient poplars, larch, pine and oak trees the course features small creeks and large pine boundaries that are more than happy to receive balls from wayward shots, which, in many cases are relatively close to the greens.</t>
+  </si>
+  <si>
+    <t>kingstongolf@gmail.com</t>
+  </si>
+  <si>
+    <t>https://kingstongolf.wixsite.com/home</t>
+  </si>
+  <si>
+    <t>PO Box 22 Kingston</t>
+  </si>
+  <si>
+    <t>Well South Primary Health Organisation</t>
+  </si>
+  <si>
+    <t>PHOs are organisations that plan, coordinate and fund primary health care. They are responsible for the health needs of their local communities. PHOs mainly involve health and medical centres and are increasingly involving other health care providers such as physiotherapists, podiatrists, pharmacists, dentists and other groups.Facebook: https://www.facebook.com/WellSouth-Community-212865212217494/?fref=ts</t>
+  </si>
+  <si>
+    <t>https://wellsouth.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 477 1163 </t>
+  </si>
+  <si>
+    <t>P O Box 218, Dunedin, 9054</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa</t>
+  </si>
+  <si>
+    <t>Te Wānanga o Aotearoa is a uniquely Māori learning environment for everyone. We're not a university or a polytech. We're a wānanga. And that's just a little bit different.No matter who you are, if you're a New Zealand Citizen or resident living in NZ, we have amazing study possibilities for you.If you want to learn in an environment that’s been designed for your success and you don’t want to go far from home to do it, this is the place for you. For over 30 years we’ve been delivering recognised qualifications to meet the needs of school leavers, business professionals, empty-nest mums and dads, indigenous academics and kaumātua.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TeKeiMarketing@twoa.ac.nz </t>
+  </si>
+  <si>
+    <t>https://www.twoa.ac.nz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0800 355 553 </t>
+  </si>
+  <si>
+    <t>Shotover Four Wheel Drive Club</t>
+  </si>
+  <si>
+    <t>The Shotover 4WD Club is based in Queenstown, the home of New Zealand’s most spectacular scenery. We generally hold a couple of runs each month. Our trips can vary from easy family-friendly runs over gentle back country roads to tougher off road trips for more experienced drivers.If you are new to the Queenstown region, the Shotover 4WD Club is a great way to meet new friends and explore the amazing back country in our area. We have a variety of places to go in the wider Otago area; we even do runs in the West Coast and Southland areas.</t>
+  </si>
+  <si>
+    <t>Jake Gregory (President)</t>
+  </si>
+  <si>
+    <t>jimnyjake@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.shotover4wdclub.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 1116</t>
+  </si>
+  <si>
+    <t>Shotover 4WD Club, PO Box 1503, Queenstown</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre</t>
+  </si>
+  <si>
+    <t>Aspiring Beginnings Early Learning Centre, based in the lakeside town of Wanaka provides for children from 3 months of age. The centre is a small family focused environment for up to 40 children which was established by the community &amp;amp; is still owned by the community. It is a  ‘not for profit’ centre with any profits going back into children’s quality education. We are open from 8.30am until 4.30pm, 47 weeks of the year.</t>
+  </si>
+  <si>
+    <t>Jen Rawson</t>
+  </si>
+  <si>
+    <t>03 443 1181</t>
+  </si>
+  <si>
+    <t>Lake Hayes / Arrowtown Line dancers</t>
+  </si>
+  <si>
+    <t>Cost - $10 per sessionLake Hayes PavilionMonday 10-12pm Beginner / ImproverWednesday 10-12pm Beginner / Improver 12-2pm Easy Intermediate / Intermediate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molly Crawford </t>
+  </si>
+  <si>
+    <t>mollycrawford56@gmail.com</t>
+  </si>
+  <si>
+    <t>020 4111 9081</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes Charitable Trust</t>
+  </si>
+  <si>
+    <t>Baby Box Queenstown Lakes is a simple concept; it's a starter kit, a box of treasures and necessities for every newborn child in the area.Mission: GIVE – a Baby Box to all newborns in the Queenstown Lakes district. This is no-strings-attached from a community who Care – about our people, our place and the future, with a vision to Connect – our people, our place and the services that are available to all families to support a happy healthy connected community.</t>
+  </si>
+  <si>
+    <t>babyboxtrust@gmail.com</t>
+  </si>
+  <si>
+    <t>https://babyboxnz.com/</t>
+  </si>
+  <si>
+    <t>Wanaka Squash Rackets Club</t>
+  </si>
+  <si>
+    <t>We are a friendly club that welcomes locals and visitors. We have membership and casual play options and if you are new to the area we recommend dropping in on a Thursday evening from 6:30pm to get a tour of the club, meet other players and play some social squash.</t>
+  </si>
+  <si>
+    <t>info@wanakasquash.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://www.wanakasquash.co.nz </t>
+  </si>
+  <si>
+    <t>021 105 2381</t>
+  </si>
+  <si>
+    <t>Glenorchy Library</t>
+  </si>
+  <si>
+    <t>Opening hours:Wednesday: 1.30pm to 3.30pmFriday: 5pm to 7pm </t>
+  </si>
+  <si>
+    <t>glenorchy.library@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 4378</t>
+  </si>
+  <si>
+    <t>Oral Health Services</t>
+  </si>
+  <si>
+    <t>The Community Oral Health service has a strong emphasis on prevention of tooth decay and providing parents with advice to support their children's good oral health, at the time of their child's appointment.Free basic dental care is available at Community Oral Health clinics and mobile dental units throughout the Southern District.</t>
+  </si>
+  <si>
+    <t>oralhealth@southerndhb.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.southerndhb.govt.nz/pages/community-oral-health-service/</t>
+  </si>
+  <si>
+    <t>Wanaka Toastmasters</t>
+  </si>
+  <si>
+    <t>'Wanaka Toastmasters' also knowen as 'Wanaka Communicators' is the Upper Clutha areas local Toastmasters group. With very experienced and helpful members who are here to provide support to anyone keen to improve their communication skills, make improvements at work, in their personal lives or simply for personnel growth and self-esteem through better communication and confidence. Grow and achieve!Come and visit Wanaka Communicators. Every second and fourth Thursday of the month at 7.15pm, St Johns Rooms, 4 Link Way, Wanaka.</t>
+  </si>
+  <si>
+    <t>wanakatoastmasters@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.toastmasters.org/Find-a-Club/01218985-wanaka-toastmasters</t>
+  </si>
+  <si>
+    <t>021 331 245</t>
+  </si>
+  <si>
+    <t>Special Education Service - Ministry of Education</t>
+  </si>
+  <si>
+    <t>Learning support refers to the additional support some children and young people need to engage and achieve in education. The Learning Support service delivery model is about improving the education system for children and students who need additional learning support. The Inclusive Education website has teaching strategies for supporting children and students with learning support needs. Learning support is available in your local early childhood centre or school. It is provided to support students, educators families and whānau in a range of different ways.</t>
+  </si>
+  <si>
+    <t>Julie Anderson</t>
+  </si>
+  <si>
+    <t>learning.supportmailbox@education.govt.nz</t>
+  </si>
+  <si>
+    <t>https://www.education.govt.nz/school/student-support/special-education/</t>
+  </si>
+  <si>
+    <t>0800 622 222</t>
+  </si>
+  <si>
+    <t>PO Box 142 Cromwell 9342</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment</t>
+  </si>
+  <si>
+    <t>Fluid Recruitment is a professional recruitment agency that services the Queenstown, Wanaka and Lakes region. We focus on permanent recruitment needs for our clients and in particular specialise in the following sectors: Accountancy &amp;amp; Finance Recruitment, Information Technology, HR, Sales &amp;amp; Marketing, Planning &amp;amp; Surveying, Engineering and Operations.If you are looking at moving to this region and are seeking more information about potential roles that may be available to you, then please get in touch with us. Alternatively looking for a change and a fresh challenge and keen to hear about other local companies that are recruiting in your sector? - Again please reach out for a confidential discussion.</t>
+  </si>
+  <si>
+    <t>Peter Clark</t>
+  </si>
+  <si>
+    <t>Jobs@fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.fluidrecruitment.co.nz</t>
+  </si>
+  <si>
+    <t>03 467 7220</t>
+  </si>
+  <si>
+    <t>Wakatipu Conservatoire Of Classical Ballet</t>
+  </si>
+  <si>
+    <t>Our Vision is to foster passion while developing technical excellence in Classical Ballet.​ To nurture the dancers individual needs in an encouraging and passionate learning environment and to foster and develop technique and performance potential in each dancer.</t>
+  </si>
+  <si>
+    <t>theresa@wakatipuccb.com</t>
+  </si>
+  <si>
+    <t>https://www.wakatipuccb.com/</t>
+  </si>
+  <si>
+    <t>0204 153 4495</t>
+  </si>
+  <si>
+    <t>Catalyst Trust</t>
+  </si>
+  <si>
+    <t>CATALYST is about providing the spark needed to bring great ideas, compelling speakers, innovative and often provocative thinking and creativity to the Wakatipu basin and beyond. It’s about making Queenstown a place to come for mental as well as adrenal challenge. It’s about upping the ante on stuff that matters. </t>
+  </si>
+  <si>
+    <t>connect@catalystnz.org</t>
+  </si>
+  <si>
+    <t>http://catalystnz.org/</t>
+  </si>
+  <si>
+    <t>We are a group of neighbours committed to making our area better and friendlier for everyone to live in. We have been active for over 20 years and during this period we brought to live many exciting projects. </t>
+  </si>
+  <si>
+    <t>talk2KPCA@gmail.com</t>
+  </si>
+  <si>
+    <t>021 0227 0279</t>
+  </si>
+  <si>
+    <t>Queenstown, 9348</t>
+  </si>
+  <si>
+    <t>Wakatipu Croquet Club Inc</t>
+  </si>
+  <si>
+    <t>Games: Thursday and Saturday 9.45 or 1245 Association croquet and golf croquet from Sept - April. May 11am to August Time changes to 9.30am in hot weather.</t>
+  </si>
+  <si>
+    <t>wakatipucroquet@gmail.com</t>
+  </si>
+  <si>
+    <t>027 751 6304</t>
+  </si>
+  <si>
+    <t>PO Box 520, Queenstown</t>
+  </si>
+  <si>
+    <t>Central Mediation</t>
+  </si>
+  <si>
+    <t>Central Mediation helps sort the arrangements for families who have separated – from care arrangements for children through to division of property, all in the healthiest way possible for you. Central Mediation is specifically a child focused mediation service.We guide you through a professional process to reduce emotional pain, costs and time. Mediation improves communication in order to maintain family relationships through a difficult time. We will also assist you in developing your own skills to deal with any future disputes should they arise. Best of all, mediation makes things better for your children.</t>
+  </si>
+  <si>
+    <t>Deb Inder</t>
+  </si>
+  <si>
+    <t>debinder@centralmediation.co.nz</t>
+  </si>
+  <si>
+    <t>https://centralmediation.co.nz/</t>
+  </si>
+  <si>
+    <t>0274 570 543</t>
+  </si>
+  <si>
+    <t>PO Box  468 Wanaka</t>
+  </si>
+  <si>
+    <t>Otago Girls High School ex Pupils</t>
+  </si>
+  <si>
+    <t>The Objects of the Association are:To foster a spirit of loyalty and warm relations among alumni and the current School Community.To further the mission of Otago Girls’ High School, being a commitment to provide the highest quality education for all girls in a safe, caring and inclusive environment.To keep alive friendships made at the school and to provide opportunities for social interaction among alumni.</t>
+  </si>
+  <si>
+    <t>Nola Hambleton  - President</t>
+  </si>
+  <si>
+    <t>nolaha@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.otagogirls.school.nz/alumni/ex-girls-associations</t>
+  </si>
+  <si>
+    <t>03 448 5283</t>
+  </si>
+  <si>
+    <t>Central Otago REAP</t>
+  </si>
+  <si>
+    <t>Central Otago REAP provides a diverse and extensive educational resource to rural communities, implementing a life long learning approach. The overall purpose of Central Otago REAP is to provide educational support and assistance across all sectors including early childhood, primary, secondary and adult education.Central Otago REAP is a community-based flexible resource providing formal and non-formal learning opportunities.</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>admin@coreap.org.nz</t>
+  </si>
+  <si>
+    <t>http://coreap.org.nz/</t>
+  </si>
+  <si>
+    <t>03 448 6115</t>
+  </si>
+  <si>
+    <t>Southern Health A-Z</t>
+  </si>
+  <si>
+    <t>A directory of health care providers in the Southern district (including the Queenstown Lakes and Central Otago).</t>
+  </si>
+  <si>
+    <t>https://www.southernhealth.nz/services-a-z</t>
+  </si>
+  <si>
+    <t>Queenstown Alpine Ski Team</t>
+  </si>
+  <si>
+    <t>QAST provides programmes for athletes to enhance their athletic skill, and in the process of doing so, to build character. It is a place to learn core values, commitment, teamwork, loyalty, sportsmanship, humility and integrity. It is a place to learn self management, work ethic, discipline, focus, self motivation and healthy competitive attitudes. Our coaches aim to enhance these elements in programmes which build self-esteem and a sense of accomplishment while enabling our athletes to achieve their full potential in apline ski racing in an environment of friendship and fun.</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>admin@qast.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.qast.org.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 8182</t>
+  </si>
+  <si>
+    <t>P O Box 848 Queenstown</t>
+  </si>
+  <si>
+    <t>Matukituki Charitable Trust</t>
+  </si>
+  <si>
+    <t>The Matukituki valleys are iconic valleys within Aspiring National Park. The Matikutuki Charitable Trust has been established to ensure that the valleys natural attributes are protected and enhanced. The Trust aims to restore the habitat and increase the population of all native flora and fauna, but particularly those species that make the valley special, such as kea, whio, South Island robin, rock wren, South Island kaka, South Island rifleman, braided river birds, South Island long tailed bat, several species of lizards, and scarlet mistletoe. Eventually the valley may be an appropriate site for translocations of other species.</t>
+  </si>
+  <si>
+    <t>info@mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>http://mctrust.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93, Ardmore St, Wanaka 9305</t>
+  </si>
+  <si>
+    <t>Wanaka Community Toy Library</t>
+  </si>
+  <si>
+    <t>The Wanaka Community Toy Library is a not-for-profit registered charity (#CC27776) run by volunteers for the benefit of children and families living in Wanaka, Albert Town, Lake Hawea, Luggate and surrounds. Our library offers a range of toys, puzzles, sport, musical and other play items suitable for members to hire.We have over 800 toys available; catering to children 0-6 years. We also have costumes, novelty cake tins and bouncy castles. We are part of the national Toy Library Federation of NZ and are supported by generous grants, donations and amazing volunteers. We advocate for sustainability by promoting the borrowing of toys appropriate for children at different stages in their development instead of buying.Join us in play!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@wanakatoylibrary.org.nz   </t>
+  </si>
+  <si>
+    <t>http://www.wanakatoylibrary.org.nz</t>
+  </si>
+  <si>
+    <t>Glenorchy Golf Club</t>
+  </si>
+  <si>
+    <t>The beautiful Glenorchy 9 hole golf course is located at the recreation grounds on the corner of Mull and Oban Street.The Club holds a weekly 18 hole competition on a Sunday, starting at 3pm during daylight saving time and 1pm in the winter. Visitors are very welcome to join the competition or to play their own game. Green fees are $10 a round of golf (9 or 18 holes).</t>
+  </si>
+  <si>
+    <t>Damian Orman</t>
+  </si>
+  <si>
+    <t>http://www.glenorchycommunity.nz/community/clubs/show/13/glenorchy-golf-club/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02178305 </t>
+  </si>
+  <si>
+    <t>Upper Clutha Rugby Football Club</t>
+  </si>
+  <si>
+    <t>Our Mission"To promote and govern rugby union in the Upper Clutha through maintaining stable structures for the game that enable its successful development at all levels for the benefit of all its participants’- with a focus on "country rugby philosophies and culture"."​</t>
+  </si>
+  <si>
+    <t>Club Captain - Nathan Simon</t>
+  </si>
+  <si>
+    <t>njbsimon@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/upperclutharugby</t>
+  </si>
+  <si>
+    <t>021632244</t>
+  </si>
+  <si>
+    <t>PO Box 209, Wanaka 9343</t>
+  </si>
+  <si>
+    <t>Frankton Kindergarten</t>
+  </si>
+  <si>
+    <t>Kidsfirst Kindergartens are the first choice for kindergartens and early learning centres on the West Coast, Banks Peninsula, Central Otago, Canterbury, and Christchurch. We encourage children to learn, play and explore...; kindergarten is about developing while having fun.Ko tā mātou he āwhina i ngā tamariki mokopuna kia ako, kia tākaro, kia tūhura - kote mahi a te pūtahi tamariki nohinohi he whakawhanake, i te taha o te ngahau</t>
+  </si>
+  <si>
+    <t>frankton@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/frankton</t>
+  </si>
+  <si>
+    <t>03 442 2744</t>
+  </si>
+  <si>
+    <t>Queenstown Police</t>
+  </si>
+  <si>
+    <t>In an emergency, always call 111Call 111 and ask for Police when: Someone is breaking into your house right now There is car accident where people might be hurt, or cars are blocking the road Someone has been assaulted and the offender is still there You are afraid for your safety and or for those around you You need an emergency Police response  For non-emergencies that don't need urgent police assistance please call 105 to make a report.  Open hours: 8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>http://www.police.govt.nz/contact-us/station/queenstown-police-station</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown</t>
+  </si>
+  <si>
+    <t>Queenstown Bible Chapel</t>
+  </si>
+  <si>
+    <t>The Queenstown Bible Chapel assembly of Christians is an independent non-charismatic evangelical church, that holds the doctrine that the Lord Jesus Christ is the only Saviour for sinners. It acknowledges the Holy Scriptures as the final authority in all matters of faith and practice.</t>
+  </si>
+  <si>
+    <t>Henk Hoogvliet</t>
+  </si>
+  <si>
+    <t>henkh@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstownbiblechapel.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 3728</t>
+  </si>
+  <si>
+    <t>129 Hallenstein St, Boydtown,Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary Club of Queenstown</t>
+  </si>
+  <si>
+    <t>Rotary brings together a global network of volunteer leaders who dedicate their time and talent to tackle the world’s most pressing humanitarian challenges. Rotary connects 1.2 million members from more than 200 countries and geographical areas. Their work impacts lives at both the local and international levels.</t>
+  </si>
+  <si>
+    <t>http://www.queenstownrotary.co.nz/</t>
+  </si>
+  <si>
+    <t>PO Box 321, Queenstown</t>
+  </si>
+  <si>
+    <t>Hawea Bowling Club</t>
+  </si>
+  <si>
+    <t>Hawea Bowling Club - Lawn Bowls</t>
+  </si>
+  <si>
+    <t>Lawrence Hardy</t>
+  </si>
+  <si>
+    <t>l.hardy@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>http://bowlsclub.org/</t>
+  </si>
+  <si>
+    <t>03 443 1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wills Acting Workshops </t>
+  </si>
+  <si>
+    <t>Wills Acting Workshops - Offering fun and interactive drama workshops, acting training, accent coaching, audition techniques, stage combat and more...   Hi everyone, want to give Acting &amp;amp; Stage Combat a go? With all the filming that goes on across the country and the many talent agencies out there, why not come along and give the New Acting &amp;amp; Stage Combat workshops ago! The workshops and classes are tailored to all ages and abilities, the workshops are all interactive, fun, energetic and great for building confidence.   If interested please contact us.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Will James </t>
+  </si>
+  <si>
+    <t>Williamjames23@googlemail.com</t>
+  </si>
+  <si>
+    <t>http://www.willsactingworkshops.weebly.com</t>
+  </si>
+  <si>
+    <t>0224189320</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club</t>
+  </si>
+  <si>
+    <t>Queenstown Golf Club is situated in the amphitheatre of the Remarkable Mountains and offers a unique opportunity to play on what is internationally regarded as one of the most picturesque golf courses in the world. Tour our website and enjoy some wonderful scenes that will give you a taste of what we have to offer.Visitors are welcome 7 days a week, reservations are recommended. You will not be disappointed!</t>
+  </si>
+  <si>
+    <t>Matthew Judd (Head Pro)</t>
+  </si>
+  <si>
+    <t>admin@queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowngolf.co.nz</t>
+  </si>
+  <si>
+    <t>(03) 442 9169 ex 1</t>
+  </si>
+  <si>
+    <t>P O Box 2141 Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelvin Heights </t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club</t>
+  </si>
+  <si>
+    <t>Hawea Wanaka Pony Club OUR MISSION: Hawea Wanaka Pony Club aims to provide a safe, fun &amp;amp; supportive environment for equestrian families in the district.   We aim to provide high quality equestrian education and foster development of NZ young riders of the future. OUR VALUES Fun, Supportive &amp;amp; Educational OUR OBJECTIVES Provide a fun &amp;amp; sociable rallies and experiences, where riders will develop their knowledge and skills to progress with their certificate work. Build a reputation for being a club that develops young riders, that are competitive at any level in any discipline. Provide strong development opportunities for riders and coaches alike. Maintaining a financially strong club, with a large and growing membership. Key information and times are listed on the Hawea Wanaka Pony Club Members page.  Please request to join this as this is where all key information is listed.  Request to join via Andrea Kendrick on messenger. The pony club season runs from 1st of August through to May. Rallies can be either mounted (with your pony) or unmounted (theory and horsemanship) Rallies are planned at the beginning of the season and are more frequent in the summer months, but can range from 1 x a week, to 1 x a month, just depending on other competitions and availability of coaches. New members are welcome to attend 3 rallies, to see if it was you are looking for. Please ask for assistance, when joining, as this is all done through a nationwide database, called Nominate. There is a link on our facebook page, titled 'how to join pony club' On nominate, you can purchase merchandise, but most information is shared on the Face book page. We look forward to meeting you and your pony soon :) Andrea (Treasurer)</t>
+  </si>
+  <si>
+    <t>ponyclub.ac@gmail.com</t>
+  </si>
+  <si>
+    <t>0212221418</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka</t>
+  </si>
+  <si>
+    <t>Path Wānaka Ari ki Wānaka helps Wānaka families navigate the teen years, together. They connect parents, whānau and caregivers (the community) to the tools, knowledge and skills required to support our young people through their teenage years. The path to success for young people is never a straight line. Path Wānaka acknowledge the different pressures our young people face, globally and specifically from within the Wānaka community. These are often the same adult-size problems faced by other generations, yet influenced greatly by technology, access to materials and information, and compounded by the unique culture of Wānaka itself. Each young person will walk their path.Path Wānaka's role is to prepare parents, whānau, and caregivers from our community to walk beside them. Their purpose is simple, everything is in service of Wānaka youth. They intend to be a conduit for the voice and experience of the Wānaka youth. They advocate for the creation of a safer community (environment) for youth. They create spaces, whether virtual or physical, for families to collect, share and better navigate the teenage years alongside their youth. They intend to be a single source of truth for youth-related services, insights and tools, relevant to the Wānaka community. They take an evidence-based approach both from agencies within our geography and looking further afield to supplement our knowledge.</t>
+  </si>
+  <si>
+    <t>Sally Murray</t>
+  </si>
+  <si>
+    <t>manager@pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.pathwanaka.org.nz</t>
+  </si>
+  <si>
+    <t>027 222 8801</t>
+  </si>
+  <si>
+    <t>Arrowtown Community Pool</t>
+  </si>
+  <si>
+    <t>Summer season opening only.Join us for family fun at the outdoor pool in the heart of Arrowtown. Located just a few hundred metres from the heart of Arrowtown, the pool is open to the public seven days a week in Summer from 11am to 6pm, except for Christmas Day and New Year's Day.NB Opening hours for our various facilities are subject to change. This can be for pre-arranged maintenance and event bookings or occasionally for reasons beyond our control. In all cases we do our best to publicise changes in advance or as quickly as possible.For up to the minute news on closures or cancellations follow QLDC Sport &amp;amp; Recreation on Facebook. If you are making a special trip it is always worth giving Arrowtown Pool a call on (03) 442 0145 before you set out.</t>
+  </si>
+  <si>
+    <t>swim@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://sportrec.qldc.govt.nz/swim/arrowtown-pool/</t>
+  </si>
+  <si>
+    <t>03 442 0145</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church</t>
+  </si>
+  <si>
+    <t>Wanaka New Life Church is a multi-generational church committed to living for Jesus, celebrating Him, loving His Word – the divinely inspired scriptures that are the Bible and walking in the supernatural power that the Holy Spirit gives!We meet every Sunday at 10amWe are a contemporary family church, a member of New Life Churches of New Zealand.</t>
+  </si>
+  <si>
+    <t>Pastor: Wayne Ward</t>
+  </si>
+  <si>
+    <t>church@newlife.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.newlife.co.nz</t>
+  </si>
+  <si>
+    <t>+64 (0)3 443 7170</t>
+  </si>
+  <si>
+    <t>Wanaka Camera Club</t>
+  </si>
+  <si>
+    <t>The Wanaka Camera Club is an enthusiastic and friendly club, that was formed in 2007 by a group interested in photography, at a meeting initiated by Jacqui Scott. It now has 50+ members and is growing steadily. The member's ages range from 10 to 70 years old and abilities range from beginner to experienced amateur. The aim of the club is to enable members to improve their ability, but also to make new friends with a similar interest and enjoy their passion for photography.The club meets on the 2nd Monday in the month at the St. John's Rooms, Link Way, Wanaka. at 7:30 pm. The Meetings start with a short talk by The President, to bring everyone up to date with the happenings since the last meeting and any items of interest, such as Field Trips, Competitions and Exhibitions that the members can participate in.</t>
+  </si>
+  <si>
+    <t>Secretary: Marg Balogh</t>
+  </si>
+  <si>
+    <t>info@wanakacameraclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://wanakacameraclub.co.nz/</t>
+  </si>
+  <si>
+    <t>Food For Love</t>
+  </si>
+  <si>
+    <t>Food For Love is a charitable trust that delivers home-cooked meals to individuals and families in the Upper Clutha region facing unexpected times of need.</t>
+  </si>
+  <si>
+    <t>Jodie Stuart</t>
+  </si>
+  <si>
+    <t>contact@foodforlovewanaka.com</t>
+  </si>
+  <si>
+    <t>https://www.foodforlovewanaka.com/</t>
+  </si>
+  <si>
+    <t>027 365 3350</t>
+  </si>
+  <si>
+    <t>Wānaka</t>
+  </si>
+  <si>
+    <t>Wakatipu Search and Rescue</t>
+  </si>
+  <si>
+    <t>Starting in the early 1980s, our Group has now been operational for some 30+ years. Initially, the group comprised of a small team of Police, National Park Rangers and keen trampers. We currently maintain a membership of around 40 persons drawn from around the Wakatipu area including Police SAR personnel. Wakatipu Search Management can now draw on four units of different disciplines depending upon the type of situation and terrain involved ie Bush/Alpine, ACR, Dogs and Swift Water. In a diverse and spectacular landscape, the group is involved in some 20 SAR Operations a year in terrain ranging from remote alpine regions of the Southern Alps through beech forests to semi arid tussock lands; and in braided rivers through swift flowing mountain gorges to rural and urban areas.</t>
+  </si>
+  <si>
+    <t>secretary@wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wakatipusar.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 6398</t>
+  </si>
+  <si>
+    <t>NZ Police, PO Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka</t>
+  </si>
+  <si>
+    <t>Knit Club Wanaka meets on Thursday nights, at Alchemy Cafe Wanaka from 530pm.The club is free to attend, you can arrive at a time that suits as we run until 8pm. Michelle from The Woven Co hosts the club most nights, the aim is to make a positive, supportive and friendly environment for socialising, knitting and learning.</t>
+  </si>
+  <si>
+    <t>Michelle Stewart</t>
+  </si>
+  <si>
+    <t>shop@thewoven.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/knitclubwanaka/</t>
+  </si>
+  <si>
+    <t>022 187 8840</t>
+  </si>
+  <si>
+    <t>Wanaka Creative Fibre</t>
+  </si>
+  <si>
+    <t>Creative Fibre is the New Zealand organisation for all fibre crafts. We bring together spinners, weavers, knitters, dyers, flax workers, felters, crocheters, free form fibre artists and all other people involved in the use of fibre. We have over 3000 members throughout New Zealand and around the world who share a passion for fibre.Meetings2nd Wednesday, Croquet Club Room; 4th Wednesday, members' homes. Please check the Upper Clutha Messenger for details.</t>
+  </si>
+  <si>
+    <t>otago@creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.creativefibre.org.nz</t>
+  </si>
+  <si>
+    <t>Queenstown Qigong</t>
+  </si>
+  <si>
+    <t>Online classes / in-person workshops in Qigong, heart consciousness meditation, mindfulness and other personal development self-care techniques. Free introductory (online) courses. Please check the website for upcoming class schedule.  </t>
+  </si>
+  <si>
+    <t>Kim Knight</t>
+  </si>
+  <si>
+    <t>http://www.taohealthqigong.com</t>
+  </si>
+  <si>
+    <t>Pregnancy Help</t>
+  </si>
+  <si>
+    <t>Services: Information, advice, and practical support (limited services provided in Central Otago - please contact us to discuss)Office Hours: 9.30 -2.30pm Monday, Tuesday &amp;amp; Thursday and Wednesday 10.30 - 3.30pm (appointment times are also available outside of this on request).Location: Ground Floor South City Mall, South Dunedin. (We are just opposite Antidote the chemist inside the mall).</t>
+  </si>
+  <si>
+    <t>otago@pregnancyhelp.org.nz</t>
+  </si>
+  <si>
+    <t>https://pregnancyhelp.org.nz/</t>
+  </si>
+  <si>
+    <t>03 455 5892</t>
+  </si>
+  <si>
+    <t>PO Box 5406 Dunedin, 9058</t>
+  </si>
+  <si>
+    <t>Wanaka Arts Society</t>
+  </si>
+  <si>
+    <t>The Wanaka Arts Society acts as an umbrella organisation to many groups, (painting, embroidery, quilt making, creative fibre, sculpture, woodcrafts, printmaking and photography) by bringing them all together into two major exhibitions each year at the Easter and Labour Day weekend holidays.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arts Coordinator: Whitney Oliver </t>
+  </si>
+  <si>
+    <t>https://wanakartsociety.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0827 0873</t>
+  </si>
+  <si>
+    <t>PO Box 216, Wanaka</t>
+  </si>
+  <si>
+    <t>Lake Wakatipu Care Home</t>
+  </si>
+  <si>
+    <t>Bupa is proud to offer rest home, hospital and respite/ carer support at Lake Wakatipu Home and Hospital in Frankton, Queenstown. Our goal and commitment to you is to help your loved one live the best life possible, supported physically, emotionally and socially, and to be as independent as possible.Everything about this home is comfortable and homely. It is a small, homelike residence with cosy lounges and wonderful views from a number of rooms. Lake Wakatipu Home is located near the Queenstown airport which is less than five minutes away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maurice David   </t>
+  </si>
+  <si>
+    <t>reception@wakatipucare.co.nz;angela.cole@wakatipucare.co.nz; maurice.david@queenstowncountryclub.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.bupa.co.nz/care-homes/find-a-care-home-near-you/queenstown/lake-wakatipu-care-home/</t>
+  </si>
+  <si>
+    <t>(03) 927 4317</t>
+  </si>
+  <si>
+    <t>Wanaka Basketball Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in population.The indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Secretary – Sarah Elsom</t>
+  </si>
+  <si>
+    <t>wrc@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>https://wanakabasketball.co.nz/</t>
+  </si>
+  <si>
+    <t>Hawea Community Association</t>
+  </si>
+  <si>
+    <t>Our committee meetings are on the third Tuesday of every month at 7.30pm.Our AGM is at the beginning of October and we have two public meetings during the year. </t>
+  </si>
+  <si>
+    <t>Chair: Cherilyn Walthew</t>
+  </si>
+  <si>
+    <t>hcachairperson@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">http://haweacommunity.co.nz/hawea-community-association/  </t>
+  </si>
+  <si>
+    <t>021 665 013</t>
+  </si>
+  <si>
+    <t>Upper Clutha Historical Records Society</t>
+  </si>
+  <si>
+    <t>The Society preserves, for future generations, the records that make up the history of the Wanaka and Upper Clutha area. These records include photographs, diaries, minute books, station records, maps, newspaper clippings, family histories, Upper Clutha Pioneer Family Register and cemetery records. These are all held in a specially built fireproof room at the Wanaka Library. Records can be accessed by contacting the Society. The records are commonly used for tracing family histories, by societies and organisations for anniversaries, for photos and for research for books.To view our latest newsletter or to register to receive the newsletter please go to: http://www.uppercluthahistory.org/newsletter/</t>
+  </si>
+  <si>
+    <t>http://www.uppercluthahistory.org/</t>
+  </si>
+  <si>
+    <t>Age Concern Southland, Queenstown Branch</t>
+  </si>
+  <si>
+    <t>Age Concern provides advice, support, education and advocacy for older people.Age Concern provides support for those experiencing elder abuse and neglect.Age Concern supports older people who have become lonely and socially isolated to reconnect with their communities.Age Concern provides information on healthy aging and other important topics such as the need for an Enduring Power of Attorney. </t>
+  </si>
+  <si>
+    <t>qtnageconcern@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.ageconcern.org.nz/</t>
+  </si>
+  <si>
+    <t>03 441 3490</t>
+  </si>
+  <si>
+    <t>1092 Frankton Road, Frankton 9300</t>
+  </si>
+  <si>
+    <t>Wanaka Badminton Club</t>
+  </si>
+  <si>
+    <t>Wanaka Recreation Centre complements the community’s rich sporting culture and rapid growth in populationThe indoor stadium and outdoor artificial turf can be configured for netball, basketball, volleyball, badminton, tennis, futsal and hockey. Two grass sports fields are available for football and running and the brand new swimming pool complex will open soon next to the main stadium building.</t>
+  </si>
+  <si>
+    <t>Penny Batchelor</t>
+  </si>
+  <si>
+    <t>penny.batchelor@qldc.govt.nz</t>
+  </si>
+  <si>
+    <t>03 441 1767</t>
+  </si>
+  <si>
+    <t>Queenstown Scout Group</t>
+  </si>
+  <si>
+    <t>Welcome to Queenstown Scout Group. We provide fun and action-packed programmes to Queenstown youth!Queenstown Scouts meet every Wednesday during school terms from 6pm to 8pm at the Scout Den, Sugar Lane, Frankton Marina, Queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Riddle </t>
+  </si>
+  <si>
+    <t>queenstown@group.scouts.nz</t>
+  </si>
+  <si>
+    <t>https://scouts.nz/groups/queenstown-scout-group/</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha</t>
+  </si>
+  <si>
+    <t>Netball Upper Clutha is a netball centre running senior, intermediate and junior grades. We are also responsible for choosing and managing rep teams CHECK OUT OUR FACEBOOK PAGE www.facebook.com/netballupperclutha/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey Gibson - President</t>
+  </si>
+  <si>
+    <t>netballupperclutha@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.sporty.co.nz/netballupperclutha/Home</t>
+  </si>
+  <si>
+    <t>0273743103</t>
+  </si>
+  <si>
+    <t>Babysits</t>
+  </si>
+  <si>
+    <t>Babysits is a website that creates a community of babysitters and parents searching for child care services. There are over 10,000 people actively using the Babysits platform in New Zealand. It is very intuitive to use and is a transparent way to help connect babysitters and parents in need. Babysits' mission is to empower communities around childcare.</t>
+  </si>
+  <si>
+    <t>http://www.babysits.nz</t>
+  </si>
+  <si>
+    <t>Upper Clutha Plunket</t>
+  </si>
+  <si>
+    <t>The rooms are open with a friendly hostess to provide a warm and welcoming environment for parents and caregivers of the under 5’s. You can find baby changing, toilet, breast feeding, bottle warming, play and tea &amp;amp; coffee facilities in our rooms for your convenience.During the week we offer a varied selection of groups from organised coffee mornings to information sessions including 'baby massage', 'caring for your childs teeth' and other relevant topics .Please get in touch if you require further information on any upcoming topics.We also have a Plunket nurse clinic four days a week.</t>
+  </si>
+  <si>
+    <t>Helen Umbers - Plunket Nurse</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> upperclutha@plunket.org.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> http://www.plunket.org.nz/plunket/upper-clutha-plunket-room</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 03-443 8799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plunket Rooms, Ardmore Street Wanaka </t>
+  </si>
+  <si>
+    <t>Mount Aspiring College</t>
+  </si>
+  <si>
+    <t>Mount Aspiring College is a Year 7-13, co-educational state secondary school located in Wanaka, New Zealand. We are proud to be the community school for the Upper Clutha area and also the chosen school for students from throughout New Zealand and from around the world.With a roll of above 950, we are small enough to know each student well and recognise their individual character and needs, but large enough to offer an extensive curriculum that meets the academic and vocational needs of individual students, while also offering an impressive co-curricular programme.</t>
+  </si>
+  <si>
+    <t>Mrs Nicola Jacobsen (Principal)</t>
+  </si>
+  <si>
+    <t>learn@mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.mtaspiring.school.nz</t>
+  </si>
+  <si>
+    <t>03 443 0499</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht &amp; Powerboat Club Inc.</t>
+  </si>
+  <si>
+    <t>Wanaka Yacht Club is situated on the shores of Lake Wanaka in the heart of the Southern Lakes region of New Zealand. The club conducts a twilight race series throughout the summer season commencing at 6.00pm every Thursday. The clubrooms offer a spectacular vista and a great place for a drink and a light meal after racing. Sailing on Lake Wanaka can be quite exciting particularly when the prevailing North Westerly is blowing, but even on a quiet night the scenery is breathtaking and the mountain backdrop as spectacular as any in the world.</t>
+  </si>
+  <si>
+    <t>Secretary: Carla Strong</t>
+  </si>
+  <si>
+    <t>mail@yachtingnz.org.nz</t>
+  </si>
+  <si>
+    <t>http://wanakayachtclub.co.nz/</t>
+  </si>
+  <si>
+    <t>021 0241 9317</t>
+  </si>
+  <si>
+    <t>PO Box 33 1487</t>
+  </si>
+  <si>
+    <t>Upper Clutha A&amp;P Society Inc.</t>
+  </si>
+  <si>
+    <t>The Wanaka A&amp;amp;P Show is an iconic community event for Wanaka and the Southern Lakes that has grown into an event of national significance.The Wanaka A&amp;amp;P Show is a vibrant, bustling example of an important Kiwi tradition. More than 35,000 people come to the Show each year to experience the best of rural life in a spectacular lakeside setting in the heart of central WanakaWhen: Second weekend in March, every year on the Friday and Saturday from 8am – 5pm</t>
+  </si>
+  <si>
+    <t>info@wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.wanakashow.co.nz</t>
+  </si>
+  <si>
+    <t>03 443 9559</t>
+  </si>
+  <si>
+    <t>The Duke of Edinburghs Hillary Award</t>
+  </si>
+  <si>
+    <t>Open to anyone between the ages of 14-25—regardless of gender, background or ability—young people design their own Award programmes, set their own goals and record their own progress. The only person they compete against is themselves, by challenging their own beliefs about what they can achieve.The Duke of Edinburgh's International Award is the world's leading youth achievement award. Proven to help with job and study prospects, it has transformed the lives of millions of young people since it first began in 1962 ... will you—or someone you know—join them?</t>
+  </si>
+  <si>
+    <t>info@dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>http://dofehillary.org.nz</t>
+  </si>
+  <si>
+    <t>0800 69 29 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PO Box 38 189, Lower Hutt 5040</t>
+  </si>
+  <si>
+    <t>Seaview, Lower Hutt 5010</t>
+  </si>
+  <si>
+    <t>Parkinsons New Zealand, Otago</t>
+  </si>
+  <si>
+    <t>Founded in 1983, The Parkinson's New Zealand Charitable Trust (Parkinson’s New Zealand) is a community based, non-profit organisation, registered with the Charities Commission and reliant on funding from grants, bequests and donations.We also provide information and educational services to non-members, health professionals and the general public. We work closely with other neurological organisations, and in some less populated areas, Parkinson's Community Educator Services are supplied by the Multiple Sclerosis Society.</t>
+  </si>
+  <si>
+    <t>Paula Ryan</t>
+  </si>
+  <si>
+    <t>paula.ryan@parkinsons.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.parkinsons.org.nz/</t>
+  </si>
+  <si>
+    <t>Phone: 03 262 7040 or 027 221 5353</t>
+  </si>
+  <si>
+    <t>Upper Clutha Palliative Care Trust</t>
+  </si>
+  <si>
+    <t>The Upper Clutha Palliative Care Trust (formerly the Upper Clutha Hospice Trust) was formed by a group of Wanaka residents to develop palliative and respite care suite in the Upper Clutha for the benefit of those suffering from terminal illnesses.  The Trust’s concept is to provide facilities and support for the terminally ill that is not provided by other parties in the Upper Clutha. The Trust works alongside other service providers such as the Otago Community Hospice, the Cancer Society, GP's, Aged Care providers etc to augment what is available to Upper Clutha residents. The Trust’s Stina Mooyman Palliative &amp;amp; Respite Care Suite is located in the Aspiring Care Centre on Cardrona Valley Road in Wanaka, adjacent to the Wanaka Health Centre. The UCPCT is a registered charity with the Charities Commission number CC49439 Referral Admission to the Palliative Care Suite will normally be initiated by a patient’s GP, by the Wanaka District Nurses or by Otago Community Hospice staff involved with the patient’s care in the community. </t>
+  </si>
+  <si>
+    <t>info@ucpct.co.nz</t>
+  </si>
+  <si>
+    <t>http://ucpct.co.nz</t>
   </si>
   <si>
     <t>Makarora Library</t>
   </si>
   <si>
     <t>Opening Hours:Wednesday evenings: 6:00pm - 8:00pmThursdays 11:00am - 1:00pmBy request at other times.  The school children use the library during school hours, term time.</t>
   </si>
   <si>
     <t>Careen Kemp - Community Librarian</t>
   </si>
   <si>
     <t>makarora.library@qldc.govt.nz</t>
   </si>
   <si>
-    <t>https://qldclibraries.govt.nz/</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">0272456645 </t>
   </si>
   <si>
     <t>Makarora 9346</t>
   </si>
   <si>
-    <t>Royal Forest and Bird - Central Otago-Lakes Branch</t>
-[...62 lines deleted...]
-    <t>03 474 0999</t>
+    <t>Stroke Foundation</t>
+  </si>
+  <si>
+    <t>We're here to help and support people and their families/whanau affected by stroke. It can be challenging when it happens to you or to someone close, but many New Zealanders who have had a stroke go on to live healthy, functional lives.</t>
+  </si>
+  <si>
+    <t>Judith Hyslop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">otago@stroke.org.nz </t>
+  </si>
+  <si>
+    <t>https://www.stroke.org.nz/home / https://www.stroke.org.nz/community-stroke-advisors</t>
+  </si>
+  <si>
+    <t>03 471 6175</t>
+  </si>
+  <si>
+    <t>Arrowtown Netball Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Netball Centre is located in Queenstown, NZ, providing netball for all ages/levels in the Wakatipu basin.Providing netball for all ages in the Wakatipu basin, from our Future Ferns to our Premier League. For more information on our Clubs/Sponsors/Committee please see our website</t>
+  </si>
+  <si>
+    <t>Kay O’Connell</t>
+  </si>
+  <si>
+    <t>damkay17@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.wakatipunetball.co.nz/teams-committee-sponsors/teams/premier/</t>
+  </si>
+  <si>
+    <t>027 66688 21</t>
+  </si>
+  <si>
+    <t>Department of Conservation - Mount Aspiring National Park Visitor Centre (Wanaka)</t>
+  </si>
+  <si>
+    <t>Mission and vision:The Department of Conservation's challenge is to manage natural and historic heritage assets for the greatest benefit and enjoyment of all New Zealanders, by conserving, advocating and promoting natural and historic heritage so that its values are passed on undiminished to future generations.The Department’s mission is:To conserve New Zealand’s natural and historic heritage for all to enjoy now and in the future.He âta whakaute, manaaki, me te tiaki ia Papatuanuku ki Aotearoa kia û tonu ai tôna whakawaiûtanga hei oranga ngakau mô te tini te mano inâianei, âke tonu ake.The Department’s vision is:New Zealand is the greatest living space on Earth.Kâore he wâhi i tua atu i a Aotearoa, hei wahi noho i te ao.  </t>
+  </si>
+  <si>
+    <t>Wanaka Area Office</t>
+  </si>
+  <si>
+    <t>mtaspiringvc@doc.govt.nz</t>
+  </si>
+  <si>
+    <t>http://www.doc.govt.nz</t>
+  </si>
+  <si>
+    <t>+64 3 443 7660</t>
+  </si>
+  <si>
+    <t>P O Box 93 Wanaka</t>
+  </si>
+  <si>
+    <t>Head Injury Society of Southland</t>
+  </si>
+  <si>
+    <t>Cell: 027 424 8813 Hours: Monday - Thursday 9.30am - 3pm. Friday by appointment only. Please phone first.</t>
+  </si>
+  <si>
+    <t>Miranda Kennedy</t>
+  </si>
+  <si>
+    <t>his-sth@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.healthpoint.co.nz/community-health-services/community-health/head-injury-society-of-southland/</t>
+  </si>
+  <si>
+    <t>(03) 214 4154</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate &amp; Shotover Country Community Association</t>
+  </si>
+  <si>
+    <t>The Community Association was formed in 2008 with the purpose of promoting ​and protecting the interests and welfare of the citizens of Lake Hayes Estate. It joined with Shotover Country in 2017 to represent the wider community now based in the area.We have a committee that is voted in by members annually and that meets regularly to discuss and progress any issues that members or residents are concerned with. Over the years we have had great success in progressing community projects and liaising with the Council to keep on top of maintenance and beautification work.Facebook: https://www.facebook.com/LHESCCA</t>
+  </si>
+  <si>
+    <t>Clark Pirie</t>
+  </si>
+  <si>
+    <t>lhecommunityassociation@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesestatecommunityassociation.com/</t>
+  </si>
+  <si>
+    <t>Queenstown, 9304</t>
+  </si>
+  <si>
+    <t>Queenstown Community Choir</t>
+  </si>
+  <si>
+    <t>QCC is an unauditioned choir so if you love singing why not come a join us for an evening? Rehearsals are on Tuesday evenings 6.30 - 8.00 at QPACT (Queenstown Performing Arts Centre Trust), Ballarat Street, Queenstown, NZ. New members very welcome.</t>
+  </si>
+  <si>
+    <t>Faye</t>
+  </si>
+  <si>
+    <t>queenstownchoir@gmail.com</t>
+  </si>
+  <si>
+    <t>http://queenst</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club</t>
+  </si>
+  <si>
+    <t>Queenstown Swimming Club was established in 2000 as an amalgamation of two existing clubs within the Wakatipu. The club currently honours three life members for their contribution to swimming in Queenstown; Colin Walker, Chris Thompson &amp;amp; Sharon Burke.As a community based club our intention is to encourage, nurture and develop all swimmers to the very best of their ability and enable a dedicated focus to goal setting and achievement. We hope to instill a life long love of swimming.The Club offers professional and dedicated coaching across abilities from foundation to age group swimmers.Morning and afternoon training sessions are run from Alpine Aqualand in Frankton.</t>
+  </si>
+  <si>
+    <t>Maria Frewen</t>
+  </si>
+  <si>
+    <t>queenstownswim@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>https://queenstown.swimming.org.nz/page.php?id=2712</t>
+  </si>
+  <si>
+    <t>0274 412286</t>
+  </si>
+  <si>
+    <t>Volunteering Central</t>
+  </si>
+  <si>
+    <t>Volunteering Central seeks to celebrate, support, highlight and motivate volunteering in the Central Otago Lakes District. We increase the capacity of community organisations that rely on volunteers by connecting them with people who are willing to offer their skills and energy. We provide training, advice, advocacy, resources and recognition for individuals and community organisations involved in volunteering.Queenstown Citizens Advice Bureau, 44 Stanley Street, Queenstown 1030 – 1345 1st &amp;amp; 3rd Mondays each month</t>
+  </si>
+  <si>
+    <t>Gillian White</t>
+  </si>
+  <si>
+    <t>hello@volunteersouth.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.volunteeringcentral.org.nz/</t>
+  </si>
+  <si>
+    <t>(03) 555 3071</t>
+  </si>
+  <si>
+    <t>gillian@volunteeringcentral.org.nz</t>
+  </si>
+  <si>
+    <t>Wakatipu Community Presbyterian Church</t>
+  </si>
+  <si>
+    <t>Hi, haere mai, 환영, bem-vindo, selamat datang, ulufali mai, welkom, bienvenido…The Wakatipu Community Presbyterian Church is one Church that encompassesSt Andrew’s – Queenstown,St Margaret’s – Frankton,St John’s – Arrowtown.Thus we are able to offer a variety of church services in Queenstown and surrounding areas (see below for times). Wherever you are we are close by. We are congregations of the Southern Presbytery of the Presbyterian Church of Aotearoa New Zealand (PCANZ), and members of the Synod of Otago and Southland.</t>
+  </si>
+  <si>
+    <t>http://www.wakatipuchurch.com/</t>
+  </si>
+  <si>
+    <t>03 441 4250</t>
+  </si>
+  <si>
+    <t>PO Box 2115, Queenstown</t>
+  </si>
+  <si>
+    <t>Boxing &amp; Muay Thai</t>
+  </si>
+  <si>
+    <t>Industrial Fitness Gym &amp;amp; Fight Club is Queenstown’s friendliest environment with a range of classes to suit all ages and fitness levels. Our training facility emphasizes a safe, comfortable, and effective atmosphere for our members to achieve their best fitness levels.BOXING - MUAY THAI - STRENGTH &amp;amp; CONDITIONING - PERSONAL TRAINING - BOOTCAMPS - OLYMPIC LIFTING</t>
+  </si>
+  <si>
+    <t>info@industrialfitness.co.nz</t>
+  </si>
+  <si>
+    <t>http://ifyoudare.co.nz</t>
+  </si>
+  <si>
+    <t>03 441 8311</t>
+  </si>
+  <si>
+    <t>Queenstown Preschool Nursery</t>
+  </si>
+  <si>
+    <t>The Centre is licensed for 70 children. Nursery 20 to 24 under two year olds Preschool rooms 45 to 50 two to four year olds. We are a not-for-profit organisation. We aim to provide quality education and care in a safe, educational and supportive environment, which is responsive to the needs of the children and their families/whanau.</t>
+  </si>
+  <si>
+    <t>office@qpn.co.nz</t>
+  </si>
+  <si>
+    <t>https://qpn.co.nz/</t>
+  </si>
+  <si>
+    <t>03 442 9217</t>
+  </si>
+  <si>
+    <t>Buddy Programme Wakatipu</t>
+  </si>
+  <si>
+    <t>Mentoring Programme for children 4-12 years.The programme contributes to the emotional and social wellbeing of Southland children by matching them with carefully selected and trained adult volunteers in a well-supported befriending relationship.</t>
+  </si>
+  <si>
+    <t>Nanette Benington</t>
+  </si>
+  <si>
+    <t>BPW@familyworkssld.nz</t>
+  </si>
+  <si>
+    <t>http://familyworkssld.nz/</t>
+  </si>
+  <si>
+    <t>03 442 4470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 2841 Wakatipu 9349   </t>
+  </si>
+  <si>
+    <t>Queenstown Embroiderers Guild</t>
+  </si>
+  <si>
+    <t>The Queenstown Embroiderers Guild is a member of the Association of New Zealand Embroidery Guilds, and meets regularly to work on individual projects and learn new techniques. We are an innovative Guild, and incorporate both traditional and modern methods in the work that is produced.  The Guild meets once a month. Meetings are generally held at St Margarets Church in Frankton, on the second Saturday of each month, and run between 10am and 4pm.</t>
+  </si>
+  <si>
+    <t>https://queenstownembroiderersguild.wordpress.com/about/</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society</t>
+  </si>
+  <si>
+    <t>Queenstown Film Society is a community organisation that screens hand-picked cinematic gems – world cinema, classics, documentaries – on Tuesday nights from May to September at Dorothy Browns Cinema in Arrowtown. It’s easy to become a member and great value at just $120 for the entire season of 20 films – that’s $6 per film if you go to all of them. We also offer part-season memberships and three-film samplers. We can't sell single tickets but if you want to get a taste of film society before joining, why not come along to one of our public screenings.  Tuesdays at Dorothy Browns Cinema 8.15 pm from 1 May 2018</t>
+  </si>
+  <si>
+    <t>info@queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>http://queenstownfilmsociety.co.nz</t>
+  </si>
+  <si>
+    <t>Southern Support Eating Disorders (SSED) Service</t>
+  </si>
+  <si>
+    <t>The SSED Service in the community and primary health sector is a free service that provides early identification, assessment, treatment and referral for people with symptoms and / or behaviours consistent with an eating disorder. The service also provides advice for families/whanau to access support networks. Education, training and information for a range of professionals, about eating disorders is a key focus. </t>
+  </si>
+  <si>
+    <t>Trudy Dent</t>
+  </si>
+  <si>
+    <t>southernsupport@ashburn.co.nz</t>
+  </si>
+  <si>
+    <t>45 South</t>
+  </si>
+  <si>
+    <t>Your Legacy.  Your Community.  For Good.  Community Foundations are the fastest growing form of philanthropy worldwide, because people like to “give where they live”. 45 South pools and invests donors’ funds and we partner with our donors to support those organisations and causes nearest to their hearts to ensure that support can continue forever. It’s about making a difference. It’s about leaving YOUR local legacy.</t>
+  </si>
+  <si>
+    <t>jennifer@45south.org</t>
+  </si>
+  <si>
+    <t>https://www.45South.org</t>
+  </si>
+  <si>
+    <t>CCS Disability Action Southland</t>
+  </si>
+  <si>
+    <t>We offer a range of services for disabled people and their family and whānau including access to our modern well-equipped holiday home in Queenstown. All our support services (with the exception of Mobility Parking and Total Mobility) are free.Our branch is guided by a Local Advisory Committee that is made up of members who provide governance and leadership over our local branch operations.</t>
+  </si>
+  <si>
+    <t>Admin.Southland@ccsDisabilityAction.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.ccsdisabilityaction.org.nz</t>
+  </si>
+  <si>
+    <t>03 218 9696 or 0800 227 2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 492, Invercargill  9840  </t>
+  </si>
+  <si>
+    <t>Arrowtown Volunteer Fire Brigade</t>
+  </si>
+  <si>
+    <t>Phone number at the Station is: 03 442 1740 (unmanned station) Chief - Murray Forward - 0274 376 927 In case of emergency call 111</t>
+  </si>
+  <si>
+    <t>Murray Forward</t>
+  </si>
+  <si>
+    <t>027 437 6927</t>
+  </si>
+  <si>
+    <t>Baskets of Blessing</t>
+  </si>
+  <si>
+    <t>Baskets of Blessings is a community group that provides gift baskets and frozen meals, made with love for when words just aren't enough.</t>
+  </si>
+  <si>
+    <t>Alana Waples</t>
+  </si>
+  <si>
+    <t>info@basketsofblessing.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.basketsofblessing.co.nz/</t>
+  </si>
+  <si>
+    <t>0273299433</t>
+  </si>
+  <si>
+    <t>Queenstown Freediving Club Incorporated</t>
+  </si>
+  <si>
+    <t>We provide intro sessions for new members and people who just want to learn a bit about freediving, breath holding and breath control. We train in the pool year round (statics and dynamics) and in Lake Wakatipu (depth) over summer. We offer freediving education and regular training in both pool and lake in Queenstown and Wanaka for adults aged 16+.Find us on Facebook or email queenstownfreediving@gmail.com </t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>QueenstownFreediving@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/QueenstownFreediving/</t>
+  </si>
+  <si>
+    <t>027 294 8620</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs</t>
+  </si>
+  <si>
+    <t>Queenstown Jobs is a free, easy-to-use Job Search site for New Zealand. With new jobs added daily, our site specialises in bringing employers and jobseekers together in fast and efficient way. Best of all, it&amp;rsquo;s free!  As an NZ employment website, we have set out to achieve these three main goals for our community:  Become New Zealand&amp;rsquo;s easiest, fastest and most effective platform for employers and jobseekers to be connected  Assist those who plan to move to New Zealand with finding their ideal job, such as the ability to post your resume / CV for free  Provide useful and informative employment advice and tips for Employers seeking new staff and Jobseekers searching for how to get a job in New Zealand</t>
+  </si>
+  <si>
+    <t>http://www.queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>0800 QT JOBS</t>
+  </si>
+  <si>
+    <t>admin@queenstownjobs.co.nz</t>
+  </si>
+  <si>
+    <t>Lake Hayes Estate</t>
+  </si>
+  <si>
+    <t>Te Manawa Jiu Jitsu</t>
+  </si>
+  <si>
+    <t>Jiu Jitsu for health, self defence, weight loss, competition training. Coming next year also to include Pilates, yoga, physiotherapist and massage. Scholarships available. Pathways to success. Team building. Corporate rates and whanau rates available.</t>
+  </si>
+  <si>
+    <t>Brent Te kawa</t>
+  </si>
+  <si>
+    <t>btkawa1970@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.temanawajiujitsu.co.nz</t>
+  </si>
+  <si>
+    <t>0274416318</t>
+  </si>
+  <si>
+    <t>Wakatipu Kindergarten</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>wakatipu@kidsfirst.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.kidsfirst.co.nz/wakatipu</t>
+  </si>
+  <si>
+    <t>03 442 6236</t>
+  </si>
+  <si>
+    <t>PO Box 633, Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Startup Queenstown Lakes</t>
+  </si>
+  <si>
+    <t>We are a coalition of entrepreneurs, investors, changemakers, and citizens, building an entrepreneurial framework for the Queenstown Lakes District. We are a catalyst and champion for the local startup community to make an impact nationally and globally. We believe a thriving startup ecosystem is critical for our region to achieve economic diversity, increased productivity, and resilience.</t>
+  </si>
+  <si>
+    <t>Olivia Wensley (CEO)</t>
+  </si>
+  <si>
+    <t>olivia@startupqueenstownlakes.com</t>
+  </si>
+  <si>
+    <t>https://www.startupqueenstownlakes.com/</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre</t>
+  </si>
+  <si>
+    <t>Queenstown Medical Centre (QMC) was established by the late Dr Pat Farry in 1970 who had a vision of a practice based on a collegial and co-operative relationship between doctors and nurses. Whilst this concept has become more main stream in recent years it was extremely progressive for the time.We pride ourselves in our ongoing commitment to the development of primary care and are a registered teaching practice with Otago University and the Royal College of General Practitioners.</t>
+  </si>
+  <si>
+    <t>64 3 441 0500</t>
+  </si>
+  <si>
+    <t>Lake Hayes A&amp;P Society</t>
+  </si>
+  <si>
+    <t>The Lake Hayes A&amp;amp;P Show  ia an annual celebration of the achievements and rural lifestyle of the people of the Wakatipu.Held on the second Saturday of every January - the Lake Hayes Show incorporates events and competitions to cater for the lifestyle block owner and encourages participants from every background to take part in this traditional event, with a modern and creative flair. There is something for everyone at the Lake Hayes Show.</t>
+  </si>
+  <si>
+    <t>secretary@lakehayesshow.com</t>
+  </si>
+  <si>
+    <t>http://www.lakehayesshow.com/</t>
+  </si>
+  <si>
+    <t>03 442 1539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 305 Queenstown 9348 </t>
+  </si>
+  <si>
+    <t>Zigzagzoo Queenstown</t>
+  </si>
+  <si>
+    <t>The Zig Zag Zoo early learning centre is passionate and enthusiastic about providing a respectful, responsive and peaceful educational learning programme for all infants and children.Our kindergarten environment is carefully staged as we believe that the environment is the third teacher and enhances every child's learning. It is valued, respected, organized, inviting, engaging, well resourced and calm.</t>
+  </si>
+  <si>
+    <t>admin@zigzagzoo.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.zigzagzoo.co.nz/central-queenstown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 409 0441 </t>
+  </si>
+  <si>
+    <t>Education Angels In Home Childcare</t>
+  </si>
+  <si>
+    <t>Education Angels provide licensed in-home care &amp;amp; education for pre-school children throughout the region. We provide a range of childcare options to suit each family- In home educators or a nanny or au pair in your own home. In addition, generous non-means tested subsidies are available to each family that enrols with our service based on the hours of care.</t>
+  </si>
+  <si>
+    <t>Leah Orman</t>
+  </si>
+  <si>
+    <t>https://www.educationangels.co.nz/contact-us/</t>
+  </si>
+  <si>
+    <t>027 467 3636</t>
+  </si>
+  <si>
+    <t>Rural Women of New Zealand</t>
+  </si>
+  <si>
+    <t>Rural Women New Zealand is an Incorporated Society and is registered with the Charities Commission. The elected National Board consists of the National President, National Finance Chair and four Board members. Its role as the governance body of the organisation is to establish and monitor the long-term direction of the organisation. The Chief Executive Officer is responsible for managing the day to day affairs of the organisation, the achievement of board-approved strategic goals, annual plans and objectives.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">enquiries@ruralwomen.org.nz </t>
+  </si>
+  <si>
+    <t>https://ruralwomennz.nz/</t>
+  </si>
+  <si>
+    <t>Department of Internal Affairs</t>
+  </si>
+  <si>
+    <t>Welcome to the Department of Internal AffairsThe Department of Internal Affairs serves and connects people, communities and government to build a safe, prosperous and respected nation.ko tā te Tari Taiwhenua he whakarato me te hono i ngā iwi, ngā hapori me te kāwanatanga ki te hanga motu haumaru, tōnui, whai mana hoki.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dia.govt.nz/Contact-Us  </t>
+  </si>
+  <si>
+    <t>http://www.dia.govt.nz</t>
+  </si>
+  <si>
+    <t>04 495 7200 or freephone 0800 25 78 87 (NZ only)</t>
+  </si>
+  <si>
+    <t>P O Box 5341 Dunedin</t>
+  </si>
+  <si>
+    <t>Wellington</t>
+  </si>
+  <si>
+    <t>Presbyterian Support</t>
+  </si>
+  <si>
+    <t>Presbyterian Support Otago works for a fair, just and caring community.Motivated by our Christian heritage, and in partnership with others, we work across the generations for positive change, strong families and healthy communities.In fulfilling our mission, we will endeavour to act with Faith, Compassion, Respect, Integrity, Courage and Independence.</t>
+  </si>
+  <si>
+    <t>https://psotago.org.nz/</t>
+  </si>
+  <si>
+    <t>03 477 7115</t>
+  </si>
+  <si>
+    <t>Federated Farmers</t>
+  </si>
+  <si>
+    <t>Federated Farmers is New Zealand’s leading independent rural advocacy organisation.The federation’s aim is to add value to the business of farming for our members and encouraging sustainability through good management practice.Federated Farmers consists of 24 provinces and associated branches giving farmers a collective voice at both a national and provincial level.Policy is member driven. Members’ views are canvassed by staff and elected representatives who formulate submissions to help local and central government decision making.</t>
+  </si>
+  <si>
+    <t>0800@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>https://www.fedfarm.org.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1055 or 0800 327 656</t>
+  </si>
+  <si>
+    <t>Otago Scottish Country Dance</t>
+  </si>
+  <si>
+    <t>The RSCDS New Zealand Branch Inc is an autonomous local association of the Royal Scottish Country Dance Society. It aims to: preserve and further the practice of traditional Scottish Country Dances and modern dances in traditional style provide or assist in providing instruction in the dancing of Scottish Country Dances promote the enjoyment and appreciation of Scottish Country Dancing and music</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretary - Stuart Strachan </t>
+  </si>
+  <si>
+    <t>otago@dancescottish.org.nz</t>
+  </si>
+  <si>
+    <t>http://dancescottish.org.nz/otago/</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown</t>
+  </si>
+  <si>
+    <t>Predator Free Arrowtown sets out and manages humane kill traps targeted to rodents, possums, and mustelids in the hills and river behind Arrowtown to help the native flora and fauna. Anyone who is moderately fit and keen to get involved in checking traps can check out the Facebook page or email predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t>predatorfreearrowtown@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> https://www.wakatipuwildlifetrust.org.nz/predator-free-arrowtown/</t>
+  </si>
+  <si>
+    <t>0224384552</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha</t>
+  </si>
+  <si>
+    <t>LINK Upper Clutha is the central government-supported, locally-driven community development scheme that is working to connect our community as it grows. Our vision is a united approach to community development and social and economic enterprise in the Upper Clutha.</t>
+  </si>
+  <si>
+    <t>Kathy Dedo</t>
+  </si>
+  <si>
+    <t>kathy@link.org.nz</t>
+  </si>
+  <si>
+    <t>https://link.org.nz/</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club</t>
+  </si>
+  <si>
+    <t>Wanaka Garden Club - Meetings are 4th Thursday of every month @ 7.30pm at Presbyterian Church Tenby st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">President Marisa McAtamney </t>
+  </si>
+  <si>
+    <t>wanakagardenclub@gmail.com</t>
+  </si>
+  <si>
+    <t>027 310 0606</t>
+  </si>
+  <si>
+    <t>Makarora Primary School</t>
+  </si>
+  <si>
+    <t>We want our children to have the very best education and leave Makarora School with the knowledge of how to learn and the desire to do so. We acknowledge that all children have the right to be taught and the responsibility to learn. We want children who have the skills to live life to the fullest in the wider world, to accept challenges, to take risks and manage change successfully, and have enquiring minds.</t>
+  </si>
+  <si>
+    <t>Lynley Ward (Principal)</t>
+  </si>
+  <si>
+    <t>office@makarora.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.makarora.school.nz</t>
+  </si>
+  <si>
+    <t>0274438342</t>
+  </si>
+  <si>
+    <t>PO Box 20, Makarora 9345</t>
+  </si>
+  <si>
+    <t>Makarora</t>
+  </si>
+  <si>
+    <t>Wakatipu Victim Support</t>
+  </si>
+  <si>
+    <t>You can also contact Victim Support through the Police - Phone: 03 441 1600 Office Landline: 03 441 1608.</t>
+  </si>
+  <si>
+    <t>+64 4 474 8862</t>
+  </si>
+  <si>
+    <t>Montessori Wanaka</t>
+  </si>
+  <si>
+    <t>Montessori Children’s House Wanaka offers pre-schoolers aged between 1 and 6 years the freedom to explore in a fun, nurturing and well-resourced learning environment where they can develop independence and a respect for both the natural world and each other that will stay with them for the rest of their lives. We are open Monday – Friday from 8.30am – 3pm</t>
+  </si>
+  <si>
+    <t>Anne-Marie Love - Managing Teacher</t>
+  </si>
+  <si>
+    <t>info@mchw.co.nz</t>
+  </si>
+  <si>
+    <t>http://mchw.co.nz/</t>
+  </si>
+  <si>
+    <t>03 443 8389</t>
+  </si>
+  <si>
+    <t>Fun Languages</t>
+  </si>
+  <si>
+    <t>LCF Fun Languages has developed a sequential teaching and learning programme from as early as pre-school to Year 8. We are well placed to deliver exciting and engaging language programmes in Childcare Centres and Schools in New Zealand. Cultural elements are integrated into our Fun Languages Programme, to create a complete multi-lingual and multi-cultural package, which can be tailored to the needs of the children involved.</t>
+  </si>
+  <si>
+    <t>Nathalie Wilson</t>
+  </si>
+  <si>
+    <t>nathalie@lcfclubs.co.nz</t>
+  </si>
+  <si>
+    <t>https://lcfclubs.co.nz/queenstownandarrowtown/</t>
+  </si>
+  <si>
+    <t>03 442 0075</t>
+  </si>
+  <si>
+    <t>Wakatipu Garden Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Garden Club is a local community group with a focus on gardening and related activities. It has been active for over 60 years, celebrating its 60th anniversary with a lunch event in Arrowtown. The club involves members who plant and maintain gardens and has been involved in projects like planting at the Paradise Homestead garden near Glenorchy. The club has connections with other gardening societies such as the Heritage Rose Society and the New Zealand Alpine Garden Society.</t>
+  </si>
+  <si>
+    <t>Jennie Burt</t>
+  </si>
+  <si>
+    <t>jennieburt@hotmail.com</t>
+  </si>
+  <si>
+    <t>027 306 0415</t>
+  </si>
+  <si>
+    <t>NZ Police Search and Rescue</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station Open hours:  8.00am - 5.00pm Mon - Fri; 9.00am - 5.00pm Sat - Sun</t>
+  </si>
+  <si>
+    <t>Queenstown Police Station</t>
+  </si>
+  <si>
+    <t>+64 3 441 1600</t>
+  </si>
+  <si>
+    <t>P O Box 45 Queenstown 9348</t>
+  </si>
+  <si>
+    <t>Queenstown BIBLE Baptist Church</t>
+  </si>
+  <si>
+    <t>A group of people just like you who one day heard that Jesus Christ died for our sins, rose from the dead and now offers eternal life to all who will repent and trust in Him alone! Bible-believing. Bible preaching &amp;amp; teaching. Evangelistic. Traditional worship. Non-charismatic. Wanting to be a blessing to YOU!ServicesSundays - 5:30 pm                   10 Douglas Street                   Frankton                   (St John Ambulance                    Rooms)          Friday Bible Study - 6pm - various homes - feel free to ring, text or private message us on Facebook for locations​</t>
+  </si>
+  <si>
+    <t>Pastor Jeff</t>
+  </si>
+  <si>
+    <t>jgwill@xtra.co.nz</t>
+  </si>
+  <si>
+    <t>02736498788</t>
+  </si>
+  <si>
+    <t>Mountain Scene</t>
+  </si>
+  <si>
+    <t>Mountain Scene is an independent locally owned newspaper established in Queenstown in 1972. Mountain Scene has created its own unique identity and style and made a reputation that sees it continually dominating the fiercely competitive Queenstown media ‘battleground’. Mountain Scene is the number one broker of mass attention in the Wakatipu and is recognised as Queenstown’s most powerful media vehicle by readers, advertisers and independent research – with a 90% plus readership of 15+ Wakatipu residents.</t>
+  </si>
+  <si>
+    <t>classified@scene.co.nz</t>
+  </si>
+  <si>
+    <t>http://www.scene.co.nz</t>
+  </si>
+  <si>
+    <t>03 442 7000</t>
+  </si>
+  <si>
+    <t>PO Box 299, Queenstown</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services</t>
+  </si>
+  <si>
+    <t>Central Otago Health Services Ltd (COHSL) is the community owned, not-for-profit company which is responsible for providing health services out of Dunstan Hospital.Our mission is to provide an integrated health service that is client/patient focused, clinically competent, efficiently delivered, well co-ordinated, culturally appropriate and meets the changing needs of the COHSL service areas.</t>
+  </si>
+  <si>
+    <t>https://www.cohsl.co.nz/</t>
+  </si>
+  <si>
+    <t>03 440 4300</t>
+  </si>
+  <si>
+    <t>PO Box 30, Clyde 9341</t>
+  </si>
+  <si>
+    <t>Clyde</t>
+  </si>
+  <si>
+    <t>Wanaka Pottery Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Turnbull-Anderson </t>
+  </si>
+  <si>
+    <t>wyndrokpottery@xtra.co.nz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 443 1707 </t>
+  </si>
+  <si>
+    <t>Queenstown Womxn's Group</t>
+  </si>
+  <si>
+    <t>Q.W.G connects womxn in the QLD community to inspire, empower &amp;amp; create. We are inclusive of rainbow communities and womxn from all demographics. We have a variety of womxn contributing to our community: migrants, Maori, mothers &amp;amp; daughters, youths &amp;amp; seniors from all over the district. We hold regular meetups &amp;amp; workshops throughout the region &amp;amp; online to come together. Many womxn have joined forces in collaboration to deliver workshops on business mentoring, healthy living, well-being, spirituality, arts, holistic health, employability, self-management, social impact causes &amp;amp; fundraisers. There is also a Facebook Group that you can join to keep up to date with what's on!   </t>
+  </si>
+  <si>
+    <t>Gemma Rose Peacock</t>
+  </si>
+  <si>
+    <t>gemmarosepeacock@gmail.com</t>
+  </si>
+  <si>
+    <t>http://gemmarosepeacock.com</t>
+  </si>
+  <si>
+    <t>02108603160</t>
+  </si>
+  <si>
+    <t>Queenstown Wedding Association</t>
+  </si>
+  <si>
+    <t>The Queenstown Wedding Association (QWA) is a non-profit association with the goal of providing Queenstown wedding suppliers with a collective voice to promote Queenstown as a premier wedding destination both locally and internationally. Along with the various marketing initiatives, the QWA will focus bringing together the wide array of wedding suppliers for networking and professional events throughout the year.</t>
+  </si>
+  <si>
+    <t>Tracey Maclaren - President</t>
+  </si>
+  <si>
+    <t>info@queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>http://www.queenstownweddings.org</t>
+  </si>
+  <si>
+    <t>i-SITE Wanaka Visitor Centre</t>
+  </si>
+  <si>
+    <t>The Wanaka i-SITE is your one-stop travel shop for enquiries and bookings for your entire trip. We are the acknowledged experts in providing impartial comprehensive information on national and local activities, transport, and accommodation.Our enthusiastic, professional consultants will provide expert advice and ideas on all options available that suit your requirements. Let our knowledgeable staff be your guide to creating the most memorable holiday ever!We are an accredited member of New Zealand’s official Visitor Information Network (i-SITE) endorsed by Tourism New Zealand.</t>
+  </si>
+  <si>
+    <t>hello@wanaka.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.lakewanaka.co.nz/visitor-centre/</t>
+  </si>
+  <si>
+    <t>64 3 443 1233</t>
+  </si>
+  <si>
+    <t>PO Box 147 Wanaka</t>
+  </si>
+  <si>
+    <t>Wakatipu Pony Club</t>
+  </si>
+  <si>
+    <t>The Wakatipu Pony Club was formed in 1951, and is a Branch of the Central Otago Pony Club, which is part of the Otago Southland Area. We are affiliated to the New Zealand Pony Club Association through the Otago Southland Area.Central Otago Pony Club has 5 branches, Hawea-Wanaka, Cromwell, Clyde, Wakatipu, and Maniototo. The COPC is run by a committee made up of delegates from each branch.We have around 20 Rallies a season with our season being September to May and then the ponies rest! Rallies are generally at the Pony Club Grounds but we also have adventures rallies to places such as Tuckers Beach.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Johnstone</t>
+  </si>
+  <si>
+    <t>bella.park99@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.sporty.co.nz/wakatipupc/Home</t>
+  </si>
+  <si>
+    <t>021343087</t>
+  </si>
+  <si>
+    <t>Federated Farmers - Glenorchy Branch</t>
+  </si>
+  <si>
+    <t>Mark Hasselman</t>
+  </si>
+  <si>
+    <t>southland@fedfarm.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 9942</t>
+  </si>
+  <si>
+    <t>Community Care Trust</t>
+  </si>
+  <si>
+    <t>Community Care Trust has supported people in Otago and Southland for many years and we are excited to be establishing ourselves in the Central Otago Lakes region. Community Care Trust support people with an intellectual disability and/or Autism. Currently our core service focuses on people needing support in the sixteen years onward age group, with the belief that overall health and wellbeing is often better when people are being supported to do what they really want to do in life.We focus on each individual, working in partnership with them to identify their interests, their hopes and dreams for the future and how we can best support them to achieve these. Some of the people we support are students at High School seeking a transition plan for life after school. We also support adults to live a life more included in the community, and contributing to society like anyone else. Support can be given to develop skills to live an independent life – some of these skills may include but are not limited to - meal planning, budgeting, joining community groups of interest, we also support people who wish to move out of the family home as well as assistance to find volunteering positions, and paid employment.We welcome enquiries and are more than happy to talk to people about the services that we provide that may be of assistance to them.</t>
+  </si>
+  <si>
+    <t>julieca@cct.org.nz</t>
+  </si>
+  <si>
+    <t>https://cct.org.nz/</t>
+  </si>
+  <si>
+    <t>03 445 1690 or 0800 800 001</t>
+  </si>
+  <si>
+    <t>Cromwell 9310</t>
   </si>
   <si>
     <t>Ngā hau e whā ki Tāhuna</t>
   </si>
   <si>
     <t>We are a small but passionate group with members located from Wilson Bay to Alexandra. Through the teaching and practice of Mau Rakau (Māori Weaponry) our group promotes: Te Reo Māori (Māori language) Tikanga Māori (Māori customs) Hauora Tinana (Physical Health) Hauora Wairua (Spiritual Heath) Our group is a branch (Peka) of Te Whare Tū Taua o Aotearoa, the founding base for the National School of Ancient Māori Weaponry founded by Dr Pita Sharples.We practice every Sunday from 9am - 11am at the Arrowtown School Hall.</t>
   </si>
   <si>
     <t>Geraldine Gray</t>
   </si>
   <si>
     <t>tahunataiaha@gmail.com</t>
   </si>
   <si>
     <t>0274502955</t>
   </si>
   <si>
-    <t>Arrowtown</t>
-[...278 lines deleted...]
-    <t>03 443 8824</t>
+    <t>Wanaka Winter Seasonal Work and Accomodation</t>
+  </si>
+  <si>
+    <t>Facebook Group - if you want a house, a job or car in Wanaka for the Winter - or want to provide any of these things then please post here!</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/groups/275738122513996/</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club</t>
+  </si>
+  <si>
+    <t>Queenstown Climbing Club supports all forms of climbing in the Wakatipu through development, access and conservation.Queenstown climbing club is led entirely by volunteers. we are a grass-roots, not-for-profit club dedicated to: Promoting climbing in the Wakatipu region, Providing a point of contact for members and new climbers in the Wakatipu area, Maintaining and increasing public access to the climbing areas in the Wakatipu region, Supporting the establishment of new climbing routes in the Wakatipu region, Promoting safe bolting and climbing practices, Promoting conservation of the natural environment around the rock climbing areas in the Wakatipu region, Promoting climbing to members and the public, and providing both information and resources for this purpose</t>
+  </si>
+  <si>
+    <t>Ioana Cosmina Pitiriciu - Secretary</t>
+  </si>
+  <si>
+    <t>queenstownclimbing@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.queenstownclimbing.com</t>
+  </si>
+  <si>
+    <t>Cromwell Community House</t>
+  </si>
+  <si>
+    <t>Located in the heart of Cromwell. MISSION STATEMENT To foster community and social development by: ​Empowering people to solve their own problems and Offering individuals and groups advice, support and resources  Offering support for:FinancialCV/Career PlanningEmployment OpportunitiesBusiness AdviceImmigrationYouth SupportParenting / Family SupportFamily RelationshipsMental Health / CounsellingRooms for hire (at the centre)FoodbankVolunteer driversTechnology SupportOther </t>
+  </si>
+  <si>
+    <t xml:space="preserve">cch@xtra.co.nz </t>
+  </si>
+  <si>
+    <t>http://www.cromwellresource.co.nz</t>
+  </si>
+  <si>
+    <t>03 445 1690</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa</t>
+  </si>
+  <si>
+    <t>Deaf Aotearoa is a national organisation representing the voice of Deaf people, and the national service provider for Deaf people in New Zealand. Deaf Aotearoa also works closely with Deaf communities, government agencies and other organisations to increase awareness, promote New Zealand Sign Language and strengthen the rights of Deaf people.Deaf Aotearoa delivers flexible and responsive services which accomodates the Deaf community’s needs. We provide knowledge, information, resources and skills. With these, Deaf people are able to independently manage events in their own lives.</t>
+  </si>
+  <si>
+    <t>national@deaf.org.nz</t>
+  </si>
+  <si>
+    <t>http://deaf.org.nz/</t>
+  </si>
+  <si>
+    <t>0800 33 23 22</t>
+  </si>
+  <si>
+    <t>Dunedin Central, 9016</t>
   </si>
   <si>
     <t>Happiness House Community Support</t>
   </si>
   <si>
     <t>Happiness House is a community based non profit organisation that provides services to the Wakatipu District. Established in 1991 and registered with the Charities Commission (number cc11023). It is a drop-in centre, open Monday to Friday 9am to 4pm, providing a safe, warm, non judgmental, confidential and caring environment. 83% of the people that live in the Wakatipu have moved here from somewhere else leaving behind family support. Add to that the high cost of living, low wages and social isolation that comes from being far from family, the Wakatipu can be a challenging place to live. Happiness House is there for these people and for those affected by other life events or unforeseen circumstances.</t>
   </si>
   <si>
     <t>happinesshouse@xtra.co.nz</t>
   </si>
   <si>
     <t>http://happinesshouse.org.nz/</t>
   </si>
   <si>
     <t>03 442 6531</t>
   </si>
   <si>
-    <t>Diabetes Support</t>
-[...86 lines deleted...]
-    <t>03 451 1413</t>
+    <t>Blind Low Vision NZ</t>
+  </si>
+  <si>
+    <t> Blind Low Vision NZ (Formerly Blind Foundation) believes everyone who is blind, deafblind, or has low vision should have the opportunity to be self-reliant and do the things they need and want to in life. As well as supporting individuals, Blind Low Vision NZ seeks to make big-picture change by advocating for inclusive communities and for optimal eye care services for all New Zealanders.</t>
+  </si>
+  <si>
+    <t>GeneralEnquiries@blindlowvision.org.nz</t>
+  </si>
+  <si>
+    <t>https://blindlowvision.org.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Trails Trust</t>
+  </si>
+  <si>
+    <t>The Queenstown Trail is a 120km cycle and walking trail built and maintained in a unique partnership between the Queenstown Trails Trust and the Queenstown Lakes District Council. The trail forms part of Nga Haerenga, The New Zealand Cycle Trail and is one of the 22 'Great Rides'. It connects Queenstown with Arrowtown, Gibbston and Jacks Point.Since opening in October 2012 over 1 million unique trail journeys have been made and the Queenstown Trail is gaining a very positive international reputation and is also being celebrated by the community as an outstanding project and community asset.Our vision: To create, nurture and maintain a world class recreational trail network that is sustainable, integrated, well utilised and highly regarded, that enhances the health, well being and quality of life of all Wakatipu residents and that attracts visitors from around the world.Our role: We facilitate new trails and upgrades of existing trails to a world class standard; We advocate for linkages, standards, funding, trail extensions; We seek to support and assist our stakeholders; We facilitate funding for the QT Trail and associated links and loops; We share trail data intelligence. In 2015 we launched our new 10 year strategic plan, our key strategic points of action are:- Expand and enhance the existing trail network; Protect future opportunities for access; Increase the use of the trails by residents and visitors; Build on the trail networks national and international reputation via partnerships with key agencies; Develop sustainable funding strategies for ongoing trail maintenance and improvement to safeguard the future of the trails and our major focus for the next decade will be on trails for connecting our communities by way of off-road trail commute opportunities and ensuring the trail network that we have is of a world-class standard.</t>
+  </si>
+  <si>
+    <t>Mark Williams - CEO</t>
+  </si>
+  <si>
+    <t>mark.williams@queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstowntrail.org.nz</t>
+  </si>
+  <si>
+    <t>03 442 7536</t>
+  </si>
+  <si>
+    <t>PO Box 254</t>
+  </si>
+  <si>
+    <t>Local Food Wanaka</t>
+  </si>
+  <si>
+    <t>We&amp;rsquo;re a group of people in the Upper Clutha region who are passionate about local food. We promote and support the relocalising of food production in the area from large farms to small home gardens and everything in between. For more information about the group, or to be added to our email list, please contact us.</t>
+  </si>
+  <si>
+    <t>localfoodwanaka@gmail.com</t>
+  </si>
+  <si>
+    <t>https://localfoodwanaka.wordpress.com/</t>
+  </si>
+  <si>
+    <t>Hawea Flat School</t>
+  </si>
+  <si>
+    <t>Our school does have an enrolment scheme in place. This means that families living within our home zone are automatically able to attend. The BOT determines how many places are available for out of zone students and this is advertised in November every year. Should the number of applications exceed the number of places available, students will be selected by ballot according to Ministry of Education guidelines.</t>
+  </si>
+  <si>
+    <t>Principal</t>
+  </si>
+  <si>
+    <t>office@haweaflat.school.nz</t>
+  </si>
+  <si>
+    <t>http://haweaflat.school.nz/</t>
+  </si>
+  <si>
+    <t>03 443 1467</t>
+  </si>
+  <si>
+    <t>Kyokushin Karate Club</t>
+  </si>
+  <si>
+    <t>We train at the Scout Den, Eely Point Road, Wanaka.Facebook: https://www.facebook.com/Kyokushin-Karate-Wanaka-614689515301721/</t>
+  </si>
+  <si>
+    <t>kenworthydojo@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.kyokushinkarate.co.nz/</t>
+  </si>
+  <si>
+    <t>027 564 7822</t>
+  </si>
+  <si>
+    <t>Margaret O'Hanlon The Singers Workshop</t>
+  </si>
+  <si>
+    <t>Singing / Performaces in Qpact</t>
+  </si>
+  <si>
+    <t>Margaret O'Hanlon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">madrienne61@gmail.com </t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/search/top?q=The%20Singers%20Workshop</t>
+  </si>
+  <si>
+    <t>027 422 1768</t>
+  </si>
+  <si>
+    <t>Southern REAP - Rural Education</t>
+  </si>
+  <si>
+    <t>Southern REAP has 35 years history of delivering rural education programmes in Southland, which are funded by individual contracts or contracts with the Ministry of Education, Tertiary Education Commission and Ministry of Social Development. These programmes run across Early Childhood, Schools, Adult and Community Education (ACE) Southern REAP also holds contracts for Alternative Education, Attendance Service (Truancy), Computers in Homes and the Swim Safe programme. As a non-government, community based not-for-profit organisation we pride ourselves on our provision of flexible, formal and non-formal educational support and assistance services across all sectors.</t>
+  </si>
+  <si>
+    <t>Dawn Brocks</t>
+  </si>
+  <si>
+    <t>dawn@reap.co.nz</t>
+  </si>
+  <si>
+    <t>http://southernreap.co.nz/</t>
+  </si>
+  <si>
+    <t>0800 111 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhartiya Samaj Queenstown </t>
+  </si>
+  <si>
+    <t>Bhartiya Samaj Charitable Trust Queenstown is committed to bring positive changes in the lives of people from different communities and backgrounds in New Zealand. We are committed to bring the people closer to each other through cultural and social programmes. Our group is backed by support from our diverse communities.</t>
+  </si>
+  <si>
+    <t>info@bsq.co.nz</t>
+  </si>
+  <si>
+    <t>http://bscqueenstown.org.nz/</t>
+  </si>
+  <si>
+    <t>0212549482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Queenstown</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust</t>
+  </si>
+  <si>
+    <t>Our purpose is to provide free and independent advocacy services for ACC claimants who cannot afford the hire the services of a lawyer. Everyone is welcome. (Please note The Trust is not a vehicle for lobbying Government).</t>
+  </si>
+  <si>
+    <t>southaccadv@gmail.com</t>
+  </si>
+  <si>
+    <t>http://accadvocacy.info/index.html</t>
+  </si>
+  <si>
+    <t>03-2188194</t>
+  </si>
+  <si>
+    <t>Southland ACC Advocacy Trust PO Box 1735</t>
+  </si>
+  <si>
+    <t>sKids Arrowtown</t>
+  </si>
+  <si>
+    <t>Welcome to our sKids Centre @ Arrowtown, where the safety and care of your child is our number one priority. If you’re looking for a safe, structured and fun environment for your children then you’ve come to the right place.It’s all about having lots of FUN and your kids will have so much fun at our sKids Centre that they won’t want to leave. We’ll feed them, help them with their home work, let them play then do a fun activity with them so you can rest assured that they are safe, secure and having the time of their life.</t>
+  </si>
+  <si>
+    <t>Programme Owner – Meryl Stevens</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> arrowtown@skids.co.nz</t>
+  </si>
+  <si>
+    <t>https://www.skids.co.nz/locations/arrowtown/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luv Immigration Club </t>
+  </si>
+  <si>
+    <t>Welcome to Luv Immigration Club.   We are a non-profit club providing free cultural activities and education/hardship grants for the purpose of promoting an understanding and respect between different cultures and build stronger New Zealand and World communities for social fun, connection and support.   YOU are invited to join us. All ages, gender and ethnicities are welcome to participate in our cultural activities.  ​If you are interested in joining our club, please visit www.luvimmigration.com or email us at info@luvimmigration.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kay Luv </t>
+  </si>
+  <si>
+    <t>https://www.luvimmigration.com/index.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03 442 2211 </t>
+  </si>
+  <si>
+    <t>PO Box 99, Queenstown 9348, New Zealand</t>
+  </si>
+  <si>
+    <t>Heartland Services - Wanaka</t>
+  </si>
+  <si>
+    <t>Opening times: Monday - Friday 9.00am - 5.00pmThe following Heartland Services are available by appointment. Please contact Abbey who will arrange a time to suit. Services available by appointment Inland Revenue- once a monthGeneral TaxationFamily AssistanceChild SupportCommunity Law Centre - first Wednesday of the monthSenior Services - once a monthBudgeting Advice / Building Financial Capability JP Services - Tuesdays 1.00pm, Fridays 10.30amCall Abbey for more information about the following:Other Agencies visitingVolunteering Central - every Tuesday 11.30am - 2.30pmStrengthening FamiliesFamily WorksJigsaw Central Lakes Information available aboutImmigrationWork and IncomeTotal Mobility SchemeDepartment of Internal Affairs (Passport applications and Citizenship forms)Community groups and organisationsBookings for Wheels to Dunstan</t>
+  </si>
+  <si>
+    <t>http://www.heartlandservices.govt.nz/</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School</t>
+  </si>
+  <si>
+    <t>Queenstown Primary School is the largest, most established primary school in the Wakatipu Basin and holds strong credibility in the community. It has been operating on the current site since 1975 and has a school roll in the region of 650 students of more than 30 different nationalities.Providing a high quality education and raising student achievement is our core focus. We recognise students’ diverse abilities, interests and ethnicities and aim to provide a wide-ranging programme that will meet their needs; academically, socially and physically. We offer unique activities based on a strong outdoor education focus and encourage a strong partnership between home, school and the community.There is no Ministry of Education ‘school zone’ for Queenstown Primary School, therefore we welcome students from any residential location in the district.</t>
+  </si>
+  <si>
+    <t>Fiona Cavanagh - Principal</t>
+  </si>
+  <si>
+    <t>office@queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>http://www.queenstown.school.nz</t>
+  </si>
+  <si>
+    <t>+64 3 442 9120</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust</t>
+  </si>
+  <si>
+    <t>Nga Kete Matauranga Pounamu Charitable Trust is a not-for-profit health and social service provider with 16 years of delivery in Southland employing more than 60 staff. Nga Kete delivers a range of services including addiction counselling, problem gambling counselling, disability support and advocacy, restorative justice, whanau ora, community nursing services and He Puna Waiora Wellness Centre (A Low Cost Access doctor service) among others.Open Monday &amp;amp; Tuesday 9am to 7pm Wednesday, Thursday &amp;amp; Friday 9am to 5pm</t>
+  </si>
+  <si>
+    <t>admin@kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>http://www.kaitahu.maori.nz</t>
+  </si>
+  <si>
+    <t>(03) 214 5260</t>
+  </si>
+  <si>
+    <t>92 Spey Street, PO Box 1749, Invercargill</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts</t>
+  </si>
+  <si>
+    <t>Lakes Theatre Arts provides the highest quality classes in Ballet, Tap, Jazz, Musical Theatre, Drama, HipHop, Acro, Contemporary &amp;amp; Street dance.Suitable for ages 3-18 years</t>
+  </si>
+  <si>
+    <t>info@lakestheatrearts.com</t>
+  </si>
+  <si>
+    <t>http://www.lakestheatrearts.com</t>
   </si>
   <si>
     <t>Generosity NZ - Grants &amp; Funding</t>
   </si>
   <si>
     <t>Generosity NZ is the largest digital search facility for funding information in Aotearoa.  </t>
   </si>
   <si>
     <t>info@generosity.org.nz</t>
   </si>
   <si>
     <t>https://generosity.org.nz/</t>
   </si>
   <si>
-    <t>Mountain Scene</t>
-[...2497 lines deleted...]
-  <si>
     <t>Lakes District Hospital</t>
   </si>
   <si>
     <t>For all emergencies dial 111 from any New Zealand landline or mobile phone.</t>
   </si>
   <si>
     <t>http://www.southerndhb.govt.nz</t>
   </si>
   <si>
     <t>(03) 441 0015</t>
   </si>
   <si>
     <t>20 Douglas Street, Frankton</t>
   </si>
   <si>
-    <t>Workbridge Inc</t>
-[...4339 lines deleted...]
-  <si>
     <t>St Columba Anglican Church</t>
   </si>
   <si>
     <t>Sunday Service: 9.30am EucharistWednesday: 10am Eucharist and Discussion2nd &amp;amp; 4th Saturday: 2.15pm Holy Communion at Elmslie House)</t>
   </si>
   <si>
     <t>Vicar: Damon Plimmer</t>
   </si>
   <si>
     <t>ucang@calledsouth.org.nz</t>
   </si>
   <si>
     <t>http://www.ucangparish.co.nz/services/St%20Columbas/st%20columbas.html</t>
   </si>
   <si>
     <t>03 443 2440 &amp; 027 216 5165</t>
   </si>
   <si>
     <t>The Vicarage 186 Brownston Street, Wanaka</t>
-  </si>
-[...1447 lines deleted...]
-    <t>0277655125</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -9312,12149 +9312,12149 @@
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2"/>
+      <c r="D2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3"/>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="E5"/>
       <c r="F5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C6"/>
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
       <c r="D6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
       <c r="F6" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      <c r="D7"/>
+        <v>36</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
       <c r="E7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-      <c r="G7"/>
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
       <c r="H7" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>52</v>
-      </c>
-[...8 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10" t="s">
         <v>58</v>
       </c>
-      <c r="C10"/>
-[...4 lines deleted...]
-      <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11"/>
+      <c r="H11" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
         <v>70</v>
       </c>
-      <c r="E12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="E13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
+      <c r="G13" t="s">
         <v>77</v>
       </c>
-      <c r="E13" t="s">
-[...6 lines deleted...]
-      <c r="H13"/>
+      <c r="H13" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>81</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>83</v>
-      </c>
-[...2 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
         <v>85</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>86</v>
       </c>
-      <c r="C15"/>
       <c r="D15" t="s">
         <v>87</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
-      <c r="F15" t="s">
+      <c r="F15"/>
+      <c r="G15" t="s">
         <v>89</v>
       </c>
-      <c r="G15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
         <v>91</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16"/>
+      <c r="D16" t="s">
         <v>92</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>93</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>94</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
         <v>95</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16"/>
       <c r="H16" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>98</v>
       </c>
-      <c r="C17"/>
       <c r="D17" t="s">
         <v>99</v>
       </c>
       <c r="E17" t="s">
         <v>100</v>
       </c>
-      <c r="F17"/>
+      <c r="F17" t="s">
+        <v>101</v>
+      </c>
       <c r="G17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H17" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>103</v>
       </c>
       <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C18"/>
+      <c r="D18" t="s">
         <v>105</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>106</v>
       </c>
-      <c r="E18"/>
       <c r="F18" t="s">
         <v>107</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>108</v>
       </c>
       <c r="B19" t="s">
         <v>109</v>
       </c>
-      <c r="C19"/>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
       <c r="D19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
       <c r="D21" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E21"/>
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
+        <v>125</v>
+      </c>
       <c r="F21" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="C22"/>
       <c r="D22" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>129</v>
+      </c>
+      <c r="E22" t="s">
+        <v>130</v>
+      </c>
       <c r="F22" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G22"/>
-      <c r="H22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B23" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="C23"/>
+        <v>133</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
       <c r="D23" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E23" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="F23"/>
+        <v>136</v>
+      </c>
+      <c r="F23" t="s">
+        <v>137</v>
+      </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C24" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      <c r="E24"/>
+        <v>140</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>141</v>
+      </c>
       <c r="F24" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-      <c r="H24"/>
+        <v>142</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="C25"/>
       <c r="D25" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="E25" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F25" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="G25" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>152</v>
+      </c>
       <c r="D26" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="E26" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="F26" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="H26"/>
+        <v>155</v>
+      </c>
+      <c r="G26" t="s">
+        <v>156</v>
+      </c>
+      <c r="H26" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>159</v>
+      </c>
       <c r="D27" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G27"/>
+        <v>162</v>
+      </c>
+      <c r="G27" t="s">
+        <v>163</v>
+      </c>
       <c r="H27" t="s">
-        <v>67</v>
+        <v>164</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="C28"/>
+        <v>166</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
       <c r="D28" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="F28" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="G28" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B29" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="C29"/>
       <c r="D29" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="E29" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="F30" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="C31"/>
       <c r="D31" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="E31"/>
+        <v>183</v>
+      </c>
+      <c r="E31" t="s">
+        <v>184</v>
+      </c>
       <c r="F31" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="G31"/>
+        <v>185</v>
+      </c>
+      <c r="G31" t="s">
+        <v>186</v>
+      </c>
       <c r="H31" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="E32" t="s">
-        <v>183</v>
-[...7 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="F32"/>
+      <c r="G32" t="s">
+        <v>190</v>
+      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>193</v>
+      </c>
+      <c r="C33" t="s">
+        <v>194</v>
+      </c>
       <c r="D33" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="E33" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-      <c r="G33"/>
+        <v>196</v>
+      </c>
+      <c r="F33" t="s">
+        <v>197</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C34"/>
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>201</v>
+      </c>
       <c r="D34" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
-        <v>192</v>
-[...9 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="C35"/>
+        <v>205</v>
+      </c>
+      <c r="C35" t="s">
+        <v>206</v>
+      </c>
       <c r="D35" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="E35" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="F35" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="G35"/>
-      <c r="H35"/>
+      <c r="H35" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="E36" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="F36" t="s">
-        <v>204</v>
-[...4 lines deleted...]
-      <c r="H36"/>
+        <v>215</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="C37"/>
       <c r="D37" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="E37" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="F37"/>
       <c r="G37" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="H37" t="s">
-        <v>67</v>
+        <v>222</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="B38" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="C38"/>
       <c r="D38" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="E38" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="F38" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="G38"/>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B39" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C39" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D39" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="E39" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F39" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="B40" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C40"/>
+        <v>235</v>
+      </c>
+      <c r="C40" t="s">
+        <v>236</v>
+      </c>
       <c r="D40" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="E40" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="F40" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G40"/>
+        <v>239</v>
+      </c>
+      <c r="G40" t="s">
+        <v>240</v>
+      </c>
       <c r="H40" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="B41" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="C41"/>
+        <v>242</v>
+      </c>
+      <c r="C41" t="s">
+        <v>243</v>
+      </c>
       <c r="D41" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="E41" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="F41" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="G41"/>
+        <v>246</v>
+      </c>
+      <c r="G41" t="s">
+        <v>247</v>
+      </c>
       <c r="H41" t="s">
-        <v>235</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="B42" t="s">
-        <v>237</v>
-[...6 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="C42"/>
+      <c r="D42"/>
       <c r="E42" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="F42" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="G42" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="H42" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="B43" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="C43"/>
-      <c r="D43"/>
-      <c r="E43"/>
+      <c r="D43" t="s">
+        <v>255</v>
+      </c>
+      <c r="E43" t="s">
+        <v>256</v>
+      </c>
       <c r="F43" t="s">
-        <v>245</v>
-[...4 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="G43" t="s">
+        <v>258</v>
+      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="C44"/>
       <c r="D44" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="E44" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="F44" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>67</v>
+        <v>264</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="B45" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>266</v>
+      </c>
+      <c r="C45" t="s">
+        <v>267</v>
+      </c>
       <c r="D45" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>268</v>
+      </c>
+      <c r="E45" t="s">
+        <v>269</v>
+      </c>
       <c r="F45" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="G45"/>
+        <v>270</v>
+      </c>
+      <c r="G45" t="s">
+        <v>271</v>
+      </c>
       <c r="H45" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="B46" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="C46"/>
       <c r="D46" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="E46" t="s">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="F46" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="B47" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="E47" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="F47" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G47"/>
+        <v>280</v>
+      </c>
+      <c r="G47" t="s">
+        <v>281</v>
+      </c>
       <c r="H47" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="B48" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="C48"/>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>270</v>
-[...7 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="F48" t="s">
+        <v>285</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B49" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="D49"/>
+        <v>287</v>
+      </c>
+      <c r="C49"/>
+      <c r="D49" t="s">
+        <v>288</v>
+      </c>
       <c r="E49" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="F49"/>
+        <v>289</v>
+      </c>
+      <c r="F49" t="s">
+        <v>290</v>
+      </c>
       <c r="G49" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="H49" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="B50" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="C50"/>
+        <v>293</v>
+      </c>
+      <c r="C50" t="s">
+        <v>294</v>
+      </c>
       <c r="D50" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="E50" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="F50" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="G50"/>
       <c r="H50" t="s">
-        <v>179</v>
+        <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="B51" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="C51" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="D51"/>
       <c r="E51" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="F51" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="G51"/>
+        <v>302</v>
+      </c>
+      <c r="G51" t="s">
+        <v>303</v>
+      </c>
       <c r="H51" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
       <c r="B52" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="C52"/>
+        <v>305</v>
+      </c>
+      <c r="C52" t="s">
+        <v>306</v>
+      </c>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>292</v>
-[...7 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="F52" t="s">
+        <v>308</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="B53" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="C53"/>
       <c r="D53" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>67</v>
+        <v>313</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="B54" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
       <c r="E54" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="F54" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="B55" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="C55"/>
+        <v>320</v>
+      </c>
+      <c r="C55" t="s">
+        <v>321</v>
+      </c>
       <c r="D55" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="E55"/>
       <c r="F55" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="G55"/>
-      <c r="H55"/>
+      <c r="H55" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="B56" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="C56"/>
       <c r="D56" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="E56" t="s">
-        <v>26</v>
+        <v>328</v>
       </c>
       <c r="F56" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="G56"/>
+        <v>329</v>
+      </c>
+      <c r="G56" t="s">
+        <v>330</v>
+      </c>
       <c r="H56" t="s">
-        <v>314</v>
+        <v>41</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="B57" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="E57" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="F57" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="G57"/>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>321</v>
+        <v>336</v>
       </c>
       <c r="B58" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="C58" t="s">
+        <v>338</v>
+      </c>
+      <c r="D58"/>
       <c r="E58" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="F58"/>
+        <v>339</v>
+      </c>
+      <c r="F58" t="s">
+        <v>340</v>
+      </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="B59" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="C59" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="D59" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="E59" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="F59" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="B60" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="C60"/>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D60"/>
       <c r="E60" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="F60" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="B61" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="C61" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="D61" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="E61" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="F61"/>
       <c r="G61" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>356</v>
+      </c>
+      <c r="H61" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="B62" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C62"/>
+        <v>358</v>
+      </c>
+      <c r="C62" t="s">
+        <v>359</v>
+      </c>
       <c r="D62" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
       <c r="F62" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="G62"/>
-      <c r="H62"/>
+      <c r="H62" t="s">
+        <v>363</v>
+      </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>348</v>
+        <v>364</v>
       </c>
       <c r="B63" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E63" t="s">
-        <v>351</v>
-[...4 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="F63" t="s">
+        <v>368</v>
+      </c>
+      <c r="G63"/>
       <c r="H63" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="B64" t="s">
-        <v>354</v>
+        <v>370</v>
       </c>
       <c r="C64" t="s">
-        <v>355</v>
+        <v>371</v>
       </c>
       <c r="D64" t="s">
-        <v>356</v>
+        <v>372</v>
       </c>
       <c r="E64" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="F64" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="G64"/>
-      <c r="H64"/>
+      <c r="H64" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="B65" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      <c r="E65"/>
+        <v>376</v>
+      </c>
+      <c r="C65" t="s">
+        <v>377</v>
+      </c>
+      <c r="D65" t="s">
+        <v>378</v>
+      </c>
+      <c r="E65" t="s">
+        <v>125</v>
+      </c>
       <c r="F65" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>56</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="B66" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="C66"/>
       <c r="D66" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="E66"/>
       <c r="F66" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-      <c r="H66"/>
+        <v>383</v>
+      </c>
+      <c r="G66" t="s">
+        <v>384</v>
+      </c>
+      <c r="H66" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="B67" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="C67"/>
       <c r="D67" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="E67" t="s">
-        <v>372</v>
-[...9 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="F67"/>
+      <c r="G67"/>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="B68" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="C68" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="D68" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="E68" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="F68" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>381</v>
+        <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="B69" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="C69"/>
-      <c r="D69"/>
-      <c r="E69"/>
+      <c r="D69" t="s">
+        <v>397</v>
+      </c>
+      <c r="E69" t="s">
+        <v>398</v>
+      </c>
       <c r="F69" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="G69"/>
+        <v>399</v>
+      </c>
+      <c r="G69" t="s">
+        <v>400</v>
+      </c>
       <c r="H69" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B70" t="s">
-        <v>386</v>
-[...6 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="C70"/>
+      <c r="D70"/>
       <c r="E70" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>391</v>
+        <v>405</v>
       </c>
       <c r="B71" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="C71"/>
       <c r="D71" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="E71" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="F71" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="B72" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="C72" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="D72" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="E72" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="F72" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="E73" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-      <c r="G73"/>
+        <v>419</v>
+      </c>
+      <c r="F73"/>
+      <c r="G73" t="s">
+        <v>420</v>
+      </c>
       <c r="H73" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="B74" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="E74" t="s">
-        <v>412</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="B75" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="E75" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="F75" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>419</v>
+        <v>430</v>
       </c>
       <c r="B76" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="C76" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="D76" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="E76"/>
       <c r="F76" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="G76" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="H76"/>
+        <v>435</v>
+      </c>
+      <c r="H76" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="B77" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="C77" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="D77" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="E77" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="F77" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="G77"/>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="B78" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="C78" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="G78"/>
-      <c r="H78"/>
+      <c r="H78" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="B79" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>447</v>
+      </c>
+      <c r="C79" t="s">
+        <v>448</v>
+      </c>
       <c r="D79" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="E79" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="F79" t="s">
-        <v>441</v>
-[...4 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="G79" t="s">
+        <v>449</v>
+      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B80" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="C80" t="s">
-        <v>163</v>
+        <v>454</v>
       </c>
       <c r="D80" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="G80"/>
       <c r="H80" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B81" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>458</v>
+      </c>
+      <c r="C81" t="s">
+        <v>459</v>
+      </c>
       <c r="D81" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="E81" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="F81" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="B82" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="C82"/>
       <c r="D82" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="E82" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="F82" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>56</v>
+        <v>469</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="B83" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="C83"/>
-      <c r="D83"/>
+      <c r="D83" t="s">
+        <v>472</v>
+      </c>
       <c r="E83" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="F83" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>464</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="B84" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="E84" t="s">
-        <v>468</v>
-[...9 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="F84"/>
+      <c r="G84"/>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="B85" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C85" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="D85" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="E85" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="F85" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="G85"/>
       <c r="H85" t="s">
-        <v>478</v>
+        <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B86" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="C86"/>
+        <v>486</v>
+      </c>
+      <c r="C86" t="s">
+        <v>487</v>
+      </c>
       <c r="D86" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="E86"/>
+        <v>488</v>
+      </c>
+      <c r="E86" t="s">
+        <v>489</v>
+      </c>
       <c r="F86" t="s">
-        <v>482</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="G86"/>
       <c r="H86" t="s">
-        <v>478</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="B87" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="E87" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="F87" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="B88" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="C88" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="D88" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="E88"/>
+        <v>499</v>
+      </c>
+      <c r="E88" t="s">
+        <v>500</v>
+      </c>
       <c r="F88" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="G88"/>
       <c r="H88" t="s">
-        <v>122</v>
+        <v>502</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B89" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C89"/>
       <c r="D89" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="E89" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="F89" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>67</v>
+        <v>401</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="B90" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="E90" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="F90" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>56</v>
+        <v>513</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="B91" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="C91"/>
+        <v>515</v>
+      </c>
+      <c r="C91" t="s">
+        <v>516</v>
+      </c>
       <c r="D91" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E91" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="F91" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="G91"/>
+        <v>519</v>
+      </c>
+      <c r="G91" t="s">
+        <v>520</v>
+      </c>
       <c r="H91" t="s">
-        <v>511</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="B92" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="C92"/>
+        <v>522</v>
+      </c>
+      <c r="C92" t="s">
+        <v>523</v>
+      </c>
       <c r="D92" t="s">
-        <v>514</v>
-[...4 lines deleted...]
-      <c r="F92"/>
+        <v>524</v>
+      </c>
+      <c r="E92"/>
+      <c r="F92" t="s">
+        <v>525</v>
+      </c>
       <c r="G92"/>
-      <c r="H92"/>
+      <c r="H92" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="B93" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="C93" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="D93" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E93" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="F93" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="G93"/>
       <c r="H93" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="B94" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="E94" t="s">
-        <v>26</v>
+        <v>535</v>
       </c>
       <c r="F94" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>179</v>
+        <v>537</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="B95" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="E95" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="F95"/>
+        <v>541</v>
+      </c>
+      <c r="F95" t="s">
+        <v>542</v>
+      </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>67</v>
+        <v>543</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="B96" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>546</v>
+      </c>
+      <c r="E96" t="s">
+        <v>547</v>
+      </c>
       <c r="F96" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
       <c r="G96"/>
-      <c r="H96"/>
+      <c r="H96" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="B97" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="C97"/>
+        <v>550</v>
+      </c>
+      <c r="C97" t="s">
+        <v>551</v>
+      </c>
       <c r="D97" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="E97"/>
+        <v>552</v>
+      </c>
+      <c r="E97" t="s">
+        <v>553</v>
+      </c>
       <c r="F97" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="G97"/>
+        <v>554</v>
+      </c>
+      <c r="G97" t="s">
+        <v>555</v>
+      </c>
       <c r="H97" t="s">
-        <v>540</v>
+        <v>401</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="B98" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="C98" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D98"/>
       <c r="E98" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="F98" t="s">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="G98"/>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="B99" t="s">
-        <v>548</v>
-[...4 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="C99" t="s">
+        <v>562</v>
+      </c>
+      <c r="D99"/>
       <c r="E99" t="s">
-        <v>550</v>
+        <v>563</v>
       </c>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>551</v>
+        <v>564</v>
       </c>
       <c r="B100" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="C100" t="s">
-        <v>311</v>
+        <v>566</v>
       </c>
       <c r="D100" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="E100" t="s">
-        <v>26</v>
+        <v>568</v>
       </c>
       <c r="F100" t="s">
-        <v>554</v>
-[...4 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="G100" t="s">
+        <v>570</v>
+      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="B101" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="C101"/>
+        <v>572</v>
+      </c>
+      <c r="C101" t="s">
+        <v>573</v>
+      </c>
       <c r="D101" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="E101"/>
       <c r="F101" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
       <c r="G101"/>
-      <c r="H101"/>
+      <c r="H101" t="s">
+        <v>576</v>
+      </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B102" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-      <c r="D102"/>
+        <v>578</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102" t="s">
+        <v>579</v>
+      </c>
       <c r="E102" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="F102" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>565</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>566</v>
+        <v>582</v>
       </c>
       <c r="B103" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="C103"/>
+        <v>583</v>
+      </c>
+      <c r="C103" t="s">
+        <v>584</v>
+      </c>
       <c r="D103" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="E103" t="s">
-        <v>569</v>
+        <v>586</v>
       </c>
       <c r="F103" t="s">
-        <v>570</v>
+        <v>587</v>
       </c>
       <c r="G103" t="s">
-        <v>571</v>
-[...3 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>572</v>
+        <v>589</v>
       </c>
       <c r="B104" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
       <c r="C104" t="s">
-        <v>574</v>
+        <v>591</v>
       </c>
       <c r="D104" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="E104"/>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F104"/>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>122</v>
+        <v>41</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="B105" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
       <c r="C105" t="s">
-        <v>579</v>
+        <v>595</v>
       </c>
       <c r="D105" t="s">
-        <v>580</v>
+        <v>596</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>478</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
       <c r="B106" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="E106" t="s">
-        <v>26</v>
+        <v>601</v>
       </c>
       <c r="F106" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="G106" t="s">
+        <v>603</v>
+      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>587</v>
+        <v>604</v>
       </c>
       <c r="B107" t="s">
-        <v>588</v>
+        <v>605</v>
       </c>
       <c r="C107" t="s">
-        <v>589</v>
+        <v>606</v>
       </c>
       <c r="D107" t="s">
-        <v>590</v>
-[...6 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="E107"/>
+      <c r="F107"/>
       <c r="G107"/>
-      <c r="H107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="B108" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="C108"/>
       <c r="D108" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="E108" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="F108" t="s">
-        <v>598</v>
-[...4 lines deleted...]
-      <c r="H108"/>
+        <v>612</v>
+      </c>
+      <c r="G108"/>
+      <c r="H108" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
       <c r="B109" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="C109" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="D109" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="E109" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-      <c r="G109"/>
+        <v>617</v>
+      </c>
+      <c r="F109" t="s">
+        <v>618</v>
+      </c>
+      <c r="G109" t="s">
+        <v>619</v>
+      </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="B110" t="s">
-        <v>606</v>
-[...1 lines deleted...]
-      <c r="C110"/>
+        <v>621</v>
+      </c>
+      <c r="C110" t="s">
+        <v>622</v>
+      </c>
       <c r="D110" t="s">
-        <v>607</v>
+        <v>623</v>
       </c>
       <c r="E110" t="s">
-        <v>608</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="F110"/>
       <c r="G110" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="H110" t="s">
-        <v>611</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="B111" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>627</v>
+      </c>
+      <c r="C111" t="s">
+        <v>628</v>
+      </c>
       <c r="D111" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="E111" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="F111" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-      <c r="H111"/>
+        <v>631</v>
+      </c>
+      <c r="G111" t="s">
+        <v>632</v>
+      </c>
+      <c r="H111" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="B112" t="s">
-        <v>618</v>
+        <v>634</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="E112" t="s">
-        <v>620</v>
+        <v>636</v>
       </c>
       <c r="F112" t="s">
-        <v>621</v>
+        <v>637</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="B113" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="C113"/>
       <c r="D113" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="E113" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="F113" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="G113"/>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="B114" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="E114" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="F114"/>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B115" t="s">
-        <v>635</v>
+        <v>648</v>
       </c>
       <c r="C115" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="D115"/>
+        <v>649</v>
+      </c>
+      <c r="D115" t="s">
+        <v>650</v>
+      </c>
       <c r="E115" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="F115"/>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>14</v>
+        <v>652</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="B116" t="s">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="C116"/>
       <c r="D116" t="s">
-        <v>642</v>
+        <v>655</v>
       </c>
       <c r="E116" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="F116"/>
+        <v>656</v>
+      </c>
+      <c r="F116" t="s">
+        <v>657</v>
+      </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="B117" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="E117" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="F117" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="G117" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="H117"/>
+        <v>660</v>
+      </c>
+      <c r="H117" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>650</v>
+        <v>663</v>
       </c>
       <c r="B118" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="C118"/>
+        <v>664</v>
+      </c>
+      <c r="C118" t="s">
+        <v>665</v>
+      </c>
       <c r="D118" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="E118" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="F118" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>656</v>
+        <v>669</v>
       </c>
       <c r="B119" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="C119"/>
       <c r="D119" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="E119" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="F119" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="G119"/>
       <c r="H119" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="B120" t="s">
-        <v>664</v>
-[...8 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="C120" t="s">
+        <v>676</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120" t="s">
+        <v>677</v>
+      </c>
+      <c r="F120"/>
       <c r="G120"/>
-      <c r="H120"/>
+      <c r="H120" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="B121" t="s">
-        <v>668</v>
-[...3 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="C121"/>
       <c r="D121" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="E121" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="F121" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="G121"/>
+        <v>682</v>
+      </c>
+      <c r="G121" t="s">
+        <v>680</v>
+      </c>
       <c r="H121" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="B122" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="C122"/>
       <c r="D122" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="E122" t="s">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="F122"/>
       <c r="G122"/>
-      <c r="H122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="B123" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="C123" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="D123" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>690</v>
+      </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="G123"/>
       <c r="H123" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B124" t="s">
-        <v>687</v>
-[...4 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="C124" t="s">
+        <v>694</v>
+      </c>
+      <c r="D124"/>
       <c r="E124" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="F124" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B125" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="E125" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="F125" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="G125"/>
-      <c r="H125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="B126" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="C126"/>
       <c r="D126" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="E126" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="F126"/>
+        <v>705</v>
+      </c>
+      <c r="F126" t="s">
+        <v>706</v>
+      </c>
       <c r="G126"/>
-      <c r="H126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="B127" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>708</v>
+      </c>
+      <c r="C127" t="s">
+        <v>709</v>
+      </c>
       <c r="D127" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="E127" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="F127" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="G127"/>
       <c r="H127" t="s">
-        <v>21</v>
+        <v>713</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="B128" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="C128"/>
-      <c r="D128"/>
+      <c r="D128" t="s">
+        <v>716</v>
+      </c>
       <c r="E128" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="F128" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="G128"/>
+        <v>718</v>
+      </c>
+      <c r="G128" t="s">
+        <v>719</v>
+      </c>
       <c r="H128" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="B129" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>585</v>
+        <v>723</v>
       </c>
       <c r="E129" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="F129" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      </c>
+        <v>725</v>
+      </c>
+      <c r="G129" t="s">
+        <v>726</v>
+      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="B130" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="C130"/>
       <c r="D130" t="s">
-        <v>719</v>
+        <v>153</v>
       </c>
       <c r="E130" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="F130" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="G130" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="B131" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="E131" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="F131" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="B132" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="C132" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="D132" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="E132"/>
-      <c r="F132" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F132"/>
+      <c r="G132"/>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="B133" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="C133"/>
+        <v>742</v>
+      </c>
+      <c r="C133" t="s">
+        <v>743</v>
+      </c>
       <c r="D133" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="E133" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="F133"/>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="B134" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="C134"/>
-      <c r="D134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D134"/>
       <c r="E134" t="s">
-        <v>742</v>
-[...6 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="F134"/>
+      <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="B135" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="C135" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D135" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="E135" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="F135" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="G135" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B136" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>756</v>
+      </c>
+      <c r="C136" t="s">
+        <v>757</v>
+      </c>
       <c r="D136" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="E136" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F136" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="G136"/>
-      <c r="H136"/>
+      <c r="H136" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B137" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="C137"/>
       <c r="D137" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="E137" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="F137" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="G137"/>
+        <v>765</v>
+      </c>
+      <c r="G137" t="s">
+        <v>766</v>
+      </c>
       <c r="H137" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="B138" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C138"/>
-      <c r="D138"/>
+      <c r="D138" t="s">
+        <v>769</v>
+      </c>
       <c r="E138" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="F138" t="s">
-        <v>766</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="G138"/>
       <c r="H138" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B139" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C139" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="D139" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="E139" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="F139"/>
+        <v>776</v>
+      </c>
+      <c r="F139" t="s">
+        <v>777</v>
+      </c>
       <c r="G139" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H139" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B140" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="C140"/>
+        <v>780</v>
+      </c>
+      <c r="C140" t="s">
+        <v>31</v>
+      </c>
       <c r="D140" t="s">
-        <v>776</v>
+        <v>32</v>
       </c>
       <c r="E140" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="F140" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="G140"/>
-      <c r="H140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B141" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="C141" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="D141" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="E141"/>
+        <v>786</v>
+      </c>
+      <c r="E141" t="s">
+        <v>787</v>
+      </c>
       <c r="F141" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>67</v>
+        <v>216</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B142" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="C142"/>
+        <v>790</v>
+      </c>
+      <c r="C142" t="s">
+        <v>791</v>
+      </c>
       <c r="D142" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="E142" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="F142" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="B143" t="s">
-        <v>792</v>
-[...1 lines deleted...]
-      <c r="C143"/>
+        <v>797</v>
+      </c>
+      <c r="C143" t="s">
+        <v>798</v>
+      </c>
       <c r="D143" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="E143" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="F143" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="G143"/>
+        <v>801</v>
+      </c>
+      <c r="G143" t="s">
+        <v>802</v>
+      </c>
       <c r="H143" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B144" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="C144"/>
-      <c r="D144"/>
+      <c r="D144" t="s">
+        <v>805</v>
+      </c>
       <c r="E144" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="F144" t="s">
-        <v>799</v>
-[...6 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="G144"/>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="B145" t="s">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="C145"/>
+        <v>809</v>
+      </c>
+      <c r="C145" t="s">
+        <v>810</v>
+      </c>
       <c r="D145" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="E145" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="F145"/>
+        <v>812</v>
+      </c>
+      <c r="F145" t="s">
+        <v>813</v>
+      </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="B146" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="E146" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="F146" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="B147" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>820</v>
+      </c>
+      <c r="C147"/>
       <c r="D147" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="E147" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="F147" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="B148" t="s">
-        <v>819</v>
-[...4 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="C148" t="s">
+        <v>827</v>
+      </c>
+      <c r="D148"/>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="G148" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="H148" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="B149" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="E149" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="F149" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-      <c r="H149"/>
+        <v>834</v>
+      </c>
+      <c r="G149" t="s">
+        <v>835</v>
+      </c>
+      <c r="H149" t="s">
+        <v>836</v>
+      </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="B150" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="C150"/>
+        <v>838</v>
+      </c>
+      <c r="C150" t="s">
+        <v>839</v>
+      </c>
       <c r="D150" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="E150" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="F150"/>
+        <v>841</v>
+      </c>
+      <c r="F150" t="s">
+        <v>842</v>
+      </c>
       <c r="G150"/>
-      <c r="H150"/>
+      <c r="H150" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="B151" t="s">
-        <v>833</v>
-[...4 lines deleted...]
-      <c r="D151"/>
+        <v>844</v>
+      </c>
+      <c r="C151"/>
+      <c r="D151" t="s">
+        <v>845</v>
+      </c>
       <c r="E151" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="F151" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="G151"/>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="B152" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="C152" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="D152" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="E152" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="F152" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="B153" t="s">
-        <v>844</v>
-[...4 lines deleted...]
-      <c r="D153"/>
+        <v>855</v>
+      </c>
+      <c r="C153"/>
+      <c r="D153" t="s">
+        <v>856</v>
+      </c>
       <c r="E153" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="F153" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="B154" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="C154" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
       <c r="D154" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="E154" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="F154" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>854</v>
+        <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="B155" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="C155"/>
       <c r="D155" t="s">
-        <v>858</v>
-[...12 lines deleted...]
-      </c>
+        <v>867</v>
+      </c>
+      <c r="E155"/>
+      <c r="F155"/>
+      <c r="G155"/>
+      <c r="H155"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="B156" t="s">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="C156"/>
       <c r="D156" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="E156" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="F156" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-      <c r="H156"/>
+        <v>872</v>
+      </c>
+      <c r="G156" t="s">
+        <v>873</v>
+      </c>
+      <c r="H156" t="s">
+        <v>836</v>
+      </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="B157" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="E157" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="F157" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="G157"/>
+        <v>878</v>
+      </c>
+      <c r="G157" t="s">
+        <v>879</v>
+      </c>
       <c r="H157" t="s">
-        <v>873</v>
+        <v>537</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="B158" t="s">
-        <v>875</v>
-[...1 lines deleted...]
-      <c r="C158"/>
+        <v>881</v>
+      </c>
+      <c r="C158" t="s">
+        <v>882</v>
+      </c>
       <c r="D158" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="E158" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="F158" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="G158"/>
+        <v>885</v>
+      </c>
+      <c r="G158" t="s">
+        <v>886</v>
+      </c>
       <c r="H158" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="B159" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="C159" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="D159" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="E159" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="F159" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="G159"/>
+        <v>892</v>
+      </c>
+      <c r="G159" t="s">
+        <v>893</v>
+      </c>
       <c r="H159" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="B160" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="C160"/>
+        <v>896</v>
+      </c>
+      <c r="C160" t="s">
+        <v>897</v>
+      </c>
       <c r="D160" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="E160" t="s">
-        <v>889</v>
-[...7 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="F160" t="s">
+        <v>900</v>
+      </c>
+      <c r="G160"/>
+      <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>890</v>
+        <v>901</v>
       </c>
       <c r="B161" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="E161" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="F161" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
       <c r="G161"/>
       <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="B162" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="C162" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="D162" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="E162"/>
       <c r="F162" t="s">
-        <v>900</v>
-[...4 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="G162" t="s">
+        <v>909</v>
+      </c>
+      <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="B163" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="C163" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="D163" t="s">
-        <v>904</v>
+        <v>567</v>
       </c>
       <c r="E163" t="s">
-        <v>905</v>
+        <v>568</v>
       </c>
       <c r="F163" t="s">
-        <v>906</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="G163"/>
       <c r="H163" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="B164" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="C164" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="D164" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="E164" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="F164" t="s">
-        <v>913</v>
-[...3 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="G164"/>
       <c r="H164" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="B165" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
-        <v>917</v>
+        <v>274</v>
       </c>
       <c r="E165" t="s">
-        <v>918</v>
+        <v>275</v>
       </c>
       <c r="F165" t="s">
-        <v>919</v>
-[...6 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="G165"/>
+      <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B166" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="C166" t="s">
         <v>923</v>
       </c>
-      <c r="D166" t="s">
+      <c r="C166"/>
+      <c r="D166"/>
+      <c r="E166"/>
+      <c r="F166" t="s">
         <v>924</v>
       </c>
-      <c r="E166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G166"/>
-      <c r="H166"/>
+      <c r="H166" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B167" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
+        <v>927</v>
+      </c>
+      <c r="E167" t="s">
+        <v>928</v>
+      </c>
+      <c r="F167" t="s">
         <v>929</v>
       </c>
-      <c r="E167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G167"/>
-      <c r="H167"/>
+      <c r="H167" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B168" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
-        <v>934</v>
-[...4 lines deleted...]
-      <c r="F168"/>
+        <v>932</v>
+      </c>
+      <c r="E168"/>
+      <c r="F168" t="s">
+        <v>933</v>
+      </c>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>934</v>
+      </c>
+      <c r="B169" t="s">
+        <v>935</v>
+      </c>
+      <c r="C169"/>
+      <c r="D169" t="s">
         <v>936</v>
       </c>
-      <c r="B169" t="s">
+      <c r="E169"/>
+      <c r="F169" t="s">
         <v>937</v>
       </c>
-      <c r="C169" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G169"/>
+      <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>938</v>
+      </c>
+      <c r="B170" t="s">
+        <v>939</v>
+      </c>
+      <c r="C170" t="s">
+        <v>940</v>
+      </c>
+      <c r="D170" t="s">
+        <v>941</v>
+      </c>
+      <c r="E170" t="s">
+        <v>942</v>
+      </c>
+      <c r="F170" t="s">
         <v>943</v>
-      </c>
-[...11 lines deleted...]
-        <v>947</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="B171" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
-        <v>825</v>
+        <v>610</v>
       </c>
       <c r="E171" t="s">
-        <v>950</v>
+        <v>611</v>
       </c>
       <c r="F171" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="G171"/>
-      <c r="H171"/>
+      <c r="H171" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>947</v>
+      </c>
+      <c r="B172" t="s">
+        <v>948</v>
+      </c>
+      <c r="C172" t="s">
+        <v>949</v>
+      </c>
+      <c r="D172" t="s">
+        <v>950</v>
+      </c>
+      <c r="E172" t="s">
+        <v>951</v>
+      </c>
+      <c r="F172" t="s">
         <v>952</v>
       </c>
-      <c r="B172" t="s">
+      <c r="G172" t="s">
         <v>953</v>
       </c>
-      <c r="C172" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H172" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>954</v>
+      </c>
+      <c r="B173" t="s">
+        <v>955</v>
+      </c>
+      <c r="C173" t="s">
+        <v>956</v>
+      </c>
+      <c r="D173" t="s">
+        <v>957</v>
+      </c>
+      <c r="E173" t="s">
+        <v>958</v>
+      </c>
+      <c r="F173" t="s">
         <v>959</v>
       </c>
-      <c r="B173" t="s">
+      <c r="G173" t="s">
         <v>960</v>
       </c>
-      <c r="C173"/>
-      <c r="D173" t="s">
+      <c r="H173" t="s">
         <v>961</v>
-      </c>
-[...8 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>962</v>
+      </c>
+      <c r="B174" t="s">
+        <v>963</v>
+      </c>
+      <c r="C174" t="s">
+        <v>739</v>
+      </c>
+      <c r="D174" t="s">
+        <v>964</v>
+      </c>
+      <c r="E174" t="s">
         <v>965</v>
       </c>
-      <c r="B174" t="s">
+      <c r="F174" t="s">
         <v>966</v>
       </c>
-      <c r="C174"/>
-[...6 lines deleted...]
-      <c r="F174"/>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>967</v>
+      </c>
+      <c r="B175" t="s">
+        <v>968</v>
+      </c>
+      <c r="C175" t="s">
         <v>969</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175"/>
       <c r="D175"/>
       <c r="E175" t="s">
+        <v>970</v>
+      </c>
+      <c r="F175" t="s">
         <v>971</v>
       </c>
-      <c r="F175" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G175"/>
       <c r="H175" t="s">
-        <v>974</v>
+        <v>41</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>972</v>
+      </c>
+      <c r="B176" t="s">
+        <v>973</v>
+      </c>
+      <c r="C176" t="s">
+        <v>974</v>
+      </c>
+      <c r="D176" t="s">
         <v>975</v>
       </c>
-      <c r="B176" t="s">
+      <c r="E176" t="s">
         <v>976</v>
       </c>
-      <c r="C176" t="s">
+      <c r="F176" t="s">
         <v>977</v>
-      </c>
-[...7 lines deleted...]
-        <v>980</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>981</v>
+        <v>41</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>978</v>
+      </c>
+      <c r="B177" t="s">
+        <v>979</v>
+      </c>
+      <c r="C177" t="s">
+        <v>980</v>
+      </c>
+      <c r="D177" t="s">
+        <v>981</v>
+      </c>
+      <c r="E177" t="s">
         <v>982</v>
       </c>
-      <c r="B177" t="s">
+      <c r="F177" t="s">
         <v>983</v>
       </c>
-      <c r="C177" t="s">
-[...14 lines deleted...]
-      <c r="H177"/>
+      <c r="G177"/>
+      <c r="H177" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>984</v>
+      </c>
+      <c r="B178" t="s">
+        <v>985</v>
+      </c>
+      <c r="C178" t="s">
+        <v>986</v>
+      </c>
+      <c r="D178" t="s">
+        <v>987</v>
+      </c>
+      <c r="E178" t="s">
+        <v>988</v>
+      </c>
+      <c r="F178" t="s">
         <v>989</v>
       </c>
-      <c r="B178" t="s">
+      <c r="G178" t="s">
         <v>990</v>
       </c>
-      <c r="C178"/>
-[...12 lines deleted...]
-      </c>
+      <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>991</v>
+      </c>
+      <c r="B179" t="s">
+        <v>992</v>
+      </c>
+      <c r="C179" t="s">
+        <v>993</v>
+      </c>
+      <c r="D179" t="s">
+        <v>994</v>
+      </c>
+      <c r="E179" t="s">
+        <v>125</v>
+      </c>
+      <c r="F179" t="s">
         <v>995</v>
-      </c>
-[...11 lines deleted...]
-        <v>999</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>67</v>
+        <v>513</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>996</v>
+      </c>
+      <c r="B180" t="s">
+        <v>997</v>
+      </c>
+      <c r="C180" t="s">
+        <v>998</v>
+      </c>
+      <c r="D180" t="s">
+        <v>999</v>
+      </c>
+      <c r="E180" t="s">
         <v>1000</v>
       </c>
-      <c r="B180" t="s">
+      <c r="F180" t="s">
         <v>1001</v>
       </c>
-      <c r="C180" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="B181" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="E181" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="F181" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="G181"/>
+        <v>1006</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1007</v>
+      </c>
       <c r="H181" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C182"/>
+      <c r="D182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E182" t="s">
         <v>1011</v>
       </c>
-      <c r="B182" t="s">
+      <c r="F182" t="s">
         <v>1012</v>
       </c>
-      <c r="C182" t="s">
+      <c r="G182"/>
+      <c r="H182" t="s">
         <v>1013</v>
-      </c>
-[...11 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="B183" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G183" t="s">
         <v>1019</v>
       </c>
-      <c r="E183" t="s">
-[...6 lines deleted...]
-      <c r="H183"/>
+      <c r="H183" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C184" t="s">
         <v>1022</v>
       </c>
-      <c r="B184" t="s">
+      <c r="D184" t="s">
         <v>1023</v>
-      </c>
-[...2 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E184" t="s">
         <v>1024</v>
       </c>
-      <c r="F184" t="s">
+      <c r="F184"/>
+      <c r="G184" t="s">
         <v>1025</v>
       </c>
-      <c r="G184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H184" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B185" t="s">
         <v>1027</v>
       </c>
-      <c r="B185" t="s">
+      <c r="C185" t="s">
         <v>1028</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1029</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>1030</v>
       </c>
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B186" t="s">
         <v>1033</v>
       </c>
-      <c r="B186" t="s">
+      <c r="C186" t="s">
         <v>1034</v>
       </c>
-      <c r="C186"/>
       <c r="D186" t="s">
         <v>1035</v>
       </c>
       <c r="E186" t="s">
         <v>1036</v>
       </c>
       <c r="F186" t="s">
         <v>1037</v>
       </c>
-      <c r="G186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G186"/>
       <c r="H186" t="s">
-        <v>67</v>
+        <v>324</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B187" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="C187"/>
       <c r="D187" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E187" t="s">
         <v>1041</v>
       </c>
-      <c r="E187" t="s">
+      <c r="F187" t="s">
         <v>1042</v>
       </c>
-      <c r="F187" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G187"/>
+      <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C188"/>
+      <c r="D188" t="s">
         <v>1045</v>
       </c>
-      <c r="B188" t="s">
+      <c r="E188" t="s">
         <v>1046</v>
       </c>
-      <c r="C188" t="s">
+      <c r="F188" t="s">
         <v>1047</v>
-      </c>
-[...7 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="G188"/>
       <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D189" t="s">
         <v>1051</v>
       </c>
-      <c r="B189" t="s">
+      <c r="E189" t="s">
         <v>1052</v>
       </c>
-      <c r="C189"/>
-      <c r="D189" t="s">
+      <c r="F189" t="s">
         <v>1053</v>
       </c>
-      <c r="E189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G189"/>
-      <c r="H189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D190" t="s">
         <v>1057</v>
       </c>
-      <c r="B190" t="s">
+      <c r="E190" t="s">
         <v>1058</v>
       </c>
-      <c r="C190"/>
-      <c r="D190" t="s">
+      <c r="F190" t="s">
         <v>1059</v>
       </c>
-      <c r="E190" t="s">
+      <c r="G190" t="s">
         <v>1060</v>
       </c>
-      <c r="F190" t="s">
-[...3 lines deleted...]
-      <c r="H190"/>
+      <c r="H190" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B191" t="s">
         <v>1062</v>
       </c>
-      <c r="B191" t="s">
+      <c r="C191" t="s">
         <v>1063</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" t="s">
         <v>1064</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
         <v>1065</v>
       </c>
-      <c r="E191"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F191"/>
       <c r="G191"/>
-      <c r="H191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B192" t="s">
         <v>1067</v>
       </c>
-      <c r="B192" t="s">
+      <c r="C192"/>
+      <c r="D192" t="s">
         <v>1068</v>
       </c>
-      <c r="C192" t="s">
+      <c r="E192" t="s">
         <v>1069</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192" t="s">
         <v>1070</v>
       </c>
-      <c r="E192" t="s">
+      <c r="G192" t="s">
         <v>1071</v>
       </c>
-      <c r="F192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H192" t="s">
-        <v>1074</v>
+        <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D193" t="s">
         <v>1075</v>
       </c>
-      <c r="B193" t="s">
+      <c r="E193" t="s">
         <v>1076</v>
       </c>
-      <c r="C193"/>
-      <c r="D193" t="s">
+      <c r="F193" t="s">
         <v>1077</v>
       </c>
-      <c r="E193" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G193"/>
       <c r="H193" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C194" t="s">
         <v>1080</v>
       </c>
-      <c r="B194" t="s">
+      <c r="D194"/>
+      <c r="E194"/>
+      <c r="F194" t="s">
         <v>1081</v>
       </c>
-      <c r="C194" t="s">
+      <c r="G194" t="s">
         <v>1082</v>
       </c>
-      <c r="D194" t="s">
-[...9 lines deleted...]
-      <c r="H194"/>
+      <c r="H194" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="B195" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F195" t="s">
         <v>1087</v>
-      </c>
-[...4 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C196" t="s">
         <v>1090</v>
       </c>
-      <c r="B196" t="s">
+      <c r="D196" t="s">
         <v>1091</v>
       </c>
-      <c r="C196"/>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
         <v>1092</v>
       </c>
-      <c r="E196" t="s">
+      <c r="F196" t="s">
         <v>1093</v>
       </c>
-      <c r="F196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196"/>
-      <c r="H196"/>
+      <c r="H196" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B197" t="s">
         <v>1095</v>
       </c>
-      <c r="B197" t="s">
+      <c r="C197" t="s">
         <v>1096</v>
       </c>
-      <c r="C197" t="s">
+      <c r="D197" t="s">
         <v>1097</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" t="s">
         <v>1098</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F197" t="s">
         <v>1099</v>
       </c>
-      <c r="F197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197"/>
-      <c r="H197" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B198" t="s">
         <v>1101</v>
       </c>
-      <c r="B198" t="s">
+      <c r="C198" t="s">
         <v>1102</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198"/>
+      <c r="E198"/>
+      <c r="F198" t="s">
         <v>1103</v>
       </c>
-      <c r="D198" t="s">
+      <c r="G198"/>
+      <c r="H198" t="s">
         <v>1104</v>
-      </c>
-[...8 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C199"/>
+      <c r="D199" t="s">
         <v>1107</v>
       </c>
-      <c r="B199" t="s">
+      <c r="E199"/>
+      <c r="F199" t="s">
+        <v>285</v>
+      </c>
+      <c r="G199" t="s">
         <v>1108</v>
       </c>
-      <c r="C199" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H199" t="s">
-        <v>1114</v>
+        <v>543</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="B200" t="s">
-        <v>1116</v>
-[...1 lines deleted...]
-      <c r="C200"/>
+        <v>1110</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1111</v>
+      </c>
       <c r="D200" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="E200" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="F200"/>
+        <v>1113</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1114</v>
+      </c>
       <c r="G200"/>
-      <c r="H200"/>
+      <c r="H200" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C201"/>
+      <c r="D201" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F201" t="s">
         <v>1119</v>
       </c>
-      <c r="B201" t="s">
+      <c r="G201" t="s">
         <v>1120</v>
       </c>
-      <c r="C201"/>
-[...9 lines deleted...]
-      </c>
       <c r="H201" t="s">
-        <v>1124</v>
+        <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E202"/>
+      <c r="F202" t="s">
         <v>1125</v>
       </c>
-      <c r="B202" t="s">
+      <c r="G202" t="s">
         <v>1126</v>
       </c>
-      <c r="C202"/>
-[...9 lines deleted...]
-      <c r="G202"/>
       <c r="H202" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D203" t="s">
         <v>1130</v>
       </c>
-      <c r="B203" t="s">
+      <c r="E203" t="s">
         <v>1131</v>
       </c>
-      <c r="C203" t="s">
+      <c r="F203" t="s">
         <v>1132</v>
       </c>
-      <c r="D203" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G203"/>
       <c r="H203" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D204" t="s">
         <v>1136</v>
       </c>
-      <c r="B204" t="s">
+      <c r="E204" t="s">
         <v>1137</v>
       </c>
-      <c r="C204" t="s">
+      <c r="F204" t="s">
         <v>1138</v>
       </c>
-      <c r="D204" t="s">
+      <c r="G204" t="s">
         <v>1139</v>
       </c>
-      <c r="E204" t="s">
-[...5 lines deleted...]
-      <c r="G204"/>
       <c r="H204" t="s">
-        <v>1142</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D205" t="s">
         <v>1143</v>
       </c>
-      <c r="B205" t="s">
+      <c r="E205" t="s">
         <v>1144</v>
       </c>
-      <c r="C205"/>
-      <c r="D205" t="s">
+      <c r="F205" t="s">
         <v>1145</v>
-      </c>
-[...4 lines deleted...]
-        <v>1147</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>478</v>
+        <v>401</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C206" t="s">
         <v>1148</v>
       </c>
-      <c r="B206" t="s">
+      <c r="D206" t="s">
         <v>1149</v>
       </c>
-      <c r="C206" t="s">
+      <c r="E206" t="s">
         <v>1150</v>
       </c>
-      <c r="D206" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F206"/>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D207" t="s">
         <v>1154</v>
       </c>
-      <c r="B207" t="s">
+      <c r="E207" t="s">
         <v>1155</v>
       </c>
-      <c r="C207" t="s">
+      <c r="F207" t="s">
         <v>1156</v>
       </c>
-      <c r="D207" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G207"/>
+      <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C208"/>
+      <c r="D208" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F208"/>
+      <c r="G208" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H208" t="s">
         <v>1162</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="B209" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="C209"/>
       <c r="D209" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G209"/>
+      <c r="H209" t="s">
         <v>1168</v>
       </c>
-      <c r="E209"/>
-[...4 lines deleted...]
-      <c r="H209"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B210" t="s">
         <v>1170</v>
       </c>
-      <c r="B210" t="s">
+      <c r="C210" t="s">
         <v>1171</v>
       </c>
-      <c r="C210"/>
       <c r="D210" t="s">
-        <v>48</v>
+        <v>1172</v>
       </c>
       <c r="E210" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="F210" t="s">
-        <v>1173</v>
-[...1 lines deleted...]
-      <c r="G210" t="s">
         <v>1174</v>
       </c>
+      <c r="G210"/>
       <c r="H210" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>1175</v>
       </c>
       <c r="B211" t="s">
         <v>1176</v>
       </c>
       <c r="C211" t="s">
         <v>1177</v>
       </c>
       <c r="D211" t="s">
         <v>1178</v>
       </c>
       <c r="E211" t="s">
         <v>1179</v>
       </c>
-      <c r="F211">
-[...2 lines deleted...]
-      <c r="G211" t="s">
+      <c r="F211" t="s">
         <v>1180</v>
       </c>
+      <c r="G211"/>
       <c r="H211" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>1181</v>
       </c>
       <c r="B212" t="s">
         <v>1182</v>
       </c>
       <c r="C212" t="s">
         <v>1183</v>
       </c>
       <c r="D212" t="s">
         <v>1184</v>
       </c>
-      <c r="E212"/>
+      <c r="E212" t="s">
+        <v>1185</v>
+      </c>
       <c r="F212" t="s">
-        <v>1185</v>
-[...4 lines deleted...]
-      </c>
+        <v>1186</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B213" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C213"/>
       <c r="D213" t="s">
-        <v>1188</v>
-[...3 lines deleted...]
-      </c>
+        <v>1190</v>
+      </c>
+      <c r="E213"/>
       <c r="F213" t="s">
-        <v>1190</v>
-[...1 lines deleted...]
-      <c r="G213" t="s">
         <v>1191</v>
       </c>
+      <c r="G213"/>
       <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>1192</v>
       </c>
       <c r="B214" t="s">
         <v>1193</v>
       </c>
-      <c r="C214"/>
+      <c r="C214" t="s">
+        <v>1194</v>
+      </c>
       <c r="D214" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E214" t="s">
-        <v>1195</v>
-[...1 lines deleted...]
-      <c r="F214" t="s">
         <v>1196</v>
       </c>
-      <c r="G214"/>
+      <c r="F214"/>
+      <c r="G214" t="s">
+        <v>1197</v>
+      </c>
       <c r="H214" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B215" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="E215" t="s">
-        <v>1200</v>
-[...1 lines deleted...]
-      <c r="F215" t="s">
         <v>1201</v>
       </c>
-      <c r="G215" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F215"/>
+      <c r="G215"/>
       <c r="H215" t="s">
-        <v>1203</v>
+        <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C216" t="s">
         <v>1204</v>
       </c>
-      <c r="B216" t="s">
+      <c r="D216" t="s">
         <v>1205</v>
       </c>
-      <c r="C216"/>
-      <c r="D216"/>
       <c r="E216" t="s">
         <v>1206</v>
       </c>
-      <c r="F216"/>
+      <c r="F216">
+        <v>6434414044</v>
+      </c>
       <c r="G216" t="s">
         <v>1207</v>
       </c>
       <c r="H216" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>1208</v>
       </c>
       <c r="B217" t="s">
         <v>1209</v>
       </c>
       <c r="C217" t="s">
         <v>1210</v>
       </c>
       <c r="D217" t="s">
         <v>1211</v>
       </c>
-      <c r="E217"/>
+      <c r="E217" t="s">
+        <v>1212</v>
+      </c>
       <c r="F217" t="s">
-        <v>1212</v>
-[...1 lines deleted...]
-      <c r="G217"/>
+        <v>1213</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1214</v>
+      </c>
       <c r="H217" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="B218" t="s">
-        <v>1214</v>
-[...3 lines deleted...]
-      </c>
+        <v>1216</v>
+      </c>
+      <c r="C218"/>
       <c r="D218" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="E218" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1218</v>
+      </c>
+      <c r="F218"/>
       <c r="G218"/>
-      <c r="H218" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B219" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C219"/>
       <c r="D219" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E219" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F219" t="s">
-        <v>1222</v>
-[...1 lines deleted...]
-      <c r="G219" t="s">
         <v>1223</v>
       </c>
+      <c r="G219"/>
       <c r="H219" t="s">
-        <v>1224</v>
+        <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B220" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
       <c r="C220"/>
       <c r="D220" t="s">
-        <v>1194</v>
+        <v>1226</v>
       </c>
       <c r="E220" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="F220" t="s">
-        <v>1196</v>
-[...4 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B221" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="C221"/>
+        <v>1231</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1232</v>
+      </c>
       <c r="D221" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="E221" t="s">
-        <v>1230</v>
-[...1 lines deleted...]
-      <c r="F221"/>
+        <v>1234</v>
+      </c>
+      <c r="F221" t="s">
+        <v>1235</v>
+      </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="B222" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="C222"/>
-      <c r="D222" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D222"/>
+      <c r="E222"/>
       <c r="F222" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B223" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>1240</v>
+      </c>
+      <c r="C223"/>
       <c r="D223" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="E223" t="s">
-        <v>26</v>
+        <v>1242</v>
       </c>
       <c r="F223" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B224" t="s">
-        <v>1242</v>
-[...4 lines deleted...]
-      <c r="D224"/>
+        <v>1245</v>
+      </c>
+      <c r="C224"/>
+      <c r="D224" t="s">
+        <v>816</v>
+      </c>
       <c r="E224" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="F224" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="G224" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="H224" t="s">
-        <v>272</v>
+        <v>22</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="B225" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="C225" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>1251</v>
+      </c>
+      <c r="D225"/>
       <c r="E225" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="F225"/>
+        <v>1252</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1253</v>
+      </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B226" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="C226" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="D226" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="E226" t="s">
-        <v>1256</v>
-[...1 lines deleted...]
-      <c r="F226"/>
+        <v>1258</v>
+      </c>
+      <c r="F226" t="s">
+        <v>1259</v>
+      </c>
       <c r="G226"/>
       <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="B227" t="s">
-        <v>1258</v>
-[...5 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E227"/>
       <c r="F227" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="B228" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
-        <v>825</v>
+        <v>1268</v>
       </c>
       <c r="E228" t="s">
-        <v>950</v>
+        <v>1269</v>
       </c>
       <c r="F228" t="s">
-        <v>951</v>
+        <v>1270</v>
       </c>
       <c r="G228"/>
       <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="B229" t="s">
-        <v>1265</v>
-[...3 lines deleted...]
-      </c>
+        <v>1272</v>
+      </c>
+      <c r="C229"/>
       <c r="D229" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="E229" t="s">
-        <v>1268</v>
-[...1 lines deleted...]
-      <c r="F229"/>
+        <v>1274</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1275</v>
+      </c>
       <c r="G229"/>
-      <c r="H229"/>
+      <c r="H229" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="B230" t="s">
-        <v>1270</v>
-[...1 lines deleted...]
-      <c r="C230"/>
+        <v>1277</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1278</v>
+      </c>
       <c r="D230" t="s">
-        <v>1271</v>
-[...1 lines deleted...]
-      <c r="E230"/>
+        <v>1279</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1280</v>
+      </c>
       <c r="F230" t="s">
-        <v>1272</v>
-[...3 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="G230"/>
       <c r="H230" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>1274</v>
-[...3 lines deleted...]
-      </c>
+        <v>1282</v>
+      </c>
+      <c r="B231"/>
       <c r="C231" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="D231" t="s">
-        <v>1277</v>
-[...3 lines deleted...]
-      </c>
+        <v>1284</v>
+      </c>
+      <c r="E231"/>
       <c r="F231" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="G231"/>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="B232" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="C232"/>
+        <v>1287</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1288</v>
+      </c>
       <c r="D232" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="E232" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="F232" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="G232"/>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="B233" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="C233" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="D233" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="E233"/>
+        <v>1295</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1296</v>
+      </c>
       <c r="F233" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="G233"/>
+        <v>1297</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1298</v>
+      </c>
       <c r="H233" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="B234" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-      <c r="D234"/>
+        <v>1300</v>
+      </c>
+      <c r="C234" t="s">
+        <v>21</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1301</v>
+      </c>
       <c r="E234" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="F234" t="s">
-        <v>482</v>
+        <v>12</v>
       </c>
       <c r="G234"/>
-      <c r="H234"/>
+      <c r="H234" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
       <c r="B235" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="C235" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="D235" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="E235" t="s">
-        <v>1297</v>
-[...2 lines deleted...]
-      <c r="G235"/>
+        <v>1307</v>
+      </c>
+      <c r="F235" t="s">
+        <v>1308</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1309</v>
+      </c>
       <c r="H235" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="B236" t="s">
-        <v>1299</v>
-[...4 lines deleted...]
-      <c r="D236"/>
+        <v>1311</v>
+      </c>
+      <c r="C236"/>
+      <c r="D236" t="s">
+        <v>1312</v>
+      </c>
       <c r="E236" t="s">
-        <v>1301</v>
-[...4 lines deleted...]
-      <c r="G236"/>
+        <v>1313</v>
+      </c>
+      <c r="F236"/>
+      <c r="G236" t="s">
+        <v>1312</v>
+      </c>
       <c r="H236" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>1303</v>
+        <v>1314</v>
       </c>
       <c r="B237" t="s">
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="C237"/>
+        <v>1315</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1316</v>
+      </c>
       <c r="D237" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="E237" t="s">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="F237" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="G237" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="H237" t="s">
-        <v>67</v>
+        <v>401</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="B238" t="s">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="C238"/>
       <c r="D238" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="E238" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="F238" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="G238"/>
-      <c r="H238" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H238"/>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="B239" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="C239" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
       <c r="D239" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="E239" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="F239" t="s">
-        <v>266</v>
+        <v>1331</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="B240" t="s">
-        <v>1321</v>
-[...1 lines deleted...]
-      <c r="C240"/>
+        <v>1333</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1334</v>
+      </c>
       <c r="D240" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="E240" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="F240"/>
       <c r="G240"/>
-      <c r="H240"/>
+      <c r="H240" t="s">
+        <v>1337</v>
+      </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="B241" t="s">
-        <v>1325</v>
-[...9 lines deleted...]
-      <c r="G241"/>
+        <v>1339</v>
+      </c>
+      <c r="C241"/>
+      <c r="D241" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F241">
+        <v>111</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1342</v>
+      </c>
       <c r="H241" t="s">
-        <v>1328</v>
+        <v>41</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="B242" t="s">
-        <v>1330</v>
-[...6 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="C242"/>
+      <c r="D242"/>
       <c r="E242" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="F242"/>
-      <c r="G242"/>
-      <c r="H242"/>
+      <c r="G242" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H242" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="B243" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
       <c r="C243" t="s">
-        <v>1336</v>
-[...2 lines deleted...]
-      <c r="E243"/>
+        <v>1349</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1351</v>
+      </c>
       <c r="F243" t="s">
-        <v>1337</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="G243"/>
       <c r="H243" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="B244" t="s">
-        <v>1340</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="C244"/>
       <c r="D244" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="E244" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="F244" t="s">
-        <v>1344</v>
-[...4 lines deleted...]
-      <c r="H244"/>
+        <v>1357</v>
+      </c>
+      <c r="G244"/>
+      <c r="H244" t="s">
+        <v>1358</v>
+      </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
       <c r="B245" t="s">
-        <v>1346</v>
-[...3 lines deleted...]
-      </c>
+        <v>1360</v>
+      </c>
+      <c r="C245"/>
       <c r="D245" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="E245" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="F245" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>56</v>
+        <v>537</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="B246" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="C246"/>
+        <v>1365</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1366</v>
+      </c>
       <c r="D246" t="s">
-        <v>1353</v>
-[...3 lines deleted...]
-      </c>
+        <v>1367</v>
+      </c>
+      <c r="E246"/>
       <c r="F246" t="s">
-        <v>1355</v>
-[...3 lines deleted...]
-      </c>
+        <v>1368</v>
+      </c>
+      <c r="G246"/>
       <c r="H246" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="B247" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="C247"/>
       <c r="D247" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="E247" t="s">
-        <v>1360</v>
-[...2 lines deleted...]
-      <c r="G247"/>
+        <v>1372</v>
+      </c>
+      <c r="F247" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1374</v>
+      </c>
       <c r="H247" t="s">
-        <v>67</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>1361</v>
+        <v>1376</v>
       </c>
       <c r="B248" t="s">
-        <v>1362</v>
+        <v>1377</v>
       </c>
       <c r="C248" t="s">
-        <v>1363</v>
+        <v>1378</v>
       </c>
       <c r="D248" t="s">
-        <v>1364</v>
+        <v>1379</v>
       </c>
       <c r="E248" t="s">
-        <v>1365</v>
+        <v>1380</v>
       </c>
       <c r="F248" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
       <c r="G248"/>
-      <c r="H248" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>1367</v>
+        <v>1382</v>
       </c>
       <c r="B249" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="E249" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="F249" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="G249"/>
-      <c r="H249"/>
+      <c r="H249" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
       <c r="B250" t="s">
-        <v>1373</v>
-[...3 lines deleted...]
-      </c>
+        <v>1388</v>
+      </c>
+      <c r="C250"/>
       <c r="D250" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="E250" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="F250" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-      <c r="H250"/>
+        <v>1391</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1393</v>
+      </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1378</v>
+        <v>1394</v>
       </c>
       <c r="B251" t="s">
-        <v>1379</v>
+        <v>1395</v>
       </c>
       <c r="C251" t="s">
-        <v>1380</v>
+        <v>1396</v>
       </c>
       <c r="D251" t="s">
-        <v>1381</v>
+        <v>1397</v>
       </c>
       <c r="E251" t="s">
-        <v>1382</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="F251"/>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>453</v>
+        <v>22</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B252" t="s">
-        <v>1385</v>
-[...2 lines deleted...]
-      <c r="D252"/>
+        <v>1400</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1402</v>
+      </c>
       <c r="E252" t="s">
-        <v>1386</v>
-[...7 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G252"/>
+      <c r="H252"/>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
       <c r="B253" t="s">
-        <v>1389</v>
+        <v>1406</v>
       </c>
       <c r="C253"/>
-      <c r="D253" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D253"/>
+      <c r="E253"/>
       <c r="F253" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1393</v>
+        <v>1408</v>
       </c>
       <c r="B254" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="C254"/>
+        <v>1409</v>
+      </c>
+      <c r="C254" t="s">
+        <v>448</v>
+      </c>
       <c r="D254" t="s">
-        <v>1395</v>
+        <v>449</v>
       </c>
       <c r="E254" t="s">
-        <v>1396</v>
-[...1 lines deleted...]
-      <c r="F254"/>
+        <v>450</v>
+      </c>
+      <c r="F254" t="s">
+        <v>451</v>
+      </c>
       <c r="G254"/>
-      <c r="H254"/>
+      <c r="H254" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1397</v>
+        <v>1410</v>
       </c>
       <c r="B255" t="s">
-        <v>1398</v>
+        <v>1411</v>
       </c>
       <c r="C255"/>
       <c r="D255" t="s">
-        <v>1399</v>
+        <v>1412</v>
       </c>
       <c r="E255" t="s">
-        <v>569</v>
+        <v>1413</v>
       </c>
       <c r="F255" t="s">
-        <v>570</v>
+        <v>1414</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>453</v>
+        <v>324</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1400</v>
+        <v>1415</v>
       </c>
       <c r="B256" t="s">
-        <v>1401</v>
+        <v>1416</v>
       </c>
       <c r="C256" t="s">
-        <v>1402</v>
+        <v>1417</v>
       </c>
       <c r="D256" t="s">
-        <v>1403</v>
+        <v>1418</v>
       </c>
       <c r="E256" t="s">
-        <v>1404</v>
+        <v>75</v>
       </c>
       <c r="F256" t="s">
-        <v>1405</v>
+        <v>1419</v>
       </c>
       <c r="G256"/>
-      <c r="H256"/>
+      <c r="H256" t="s">
+        <v>1420</v>
+      </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1406</v>
+        <v>1421</v>
       </c>
       <c r="B257" t="s">
-        <v>1407</v>
+        <v>1422</v>
       </c>
       <c r="C257" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="D257"/>
       <c r="E257" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
       <c r="F257" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
       <c r="G257" t="s">
-        <v>1412</v>
-[...1 lines deleted...]
-      <c r="H257"/>
+        <v>1426</v>
+      </c>
+      <c r="H257" t="s">
+        <v>401</v>
+      </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1413</v>
+        <v>1427</v>
       </c>
       <c r="B258" t="s">
-        <v>1414</v>
+        <v>1428</v>
       </c>
       <c r="C258" t="s">
-        <v>1415</v>
+        <v>1429</v>
       </c>
       <c r="D258" t="s">
-        <v>1416</v>
+        <v>1430</v>
       </c>
       <c r="E258" t="s">
-        <v>1417</v>
+        <v>1431</v>
       </c>
       <c r="F258" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="G258"/>
-      <c r="H258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
       <c r="B259" t="s">
-        <v>1420</v>
-[...1 lines deleted...]
-      <c r="C259"/>
+        <v>1434</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1435</v>
+      </c>
       <c r="D259" t="s">
-        <v>1421</v>
+        <v>1436</v>
       </c>
       <c r="E259" t="s">
-        <v>1422</v>
-[...3 lines deleted...]
-      </c>
+        <v>1437</v>
+      </c>
+      <c r="F259"/>
       <c r="G259"/>
       <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1424</v>
+        <v>1438</v>
       </c>
       <c r="B260" t="s">
-        <v>1425</v>
+        <v>1439</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="s">
-        <v>1426</v>
+        <v>1440</v>
       </c>
       <c r="E260" t="s">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="F260" t="s">
-        <v>1428</v>
+        <v>1442</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>67</v>
+        <v>543</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
       <c r="B261" t="s">
-        <v>1430</v>
-[...3 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="C261"/>
       <c r="D261" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="E261" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="F261" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="G261" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="H261" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="B262" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="C262"/>
+        <v>1451</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1452</v>
+      </c>
       <c r="D262" t="s">
-        <v>1439</v>
+        <v>1453</v>
       </c>
       <c r="E262" t="s">
-        <v>1440</v>
+        <v>1454</v>
       </c>
       <c r="F262" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="G262" t="s">
-        <v>1442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="B263" t="s">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="C263"/>
+        <v>1458</v>
+      </c>
+      <c r="C263" t="s">
+        <v>377</v>
+      </c>
       <c r="D263" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="E263" t="s">
-        <v>1447</v>
+        <v>125</v>
       </c>
       <c r="F263" t="s">
-        <v>1448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1460</v>
+      </c>
+      <c r="G263"/>
       <c r="H263" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="B264" t="s">
-        <v>1451</v>
-[...3 lines deleted...]
-      </c>
+        <v>1462</v>
+      </c>
+      <c r="C264"/>
       <c r="D264" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="E264" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
       <c r="F264" t="s">
-        <v>1455</v>
-[...3 lines deleted...]
-      </c>
+        <v>1465</v>
+      </c>
+      <c r="G264"/>
       <c r="H264" t="s">
-        <v>1457</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="B265" t="s">
-        <v>1459</v>
-[...1 lines deleted...]
-      <c r="C265"/>
+        <v>1468</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1469</v>
+      </c>
       <c r="D265" t="s">
-        <v>1460</v>
+        <v>1470</v>
       </c>
       <c r="E265" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
       <c r="F265" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="G265" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="H265" t="s">
-        <v>67</v>
+        <v>543</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="B266" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="C266" t="s">
-        <v>1466</v>
+        <v>300</v>
       </c>
       <c r="D266" t="s">
-        <v>1467</v>
+        <v>1476</v>
       </c>
       <c r="E266" t="s">
-        <v>1468</v>
+        <v>1477</v>
       </c>
       <c r="F266" t="s">
-        <v>1469</v>
-[...1 lines deleted...]
-      <c r="G266"/>
+        <v>302</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1478</v>
+      </c>
       <c r="H266" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="B267" t="s">
-        <v>1471</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="C267"/>
       <c r="D267" t="s">
-        <v>1473</v>
-[...1 lines deleted...]
-      <c r="E267"/>
+        <v>1481</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1482</v>
+      </c>
       <c r="F267" t="s">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="G267" t="s">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="H267" t="s">
-        <v>1476</v>
+        <v>22</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="B268" t="s">
-        <v>1478</v>
-[...1 lines deleted...]
-      <c r="C268"/>
+        <v>1486</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1487</v>
+      </c>
       <c r="D268" t="s">
-        <v>1479</v>
+        <v>1488</v>
       </c>
       <c r="E268" t="s">
-        <v>1480</v>
+        <v>1489</v>
       </c>
       <c r="F268" t="s">
-        <v>1481</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="G268"/>
       <c r="H268" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="B269" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C269" t="s">
-        <v>1485</v>
+        <v>98</v>
       </c>
       <c r="D269" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="E269" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="F269" t="s">
-        <v>1488</v>
-[...1 lines deleted...]
-      <c r="G269"/>
+        <v>1495</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1496</v>
+      </c>
       <c r="H269" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="B270" t="s">
-        <v>1490</v>
-[...3 lines deleted...]
-      </c>
+        <v>1498</v>
+      </c>
+      <c r="C270"/>
       <c r="D270" t="s">
-        <v>1492</v>
-[...1 lines deleted...]
-      <c r="E270"/>
+        <v>1499</v>
+      </c>
+      <c r="E270" t="s">
+        <v>535</v>
+      </c>
       <c r="F270" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-      <c r="H270"/>
+        <v>536</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H270" t="s">
+        <v>537</v>
+      </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="B271" t="s">
-        <v>1495</v>
-[...3 lines deleted...]
-      </c>
+        <v>1502</v>
+      </c>
+      <c r="C271"/>
       <c r="D271" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="E271" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="F271" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="B272" t="s">
-        <v>1501</v>
-[...3 lines deleted...]
-      </c>
+        <v>1507</v>
+      </c>
+      <c r="C272"/>
       <c r="D272" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="E272" t="s">
-        <v>1504</v>
-[...9 lines deleted...]
-      </c>
+        <v>1509</v>
+      </c>
+      <c r="F272"/>
+      <c r="G272"/>
+      <c r="H272"/>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="B273" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="C273" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="D273" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="E273" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="F273" t="s">
-        <v>1512</v>
-[...1 lines deleted...]
-      <c r="G273"/>
+        <v>1515</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1516</v>
+      </c>
       <c r="H273" t="s">
-        <v>14</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="B274" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="C274" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="D274" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="E274" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="F274" t="s">
-        <v>1518</v>
-[...3 lines deleted...]
-      </c>
+        <v>1523</v>
+      </c>
+      <c r="G274"/>
       <c r="H274" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="B275" t="s">
-        <v>1521</v>
-[...3 lines deleted...]
-      </c>
+        <v>1525</v>
+      </c>
+      <c r="C275"/>
       <c r="D275" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="E275" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="F275" t="s">
-        <v>1525</v>
-[...1 lines deleted...]
-      <c r="G275"/>
+        <v>1528</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1529</v>
+      </c>
       <c r="H275"/>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="B276" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="C276" t="s">
-        <v>1528</v>
-[...2 lines deleted...]
-      <c r="E276"/>
+        <v>1532</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1534</v>
+      </c>
       <c r="F276" t="s">
-        <v>1529</v>
-[...4 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H276"/>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="B277" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="C277"/>
       <c r="D277" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="E277" t="s">
-        <v>1533</v>
-[...3 lines deleted...]
-      </c>
+        <v>1540</v>
+      </c>
+      <c r="F277"/>
       <c r="G277"/>
-      <c r="H277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="B278" t="s">
-        <v>1536</v>
-[...3 lines deleted...]
-      </c>
+        <v>1542</v>
+      </c>
+      <c r="C278"/>
       <c r="D278" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="E278" t="s">
-        <v>1539</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="F278"/>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="B279" t="s">
-        <v>1542</v>
-[...1 lines deleted...]
-      <c r="C279"/>
+        <v>1546</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1547</v>
+      </c>
       <c r="D279" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="E279" t="s">
-        <v>1544</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="F279"/>
       <c r="G279" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="H279" t="s">
-        <v>790</v>
+        <v>22</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B280" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C280" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="D280" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="E280" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="F280" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>1553</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="B281" t="s">
-        <v>1555</v>
-[...3 lines deleted...]
-      </c>
+        <v>1558</v>
+      </c>
+      <c r="C281"/>
       <c r="D281" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1559</v>
+      </c>
+      <c r="E281"/>
       <c r="F281" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="G281" t="s">
-        <v>1560</v>
-[...1 lines deleted...]
-      <c r="H281"/>
+        <v>1561</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1562</v>
+      </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B282" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1564</v>
+      </c>
+      <c r="C282"/>
       <c r="D282" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="E282" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="F282" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="G282" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="H282" t="s">
-        <v>14</v>
+        <v>502</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B283" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C283"/>
       <c r="D283" t="s">
-        <v>1570</v>
+        <v>10</v>
       </c>
       <c r="E283" t="s">
-        <v>1571</v>
+        <v>1302</v>
       </c>
       <c r="F283" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="G283"/>
       <c r="H283" t="s">
-        <v>790</v>
+        <v>41</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D284" t="s">
         <v>1574</v>
       </c>
-      <c r="B284" t="s">
+      <c r="E284" t="s">
         <v>1575</v>
       </c>
-      <c r="C284" t="s">
+      <c r="F284" t="s">
         <v>1576</v>
       </c>
-      <c r="D284" t="s">
+      <c r="G284" t="s">
         <v>1577</v>
       </c>
-      <c r="E284" t="s">
-[...5 lines deleted...]
-      <c r="G284"/>
       <c r="H284" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="B285" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="C285"/>
       <c r="D285" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
       <c r="E285" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F285" t="s">
         <v>1582</v>
       </c>
-      <c r="F285" t="s">
+      <c r="G285" t="s">
         <v>1583</v>
       </c>
-      <c r="G285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H285" t="s">
-        <v>790</v>
+        <v>469</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B286" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="C286"/>
       <c r="D286" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E286" t="s">
         <v>1587</v>
       </c>
-      <c r="E286" t="s">
+      <c r="F286" t="s">
         <v>1588</v>
       </c>
-      <c r="F286" t="s">
+      <c r="G286" t="s">
         <v>1589</v>
       </c>
-      <c r="G286"/>
       <c r="H286" t="s">
-        <v>1590</v>
+        <v>836</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B287" t="s">
         <v>1591</v>
       </c>
-      <c r="B287" t="s">
+      <c r="C287" t="s">
         <v>1592</v>
       </c>
-      <c r="C287" t="s">
+      <c r="D287"/>
+      <c r="E287" t="s">
         <v>1593</v>
       </c>
-      <c r="D287"/>
-      <c r="E287"/>
       <c r="F287" t="s">
         <v>1594</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>272</v>
+        <v>22</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1595</v>
       </c>
       <c r="B288" t="s">
         <v>1596</v>
       </c>
       <c r="C288"/>
       <c r="D288" t="s">
         <v>1597</v>
       </c>
       <c r="E288" t="s">
         <v>1598</v>
       </c>
       <c r="F288" t="s">
         <v>1599</v>
       </c>
       <c r="G288" t="s">
         <v>1600</v>
       </c>
       <c r="H288" t="s">
-        <v>453</v>
+        <v>41</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1601</v>
       </c>
       <c r="B289" t="s">
         <v>1602</v>
       </c>
-      <c r="C289" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C289"/>
       <c r="D289" t="s">
-        <v>1342</v>
+        <v>1603</v>
       </c>
       <c r="E289" t="s">
-        <v>1343</v>
-[...4 lines deleted...]
-      <c r="G289"/>
+        <v>1604</v>
+      </c>
+      <c r="F289"/>
+      <c r="G289" t="s">
+        <v>1605</v>
+      </c>
       <c r="H289" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="B290" t="s">
-        <v>1604</v>
-[...3 lines deleted...]
-      </c>
+        <v>1607</v>
+      </c>
+      <c r="C290"/>
       <c r="D290" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="E290" t="s">
-        <v>1607</v>
-[...1 lines deleted...]
-      <c r="F290"/>
+        <v>1609</v>
+      </c>
+      <c r="F290">
+        <v>221591030</v>
+      </c>
       <c r="G290"/>
-      <c r="H290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B291" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="C291"/>
       <c r="D291" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="E291" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="F291" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="B292" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="C292" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D292" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="E292" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="F292" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B293" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C293" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D293" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="E293" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="F293" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="G293"/>
-      <c r="H293" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="B294" t="s">
-        <v>1627</v>
-[...1 lines deleted...]
-      <c r="C294"/>
+        <v>1628</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1629</v>
+      </c>
       <c r="D294" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="E294" t="s">
-        <v>1629</v>
-[...7 lines deleted...]
-      <c r="H294" t="s">
         <v>1631</v>
       </c>
+      <c r="F294"/>
+      <c r="G294"/>
+      <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>1632</v>
       </c>
       <c r="B295" t="s">
         <v>1633</v>
       </c>
       <c r="C295" t="s">
         <v>1634</v>
       </c>
-      <c r="D295" t="s">
+      <c r="D295"/>
+      <c r="E295" t="s">
         <v>1635</v>
       </c>
-      <c r="E295" t="s">
+      <c r="F295"/>
+      <c r="G295" t="s">
         <v>1636</v>
       </c>
-      <c r="F295" t="s">
-[...3 lines deleted...]
-      <c r="H295"/>
+      <c r="H295" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B296" t="s">
         <v>1638</v>
-      </c>
-[...1 lines deleted...]
-        <v>1639</v>
       </c>
       <c r="C296"/>
       <c r="D296" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E296"/>
+      <c r="F296" t="s">
         <v>1640</v>
       </c>
-      <c r="E296" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="G296"/>
       <c r="H296" t="s">
-        <v>1553</v>
+        <v>41</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C297" t="s">
         <v>1643</v>
       </c>
-      <c r="B297" t="s">
+      <c r="D297" t="s">
         <v>1644</v>
       </c>
-      <c r="C297"/>
-      <c r="D297" t="s">
+      <c r="E297" t="s">
         <v>1645</v>
-      </c>
-[...1 lines deleted...]
-        <v>1646</v>
       </c>
       <c r="F297"/>
       <c r="G297"/>
-      <c r="H297"/>
+      <c r="H297" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B298" t="s">
         <v>1647</v>
       </c>
-      <c r="B298" t="s">
+      <c r="C298" t="s">
         <v>1648</v>
-      </c>
-[...1 lines deleted...]
-        <v>1649</v>
       </c>
       <c r="D298" t="s">
         <v>1649</v>
       </c>
       <c r="E298" t="s">
         <v>1650</v>
       </c>
       <c r="F298" t="s">
-        <v>1512</v>
-[...2 lines deleted...]
-      <c r="H298"/>
+        <v>1651</v>
+      </c>
+      <c r="G298" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H298" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B299" t="s">
-        <v>1652</v>
-[...1 lines deleted...]
-      <c r="C299"/>
+        <v>1654</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1278</v>
+      </c>
       <c r="D299" t="s">
-        <v>1653</v>
+        <v>1279</v>
       </c>
       <c r="E299" t="s">
-        <v>1654</v>
+        <v>1280</v>
       </c>
       <c r="F299" t="s">
         <v>1655</v>
       </c>
       <c r="G299" t="s">
         <v>1656</v>
       </c>
-      <c r="H299"/>
+      <c r="H299" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>1657</v>
       </c>
       <c r="B300" t="s">
         <v>1658</v>
       </c>
       <c r="C300" t="s">
         <v>1659</v>
       </c>
       <c r="D300" t="s">
         <v>1660</v>
       </c>
       <c r="E300" t="s">
         <v>1661</v>
       </c>
-      <c r="F300" t="s">
+      <c r="F300"/>
+      <c r="G300"/>
+      <c r="H300" t="s">
         <v>1662</v>
       </c>
-      <c r="G300"/>
-      <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1663</v>
       </c>
       <c r="B301" t="s">
         <v>1664</v>
       </c>
-      <c r="C301" t="s">
-[...2 lines deleted...]
-      <c r="D301"/>
+      <c r="C301"/>
+      <c r="D301" t="s">
+        <v>1665</v>
+      </c>
       <c r="E301" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="F301" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="G301"/>
-      <c r="H301"/>
+      <c r="H301" t="s">
+        <v>1668</v>
+      </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="B302" t="s">
-        <v>618</v>
+        <v>1670</v>
       </c>
       <c r="C302" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="D302" t="s">
-        <v>1669</v>
-[...1 lines deleted...]
-      <c r="E302"/>
+        <v>1672</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1673</v>
+      </c>
       <c r="F302" t="s">
-        <v>1670</v>
-[...1 lines deleted...]
-      <c r="G302"/>
+        <v>1674</v>
+      </c>
+      <c r="G302" t="s">
+        <v>1675</v>
+      </c>
       <c r="H302" t="s">
-        <v>179</v>
+        <v>576</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="B303" t="s">
-        <v>1672</v>
-[...4 lines deleted...]
-      </c>
+        <v>1677</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D303"/>
       <c r="E303" t="s">
-        <v>1674</v>
-[...1 lines deleted...]
-      <c r="F303"/>
+        <v>1679</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1680</v>
+      </c>
       <c r="G303"/>
-      <c r="H303"/>
+      <c r="H303" t="s">
+        <v>1681</v>
+      </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="B304" t="s">
-        <v>1676</v>
-[...1 lines deleted...]
-      <c r="C304"/>
+        <v>1683</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1684</v>
+      </c>
       <c r="D304" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="E304" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="F304" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="G304" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="H304" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="B305" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="C305" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="D305" t="s">
-        <v>1683</v>
+        <v>1692</v>
       </c>
       <c r="E305" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-      <c r="G305"/>
+        <v>1693</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G305" t="s">
+        <v>1695</v>
+      </c>
       <c r="H305" t="s">
-        <v>21</v>
+        <v>222</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="B306" t="s">
-        <v>1686</v>
-[...4 lines deleted...]
-      <c r="D306"/>
+        <v>1697</v>
+      </c>
+      <c r="C306"/>
+      <c r="D306" t="s">
+        <v>1698</v>
+      </c>
       <c r="E306" t="s">
-        <v>1688</v>
-[...1 lines deleted...]
-      <c r="F306"/>
+        <v>1699</v>
+      </c>
+      <c r="F306" t="s">
+        <v>1700</v>
+      </c>
       <c r="G306"/>
-      <c r="H306"/>
+      <c r="H306" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="B307" t="s">
-        <v>1690</v>
-[...1 lines deleted...]
-      <c r="C307"/>
+        <v>1702</v>
+      </c>
+      <c r="C307" t="s">
+        <v>377</v>
+      </c>
       <c r="D307" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="E307" t="s">
-        <v>1692</v>
-[...6 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G307"/>
       <c r="H307" t="s">
-        <v>14</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="B308" t="s">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>1706</v>
+      </c>
+      <c r="C308"/>
       <c r="D308" t="s">
-        <v>544</v>
+        <v>1707</v>
       </c>
       <c r="E308" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="F308" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="G308"/>
-      <c r="H308"/>
+      <c r="H308" t="s">
+        <v>1710</v>
+      </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1698</v>
+        <v>1711</v>
       </c>
       <c r="B309" t="s">
-        <v>1699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1712</v>
+      </c>
+      <c r="C309"/>
       <c r="D309" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="E309" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
       <c r="F309" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>138</v>
+        <v>1717</v>
       </c>
       <c r="B310" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
       <c r="C310" t="s">
-        <v>140</v>
+        <v>1719</v>
       </c>
       <c r="D310" t="s">
-        <v>1706</v>
+        <v>1720</v>
       </c>
       <c r="E310" t="s">
-        <v>142</v>
+        <v>1721</v>
       </c>
       <c r="F310" t="s">
-        <v>1707</v>
-[...6 lines deleted...]
-      </c>
+        <v>1722</v>
+      </c>
+      <c r="G310"/>
+      <c r="H310"/>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1709</v>
+        <v>1723</v>
       </c>
       <c r="B311" t="s">
-        <v>1710</v>
-[...3 lines deleted...]
-      </c>
+        <v>1724</v>
+      </c>
+      <c r="C311"/>
       <c r="D311" t="s">
-        <v>1712</v>
+        <v>1725</v>
       </c>
       <c r="E311" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="F311"/>
+        <v>1726</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1727</v>
+      </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1714</v>
+        <v>1728</v>
       </c>
       <c r="B312" t="s">
-        <v>1715</v>
+        <v>1729</v>
       </c>
       <c r="C312" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="D312" t="s">
-        <v>1717</v>
+        <v>1731</v>
       </c>
       <c r="E312" t="s">
-        <v>1718</v>
+        <v>1732</v>
       </c>
       <c r="F312" t="s">
-        <v>1719</v>
+        <v>1733</v>
       </c>
       <c r="G312"/>
       <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1720</v>
+        <v>1734</v>
       </c>
       <c r="B313" t="s">
-        <v>1721</v>
-[...3 lines deleted...]
-      </c>
+        <v>1735</v>
+      </c>
+      <c r="C313"/>
       <c r="D313" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="E313"/>
+        <v>1736</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1737</v>
+      </c>
       <c r="F313" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>1725</v>
+        <v>22</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1726</v>
+        <v>1739</v>
       </c>
       <c r="B314" t="s">
-        <v>1727</v>
-[...3 lines deleted...]
-      </c>
+        <v>1740</v>
+      </c>
+      <c r="C314"/>
       <c r="D314" t="s">
-        <v>1729</v>
-[...3 lines deleted...]
-      </c>
+        <v>1741</v>
+      </c>
+      <c r="E314"/>
       <c r="F314" t="s">
-        <v>1731</v>
+        <v>1742</v>
       </c>
       <c r="G314" t="s">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="H314"/>
+        <v>1743</v>
+      </c>
+      <c r="H314" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1733</v>
+        <v>1744</v>
       </c>
       <c r="B315" t="s">
-        <v>1734</v>
-[...3 lines deleted...]
-      </c>
+        <v>1745</v>
+      </c>
+      <c r="C315"/>
       <c r="D315" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="E315" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="F315" t="s">
-        <v>1738</v>
-[...3 lines deleted...]
-      </c>
+        <v>1748</v>
+      </c>
+      <c r="G315"/>
       <c r="H315" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
       <c r="B316" t="s">
-        <v>1741</v>
-[...3 lines deleted...]
-      </c>
+        <v>1750</v>
+      </c>
+      <c r="C316"/>
       <c r="D316" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="E316" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="F316" t="s">
-        <v>1745</v>
-[...4 lines deleted...]
-      </c>
+        <v>1753</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H316"/>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="B317" t="s">
-        <v>1747</v>
-[...3 lines deleted...]
-      </c>
+        <v>1756</v>
+      </c>
+      <c r="C317"/>
       <c r="D317" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="E317"/>
+        <v>1757</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1758</v>
+      </c>
       <c r="F317" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="G317" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="H317"/>
+        <v>1760</v>
+      </c>
+      <c r="H317" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1750</v>
+        <v>1761</v>
       </c>
       <c r="B318" t="s">
-        <v>1751</v>
-[...3 lines deleted...]
-      </c>
+        <v>1762</v>
+      </c>
+      <c r="C318"/>
       <c r="D318" t="s">
-        <v>1753</v>
-[...2 lines deleted...]
-      <c r="F318"/>
+        <v>1763</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1765</v>
+      </c>
       <c r="G318"/>
-      <c r="H318"/>
+      <c r="H318" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="B319" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
       <c r="C319"/>
       <c r="D319" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="E319" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="F319" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="B320" t="s">
-        <v>1760</v>
-[...4 lines deleted...]
-      </c>
+        <v>1772</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D320"/>
       <c r="E320" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="F320" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>478</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1764</v>
+        <v>1777</v>
       </c>
       <c r="B321" t="s">
-        <v>1765</v>
+        <v>1778</v>
       </c>
       <c r="C321" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="D321" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="E321" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="F321" t="s">
-        <v>1769</v>
-[...3 lines deleted...]
-      </c>
+        <v>1782</v>
+      </c>
+      <c r="G321"/>
       <c r="H321" t="s">
-        <v>1771</v>
+        <v>41</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1772</v>
+        <v>1783</v>
       </c>
       <c r="B322" t="s">
-        <v>1773</v>
-[...18 lines deleted...]
-      </c>
+        <v>1784</v>
+      </c>
+      <c r="C322"/>
+      <c r="D322"/>
+      <c r="E322"/>
+      <c r="F322"/>
+      <c r="G322"/>
+      <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="B323" t="s">
-        <v>1779</v>
+        <v>1786</v>
       </c>
       <c r="C323" t="s">
-        <v>1780</v>
+        <v>1787</v>
       </c>
       <c r="D323" t="s">
-        <v>1781</v>
-[...3 lines deleted...]
-      </c>
+        <v>1788</v>
+      </c>
+      <c r="E323"/>
       <c r="F323" t="s">
-        <v>1783</v>
-[...3 lines deleted...]
-      </c>
+        <v>1789</v>
+      </c>
+      <c r="G323"/>
       <c r="H323" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="B324" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="C324" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="D324" t="s">
-        <v>1788</v>
-[...3 lines deleted...]
-      </c>
+        <v>1793</v>
+      </c>
+      <c r="E324"/>
       <c r="F324" t="s">
-        <v>1790</v>
-[...4 lines deleted...]
-      <c r="H324"/>
+        <v>1794</v>
+      </c>
+      <c r="G324"/>
+      <c r="H324" t="s">
+        <v>1168</v>
+      </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="B325" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="C325" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="D325" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="E325" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="F325" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="G325"/>
-      <c r="H325" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H325"/>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="B326" t="s">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>1802</v>
+      </c>
+      <c r="C326"/>
       <c r="D326" t="s">
-        <v>898</v>
+        <v>1803</v>
       </c>
       <c r="E326" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="F326" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="G326"/>
-      <c r="H326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="B327" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="C327"/>
       <c r="D327" t="s">
-        <v>1806</v>
-[...3 lines deleted...]
-      </c>
+        <v>1808</v>
+      </c>
+      <c r="E327"/>
       <c r="F327" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>67</v>
+        <v>324</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="B328" t="s">
-        <v>1810</v>
-[...1 lines deleted...]
-      <c r="C328" t="s">
         <v>1811</v>
       </c>
-      <c r="D328" t="s">
+      <c r="C328"/>
+      <c r="D328"/>
+      <c r="E328" t="s">
         <v>1812</v>
       </c>
-      <c r="E328" t="s">
+      <c r="F328" t="s">
         <v>1813</v>
       </c>
-      <c r="F328" t="s">
+      <c r="G328"/>
+      <c r="H328" t="s">
         <v>1814</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B329" t="s">
         <v>1816</v>
       </c>
-      <c r="B329" t="s">
+      <c r="C329"/>
+      <c r="D329" t="s">
         <v>1817</v>
       </c>
-      <c r="C329" t="s">
+      <c r="E329" t="s">
         <v>1818</v>
       </c>
-      <c r="D329" t="s">
+      <c r="F329" t="s">
         <v>1819</v>
       </c>
-      <c r="E329" t="s">
+      <c r="G329" t="s">
         <v>1820</v>
       </c>
-      <c r="F329" t="s">
-[...5 lines deleted...]
-      <c r="H329"/>
+      <c r="H329" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C330"/>
+      <c r="D330" t="s">
         <v>1823</v>
       </c>
-      <c r="B330" t="s">
+      <c r="E330" t="s">
         <v>1824</v>
       </c>
-      <c r="C330" t="s">
+      <c r="F330" t="s">
         <v>1825</v>
       </c>
-      <c r="D330" t="s">
+      <c r="G330" t="s">
         <v>1826</v>
       </c>
-      <c r="E330" t="s">
+      <c r="H330" t="s">
         <v>1827</v>
-      </c>
-[...5 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
       <c r="B331" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="C331"/>
       <c r="D331" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F331"/>
+      <c r="G331" t="s">
         <v>1832</v>
       </c>
-      <c r="E331" t="s">
+      <c r="H331" t="s">
         <v>1833</v>
       </c>
-      <c r="F331"/>
-[...1 lines deleted...]
-      <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>1834</v>
       </c>
       <c r="B332" t="s">
         <v>1835</v>
       </c>
-      <c r="C332"/>
+      <c r="C332" t="s">
+        <v>1836</v>
+      </c>
       <c r="D332" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="E332" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="F332" t="s">
-        <v>1838</v>
-[...4 lines deleted...]
-      </c>
+        <v>1839</v>
+      </c>
+      <c r="G332" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="B333" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="C333"/>
-      <c r="D333" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
-        <v>1842</v>
-[...2 lines deleted...]
-      <c r="G333" t="s">
         <v>1843</v>
       </c>
-      <c r="H333"/>
+      <c r="F333" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G333"/>
+      <c r="H333" t="s">
+        <v>1845</v>
+      </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B334" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C334" t="s">
-        <v>1846</v>
-[...3 lines deleted...]
-      </c>
+        <v>1848</v>
+      </c>
+      <c r="D334"/>
       <c r="E334" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="F334" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="G334"/>
       <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="B335" t="s">
-        <v>1851</v>
-[...1 lines deleted...]
-      <c r="C335"/>
+        <v>1852</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1853</v>
+      </c>
       <c r="D335" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="E335" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="F335" t="s">
-        <v>1854</v>
-[...3 lines deleted...]
-      </c>
+        <v>1856</v>
+      </c>
+      <c r="G335"/>
       <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="B336" t="s">
-        <v>1857</v>
-[...1 lines deleted...]
-      <c r="C336"/>
+        <v>1858</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1859</v>
+      </c>
       <c r="D336" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="E336" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="F336" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="B337" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="C337" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="D337" t="s">
-        <v>1864</v>
-[...3 lines deleted...]
-      </c>
+        <v>1866</v>
+      </c>
+      <c r="E337"/>
       <c r="F337" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="G337"/>
-      <c r="H337"/>
+      <c r="H337" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="B338" t="s">
-        <v>1868</v>
-[...1 lines deleted...]
-      <c r="C338" t="s">
         <v>1869</v>
       </c>
+      <c r="C338"/>
       <c r="D338" t="s">
         <v>1870</v>
       </c>
       <c r="E338" t="s">
         <v>1871</v>
       </c>
       <c r="F338"/>
-      <c r="G338"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G338" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B339" t="s">
-        <v>1873</v>
-[...1 lines deleted...]
-      <c r="C339" t="s">
         <v>1874</v>
       </c>
+      <c r="C339"/>
       <c r="D339" t="s">
         <v>1875</v>
       </c>
       <c r="E339" t="s">
         <v>1876</v>
       </c>
       <c r="F339" t="s">
         <v>1877</v>
       </c>
-      <c r="G339"/>
+      <c r="G339" t="s">
+        <v>1878</v>
+      </c>
       <c r="H339" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="B340" t="s">
-        <v>1879</v>
-[...1 lines deleted...]
-      <c r="C340" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C340"/>
+      <c r="D340" t="s">
         <v>1880</v>
       </c>
-      <c r="D340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E340" t="s">
+        <v>125</v>
+      </c>
+      <c r="F340" t="s">
         <v>1881</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G340"/>
       <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1882</v>
       </c>
       <c r="B341" t="s">
         <v>1883</v>
       </c>
       <c r="C341" t="s">
         <v>1884</v>
       </c>
       <c r="D341" t="s">
         <v>1885</v>
       </c>
-      <c r="E341" t="s">
+      <c r="E341"/>
+      <c r="F341" t="s">
         <v>1886</v>
       </c>
-      <c r="F341" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G341"/>
+      <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C342" t="s">
         <v>1889</v>
       </c>
-      <c r="B342" t="s">
-[...2 lines deleted...]
-      <c r="C342"/>
       <c r="D342" t="s">
         <v>1890</v>
       </c>
       <c r="E342" t="s">
-        <v>26</v>
+        <v>1891</v>
       </c>
       <c r="F342" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="G342"/>
-      <c r="H342"/>
+      <c r="H342" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="B343" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="C343" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="D343" t="s">
         <v>1895</v>
       </c>
-      <c r="E343"/>
+      <c r="E343" t="s">
+        <v>1896</v>
+      </c>
       <c r="F343" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="G343"/>
       <c r="H343"/>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="B344" t="s">
-        <v>1898</v>
-[...1 lines deleted...]
-      <c r="C344"/>
+        <v>1899</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1900</v>
+      </c>
       <c r="D344" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="E344" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="F344" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>1902</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B345" t="s">
-        <v>1904</v>
-[...1 lines deleted...]
-      <c r="C345"/>
+        <v>1905</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1906</v>
+      </c>
       <c r="D345" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="E345" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="F345" t="s">
-        <v>1907</v>
-[...3 lines deleted...]
-      </c>
+        <v>1909</v>
+      </c>
+      <c r="G345"/>
       <c r="H345" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B346" t="s">
-        <v>1193</v>
-[...3 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="C346"/>
       <c r="D346" t="s">
-        <v>1194</v>
+        <v>1912</v>
       </c>
       <c r="E346" t="s">
-        <v>1195</v>
+        <v>1913</v>
       </c>
       <c r="F346" t="s">
-        <v>1196</v>
+        <v>1914</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>67</v>
+        <v>513</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="B347" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="C347" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="D347" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="E347" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="F347" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>122</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="B348" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
       <c r="C348" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="D348" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="E348" t="s">
-        <v>1920</v>
-[...3 lines deleted...]
-      <c r="H348"/>
+        <v>1926</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H348" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="B349" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="C349" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="D349" t="s">
-        <v>1924</v>
-[...3 lines deleted...]
-      </c>
+        <v>1932</v>
+      </c>
+      <c r="E349"/>
       <c r="F349" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="G349" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="H349" t="s">
-        <v>14</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="B350" t="s">
-        <v>1929</v>
-[...3 lines deleted...]
-      </c>
+        <v>1937</v>
+      </c>
+      <c r="C350"/>
       <c r="D350" t="s">
-        <v>1931</v>
+        <v>1938</v>
       </c>
       <c r="E350" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="F350" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-      <c r="H350"/>
+        <v>1940</v>
+      </c>
+      <c r="G350" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H350" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="B351" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="C351"/>
       <c r="D351" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="E351" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="F351"/>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="B352" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="C352" t="s">
-        <v>1940</v>
-[...1 lines deleted...]
-      <c r="D352"/>
+        <v>1948</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1949</v>
+      </c>
       <c r="E352" t="s">
-        <v>1941</v>
-[...3 lines deleted...]
-      </c>
+        <v>1950</v>
+      </c>
+      <c r="F352"/>
       <c r="G352"/>
-      <c r="H352"/>
+      <c r="H352" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="B353" t="s">
-        <v>1944</v>
-[...3 lines deleted...]
-      </c>
+        <v>1952</v>
+      </c>
+      <c r="C353"/>
       <c r="D353" t="s">
-        <v>1743</v>
+        <v>1953</v>
       </c>
       <c r="E353" t="s">
-        <v>1744</v>
+        <v>1954</v>
       </c>
       <c r="F353" t="s">
-        <v>1945</v>
+        <v>1955</v>
       </c>
       <c r="G353" t="s">
-        <v>1946</v>
-[...3 lines deleted...]
-      </c>
+        <v>1956</v>
+      </c>
+      <c r="H353"/>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1947</v>
+        <v>1957</v>
       </c>
       <c r="B354" t="s">
-        <v>1948</v>
-[...3 lines deleted...]
-      </c>
+        <v>1958</v>
+      </c>
+      <c r="C354"/>
       <c r="D354" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="E354" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="F354" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="G354"/>
-      <c r="H354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="B355" t="s">
-        <v>1954</v>
-[...1 lines deleted...]
-      <c r="C355"/>
+        <v>1963</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1964</v>
+      </c>
       <c r="D355" t="s">
-        <v>1955</v>
+        <v>1965</v>
       </c>
       <c r="E355" t="s">
-        <v>1956</v>
+        <v>1966</v>
       </c>
       <c r="F355" t="s">
-        <v>1957</v>
+        <v>1967</v>
       </c>
       <c r="G355"/>
-      <c r="H355"/>
+      <c r="H355" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1958</v>
+        <v>1968</v>
       </c>
       <c r="B356" t="s">
-        <v>1959</v>
+        <v>1969</v>
       </c>
       <c r="C356" t="s">
-        <v>1960</v>
-[...6 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D356"/>
+      <c r="E356"/>
       <c r="F356" t="s">
-        <v>1963</v>
-[...4 lines deleted...]
-      <c r="H356"/>
+        <v>1971</v>
+      </c>
+      <c r="G356"/>
+      <c r="H356" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1965</v>
+        <v>1972</v>
       </c>
       <c r="B357" t="s">
-        <v>1966</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="C357"/>
       <c r="D357" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="E357" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="F357" t="s">
-        <v>1970</v>
-[...1 lines deleted...]
-      <c r="G357"/>
+        <v>1976</v>
+      </c>
+      <c r="G357" t="s">
+        <v>1977</v>
+      </c>
       <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B358" t="s">
-        <v>1972</v>
-[...6 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="C358"/>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="F358"/>
-      <c r="G358"/>
+      <c r="G358" t="s">
+        <v>1981</v>
+      </c>
       <c r="H358" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="B359" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="C359" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="D359" t="s">
-        <v>1979</v>
+        <v>999</v>
       </c>
       <c r="E359" t="s">
-        <v>1980</v>
+        <v>1000</v>
       </c>
       <c r="F359" t="s">
-        <v>1981</v>
-[...6 lines deleted...]
-      </c>
+        <v>1985</v>
+      </c>
+      <c r="G359"/>
+      <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B360" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C360"/>
-      <c r="D360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D360"/>
       <c r="E360" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="F360" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>179</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B361" t="s">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="C361"/>
+        <v>1992</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1993</v>
+      </c>
       <c r="D361" t="s">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E361" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="F361" t="s">
-        <v>1992</v>
-[...2 lines deleted...]
-      <c r="H361"/>
+        <v>1996</v>
+      </c>
+      <c r="G361" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1998</v>
+      </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="B362" t="s">
-        <v>1994</v>
-[...1 lines deleted...]
-      <c r="C362"/>
+        <v>2000</v>
+      </c>
+      <c r="C362" t="s">
+        <v>2001</v>
+      </c>
       <c r="D362" t="s">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="E362" t="s">
-        <v>1996</v>
+        <v>1645</v>
       </c>
       <c r="F362" t="s">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="G362"/>
       <c r="H362" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="B363" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C363" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="D363" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E363" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F363" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="G363"/>
-      <c r="H363"/>
+      <c r="H363" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="B364" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C364" t="s">
-        <v>2007</v>
-[...2 lines deleted...]
-      <c r="E364"/>
+        <v>2012</v>
+      </c>
+      <c r="D364" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E364" t="s">
+        <v>2014</v>
+      </c>
       <c r="F364" t="s">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="G364" t="s">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="B365" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="C365" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="D365" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="E365" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="F365"/>
       <c r="G365"/>
-      <c r="H365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B366" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="C366" t="s">
-        <v>311</v>
+        <v>2023</v>
       </c>
       <c r="D366" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E366" t="s">
-        <v>26</v>
+        <v>2025</v>
       </c>
       <c r="F366" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="G366"/>
-      <c r="H366" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="B367" t="s">
-        <v>2021</v>
-[...6 lines deleted...]
-      </c>
+        <v>2028</v>
+      </c>
+      <c r="C367"/>
+      <c r="D367"/>
       <c r="E367" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="F367" t="s">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="G367"/>
+        <v>2030</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2031</v>
+      </c>
       <c r="H367" t="s">
-        <v>67</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="B368" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="C368" t="s">
-        <v>2028</v>
-[...1 lines deleted...]
-      <c r="D368"/>
+        <v>1984</v>
+      </c>
+      <c r="D368" t="s">
+        <v>2034</v>
+      </c>
       <c r="E368" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="F368" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="G368"/>
-      <c r="H368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H368"/>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="B369" t="s">
-        <v>2032</v>
-[...1 lines deleted...]
-      <c r="C369"/>
+        <v>2038</v>
+      </c>
+      <c r="C369" t="s">
+        <v>2039</v>
+      </c>
       <c r="D369" t="s">
-        <v>2033</v>
+        <v>596</v>
       </c>
       <c r="E369" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="F369" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="G369"/>
-      <c r="H369"/>
+      <c r="H369" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="B370" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="C370" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="D370" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="E370"/>
-      <c r="F370"/>
+      <c r="F370" t="s">
+        <v>2046</v>
+      </c>
       <c r="G370"/>
-      <c r="H370" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>2040</v>
+        <v>2047</v>
       </c>
       <c r="B371" t="s">
-        <v>2041</v>
+        <v>2048</v>
       </c>
       <c r="C371" t="s">
-        <v>2042</v>
+        <v>2049</v>
       </c>
       <c r="D371" t="s">
-        <v>1003</v>
+        <v>2050</v>
       </c>
       <c r="E371" t="s">
-        <v>1004</v>
+        <v>2051</v>
       </c>
       <c r="F371" t="s">
-        <v>1005</v>
-[...1 lines deleted...]
-      <c r="G371"/>
+        <v>2052</v>
+      </c>
+      <c r="G371" t="s">
+        <v>2053</v>
+      </c>
       <c r="H371" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="B372" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="C372" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="D372" t="s">
-        <v>2046</v>
-[...3 lines deleted...]
-      </c>
+        <v>2057</v>
+      </c>
+      <c r="E372"/>
       <c r="F372" t="s">
-        <v>2048</v>
+        <v>2058</v>
       </c>
       <c r="G372"/>
       <c r="H372"/>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>2049</v>
+        <v>2059</v>
       </c>
       <c r="B373" t="s">
-        <v>2050</v>
+        <v>2060</v>
       </c>
       <c r="C373" t="s">
-        <v>2051</v>
-[...3 lines deleted...]
-      </c>
+        <v>2061</v>
+      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="F373" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="B374" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="C374" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="D374" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
       <c r="E374" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
       <c r="F374" t="s">
-        <v>2060</v>
+        <v>2069</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>2061</v>
+        <v>2070</v>
       </c>
       <c r="B375" t="s">
-        <v>2062</v>
-[...3 lines deleted...]
-      </c>
+        <v>2071</v>
+      </c>
+      <c r="C375"/>
       <c r="D375" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="E375" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="F375" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>67</v>
+        <v>836</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="B376" t="s">
-        <v>2068</v>
-[...3 lines deleted...]
-      </c>
+        <v>2076</v>
+      </c>
+      <c r="C376"/>
       <c r="D376" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="E376" t="s">
-        <v>2071</v>
-[...3 lines deleted...]
-      </c>
+        <v>2078</v>
+      </c>
+      <c r="F376"/>
       <c r="G376"/>
-      <c r="H376" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H376"/>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>2072</v>
+        <v>2079</v>
       </c>
       <c r="B377" t="s">
-        <v>2073</v>
-[...1 lines deleted...]
-      <c r="C377"/>
+        <v>2080</v>
+      </c>
+      <c r="C377" t="s">
+        <v>2081</v>
+      </c>
       <c r="D377" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="E377" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="F377" t="s">
-        <v>2076</v>
+        <v>1765</v>
       </c>
       <c r="G377"/>
-      <c r="H377"/>
+      <c r="H377" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B378" t="s">
-        <v>2078</v>
-[...1 lines deleted...]
-      <c r="C378"/>
+        <v>2085</v>
+      </c>
+      <c r="C378" t="s">
+        <v>2086</v>
+      </c>
       <c r="D378" t="s">
-        <v>2079</v>
-[...3 lines deleted...]
-      </c>
+        <v>2087</v>
+      </c>
+      <c r="E378"/>
       <c r="F378" t="s">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>2088</v>
+      </c>
+      <c r="G378"/>
       <c r="H378" t="s">
-        <v>122</v>
+        <v>324</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="B379" t="s">
-        <v>2084</v>
-[...3 lines deleted...]
-      </c>
+        <v>2090</v>
+      </c>
+      <c r="C379"/>
       <c r="D379" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="E379" t="s">
-        <v>2087</v>
-[...1 lines deleted...]
-      <c r="F379"/>
+        <v>2092</v>
+      </c>
+      <c r="F379" t="s">
+        <v>2093</v>
+      </c>
       <c r="G379" t="s">
-        <v>2088</v>
+        <v>2094</v>
       </c>
       <c r="H379" t="s">
-        <v>67</v>
+        <v>537</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>2089</v>
+        <v>2095</v>
       </c>
       <c r="B380" t="s">
-        <v>2090</v>
-[...3 lines deleted...]
-      </c>
+        <v>2096</v>
+      </c>
+      <c r="C380"/>
       <c r="D380" t="s">
-        <v>2092</v>
+        <v>2097</v>
       </c>
       <c r="E380" t="s">
-        <v>2093</v>
+        <v>2098</v>
       </c>
       <c r="F380" t="s">
-        <v>2094</v>
+        <v>2099</v>
       </c>
       <c r="G380"/>
-      <c r="H380"/>
+      <c r="H380" t="s">
+        <v>2100</v>
+      </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
       <c r="B381" t="s">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="C381"/>
+        <v>2102</v>
+      </c>
+      <c r="C381" t="s">
+        <v>2103</v>
+      </c>
       <c r="D381" t="s">
-        <v>2097</v>
+        <v>2104</v>
       </c>
       <c r="E381" t="s">
-        <v>2098</v>
+        <v>2105</v>
       </c>
       <c r="F381" t="s">
-        <v>266</v>
-[...4 lines deleted...]
-      </c>
+        <v>2106</v>
+      </c>
+      <c r="G381" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>2099</v>
+        <v>2108</v>
       </c>
       <c r="B382" t="s">
-        <v>2100</v>
+        <v>2109</v>
       </c>
       <c r="C382" t="s">
-        <v>2101</v>
+        <v>2110</v>
       </c>
       <c r="D382" t="s">
-        <v>2102</v>
+        <v>840</v>
       </c>
       <c r="E382" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="F382" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="G382"/>
       <c r="H382" t="s">
-        <v>14</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>2105</v>
+        <v>2114</v>
       </c>
       <c r="B383" t="s">
-        <v>2106</v>
+        <v>2115</v>
       </c>
       <c r="C383" t="s">
-        <v>2107</v>
+        <v>2116</v>
       </c>
       <c r="D383" t="s">
-        <v>2108</v>
+        <v>1798</v>
       </c>
       <c r="E383" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="F383" t="s">
-        <v>2110</v>
+        <v>1800</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>90</v>
+        <v>513</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>2111</v>
+        <v>2118</v>
       </c>
       <c r="B384" t="s">
-        <v>2112</v>
-[...4 lines deleted...]
-      <c r="D384"/>
+        <v>2119</v>
+      </c>
+      <c r="C384"/>
+      <c r="D384" t="s">
+        <v>2120</v>
+      </c>
       <c r="E384" t="s">
-        <v>2114</v>
+        <v>2121</v>
       </c>
       <c r="F384" t="s">
-        <v>2115</v>
-[...1 lines deleted...]
-      <c r="G384"/>
+        <v>2122</v>
+      </c>
+      <c r="G384" t="s">
+        <v>2123</v>
+      </c>
       <c r="H384" t="s">
-        <v>14</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>2116</v>
+        <v>2125</v>
       </c>
       <c r="B385" t="s">
-        <v>2117</v>
-[...7 lines deleted...]
-      <c r="E385"/>
+        <v>2126</v>
+      </c>
+      <c r="C385"/>
+      <c r="D385"/>
+      <c r="E385" t="s">
+        <v>2127</v>
+      </c>
       <c r="F385" t="s">
-        <v>2120</v>
-[...2 lines deleted...]
-      <c r="H385"/>
+        <v>2128</v>
+      </c>
+      <c r="G385" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H385" t="s">
+        <v>2130</v>
+      </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>2121</v>
+        <v>2131</v>
       </c>
       <c r="B386" t="s">
-        <v>2122</v>
-[...1 lines deleted...]
-      <c r="C386"/>
+        <v>2132</v>
+      </c>
+      <c r="C386" t="s">
+        <v>2133</v>
+      </c>
       <c r="D386" t="s">
-        <v>2123</v>
-[...3 lines deleted...]
-      </c>
+        <v>2134</v>
+      </c>
+      <c r="E386"/>
       <c r="F386" t="s">
-        <v>2125</v>
-[...6 lines deleted...]
-      </c>
+        <v>2135</v>
+      </c>
+      <c r="G386"/>
+      <c r="H386"/>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="B387" t="s">
-        <v>2129</v>
-[...1 lines deleted...]
-      <c r="C387"/>
+        <v>2137</v>
+      </c>
+      <c r="C387" t="s">
+        <v>2138</v>
+      </c>
       <c r="D387" t="s">
-        <v>2130</v>
+        <v>2139</v>
       </c>
       <c r="E387" t="s">
-        <v>2131</v>
+        <v>2140</v>
       </c>
       <c r="F387" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>2141</v>
+      </c>
+      <c r="G387"/>
       <c r="H387" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="B388" t="s">
-        <v>2135</v>
-[...3 lines deleted...]
-      </c>
+        <v>2143</v>
+      </c>
+      <c r="C388"/>
       <c r="D388" t="s">
-        <v>2137</v>
-[...3 lines deleted...]
-      </c>
+        <v>2144</v>
+      </c>
+      <c r="E388"/>
       <c r="F388" t="s">
-        <v>2139</v>
-[...3 lines deleted...]
-      </c>
+        <v>2145</v>
+      </c>
+      <c r="G388"/>
       <c r="H388" t="s">
-        <v>179</v>
+        <v>41</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="B389" t="s">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="C389"/>
-      <c r="D389"/>
+      <c r="D389" t="s">
+        <v>274</v>
+      </c>
       <c r="E389" t="s">
-        <v>2143</v>
-[...1 lines deleted...]
-      <c r="F389"/>
+        <v>2148</v>
+      </c>
+      <c r="F389" t="s">
+        <v>2149</v>
+      </c>
       <c r="G389"/>
       <c r="H389"/>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="B390" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="C390" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="D390" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="E390" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="F390" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="G390" t="s">
-        <v>1770</v>
+        <v>2156</v>
       </c>
       <c r="H390" t="s">
-        <v>1771</v>
+        <v>22</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>2150</v>
+        <v>2157</v>
       </c>
       <c r="B391" t="s">
-        <v>2151</v>
-[...6 lines deleted...]
-      <c r="F391"/>
+        <v>2158</v>
+      </c>
+      <c r="C391" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D391" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E391"/>
+      <c r="F391" t="s">
+        <v>2161</v>
+      </c>
       <c r="G391"/>
-      <c r="H391"/>
+      <c r="H391" t="s">
+        <v>2162</v>
+      </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>2153</v>
+        <v>2163</v>
       </c>
       <c r="B392" t="s">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="C392" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="D392" t="s">
-        <v>2156</v>
-[...1 lines deleted...]
-      <c r="E392"/>
+        <v>2166</v>
+      </c>
+      <c r="E392" t="s">
+        <v>2167</v>
+      </c>
       <c r="F392" t="s">
-        <v>2157</v>
+        <v>2168</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>314</v>
+        <v>41</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>2158</v>
+        <v>2169</v>
       </c>
       <c r="B393" t="s">
-        <v>2159</v>
-[...3 lines deleted...]
-      </c>
+        <v>2170</v>
+      </c>
+      <c r="C393"/>
       <c r="D393" t="s">
-        <v>2161</v>
+        <v>2171</v>
       </c>
       <c r="E393" t="s">
-        <v>2162</v>
-[...3 lines deleted...]
-      </c>
+        <v>2172</v>
+      </c>
+      <c r="F393"/>
       <c r="G393"/>
       <c r="H393"/>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>2164</v>
+        <v>2173</v>
       </c>
       <c r="B394" t="s">
-        <v>2165</v>
+        <v>2174</v>
       </c>
       <c r="C394" t="s">
-        <v>2166</v>
+        <v>2175</v>
       </c>
       <c r="D394" t="s">
-        <v>2167</v>
+        <v>2176</v>
       </c>
       <c r="E394" t="s">
-        <v>2168</v>
+        <v>2177</v>
       </c>
       <c r="F394" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="G394"/>
+        <v>2178</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1997</v>
+      </c>
       <c r="H394" t="s">
-        <v>14</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>2170</v>
+        <v>2179</v>
       </c>
       <c r="B395" t="s">
-        <v>2171</v>
+        <v>2180</v>
       </c>
       <c r="C395" t="s">
-        <v>2172</v>
+        <v>2181</v>
       </c>
       <c r="D395" t="s">
-        <v>2173</v>
+        <v>2182</v>
       </c>
       <c r="E395" t="s">
-        <v>2174</v>
-[...3 lines deleted...]
-      </c>
+        <v>2183</v>
+      </c>
+      <c r="F395"/>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>2176</v>
+        <v>41</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>2177</v>
+        <v>2184</v>
       </c>
       <c r="B396" t="s">
-        <v>2178</v>
+        <v>2185</v>
       </c>
       <c r="C396"/>
       <c r="D396" t="s">
-        <v>998</v>
+        <v>2186</v>
       </c>
       <c r="E396" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="F396" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>2188</v>
+      </c>
+      <c r="G396"/>
       <c r="H396"/>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>2182</v>
+        <v>2189</v>
       </c>
       <c r="B397" t="s">
-        <v>2183</v>
+        <v>2190</v>
       </c>
       <c r="C397" t="s">
-        <v>2184</v>
+        <v>2191</v>
       </c>
       <c r="D397" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
       <c r="E397" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="F397" t="s">
-        <v>2187</v>
+        <v>2194</v>
       </c>
       <c r="G397"/>
-      <c r="H397" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H397"/>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>2188</v>
+        <v>2195</v>
       </c>
       <c r="B398" t="s">
-        <v>2189</v>
+        <v>2196</v>
       </c>
       <c r="C398" t="s">
-        <v>2190</v>
+        <v>2197</v>
       </c>
       <c r="D398" t="s">
-        <v>2191</v>
+        <v>2198</v>
       </c>
       <c r="E398" t="s">
-        <v>2192</v>
+        <v>2199</v>
       </c>
       <c r="F398" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="G398"/>
-      <c r="H398" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H398"/>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
       <c r="B399" t="s">
-        <v>2195</v>
-[...3 lines deleted...]
-      </c>
+        <v>2202</v>
+      </c>
+      <c r="C399"/>
       <c r="D399" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="E399" t="s">
-        <v>2198</v>
+        <v>2204</v>
       </c>
       <c r="F399" t="s">
-        <v>2199</v>
-[...3 lines deleted...]
-      </c>
+        <v>2205</v>
+      </c>
+      <c r="G399"/>
       <c r="H399" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>2201</v>
+        <v>2206</v>
       </c>
       <c r="B400" t="s">
-        <v>2202</v>
+        <v>2207</v>
       </c>
       <c r="C400"/>
       <c r="D400" t="s">
-        <v>2203</v>
+        <v>2208</v>
       </c>
       <c r="E400" t="s">
-        <v>2204</v>
+        <v>2209</v>
       </c>
       <c r="F400" t="s">
-        <v>2205</v>
-[...6 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="G400"/>
+      <c r="H400"/>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B401" t="s">
-        <v>237</v>
+        <v>2212</v>
       </c>
       <c r="C401" t="s">
-        <v>2208</v>
+        <v>2213</v>
       </c>
       <c r="D401" t="s">
-        <v>2209</v>
-[...1 lines deleted...]
-      <c r="E401"/>
+        <v>2214</v>
+      </c>
+      <c r="E401" t="s">
+        <v>2215</v>
+      </c>
       <c r="F401" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="G401"/>
-      <c r="H401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H401"/>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="B402" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="C402"/>
       <c r="D402" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="E402" t="s">
-        <v>2214</v>
-[...3 lines deleted...]
-      <c r="H402"/>
+        <v>2220</v>
+      </c>
+      <c r="F402" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G402" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H402" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
       <c r="B403" t="s">
-        <v>2216</v>
-[...1 lines deleted...]
-      <c r="C403"/>
+        <v>2224</v>
+      </c>
+      <c r="C403" t="s">
+        <v>2225</v>
+      </c>
       <c r="D403" t="s">
-        <v>2217</v>
+        <v>2226</v>
       </c>
       <c r="E403" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="F403" t="s">
-        <v>2219</v>
-[...4 lines deleted...]
-      <c r="H403"/>
+        <v>2228</v>
+      </c>
+      <c r="G403"/>
+      <c r="H403" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="B404" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="C404"/>
       <c r="D404" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="E404" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="F404"/>
-      <c r="G404"/>
-      <c r="H404"/>
+      <c r="G404" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H404" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="B405" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="C405"/>
       <c r="D405" t="s">
-        <v>2227</v>
+        <v>870</v>
       </c>
       <c r="E405" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="F405" t="s">
-        <v>2229</v>
-[...1 lines deleted...]
-      <c r="G405"/>
+        <v>2237</v>
+      </c>
+      <c r="G405" t="s">
+        <v>2238</v>
+      </c>
       <c r="H405" t="s">
-        <v>122</v>
+        <v>836</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
       <c r="B406" t="s">
-        <v>2231</v>
-[...3 lines deleted...]
-      </c>
+        <v>2240</v>
+      </c>
+      <c r="C406"/>
       <c r="D406" t="s">
-        <v>998</v>
+        <v>2241</v>
       </c>
       <c r="E406" t="s">
-        <v>2233</v>
+        <v>2242</v>
       </c>
       <c r="F406" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
       <c r="G406"/>
       <c r="H406" t="s">
-        <v>56</v>
+        <v>216</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="B407" t="s">
-        <v>2236</v>
-[...1 lines deleted...]
-      <c r="C407"/>
+        <v>2245</v>
+      </c>
+      <c r="C407" t="s">
+        <v>2246</v>
+      </c>
       <c r="D407" t="s">
-        <v>227</v>
+        <v>2247</v>
       </c>
       <c r="E407" t="s">
-        <v>228</v>
+        <v>2248</v>
       </c>
       <c r="F407" t="s">
-        <v>2237</v>
-[...4 lines deleted...]
-      </c>
+        <v>2249</v>
+      </c>
+      <c r="G407" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>2238</v>
+        <v>2251</v>
       </c>
       <c r="B408" t="s">
-        <v>2239</v>
+        <v>2252</v>
       </c>
       <c r="C408" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
       <c r="D408" t="s">
-        <v>2241</v>
+        <v>1172</v>
       </c>
       <c r="E408" t="s">
-        <v>2242</v>
+        <v>1173</v>
       </c>
       <c r="F408" t="s">
-        <v>2243</v>
-[...3 lines deleted...]
-      </c>
+        <v>2254</v>
+      </c>
+      <c r="G408"/>
       <c r="H408" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
       <c r="B409" t="s">
-        <v>2246</v>
-[...9 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="C409" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D409" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E409"/>
+      <c r="F409" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G409"/>
       <c r="H409" t="s">
-        <v>453</v>
+        <v>324</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>2249</v>
+        <v>2260</v>
       </c>
       <c r="B410" t="s">
-        <v>2250</v>
-[...3 lines deleted...]
-      </c>
+        <v>2261</v>
+      </c>
+      <c r="C410"/>
       <c r="D410" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="E410" t="s">
-        <v>2253</v>
-[...3 lines deleted...]
-      </c>
+        <v>2263</v>
+      </c>
+      <c r="F410"/>
       <c r="G410"/>
       <c r="H410"/>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>2255</v>
+        <v>2264</v>
       </c>
       <c r="B411" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="C411"/>
       <c r="D411" t="s">
-        <v>227</v>
+        <v>2266</v>
       </c>
       <c r="E411" t="s">
-        <v>228</v>
+        <v>2267</v>
       </c>
       <c r="F411" t="s">
-        <v>2257</v>
+        <v>2268</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>2258</v>
+        <v>2269</v>
       </c>
       <c r="B412" t="s">
-        <v>2259</v>
-[...3 lines deleted...]
-      </c>
+        <v>2270</v>
+      </c>
+      <c r="C412"/>
       <c r="D412" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="E412" t="s">
-        <v>2262</v>
+        <v>125</v>
       </c>
       <c r="F412" t="s">
-        <v>2263</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="G412"/>
       <c r="H412" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="B413" t="s">
-        <v>2266</v>
-[...3 lines deleted...]
-      </c>
+        <v>2274</v>
+      </c>
+      <c r="C413"/>
       <c r="D413" t="s">
-        <v>2268</v>
+        <v>2275</v>
       </c>
       <c r="E413" t="s">
-        <v>2269</v>
+        <v>2276</v>
       </c>
       <c r="F413" t="s">
-        <v>2270</v>
+        <v>1976</v>
       </c>
       <c r="G413"/>
-      <c r="H413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="B414" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="C414"/>
       <c r="D414" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="E414" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="F414" t="s">
-        <v>2275</v>
+        <v>2281</v>
       </c>
       <c r="G414"/>
-      <c r="H414" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>2276</v>
-[...1 lines deleted...]
-      <c r="B415"/>
+        <v>2282</v>
+      </c>
+      <c r="B415" t="s">
+        <v>2283</v>
+      </c>
       <c r="C415" t="s">
-        <v>2277</v>
+        <v>2284</v>
       </c>
       <c r="D415" t="s">
-        <v>2278</v>
-[...1 lines deleted...]
-      <c r="E415"/>
+        <v>2285</v>
+      </c>
+      <c r="E415" t="s">
+        <v>2286</v>
+      </c>
       <c r="F415" t="s">
-        <v>2279</v>
-[...2 lines deleted...]
-      <c r="H415"/>
+        <v>2287</v>
+      </c>
+      <c r="G415" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H415" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>2280</v>
+        <v>2289</v>
       </c>
       <c r="B416" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
       <c r="C416" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="D416" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="E416" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
       <c r="F416" t="s">
-        <v>2285</v>
+        <v>2294</v>
       </c>
       <c r="G416"/>
-      <c r="H416"/>
+      <c r="H416" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>2286</v>
+        <v>2295</v>
       </c>
       <c r="B417" t="s">
-        <v>2287</v>
-[...3 lines deleted...]
-      </c>
+        <v>2296</v>
+      </c>
+      <c r="C417"/>
       <c r="D417" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="E417" t="s">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="F417" t="s">
-        <v>2291</v>
-[...3 lines deleted...]
-      </c>
+        <v>2299</v>
+      </c>
+      <c r="G417"/>
       <c r="H417" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
       <c r="B418" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
       <c r="C418"/>
       <c r="D418" t="s">
-        <v>2295</v>
+        <v>2302</v>
       </c>
       <c r="E418" t="s">
-        <v>2296</v>
-[...3 lines deleted...]
-      </c>
+        <v>2303</v>
+      </c>
+      <c r="F418"/>
       <c r="G418"/>
       <c r="H418"/>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>2297</v>
+        <v>789</v>
       </c>
       <c r="B419" t="s">
-        <v>2298</v>
+        <v>2304</v>
       </c>
       <c r="C419" t="s">
-        <v>2299</v>
+        <v>791</v>
       </c>
       <c r="D419" t="s">
-        <v>2300</v>
+        <v>2305</v>
       </c>
       <c r="E419" t="s">
-        <v>2301</v>
+        <v>793</v>
       </c>
       <c r="F419" t="s">
-        <v>2302</v>
-[...1 lines deleted...]
-      <c r="G419"/>
+        <v>2306</v>
+      </c>
+      <c r="G419" t="s">
+        <v>893</v>
+      </c>
       <c r="H419" t="s">
-        <v>90</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>2303</v>
+        <v>2308</v>
       </c>
       <c r="B420" t="s">
-        <v>2304</v>
+        <v>2309</v>
       </c>
       <c r="C420"/>
-      <c r="D420"/>
-[...4 lines deleted...]
-      <c r="G420"/>
+      <c r="D420" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E420"/>
+      <c r="F420" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G420" t="s">
+        <v>2312</v>
+      </c>
       <c r="H420" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="B421" t="s">
-        <v>2307</v>
-[...1 lines deleted...]
-      <c r="C421"/>
+        <v>2314</v>
+      </c>
+      <c r="C421" t="s">
+        <v>2315</v>
+      </c>
       <c r="D421" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="E421" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="F421" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="G421" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="H421" t="s">
-        <v>2312</v>
+        <v>41</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="B422" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="C422" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
       <c r="D422" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="E422"/>
+        <v>2323</v>
+      </c>
+      <c r="E422" t="s">
+        <v>2324</v>
+      </c>
       <c r="F422" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>56</v>
+        <v>537</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="B423" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="C423" t="s">
-        <v>1515</v>
-[...1 lines deleted...]
-      <c r="D423"/>
+        <v>2328</v>
+      </c>
+      <c r="D423" t="s">
+        <v>2329</v>
+      </c>
       <c r="E423" t="s">
-        <v>2320</v>
+        <v>2330</v>
       </c>
       <c r="F423" t="s">
-        <v>1518</v>
-[...3 lines deleted...]
-      </c>
+        <v>2331</v>
+      </c>
+      <c r="G423"/>
       <c r="H423" t="s">
-        <v>67</v>
+        <v>537</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>2322</v>
+        <v>2332</v>
       </c>
       <c r="B424" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C424"/>
-      <c r="D424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D424"/>
       <c r="E424" t="s">
-        <v>2325</v>
-[...9 lines deleted...]
-      </c>
+        <v>2334</v>
+      </c>
+      <c r="F424"/>
+      <c r="G424"/>
+      <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="B425" t="s">
-        <v>2329</v>
-[...1 lines deleted...]
-      <c r="C425"/>
+        <v>2336</v>
+      </c>
+      <c r="C425" t="s">
+        <v>2337</v>
+      </c>
       <c r="D425" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="E425" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="F425" t="s">
-        <v>2332</v>
-[...1 lines deleted...]
-      <c r="G425"/>
+        <v>2340</v>
+      </c>
+      <c r="G425" t="s">
+        <v>2341</v>
+      </c>
       <c r="H425" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>2333</v>
+        <v>2342</v>
       </c>
       <c r="B426" t="s">
-        <v>2334</v>
-[...3 lines deleted...]
-      </c>
+        <v>2343</v>
+      </c>
+      <c r="C426"/>
       <c r="D426" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
       <c r="E426" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="F426" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="G426" t="s">
-        <v>2339</v>
-[...3 lines deleted...]
-      </c>
+        <v>2347</v>
+      </c>
+      <c r="H426"/>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>2340</v>
+        <v>2348</v>
       </c>
       <c r="B427" t="s">
-        <v>2341</v>
+        <v>2349</v>
       </c>
       <c r="C427"/>
       <c r="D427" t="s">
-        <v>2342</v>
+        <v>2350</v>
       </c>
       <c r="E427" t="s">
-        <v>2343</v>
-[...3 lines deleted...]
-      </c>
+        <v>2351</v>
+      </c>
+      <c r="F427"/>
       <c r="G427"/>
       <c r="H427" t="s">
-        <v>2344</v>
+        <v>41</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="B428" t="s">
-        <v>2346</v>
+        <v>2353</v>
       </c>
       <c r="C428" t="s">
-        <v>2347</v>
-[...3 lines deleted...]
-      </c>
+        <v>2354</v>
+      </c>
+      <c r="D428"/>
       <c r="E428" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
       <c r="F428" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="G428"/>
-      <c r="H428" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>2351</v>
+        <v>2357</v>
       </c>
       <c r="B429" t="s">
-        <v>2352</v>
-[...1 lines deleted...]
-      <c r="C429"/>
+        <v>2358</v>
+      </c>
+      <c r="C429" t="s">
+        <v>2359</v>
+      </c>
       <c r="D429" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
       <c r="E429" t="s">
-        <v>2354</v>
+        <v>2361</v>
       </c>
       <c r="F429" t="s">
-        <v>2355</v>
-[...1 lines deleted...]
-      <c r="G429"/>
+        <v>2362</v>
+      </c>
+      <c r="G429" t="s">
+        <v>2363</v>
+      </c>
       <c r="H429"/>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="B430" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="C430"/>
-      <c r="D430"/>
+      <c r="D430" t="s">
+        <v>2366</v>
+      </c>
       <c r="E430" t="s">
-        <v>2358</v>
-[...1 lines deleted...]
-      <c r="F430"/>
+        <v>2367</v>
+      </c>
+      <c r="F430" t="s">
+        <v>2368</v>
+      </c>
       <c r="G430"/>
-      <c r="H430"/>
+      <c r="H430" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>2359</v>
+        <v>2369</v>
       </c>
       <c r="B431" t="s">
-        <v>2360</v>
-[...6 lines deleted...]
-      </c>
+        <v>2370</v>
+      </c>
+      <c r="C431"/>
+      <c r="D431"/>
       <c r="E431" t="s">
-        <v>2363</v>
-[...4 lines deleted...]
-      <c r="G431"/>
+        <v>2371</v>
+      </c>
+      <c r="F431"/>
+      <c r="G431" t="s">
+        <v>2372</v>
+      </c>
       <c r="H431" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="B432" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="C432" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="D432" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
       <c r="E432" t="s">
-        <v>2368</v>
-[...3 lines deleted...]
-      <c r="H432"/>
+        <v>2377</v>
+      </c>
+      <c r="F432" t="s">
+        <v>2378</v>
+      </c>
+      <c r="G432" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H432" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>2369</v>
+        <v>2380</v>
       </c>
       <c r="B433" t="s">
-        <v>2370</v>
+        <v>2381</v>
       </c>
       <c r="C433"/>
-      <c r="D433" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D433"/>
       <c r="E433" t="s">
-        <v>2372</v>
-[...4 lines deleted...]
-      <c r="G433"/>
+        <v>2382</v>
+      </c>
+      <c r="F433"/>
+      <c r="G433" t="s">
+        <v>2383</v>
+      </c>
       <c r="H433" t="s">
-        <v>2374</v>
+        <v>22</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>2375</v>
+        <v>2384</v>
       </c>
       <c r="B434" t="s">
-        <v>2376</v>
-[...1 lines deleted...]
-      <c r="C434"/>
+        <v>2385</v>
+      </c>
+      <c r="C434" t="s">
+        <v>2386</v>
+      </c>
       <c r="D434" t="s">
-        <v>2377</v>
+        <v>2387</v>
       </c>
       <c r="E434" t="s">
-        <v>2378</v>
+        <v>2388</v>
       </c>
       <c r="F434" t="s">
-        <v>2379</v>
-[...3 lines deleted...]
-      </c>
+        <v>2389</v>
+      </c>
+      <c r="G434"/>
       <c r="H434" t="s">
-        <v>790</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>2381</v>
+        <v>2390</v>
       </c>
       <c r="B435" t="s">
-        <v>2382</v>
+        <v>2391</v>
       </c>
       <c r="C435" t="s">
-        <v>2383</v>
+        <v>2392</v>
       </c>
       <c r="D435" t="s">
-        <v>2384</v>
+        <v>2393</v>
       </c>
       <c r="E435" t="s">
-        <v>2385</v>
+        <v>2394</v>
       </c>
       <c r="F435" t="s">
-        <v>2386</v>
+        <v>2395</v>
       </c>
       <c r="G435" t="s">
-        <v>2387</v>
-[...3 lines deleted...]
-      </c>
+        <v>2393</v>
+      </c>
+      <c r="H435"/>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>2389</v>
+        <v>2396</v>
       </c>
       <c r="B436" t="s">
-        <v>2390</v>
+        <v>2397</v>
       </c>
       <c r="C436" t="s">
-        <v>2391</v>
+        <v>2398</v>
       </c>
       <c r="D436" t="s">
-        <v>2392</v>
+        <v>2399</v>
       </c>
       <c r="E436" t="s">
-        <v>2393</v>
-[...3 lines deleted...]
-      <c r="H436"/>
+        <v>2400</v>
+      </c>
+      <c r="F436" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G436" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H436" t="s">
+        <v>2403</v>
+      </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="B437" t="s">
-        <v>2395</v>
+        <v>2405</v>
       </c>
       <c r="C437"/>
       <c r="D437" t="s">
-        <v>2396</v>
-[...3 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="E437"/>
       <c r="F437" t="s">
-        <v>2398</v>
-[...3 lines deleted...]
-      </c>
+        <v>2407</v>
+      </c>
+      <c r="G437"/>
       <c r="H437"/>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="B438" t="s">
-        <v>2401</v>
-[...1 lines deleted...]
-      <c r="C438"/>
+        <v>2409</v>
+      </c>
+      <c r="C438" t="s">
+        <v>2410</v>
+      </c>
       <c r="D438" t="s">
-        <v>2402</v>
+        <v>2411</v>
       </c>
       <c r="E438" t="s">
-        <v>2403</v>
-[...1 lines deleted...]
-      <c r="F438"/>
+        <v>2412</v>
+      </c>
+      <c r="F438" t="s">
+        <v>2413</v>
+      </c>
       <c r="G438"/>
-      <c r="H438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H438"/>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
       <c r="B439" t="s">
-        <v>2405</v>
+        <v>2415</v>
       </c>
       <c r="C439"/>
       <c r="D439" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E439" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F439" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
       <c r="G439"/>
-      <c r="H439"/>
+      <c r="H439" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>2409</v>
+        <v>2419</v>
       </c>
       <c r="B440" t="s">
-        <v>2410</v>
+        <v>2420</v>
       </c>
       <c r="C440" t="s">
-        <v>2411</v>
-[...1 lines deleted...]
-      <c r="D440"/>
+        <v>2421</v>
+      </c>
+      <c r="D440" t="s">
+        <v>2422</v>
+      </c>
       <c r="E440" t="s">
-        <v>2412</v>
+        <v>2423</v>
       </c>
       <c r="F440" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
       <c r="B441" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="C441" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
       <c r="D441" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="E441" t="s">
-        <v>2418</v>
-[...6 lines deleted...]
-      </c>
+        <v>2429</v>
+      </c>
+      <c r="F441"/>
+      <c r="G441"/>
       <c r="H441" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
       <c r="B442" t="s">
-        <v>2422</v>
+        <v>2431</v>
       </c>
       <c r="C442" t="s">
-        <v>2423</v>
+        <v>2432</v>
       </c>
       <c r="D442" t="s">
-        <v>2424</v>
-[...2 lines deleted...]
-      <c r="F442"/>
+        <v>2433</v>
+      </c>
+      <c r="E442" t="s">
+        <v>2434</v>
+      </c>
+      <c r="F442" t="s">
+        <v>2435</v>
+      </c>
       <c r="G442"/>
-      <c r="H442"/>
+      <c r="H442" t="s">
+        <v>2436</v>
+      </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>2425</v>
+        <v>2437</v>
       </c>
       <c r="B443" t="s">
-        <v>2426</v>
+        <v>2438</v>
       </c>
       <c r="C443"/>
       <c r="D443" t="s">
-        <v>2427</v>
+        <v>2439</v>
       </c>
       <c r="E443" t="s">
-        <v>2428</v>
+        <v>2440</v>
       </c>
       <c r="F443" t="s">
-        <v>2429</v>
+        <v>2441</v>
       </c>
       <c r="G443" t="s">
-        <v>2430</v>
+        <v>2442</v>
       </c>
       <c r="H443" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>2431</v>
+        <v>2443</v>
       </c>
       <c r="B444" t="s">
-        <v>2432</v>
+        <v>2444</v>
       </c>
       <c r="C444" t="s">
-        <v>2433</v>
+        <v>2445</v>
       </c>
       <c r="D444" t="s">
-        <v>2434</v>
+        <v>2446</v>
       </c>
       <c r="E444" t="s">
-        <v>2435</v>
+        <v>2447</v>
       </c>
       <c r="F444" t="s">
-        <v>2436</v>
+        <v>2448</v>
       </c>
       <c r="G444"/>
       <c r="H444"/>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>2437</v>
+        <v>2449</v>
       </c>
       <c r="B445" t="s">
-        <v>2438</v>
-[...3 lines deleted...]
-      </c>
+        <v>2450</v>
+      </c>
+      <c r="C445"/>
       <c r="D445" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
       <c r="E445" t="s">
-        <v>2441</v>
-[...3 lines deleted...]
-      </c>
+        <v>2452</v>
+      </c>
+      <c r="F445"/>
       <c r="G445"/>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="B446" t="s">
-        <v>2444</v>
-[...4 lines deleted...]
-      </c>
+        <v>2454</v>
+      </c>
+      <c r="C446" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D446"/>
       <c r="E446" t="s">
-        <v>2446</v>
-[...3 lines deleted...]
-      </c>
+        <v>2456</v>
+      </c>
+      <c r="F446"/>
       <c r="G446"/>
-      <c r="H446" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H446"/>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>2448</v>
+        <v>2457</v>
       </c>
       <c r="B447" t="s">
-        <v>2449</v>
-[...3 lines deleted...]
-      </c>
+        <v>2458</v>
+      </c>
+      <c r="C447"/>
       <c r="D447" t="s">
-        <v>2451</v>
+        <v>2459</v>
       </c>
       <c r="E447" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
       <c r="F447" t="s">
-        <v>2453</v>
-[...1 lines deleted...]
-      <c r="G447"/>
+        <v>2461</v>
+      </c>
+      <c r="G447" t="s">
+        <v>2462</v>
+      </c>
       <c r="H447"/>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>2454</v>
+        <v>2463</v>
       </c>
       <c r="B448" t="s">
-        <v>2455</v>
-[...1 lines deleted...]
-      <c r="C448"/>
+        <v>2464</v>
+      </c>
+      <c r="C448" t="s">
+        <v>2465</v>
+      </c>
       <c r="D448" t="s">
-        <v>741</v>
+        <v>2002</v>
       </c>
       <c r="E448" t="s">
-        <v>742</v>
+        <v>2466</v>
       </c>
       <c r="F448" t="s">
-        <v>2456</v>
-[...1 lines deleted...]
-      <c r="G448"/>
+        <v>2467</v>
+      </c>
+      <c r="G448" t="s">
+        <v>2468</v>
+      </c>
       <c r="H448" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>2457</v>
+        <v>2469</v>
       </c>
       <c r="B449" t="s">
-        <v>2458</v>
+        <v>2470</v>
       </c>
       <c r="C449" t="s">
-        <v>2459</v>
+        <v>2471</v>
       </c>
       <c r="D449" t="s">
-        <v>2460</v>
+        <v>2472</v>
       </c>
       <c r="E449" t="s">
-        <v>2461</v>
+        <v>2473</v>
       </c>
       <c r="F449" t="s">
-        <v>2462</v>
-[...3 lines deleted...]
-      </c>
+        <v>2474</v>
+      </c>
+      <c r="G449"/>
       <c r="H449" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="B450" t="s">
-        <v>2465</v>
-[...1 lines deleted...]
-      <c r="C450"/>
+        <v>2476</v>
+      </c>
+      <c r="C450" t="s">
+        <v>2477</v>
+      </c>
       <c r="D450" t="s">
-        <v>2466</v>
+        <v>2478</v>
       </c>
       <c r="E450" t="s">
-        <v>2467</v>
-[...4 lines deleted...]
-      </c>
+        <v>2479</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1897</v>
+      </c>
+      <c r="G450"/>
       <c r="H450" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>2469</v>
+        <v>2480</v>
       </c>
       <c r="B451" t="s">
-        <v>2470</v>
-[...1 lines deleted...]
-      <c r="C451"/>
+        <v>2481</v>
+      </c>
+      <c r="C451" t="s">
+        <v>2482</v>
+      </c>
       <c r="D451" t="s">
-        <v>2471</v>
+        <v>2483</v>
       </c>
       <c r="E451" t="s">
-        <v>2472</v>
+        <v>2484</v>
       </c>
       <c r="F451" t="s">
-        <v>2473</v>
+        <v>2485</v>
       </c>
       <c r="G451"/>
-      <c r="H451" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>2474</v>
+        <v>2486</v>
       </c>
       <c r="B452" t="s">
-        <v>2475</v>
-[...3 lines deleted...]
-      </c>
+        <v>2487</v>
+      </c>
+      <c r="C452"/>
       <c r="D452" t="s">
-        <v>2477</v>
+        <v>994</v>
       </c>
       <c r="E452" t="s">
-        <v>2478</v>
+        <v>2488</v>
       </c>
       <c r="F452" t="s">
-        <v>2479</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="G452"/>
       <c r="H452" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="B453" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="C453"/>
       <c r="D453" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="E453" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
       <c r="F453" t="s">
-        <v>2485</v>
-[...4 lines deleted...]
-      <c r="H453"/>
+        <v>2493</v>
+      </c>
+      <c r="G453"/>
+      <c r="H453" t="s">
+        <v>2494</v>
+      </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>2487</v>
+        <v>2495</v>
       </c>
       <c r="B454" t="s">
-        <v>2488</v>
-[...1 lines deleted...]
-      <c r="C454"/>
+        <v>2496</v>
+      </c>
+      <c r="C454" t="s">
+        <v>2497</v>
+      </c>
       <c r="D454" t="s">
-        <v>2489</v>
-[...7 lines deleted...]
-      </c>
+        <v>2498</v>
+      </c>
+      <c r="E454"/>
+      <c r="F454" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G454"/>
       <c r="H454" t="s">
-        <v>1074</v>
+        <v>41</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
       <c r="B455" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
       <c r="C455" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="D455" t="s">
-        <v>2495</v>
-[...4 lines deleted...]
-      </c>
+        <v>2503</v>
+      </c>
+      <c r="E455" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F455"/>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>67</v>
+        <v>216</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="B456" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
       <c r="C456" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
       <c r="D456" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
       <c r="E456" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
       <c r="F456" t="s">
-        <v>2502</v>
+        <v>2510</v>
       </c>
       <c r="G456"/>
       <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>2503</v>
+        <v>2511</v>
       </c>
       <c r="B457" t="s">
-        <v>2504</v>
-[...3 lines deleted...]
-      </c>
+        <v>2512</v>
+      </c>
+      <c r="C457"/>
       <c r="D457"/>
-      <c r="E457"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E457" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F457"/>
       <c r="G457"/>
-      <c r="H457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="B458" t="s">
-        <v>2508</v>
-[...1 lines deleted...]
-      <c r="C458"/>
+        <v>2515</v>
+      </c>
+      <c r="C458" t="s">
+        <v>2516</v>
+      </c>
       <c r="D458" t="s">
-        <v>2509</v>
+        <v>2517</v>
       </c>
       <c r="E458" t="s">
-        <v>2510</v>
+        <v>2518</v>
       </c>
       <c r="F458" t="s">
-        <v>2511</v>
+        <v>2519</v>
       </c>
       <c r="G458" t="s">
-        <v>2512</v>
+        <v>2520</v>
       </c>
       <c r="H458" t="s">
-        <v>2513</v>
+        <v>41</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
       <c r="B459" t="s">
-        <v>2515</v>
-[...1 lines deleted...]
-      <c r="C459"/>
+        <v>2522</v>
+      </c>
+      <c r="C459" t="s">
+        <v>2523</v>
+      </c>
       <c r="D459" t="s">
-        <v>2516</v>
+        <v>2524</v>
       </c>
       <c r="E459" t="s">
-        <v>2517</v>
+        <v>2525</v>
       </c>
       <c r="F459" t="s">
-        <v>2518</v>
+        <v>2526</v>
       </c>
       <c r="G459"/>
-      <c r="H459"/>
+      <c r="H459" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>2519</v>
+        <v>2527</v>
       </c>
       <c r="B460" t="s">
-        <v>2520</v>
+        <v>2528</v>
       </c>
       <c r="C460" t="s">
-        <v>2521</v>
+        <v>2529</v>
       </c>
       <c r="D460" t="s">
-        <v>2522</v>
+        <v>2530</v>
       </c>
       <c r="E460" t="s">
-        <v>2523</v>
+        <v>2531</v>
       </c>
       <c r="F460" t="s">
-        <v>2524</v>
+        <v>2532</v>
       </c>
       <c r="G460" t="s">
-        <v>2525</v>
-[...1 lines deleted...]
-      <c r="H460"/>
+        <v>2533</v>
+      </c>
+      <c r="H460" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>2526</v>
+        <v>2534</v>
       </c>
       <c r="B461" t="s">
-        <v>2527</v>
+        <v>2535</v>
       </c>
       <c r="C461"/>
       <c r="D461" t="s">
-        <v>2528</v>
-[...2 lines deleted...]
-      <c r="F461"/>
+        <v>2536</v>
+      </c>
+      <c r="E461" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F461" t="s">
+        <v>2538</v>
+      </c>
       <c r="G461"/>
-      <c r="H461"/>
+      <c r="H461" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>2529</v>
+        <v>2539</v>
       </c>
       <c r="B462" t="s">
-        <v>2530</v>
-[...3 lines deleted...]
-      </c>
+        <v>2540</v>
+      </c>
+      <c r="C462"/>
       <c r="D462" t="s">
-        <v>2532</v>
+        <v>2541</v>
       </c>
       <c r="E462" t="s">
-        <v>2533</v>
+        <v>2542</v>
       </c>
       <c r="F462" t="s">
-        <v>2534</v>
+        <v>2543</v>
       </c>
       <c r="G462" t="s">
-        <v>2535</v>
+        <v>2544</v>
       </c>
       <c r="H462" t="s">
-        <v>14</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
       <c r="B463" t="s">
-        <v>2537</v>
-[...1 lines deleted...]
-      <c r="C463"/>
+        <v>2547</v>
+      </c>
+      <c r="C463" t="s">
+        <v>2548</v>
+      </c>
       <c r="D463" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="E463" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
       <c r="F463" t="s">
-        <v>2540</v>
+        <v>2551</v>
       </c>
       <c r="G463"/>
       <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="B464" t="s">
-        <v>207</v>
+        <v>2553</v>
       </c>
       <c r="C464"/>
       <c r="D464" t="s">
-        <v>2542</v>
+        <v>2554</v>
       </c>
       <c r="E464" t="s">
-        <v>2543</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="F464"/>
       <c r="G464"/>
       <c r="H464" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
       <c r="B465" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="C465" t="s">
-        <v>2547</v>
+        <v>2558</v>
       </c>
       <c r="D465" t="s">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="E465" t="s">
-        <v>2549</v>
-[...1 lines deleted...]
-      <c r="F465"/>
+        <v>125</v>
+      </c>
+      <c r="F465" t="s">
+        <v>2560</v>
+      </c>
       <c r="G465"/>
-      <c r="H465"/>
+      <c r="H465" t="s">
+        <v>2561</v>
+      </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>2550</v>
+        <v>2562</v>
       </c>
       <c r="B466" t="s">
-        <v>2551</v>
-[...1 lines deleted...]
-      <c r="C466"/>
+        <v>2563</v>
+      </c>
+      <c r="C466" t="s">
+        <v>2564</v>
+      </c>
       <c r="D466" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="E466" t="s">
-        <v>2553</v>
-[...4 lines deleted...]
-      </c>
+        <v>2566</v>
+      </c>
+      <c r="F466" t="s">
+        <v>2567</v>
+      </c>
+      <c r="G466"/>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>2554</v>
+        <v>2568</v>
       </c>
       <c r="B467" t="s">
-        <v>2555</v>
-[...2 lines deleted...]
-      <c r="D467"/>
+        <v>2569</v>
+      </c>
+      <c r="C467" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D467" t="s">
+        <v>2571</v>
+      </c>
       <c r="E467" t="s">
-        <v>2556</v>
+        <v>2572</v>
       </c>
       <c r="F467" t="s">
-        <v>2557</v>
+        <v>2573</v>
       </c>
       <c r="G467"/>
-      <c r="H467"/>
+      <c r="H467" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>2558</v>
+        <v>2574</v>
       </c>
       <c r="B468" t="s">
-        <v>2559</v>
+        <v>2575</v>
       </c>
       <c r="C468" t="s">
-        <v>2560</v>
+        <v>2576</v>
       </c>
       <c r="D468" t="s">
-        <v>2561</v>
+        <v>2577</v>
       </c>
       <c r="E468" t="s">
-        <v>2562</v>
+        <v>2578</v>
       </c>
       <c r="F468" t="s">
-        <v>2563</v>
-[...1 lines deleted...]
-      <c r="G468"/>
+        <v>2579</v>
+      </c>
+      <c r="G468" t="s">
+        <v>2580</v>
+      </c>
       <c r="H468" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>2564</v>
+        <v>2581</v>
       </c>
       <c r="B469" t="s">
-        <v>2565</v>
+        <v>2582</v>
       </c>
       <c r="C469" t="s">
-        <v>2566</v>
+        <v>2583</v>
       </c>
       <c r="D469" t="s">
-        <v>2384</v>
+        <v>2584</v>
       </c>
       <c r="E469" t="s">
-        <v>2567</v>
+        <v>2585</v>
       </c>
       <c r="F469" t="s">
-        <v>2568</v>
-[...3 lines deleted...]
-      </c>
+        <v>2586</v>
+      </c>
+      <c r="G469"/>
       <c r="H469" t="s">
-        <v>2388</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>2570</v>
+        <v>2587</v>
       </c>
       <c r="B470" t="s">
-        <v>2571</v>
+        <v>2588</v>
       </c>
       <c r="C470" t="s">
-        <v>2572</v>
+        <v>2589</v>
       </c>
       <c r="D470" t="s">
-        <v>2573</v>
+        <v>2590</v>
       </c>
       <c r="E470" t="s">
-        <v>2574</v>
-[...3 lines deleted...]
-      </c>
+        <v>2591</v>
+      </c>
+      <c r="F470"/>
       <c r="G470"/>
-      <c r="H470"/>
+      <c r="H470" t="s">
+        <v>2592</v>
+      </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>2576</v>
+        <v>2593</v>
       </c>
       <c r="B471" t="s">
-        <v>2577</v>
+        <v>2594</v>
       </c>
       <c r="C471" t="s">
-        <v>2578</v>
-[...1 lines deleted...]
-      <c r="D471"/>
+        <v>2595</v>
+      </c>
+      <c r="D471" t="s">
+        <v>2596</v>
+      </c>
       <c r="E471" t="s">
-        <v>2579</v>
-[...3 lines deleted...]
-      </c>
+        <v>2597</v>
+      </c>
+      <c r="F471"/>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>2581</v>
+        <v>22</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>2582</v>
+        <v>2598</v>
       </c>
       <c r="B472" t="s">
-        <v>2583</v>
+        <v>2599</v>
       </c>
       <c r="C472" t="s">
-        <v>2584</v>
+        <v>2600</v>
       </c>
       <c r="D472" t="s">
-        <v>2585</v>
+        <v>2601</v>
       </c>
       <c r="E472" t="s">
-        <v>2586</v>
-[...7 lines deleted...]
-      </c>
+        <v>2602</v>
+      </c>
+      <c r="F472" t="s">
+        <v>2603</v>
+      </c>
+      <c r="G472"/>
+      <c r="H472"/>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>2588</v>
+        <v>2604</v>
       </c>
       <c r="B473" t="s">
-        <v>2589</v>
-[...1 lines deleted...]
-      <c r="C473"/>
+        <v>2605</v>
+      </c>
+      <c r="C473" t="s">
+        <v>2606</v>
+      </c>
       <c r="D473" t="s">
-        <v>2590</v>
+        <v>2607</v>
       </c>
       <c r="E473" t="s">
-        <v>2591</v>
-[...3 lines deleted...]
-      <c r="H473"/>
+        <v>2608</v>
+      </c>
+      <c r="F473" t="s">
+        <v>2609</v>
+      </c>
+      <c r="G473" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1833</v>
+      </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>2592</v>
+        <v>2611</v>
       </c>
       <c r="B474" t="s">
-        <v>2593</v>
+        <v>2612</v>
       </c>
       <c r="C474"/>
       <c r="D474" t="s">
-        <v>2594</v>
+        <v>596</v>
       </c>
       <c r="E474" t="s">
-        <v>2595</v>
+        <v>2613</v>
       </c>
       <c r="F474" t="s">
-        <v>2596</v>
-[...4 lines deleted...]
-      </c>
+        <v>2614</v>
+      </c>
+      <c r="G474" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>2597</v>
+        <v>2616</v>
       </c>
       <c r="B475" t="s">
-        <v>2598</v>
-[...3 lines deleted...]
-      </c>
+        <v>2617</v>
+      </c>
+      <c r="C475"/>
       <c r="D475" t="s">
-        <v>2600</v>
+        <v>2618</v>
       </c>
       <c r="E475" t="s">
-        <v>2601</v>
+        <v>2619</v>
       </c>
       <c r="F475" t="s">
-        <v>2602</v>
+        <v>2620</v>
       </c>
       <c r="G475"/>
-      <c r="H475"/>
+      <c r="H475" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>2603</v>
+        <v>2621</v>
       </c>
       <c r="B476" t="s">
-        <v>2604</v>
-[...3 lines deleted...]
-      </c>
+        <v>2622</v>
+      </c>
+      <c r="C476"/>
       <c r="D476" t="s">
-        <v>2606</v>
+        <v>2623</v>
       </c>
       <c r="E476" t="s">
-        <v>2607</v>
+        <v>2624</v>
       </c>
       <c r="F476" t="s">
-        <v>2608</v>
+        <v>2625</v>
       </c>
       <c r="G476"/>
-      <c r="H476"/>
+      <c r="H476" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>2609</v>
+        <v>2626</v>
       </c>
       <c r="B477" t="s">
-        <v>2610</v>
-[...2 lines deleted...]
-      <c r="D477"/>
+        <v>2627</v>
+      </c>
+      <c r="C477" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D477" t="s">
+        <v>2629</v>
+      </c>
       <c r="E477" t="s">
-        <v>2611</v>
+        <v>2630</v>
       </c>
       <c r="F477" t="s">
-        <v>2612</v>
+        <v>2631</v>
       </c>
       <c r="G477" t="s">
-        <v>2613</v>
+        <v>2632</v>
       </c>
       <c r="H477" t="s">
-        <v>2614</v>
+        <v>22</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>2615</v>
+        <v>2633</v>
       </c>
       <c r="B478" t="s">
-        <v>2616</v>
+        <v>2634</v>
       </c>
       <c r="C478"/>
-      <c r="D478" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D478"/>
       <c r="E478" t="s">
-        <v>2618</v>
-[...6 lines deleted...]
-      </c>
+        <v>2635</v>
+      </c>
+      <c r="F478"/>
+      <c r="G478"/>
       <c r="H478" t="s">
-        <v>885</v>
+        <v>22</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>2621</v>
+        <v>2636</v>
       </c>
       <c r="B479" t="s">
-        <v>2622</v>
+        <v>2637</v>
       </c>
       <c r="C479"/>
       <c r="D479" t="s">
-        <v>2623</v>
+        <v>2638</v>
       </c>
       <c r="E479" t="s">
-        <v>2624</v>
-[...6 lines deleted...]
-      </c>
+        <v>2639</v>
+      </c>
+      <c r="F479"/>
+      <c r="G479"/>
       <c r="H479" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>2627</v>
+        <v>2640</v>
       </c>
       <c r="B480" t="s">
-        <v>2628</v>
+        <v>2641</v>
       </c>
       <c r="C480" t="s">
-        <v>2629</v>
+        <v>2642</v>
       </c>
       <c r="D480" t="s">
-        <v>2630</v>
-[...3 lines deleted...]
-      </c>
+        <v>2643</v>
+      </c>
+      <c r="E480"/>
       <c r="F480" t="s">
-        <v>2632</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="G480"/>
       <c r="H480" t="s">
-        <v>14</v>
+        <v>543</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>2634</v>
+        <v>2644</v>
       </c>
       <c r="B481" t="s">
-        <v>2635</v>
-[...3 lines deleted...]
-      </c>
+        <v>2645</v>
+      </c>
+      <c r="C481"/>
       <c r="D481" t="s">
-        <v>2637</v>
+        <v>2646</v>
       </c>
       <c r="E481" t="s">
-        <v>2638</v>
-[...3 lines deleted...]
-      </c>
+        <v>2647</v>
+      </c>
+      <c r="F481"/>
       <c r="G481"/>
       <c r="H481"/>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>2640</v>
+        <v>2648</v>
       </c>
       <c r="B482" t="s">
-        <v>2641</v>
-[...3 lines deleted...]
-      </c>
+        <v>2649</v>
+      </c>
+      <c r="C482"/>
       <c r="D482" t="s">
-        <v>2643</v>
+        <v>2650</v>
       </c>
       <c r="E482" t="s">
-        <v>2644</v>
-[...2 lines deleted...]
-      <c r="G482"/>
+        <v>2651</v>
+      </c>
+      <c r="F482" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G482" t="s">
+        <v>2653</v>
+      </c>
       <c r="H482" t="s">
-        <v>2645</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>2646</v>
+        <v>2654</v>
       </c>
       <c r="B483" t="s">
-        <v>2647</v>
-[...7 lines deleted...]
-      </c>
+        <v>2655</v>
+      </c>
+      <c r="C483" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D483"/>
+      <c r="E483"/>
       <c r="F483" t="s">
-        <v>2650</v>
-[...3 lines deleted...]
-      </c>
+        <v>2657</v>
+      </c>
+      <c r="G483"/>
       <c r="H483" t="s">
-        <v>453</v>
+        <v>13</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>2652</v>
+        <v>2658</v>
       </c>
       <c r="B484" t="s">
-        <v>2653</v>
+        <v>2659</v>
       </c>
       <c r="C484" t="s">
-        <v>2654</v>
+        <v>2660</v>
       </c>
       <c r="D484" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="E484" t="s">
-        <v>2656</v>
-[...1 lines deleted...]
-      <c r="F484"/>
+        <v>2662</v>
+      </c>
+      <c r="F484" t="s">
+        <v>2663</v>
+      </c>
       <c r="G484"/>
-      <c r="H484"/>
+      <c r="H484" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>2657</v>
+        <v>2664</v>
       </c>
       <c r="B485" t="s">
-        <v>2658</v>
+        <v>2665</v>
       </c>
       <c r="C485" t="s">
-        <v>2659</v>
+        <v>2666</v>
       </c>
       <c r="D485" t="s">
-        <v>239</v>
+        <v>2667</v>
       </c>
       <c r="E485" t="s">
-        <v>1713</v>
+        <v>2668</v>
       </c>
       <c r="F485" t="s">
-        <v>2660</v>
+        <v>2669</v>
       </c>
       <c r="G485"/>
-      <c r="H485" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H485"/>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>2661</v>
+        <v>2670</v>
       </c>
       <c r="B486" t="s">
-        <v>2662</v>
+        <v>2671</v>
       </c>
       <c r="C486"/>
-      <c r="D486" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D486"/>
       <c r="E486" t="s">
-        <v>2664</v>
+        <v>2672</v>
       </c>
       <c r="F486" t="s">
-        <v>2665</v>
+        <v>2673</v>
       </c>
       <c r="G486" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="H486" t="s">
-        <v>2344</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>2667</v>
+        <v>2676</v>
       </c>
       <c r="B487" t="s">
-        <v>2668</v>
+        <v>2677</v>
       </c>
       <c r="C487" t="s">
-        <v>2669</v>
+        <v>2678</v>
       </c>
       <c r="D487" t="s">
-        <v>2670</v>
+        <v>2679</v>
       </c>
       <c r="E487" t="s">
-        <v>2671</v>
+        <v>2680</v>
       </c>
       <c r="F487" t="s">
-        <v>2672</v>
+        <v>2681</v>
       </c>
       <c r="G487"/>
-      <c r="H487" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H487"/>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>2673</v>
+        <v>2682</v>
       </c>
       <c r="B488" t="s">
-        <v>2674</v>
+        <v>1164</v>
       </c>
       <c r="C488" t="s">
-        <v>2675</v>
-[...1 lines deleted...]
-      <c r="D488"/>
+        <v>2683</v>
+      </c>
+      <c r="D488" t="s">
+        <v>2684</v>
+      </c>
       <c r="E488" t="s">
-        <v>2676</v>
+        <v>2685</v>
       </c>
       <c r="F488" t="s">
-        <v>2677</v>
+        <v>2686</v>
       </c>
       <c r="G488" t="s">
-        <v>2678</v>
+        <v>2687</v>
       </c>
       <c r="H488" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>2679</v>
+        <v>2688</v>
       </c>
       <c r="B489" t="s">
-        <v>2680</v>
+        <v>2689</v>
       </c>
       <c r="C489" t="s">
-        <v>2681</v>
+        <v>2690</v>
       </c>
       <c r="D489" t="s">
-        <v>2682</v>
+        <v>2691</v>
       </c>
       <c r="E489" t="s">
-        <v>2683</v>
-[...9 lines deleted...]
-      </c>
+        <v>2692</v>
+      </c>
+      <c r="F489"/>
+      <c r="G489"/>
+      <c r="H489"/>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>2686</v>
+        <v>2693</v>
       </c>
       <c r="B490" t="s">
-        <v>2687</v>
-[...3 lines deleted...]
-      </c>
+        <v>2694</v>
+      </c>
+      <c r="C490"/>
       <c r="D490" t="s">
-        <v>2689</v>
+        <v>610</v>
       </c>
       <c r="E490" t="s">
-        <v>2690</v>
+        <v>611</v>
       </c>
       <c r="F490" t="s">
-        <v>2691</v>
-[...3 lines deleted...]
-      </c>
+        <v>2695</v>
+      </c>
+      <c r="G490"/>
       <c r="H490" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>2693</v>
+        <v>2696</v>
       </c>
       <c r="B491" t="s">
-        <v>2694</v>
-[...3 lines deleted...]
-      </c>
+        <v>2697</v>
+      </c>
+      <c r="C491"/>
       <c r="D491" t="s">
-        <v>2696</v>
-[...1 lines deleted...]
-      <c r="E491"/>
+        <v>2698</v>
+      </c>
+      <c r="E491" t="s">
+        <v>2699</v>
+      </c>
       <c r="F491" t="s">
-        <v>2697</v>
-[...4 lines deleted...]
-      </c>
+        <v>2700</v>
+      </c>
+      <c r="G491" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>2698</v>
+        <v>2702</v>
       </c>
       <c r="B492" t="s">
-        <v>2699</v>
-[...3 lines deleted...]
-      </c>
+        <v>2703</v>
+      </c>
+      <c r="C492"/>
       <c r="D492" t="s">
-        <v>2701</v>
+        <v>2704</v>
       </c>
       <c r="E492" t="s">
-        <v>2702</v>
+        <v>2705</v>
       </c>
       <c r="F492" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="G492"/>
-      <c r="H492" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H492"/>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
       <c r="B493" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
       <c r="C493" t="s">
-        <v>2706</v>
-[...3 lines deleted...]
-      </c>
+        <v>2709</v>
+      </c>
+      <c r="D493"/>
       <c r="E493" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
       <c r="F493" t="s">
-        <v>2709</v>
-[...3 lines deleted...]
-      </c>
+        <v>2711</v>
+      </c>
+      <c r="G493"/>
       <c r="H493" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="B494" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="C494"/>
       <c r="D494" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="E494" t="s">
-        <v>2714</v>
-[...1 lines deleted...]
-      <c r="F494" t="s">
         <v>2715</v>
       </c>
+      <c r="F494"/>
       <c r="G494"/>
-      <c r="H494"/>
+      <c r="H494" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>2716</v>
       </c>
       <c r="B495" t="s">
         <v>2717</v>
       </c>
       <c r="C495"/>
       <c r="D495" t="s">
         <v>2718</v>
       </c>
       <c r="E495" t="s">
         <v>2719</v>
       </c>
       <c r="F495" t="s">
         <v>2720</v>
       </c>
-      <c r="G495"/>
-      <c r="H495"/>
+      <c r="G495" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H495" t="s">
+        <v>2722</v>
+      </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>2721</v>
+        <v>2723</v>
       </c>
       <c r="B496" t="s">
-        <v>2722</v>
-[...3 lines deleted...]
-      </c>
+        <v>2724</v>
+      </c>
+      <c r="C496"/>
       <c r="D496" t="s">
-        <v>2724</v>
+        <v>1823</v>
       </c>
       <c r="E496" t="s">
         <v>2725</v>
       </c>
       <c r="F496" t="s">
         <v>2726</v>
       </c>
-      <c r="G496"/>
-      <c r="H496"/>
+      <c r="G496" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1827</v>
+      </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>2727</v>
       </c>
       <c r="B497" t="s">
         <v>2728</v>
       </c>
-      <c r="C497" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C497"/>
       <c r="D497" t="s">
         <v>2729</v>
       </c>
       <c r="E497" t="s">
         <v>2730</v>
       </c>
       <c r="F497" t="s">
         <v>2731</v>
       </c>
-      <c r="G497" t="s">
-[...2 lines deleted...]
-      <c r="H497"/>
+      <c r="G497"/>
+      <c r="H497" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B498" t="s">
         <v>2733</v>
       </c>
-      <c r="B498" t="s">
+      <c r="C498" t="s">
         <v>2734</v>
       </c>
-      <c r="C498"/>
       <c r="D498" t="s">
         <v>2735</v>
       </c>
       <c r="E498" t="s">
         <v>2736</v>
       </c>
-      <c r="F498" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F498"/>
+      <c r="G498"/>
       <c r="H498"/>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B499" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C499"/>
+      <c r="D499" t="s">
         <v>2739</v>
       </c>
-      <c r="B499" t="s">
+      <c r="E499" t="s">
         <v>2740</v>
       </c>
-      <c r="C499" t="s">
+      <c r="F499" t="s">
         <v>2741</v>
       </c>
-      <c r="D499" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G499"/>
-      <c r="H499" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H499"/>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B500" t="s">
         <v>2743</v>
       </c>
-      <c r="B500" t="s">
+      <c r="C500" t="s">
         <v>2744</v>
       </c>
-      <c r="C500"/>
       <c r="D500" t="s">
         <v>2745</v>
       </c>
       <c r="E500" t="s">
         <v>2746</v>
       </c>
       <c r="F500" t="s">
-        <v>2747</v>
+        <v>657</v>
       </c>
       <c r="G500"/>
       <c r="H500" t="s">
-        <v>2748</v>
+        <v>41</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B501" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C501" t="s">
         <v>2749</v>
       </c>
-      <c r="B501" t="s">
+      <c r="D501" t="s">
         <v>2750</v>
       </c>
-      <c r="C501"/>
-      <c r="D501" t="s">
+      <c r="E501"/>
+      <c r="F501" t="s">
         <v>2751</v>
       </c>
-      <c r="E501" t="s">
-[...2 lines deleted...]
-      <c r="F501"/>
       <c r="G501"/>
       <c r="H501"/>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B502" t="s">
         <v>2753</v>
       </c>
-      <c r="B502" t="s">
+      <c r="C502" t="s">
         <v>2754</v>
       </c>
-      <c r="C502"/>
       <c r="D502" t="s">
         <v>2755</v>
       </c>
       <c r="E502" t="s">
         <v>2756</v>
       </c>
       <c r="F502" t="s">
         <v>2757</v>
       </c>
       <c r="G502" t="s">
         <v>2758</v>
       </c>
       <c r="H502" t="s">
         <v>2759</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>2760</v>
       </c>
       <c r="B503" t="s">
         <v>2761</v>
       </c>
-      <c r="C503" t="s">
+      <c r="C503"/>
+      <c r="D503" t="s">
+        <v>147</v>
+      </c>
+      <c r="E503" t="s">
+        <v>148</v>
+      </c>
+      <c r="F503" t="s">
         <v>2762</v>
       </c>
-      <c r="D503"/>
-[...5 lines deleted...]
-      </c>
       <c r="G503"/>
-      <c r="H503"/>
+      <c r="H503" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B504" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C504" t="s">
         <v>2765</v>
       </c>
-      <c r="B504" t="s">
+      <c r="D504" t="s">
         <v>2766</v>
       </c>
-      <c r="C504"/>
-      <c r="D504" t="s">
+      <c r="E504" t="s">
         <v>2767</v>
       </c>
-      <c r="E504" t="s">
+      <c r="F504" t="s">
         <v>2768</v>
-      </c>
-[...1 lines deleted...]
-        <v>2769</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B505" t="s">
         <v>2770</v>
       </c>
-      <c r="B505" t="s">
+      <c r="C505" t="s">
         <v>2771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="D505" t="s">
         <v>2772</v>
       </c>
       <c r="E505" t="s">
         <v>2773</v>
       </c>
       <c r="F505" t="s">
         <v>2774</v>
       </c>
       <c r="G505"/>
-      <c r="H505" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>2775</v>
       </c>
       <c r="B506" t="s">
         <v>2776</v>
       </c>
-      <c r="C506"/>
+      <c r="C506" t="s">
+        <v>2777</v>
+      </c>
       <c r="D506" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
       <c r="B507" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="C507" t="s">
-        <v>2781</v>
-[...1 lines deleted...]
-      <c r="D507" t="s">
         <v>2782</v>
       </c>
+      <c r="D507"/>
       <c r="E507"/>
       <c r="F507" t="s">
         <v>2783</v>
       </c>
       <c r="G507" t="s">
         <v>2784</v>
       </c>
       <c r="H507" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>2785</v>
       </c>
       <c r="B508" t="s">
         <v>2786</v>
       </c>
       <c r="C508" t="s">
         <v>2787</v>
       </c>
       <c r="D508" t="s">
         <v>2788</v>
       </c>
-      <c r="E508" t="s">
+      <c r="E508"/>
+      <c r="F508" t="s">
         <v>2789</v>
       </c>
-      <c r="F508" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G508"/>
-      <c r="H508" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H508"/>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B509" t="s">
         <v>2791</v>
       </c>
-      <c r="B509" t="s">
+      <c r="C509"/>
+      <c r="D509" t="s">
         <v>2792</v>
       </c>
-      <c r="C509" t="s">
+      <c r="E509" t="s">
         <v>2793</v>
       </c>
-      <c r="D509" t="s">
+      <c r="F509" t="s">
         <v>2794</v>
       </c>
-      <c r="E509" t="s">
+      <c r="G509" t="s">
         <v>2795</v>
       </c>
-      <c r="F509"/>
-[...3 lines deleted...]
-      <c r="H509"/>
+      <c r="H509" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B510" t="s">
         <v>2797</v>
       </c>
-      <c r="B510" t="s">
+      <c r="C510"/>
+      <c r="D510"/>
+      <c r="E510" t="s">
         <v>2798</v>
       </c>
-      <c r="C510" t="s">
+      <c r="F510" t="s">
         <v>2799</v>
       </c>
-      <c r="D510" t="s">
+      <c r="G510" t="s">
         <v>2800</v>
       </c>
-      <c r="E510" t="s">
+      <c r="H510" t="s">
         <v>2801</v>
-      </c>
-[...5 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B511" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C511" t="s">
         <v>2803</v>
       </c>
-      <c r="B511" t="s">
+      <c r="D511" t="s">
         <v>2804</v>
       </c>
-      <c r="C511"/>
-      <c r="D511"/>
       <c r="E511"/>
-      <c r="F511"/>
+      <c r="F511" t="s">
+        <v>2805</v>
+      </c>
       <c r="G511"/>
-      <c r="H511"/>
+      <c r="H511" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="B512" t="s">
-        <v>2806</v>
-[...1 lines deleted...]
-      <c r="C512"/>
+        <v>2807</v>
+      </c>
+      <c r="C512" t="s">
+        <v>2808</v>
+      </c>
       <c r="D512" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="E512" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="F512" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="G512"/>
-      <c r="H512" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H512"/>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="B513" t="s">
-        <v>2811</v>
-[...1 lines deleted...]
-      <c r="C513"/>
+        <v>2813</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2814</v>
+      </c>
       <c r="D513" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="E513" t="s">
-        <v>2813</v>
-[...3 lines deleted...]
-      </c>
+        <v>2816</v>
+      </c>
+      <c r="F513"/>
       <c r="G513" t="s">
         <v>2815</v>
       </c>
       <c r="H513"/>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
       <c r="B514" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="C514"/>
       <c r="D514" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="E514" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="F514" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="G514" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="H514" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="B515" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="C515" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="D515" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
       <c r="E515" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="F515" t="s">
-        <v>2827</v>
-[...1 lines deleted...]
-      <c r="G515" t="s">
         <v>2828</v>
       </c>
-      <c r="H515"/>
+      <c r="G515"/>
+      <c r="H515" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>2829</v>
       </c>
       <c r="B516" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C516" t="s">
         <v>2830</v>
       </c>
-      <c r="C516"/>
       <c r="D516" t="s">
         <v>2831</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
         <v>2832</v>
       </c>
       <c r="G516"/>
-      <c r="H516"/>
+      <c r="H516" t="s">
+        <v>401</v>
+      </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>2833</v>
       </c>
       <c r="B517" t="s">
         <v>2834</v>
       </c>
-      <c r="C517" t="s">
+      <c r="C517"/>
+      <c r="D517" t="s">
         <v>2835</v>
       </c>
-      <c r="D517" t="s">
+      <c r="E517" t="s">
         <v>2836</v>
       </c>
-      <c r="E517" t="s">
+      <c r="F517" t="s">
         <v>2837</v>
-      </c>
-[...1 lines deleted...]
-        <v>2838</v>
       </c>
       <c r="G517"/>
       <c r="H517" t="s">
-        <v>2839</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B518" t="s">
         <v>2840</v>
       </c>
-      <c r="B518" t="s">
+      <c r="C518" t="s">
         <v>2841</v>
       </c>
-      <c r="C518" t="s">
+      <c r="D518" t="s">
         <v>2842</v>
       </c>
-      <c r="D518" t="s">
+      <c r="E518"/>
+      <c r="F518" t="s">
         <v>2843</v>
       </c>
-      <c r="E518" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G518"/>
-      <c r="H518"/>
+      <c r="H518" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B519" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C519"/>
+      <c r="D519"/>
+      <c r="E519" t="s">
         <v>2846</v>
       </c>
-      <c r="B519" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F519"/>
       <c r="G519"/>
-      <c r="H519" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H519"/>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B520" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D520" t="s">
+        <v>2850</v>
+      </c>
+      <c r="E520" t="s">
         <v>2851</v>
       </c>
-      <c r="B520" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F520"/>
       <c r="G520"/>
-      <c r="H520" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B521" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C521"/>
+      <c r="D521" t="s">
+        <v>2854</v>
+      </c>
+      <c r="E521" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F521" t="s">
         <v>2856</v>
       </c>
-      <c r="B521" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="G521"/>
+      <c r="H521"/>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2861</v>
+        <v>2857</v>
       </c>
       <c r="B522" t="s">
-        <v>2862</v>
+        <v>2858</v>
       </c>
       <c r="C522"/>
       <c r="D522" t="s">
-        <v>2863</v>
-[...1 lines deleted...]
-      <c r="E522"/>
+        <v>2859</v>
+      </c>
+      <c r="E522" t="s">
+        <v>2860</v>
+      </c>
       <c r="F522" t="s">
-        <v>2864</v>
-[...3 lines deleted...]
-      </c>
+        <v>2861</v>
+      </c>
+      <c r="G522"/>
       <c r="H522" t="s">
-        <v>67</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B523" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C523"/>
+      <c r="D523" t="s">
+        <v>2865</v>
+      </c>
+      <c r="E523" t="s">
         <v>2866</v>
       </c>
-      <c r="B523" t="s">
+      <c r="F523" t="s">
         <v>2867</v>
       </c>
-      <c r="C523" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G523"/>
       <c r="H523" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2873</v>
+        <v>2868</v>
       </c>
       <c r="B524" t="s">
-        <v>2874</v>
-[...3 lines deleted...]
-      </c>
+        <v>2869</v>
+      </c>
+      <c r="C524"/>
       <c r="D524" t="s">
-        <v>2876</v>
+        <v>2870</v>
       </c>
       <c r="E524" t="s">
-        <v>2877</v>
-[...1 lines deleted...]
-      <c r="F524"/>
+        <v>2871</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1012</v>
+      </c>
       <c r="G524"/>
-      <c r="H524" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H524"/>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2879</v>
+        <v>2872</v>
       </c>
       <c r="B525" t="s">
-        <v>2880</v>
-[...1 lines deleted...]
-      <c r="C525"/>
+        <v>2873</v>
+      </c>
+      <c r="C525" t="s">
+        <v>2874</v>
+      </c>
       <c r="D525" t="s">
-        <v>2881</v>
+        <v>2875</v>
       </c>
       <c r="E525" t="s">
-        <v>2882</v>
+        <v>2876</v>
       </c>
       <c r="F525" t="s">
-        <v>2883</v>
-[...1 lines deleted...]
-      <c r="G525"/>
+        <v>2877</v>
+      </c>
+      <c r="G525" t="s">
+        <v>2878</v>
+      </c>
       <c r="H525" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2884</v>
+        <v>2879</v>
       </c>
       <c r="B526" t="s">
-        <v>2885</v>
-[...3 lines deleted...]
-      </c>
+        <v>2880</v>
+      </c>
+      <c r="C526"/>
       <c r="D526" t="s">
-        <v>2887</v>
+        <v>2881</v>
       </c>
       <c r="E526" t="s">
-        <v>2888</v>
-[...3 lines deleted...]
-      </c>
+        <v>2882</v>
+      </c>
+      <c r="F526"/>
       <c r="G526"/>
       <c r="H526"/>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2890</v>
+        <v>2883</v>
       </c>
       <c r="B527" t="s">
-        <v>2891</v>
-[...1 lines deleted...]
-      <c r="C527"/>
+        <v>2884</v>
+      </c>
+      <c r="C527" t="s">
+        <v>2885</v>
+      </c>
       <c r="D527" t="s">
-        <v>2892</v>
+        <v>2886</v>
       </c>
       <c r="E527" t="s">
-        <v>2893</v>
-[...2 lines deleted...]
-        <v>221591030</v>
+        <v>2887</v>
+      </c>
+      <c r="F527" t="s">
+        <v>2888</v>
       </c>
       <c r="G527"/>
-      <c r="H527"/>
+      <c r="H527" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2894</v>
+        <v>2889</v>
       </c>
       <c r="B528" t="s">
-        <v>2895</v>
+        <v>2890</v>
       </c>
       <c r="C528"/>
-      <c r="D528"/>
+      <c r="D528" t="s">
+        <v>2891</v>
+      </c>
       <c r="E528" t="s">
-        <v>2896</v>
-[...1 lines deleted...]
-      <c r="F528"/>
+        <v>2892</v>
+      </c>
+      <c r="F528" t="s">
+        <v>2893</v>
+      </c>
       <c r="G528"/>
-      <c r="H528"/>
+      <c r="H528" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B529" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2896</v>
+      </c>
+      <c r="D529" t="s">
         <v>2897</v>
       </c>
-      <c r="B529" t="s">
+      <c r="E529" t="s">
         <v>2898</v>
       </c>
-      <c r="C529" t="s">
+      <c r="F529" t="s">
         <v>2899</v>
       </c>
-      <c r="D529"/>
-[...5 lines deleted...]
-      </c>
       <c r="G529"/>
-      <c r="H529" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H529"/>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B530" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C530" t="s">
         <v>2902</v>
       </c>
-      <c r="B530" t="s">
+      <c r="D530" t="s">
         <v>2903</v>
-      </c>
-[...2 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E530" t="s">
         <v>2904</v>
       </c>
       <c r="F530" t="s">
         <v>2905</v>
       </c>
-      <c r="G530" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G530"/>
+      <c r="H530"/>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>2906</v>
       </c>
       <c r="B531" t="s">
         <v>2907</v>
       </c>
-      <c r="C531" t="s">
+      <c r="C531"/>
+      <c r="D531" t="s">
         <v>2908</v>
       </c>
-      <c r="D531" t="s">
+      <c r="E531" t="s">
         <v>2909</v>
       </c>
-      <c r="E531" t="s">
+      <c r="F531" t="s">
         <v>2910</v>
-      </c>
-[...1 lines deleted...]
-        <v>2911</v>
       </c>
       <c r="G531"/>
       <c r="H531" t="s">
-        <v>67</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>2912</v>
       </c>
       <c r="B532" t="s">
         <v>2913</v>
       </c>
       <c r="C532"/>
       <c r="D532" t="s">
         <v>2914</v>
       </c>
       <c r="E532" t="s">
         <v>2915</v>
       </c>
       <c r="F532" t="s">
         <v>2916</v>
       </c>
       <c r="G532" t="s">
         <v>2917</v>
       </c>
       <c r="H532" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>2918</v>
       </c>
       <c r="B533" t="s">
         <v>2919</v>
       </c>
-      <c r="C533"/>
+      <c r="C533" t="s">
+        <v>2920</v>
+      </c>
       <c r="D533" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="E533" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
       <c r="F533" t="s">
-        <v>2922</v>
+        <v>1985</v>
       </c>
       <c r="G533"/>
-      <c r="H533" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H533"/>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>2923</v>
       </c>
       <c r="B534" t="s">
         <v>2924</v>
       </c>
       <c r="C534" t="s">
         <v>2925</v>
       </c>
       <c r="D534" t="s">
+        <v>957</v>
+      </c>
+      <c r="E534" t="s">
         <v>2926</v>
       </c>
-      <c r="E534" t="s">
+      <c r="F534" t="s">
         <v>2927</v>
       </c>
-      <c r="F534" t="s">
+      <c r="G534" t="s">
         <v>2928</v>
       </c>
-      <c r="G534"/>
       <c r="H534" t="s">
-        <v>56</v>
+        <v>961</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>2929</v>
       </c>
       <c r="B535" t="s">
         <v>2930</v>
       </c>
-      <c r="C535" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C535"/>
       <c r="D535" t="s">
-        <v>1717</v>
+        <v>909</v>
       </c>
       <c r="E535" t="s">
-        <v>1718</v>
+        <v>2931</v>
       </c>
       <c r="F535" t="s">
-        <v>367</v>
+        <v>657</v>
       </c>
       <c r="G535"/>
-      <c r="H535"/>
+      <c r="H535" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
       <c r="B536" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="C536" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
       <c r="D536" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="E536" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
       <c r="F536" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="G536"/>
-      <c r="H536"/>
+      <c r="H536" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="B537" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="C537"/>
       <c r="D537" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
       <c r="E537" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="F537" t="s">
-        <v>2941</v>
-[...1 lines deleted...]
-      <c r="G537"/>
+        <v>2942</v>
+      </c>
+      <c r="G537" t="s">
+        <v>2943</v>
+      </c>
       <c r="H537" t="s">
-        <v>2614</v>
+        <v>120</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2942</v>
+        <v>2944</v>
       </c>
       <c r="B538" t="s">
-        <v>2943</v>
-[...3 lines deleted...]
-      </c>
+        <v>2945</v>
+      </c>
+      <c r="C538"/>
       <c r="D538" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="E538" t="s">
-        <v>2946</v>
-[...1 lines deleted...]
-      <c r="F538"/>
+        <v>2947</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1961</v>
+      </c>
       <c r="G538"/>
-      <c r="H538" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H538"/>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="B539" t="s">
-        <v>2948</v>
-[...1 lines deleted...]
-      <c r="C539" t="s">
         <v>2949</v>
       </c>
+      <c r="C539"/>
       <c r="D539" t="s">
         <v>2950</v>
       </c>
       <c r="E539" t="s">
         <v>2951</v>
       </c>
-      <c r="F539" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F539"/>
       <c r="G539"/>
       <c r="H539"/>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B540" t="s">
         <v>2953</v>
-      </c>
-[...1 lines deleted...]
-        <v>2954</v>
       </c>
       <c r="C540"/>
       <c r="D540" t="s">
+        <v>816</v>
+      </c>
+      <c r="E540" t="s">
+        <v>2954</v>
+      </c>
+      <c r="F540" t="s">
         <v>2955</v>
       </c>
-      <c r="E540" t="s">
+      <c r="G540" t="s">
         <v>2956</v>
       </c>
-      <c r="F540" t="s">
-[...3 lines deleted...]
-      <c r="H540"/>
+      <c r="H540" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B541" t="s">
         <v>2958</v>
       </c>
-      <c r="B541" t="s">
+      <c r="C541" t="s">
         <v>2959</v>
       </c>
-      <c r="C541" t="s">
+      <c r="D541" t="s">
         <v>2960</v>
       </c>
-      <c r="D541" t="s">
+      <c r="E541" t="s">
         <v>2961</v>
       </c>
-      <c r="E541" t="s">
+      <c r="F541" t="s">
         <v>2962</v>
       </c>
-      <c r="F541" t="s">
+      <c r="G541" t="s">
         <v>2963</v>
       </c>
-      <c r="G541"/>
       <c r="H541" t="s">
-        <v>179</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">